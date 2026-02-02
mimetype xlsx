--- v0 (2025-11-02)
+++ v1 (2026-02-02)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3263" uniqueCount="404">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3283" uniqueCount="406">
   <si>
     <t>型号</t>
   </si>
   <si>
     <t>容量</t>
   </si>
   <si>
     <t>温度特性</t>
   </si>
   <si>
     <t>额定电压</t>
   </si>
   <si>
     <t>公差</t>
   </si>
   <si>
     <t>尺寸(inch)</t>
   </si>
   <si>
     <t>长度</t>
   </si>
   <si>
     <t>宽度</t>
   </si>
   <si>
@@ -1176,60 +1176,66 @@
   <si>
     <t>0603HQ0R2C251NT</t>
   </si>
   <si>
     <t>0402HQ0R2C500NT</t>
   </si>
   <si>
     <t>0805HQ0R2B251NT</t>
   </si>
   <si>
     <t>0603HQ0R2B251NT</t>
   </si>
   <si>
     <t>0603HQ0R2B500NT</t>
   </si>
   <si>
     <t>0402HQ0R2B500NT</t>
   </si>
   <si>
     <t>0201HQ0R2B500NT</t>
   </si>
   <si>
     <t>0201HQ0R2B250NT</t>
   </si>
   <si>
+    <t>0603HQ0R2A500NT</t>
+  </si>
+  <si>
     <t>0402HQ0R2A500NT</t>
   </si>
   <si>
     <t>0201HQ0R2A500NT</t>
   </si>
   <si>
     <t>0402HQ0R2A250NT</t>
   </si>
   <si>
     <t>0201HQ0R2A250NT</t>
+  </si>
+  <si>
+    <t>0603HQ0R2A500NB</t>
   </si>
   <si>
     <t>0805HQ0R1C251NT</t>
   </si>
   <si>
     <t>0.1pF</t>
   </si>
   <si>
     <t>0603HQ0R1C251NT</t>
   </si>
   <si>
     <t>0603HQ0R1C500NT</t>
   </si>
   <si>
     <t>0402HQ0R1C500NT</t>
   </si>
   <si>
     <t>0603HQ0R1B500NT</t>
   </si>
   <si>
     <t>0402HQ0R1B500NT</t>
   </si>
   <si>
     <t>0201HQ0R1B500NT</t>
   </si>
@@ -1557,51 +1563,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:M326"/>
+  <dimension ref="A1:M328"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -12471,555 +12477,625 @@
       </c>
       <c r="L311">
         <v>0</v>
       </c>
       <c r="M311" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="312" spans="1:13">
       <c r="A312" t="s">
         <v>388</v>
       </c>
       <c r="B312" t="s">
         <v>379</v>
       </c>
       <c r="C312" t="s">
         <v>15</v>
       </c>
       <c r="D312" t="s">
         <v>24</v>
       </c>
       <c r="E312" t="s">
         <v>185</v>
       </c>
       <c r="F312" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="G312" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="H312" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="I312" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="L312">
         <v>0</v>
       </c>
       <c r="M312" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="313" spans="1:13">
       <c r="A313" t="s">
         <v>389</v>
       </c>
       <c r="B313" t="s">
         <v>379</v>
       </c>
       <c r="C313" t="s">
         <v>15</v>
       </c>
       <c r="D313" t="s">
         <v>24</v>
       </c>
       <c r="E313" t="s">
         <v>185</v>
       </c>
       <c r="F313" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G313" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="H313" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="I313" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="L313">
         <v>0</v>
       </c>
       <c r="M313" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="314" spans="1:13">
       <c r="A314" t="s">
         <v>390</v>
       </c>
       <c r="B314" t="s">
         <v>379</v>
       </c>
       <c r="C314" t="s">
         <v>15</v>
       </c>
       <c r="D314" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="E314" t="s">
         <v>185</v>
       </c>
       <c r="F314" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="G314" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="H314" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I314" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="L314">
         <v>0</v>
       </c>
       <c r="M314" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="315" spans="1:13">
       <c r="A315" t="s">
         <v>391</v>
       </c>
       <c r="B315" t="s">
         <v>379</v>
       </c>
       <c r="C315" t="s">
         <v>15</v>
       </c>
       <c r="D315" t="s">
         <v>79</v>
       </c>
       <c r="E315" t="s">
         <v>185</v>
       </c>
       <c r="F315" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G315" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="H315" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="I315" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="L315">
         <v>0</v>
       </c>
       <c r="M315" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="316" spans="1:13">
       <c r="A316" t="s">
         <v>392</v>
       </c>
       <c r="B316" t="s">
-        <v>393</v>
+        <v>379</v>
       </c>
       <c r="C316" t="s">
         <v>15</v>
       </c>
       <c r="D316" t="s">
-        <v>16</v>
+        <v>79</v>
       </c>
       <c r="E316" t="s">
-        <v>147</v>
+        <v>185</v>
       </c>
       <c r="F316" t="s">
-        <v>18</v>
+        <v>74</v>
       </c>
       <c r="G316" t="s">
-        <v>19</v>
+        <v>75</v>
       </c>
       <c r="H316" t="s">
-        <v>20</v>
+        <v>76</v>
       </c>
       <c r="I316" t="s">
-        <v>21</v>
+        <v>77</v>
       </c>
       <c r="L316">
         <v>0</v>
       </c>
       <c r="M316" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="317" spans="1:13">
       <c r="A317" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="B317" t="s">
-        <v>393</v>
+        <v>379</v>
       </c>
       <c r="C317" t="s">
         <v>15</v>
       </c>
       <c r="D317" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="E317" t="s">
-        <v>147</v>
+        <v>185</v>
       </c>
       <c r="F317" t="s">
         <v>33</v>
       </c>
       <c r="G317" t="s">
         <v>34</v>
       </c>
       <c r="H317" t="s">
         <v>35</v>
       </c>
       <c r="I317" t="s">
         <v>35</v>
       </c>
       <c r="L317">
         <v>0</v>
       </c>
       <c r="M317" t="s">
-        <v>22</v>
+        <v>106</v>
       </c>
     </row>
     <row r="318" spans="1:13">
       <c r="A318" t="s">
+        <v>394</v>
+      </c>
+      <c r="B318" t="s">
         <v>395</v>
       </c>
-      <c r="B318" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C318" t="s">
         <v>15</v>
       </c>
       <c r="D318" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="E318" t="s">
         <v>147</v>
       </c>
       <c r="F318" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="G318" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="H318" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="I318" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="L318">
         <v>0</v>
       </c>
       <c r="M318" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="319" spans="1:13">
       <c r="A319" t="s">
         <v>396</v>
       </c>
       <c r="B319" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C319" t="s">
         <v>15</v>
       </c>
       <c r="D319" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="E319" t="s">
         <v>147</v>
       </c>
       <c r="F319" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="G319" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="H319" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="I319" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="L319">
         <v>0</v>
       </c>
       <c r="M319" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="320" spans="1:13">
       <c r="A320" t="s">
         <v>397</v>
       </c>
       <c r="B320" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C320" t="s">
         <v>15</v>
       </c>
       <c r="D320" t="s">
         <v>24</v>
       </c>
       <c r="E320" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="F320" t="s">
         <v>33</v>
       </c>
       <c r="G320" t="s">
         <v>34</v>
       </c>
       <c r="H320" t="s">
         <v>35</v>
       </c>
       <c r="I320" t="s">
         <v>35</v>
       </c>
       <c r="L320">
         <v>0</v>
       </c>
       <c r="M320" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="321" spans="1:13">
       <c r="A321" t="s">
         <v>398</v>
       </c>
       <c r="B321" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C321" t="s">
         <v>15</v>
       </c>
       <c r="D321" t="s">
         <v>24</v>
       </c>
       <c r="E321" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="F321" t="s">
         <v>70</v>
       </c>
       <c r="G321" t="s">
         <v>71</v>
       </c>
       <c r="H321" t="s">
         <v>72</v>
       </c>
       <c r="I321" t="s">
         <v>72</v>
       </c>
       <c r="L321">
         <v>0</v>
       </c>
       <c r="M321" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="322" spans="1:13">
       <c r="A322" t="s">
         <v>399</v>
       </c>
       <c r="B322" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C322" t="s">
         <v>15</v>
       </c>
       <c r="D322" t="s">
         <v>24</v>
       </c>
       <c r="E322" t="s">
         <v>149</v>
       </c>
       <c r="F322" t="s">
-        <v>74</v>
+        <v>33</v>
       </c>
       <c r="G322" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="H322" t="s">
-        <v>76</v>
+        <v>35</v>
       </c>
       <c r="I322" t="s">
-        <v>77</v>
+        <v>35</v>
       </c>
       <c r="L322">
         <v>0</v>
       </c>
       <c r="M322" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="323" spans="1:13">
       <c r="A323" t="s">
         <v>400</v>
       </c>
       <c r="B323" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C323" t="s">
         <v>15</v>
       </c>
       <c r="D323" t="s">
         <v>24</v>
       </c>
       <c r="E323" t="s">
-        <v>185</v>
+        <v>149</v>
       </c>
       <c r="F323" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="G323" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="H323" t="s">
-        <v>35</v>
+        <v>72</v>
       </c>
       <c r="I323" t="s">
-        <v>35</v>
+        <v>72</v>
       </c>
       <c r="L323">
         <v>0</v>
       </c>
       <c r="M323" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="324" spans="1:13">
       <c r="A324" t="s">
         <v>401</v>
       </c>
       <c r="B324" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C324" t="s">
         <v>15</v>
       </c>
       <c r="D324" t="s">
         <v>24</v>
       </c>
       <c r="E324" t="s">
-        <v>185</v>
+        <v>149</v>
       </c>
       <c r="F324" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="G324" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="H324" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="I324" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="L324">
         <v>0</v>
       </c>
       <c r="M324" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="325" spans="1:13">
       <c r="A325" t="s">
         <v>402</v>
       </c>
       <c r="B325" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C325" t="s">
         <v>15</v>
       </c>
       <c r="D325" t="s">
         <v>24</v>
       </c>
       <c r="E325" t="s">
         <v>185</v>
       </c>
       <c r="F325" t="s">
-        <v>74</v>
+        <v>33</v>
       </c>
       <c r="G325" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="H325" t="s">
-        <v>76</v>
+        <v>35</v>
       </c>
       <c r="I325" t="s">
-        <v>77</v>
+        <v>35</v>
       </c>
       <c r="L325">
         <v>0</v>
       </c>
       <c r="M325" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="326" spans="1:13">
       <c r="A326" t="s">
         <v>403</v>
       </c>
       <c r="B326" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C326" t="s">
         <v>15</v>
       </c>
       <c r="D326" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="E326" t="s">
         <v>185</v>
       </c>
       <c r="F326" t="s">
         <v>70</v>
       </c>
       <c r="G326" t="s">
         <v>71</v>
       </c>
       <c r="H326" t="s">
+        <v>72</v>
+      </c>
+      <c r="I326" t="s">
+        <v>72</v>
+      </c>
+      <c r="L326">
+        <v>0</v>
+      </c>
+      <c r="M326" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13">
+      <c r="A327" t="s">
+        <v>404</v>
+      </c>
+      <c r="B327" t="s">
+        <v>395</v>
+      </c>
+      <c r="C327" t="s">
+        <v>15</v>
+      </c>
+      <c r="D327" t="s">
+        <v>24</v>
+      </c>
+      <c r="E327" t="s">
+        <v>185</v>
+      </c>
+      <c r="F327" t="s">
+        <v>74</v>
+      </c>
+      <c r="G327" t="s">
+        <v>75</v>
+      </c>
+      <c r="H327" t="s">
+        <v>76</v>
+      </c>
+      <c r="I327" t="s">
+        <v>77</v>
+      </c>
+      <c r="L327">
+        <v>0</v>
+      </c>
+      <c r="M327" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13">
+      <c r="A328" t="s">
+        <v>405</v>
+      </c>
+      <c r="B328" t="s">
+        <v>395</v>
+      </c>
+      <c r="C328" t="s">
+        <v>15</v>
+      </c>
+      <c r="D328" t="s">
+        <v>79</v>
+      </c>
+      <c r="E328" t="s">
+        <v>185</v>
+      </c>
+      <c r="F328" t="s">
+        <v>70</v>
+      </c>
+      <c r="G328" t="s">
+        <v>71</v>
+      </c>
+      <c r="H328" t="s">
         <v>80</v>
       </c>
-      <c r="I326" t="s">
-[...5 lines deleted...]
-      <c r="M326" t="s">
+      <c r="I328" t="s">
+        <v>72</v>
+      </c>
+      <c r="L328">
+        <v>0</v>
+      </c>
+      <c r="M328" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">