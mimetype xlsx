--- v0 (2025-10-11)
+++ v1 (2026-02-02)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="60">
   <si>
     <t>产品型号</t>
   </si>
   <si>
     <t>电感量(μH)</t>
   </si>
   <si>
     <t>L (mm)</t>
   </si>
   <si>
     <t>W (mm)</t>
   </si>
   <si>
     <t>T (mm)</t>
   </si>
   <si>
     <t>标称阻抗（Ω）</t>
   </si>
   <si>
     <t>直流电阻RDC（Ω）max</t>
   </si>
   <si>
     <t>测试频率(MHz)</t>
   </si>
   <si>
@@ -139,50 +139,59 @@
     <t>600</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>0.85</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>CBF100505D601T</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>CBF100505B471T</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>1.3</t>
+  </si>
+  <si>
+    <t>CBF060303B331T</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>0201</t>
   </si>
   <si>
     <t>CBF100505D301T</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>CBF100505B301T</t>
   </si>
   <si>
     <t>1.1</t>
   </si>
   <si>
     <t>CBF100505D221T</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>0.5</t>
   </si>
@@ -516,51 +525,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:N14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -794,186 +803,197 @@
         <v>16</v>
       </c>
       <c r="F8" t="s">
         <v>41</v>
       </c>
       <c r="G8" t="s">
         <v>29</v>
       </c>
       <c r="H8" t="s">
         <v>42</v>
       </c>
       <c r="I8" t="s">
         <v>20</v>
       </c>
       <c r="J8" t="s">
         <v>21</v>
       </c>
       <c r="K8" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" t="s">
         <v>43</v>
       </c>
-      <c r="C9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-      <c r="G9" t="s">
         <v>44</v>
       </c>
-      <c r="H9" t="s">
+      <c r="L9" t="s">
         <v>45</v>
-      </c>
-[...7 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" t="s">
         <v>46</v>
       </c>
       <c r="C10" t="s">
         <v>15</v>
       </c>
       <c r="D10" t="s">
         <v>16</v>
       </c>
       <c r="E10" t="s">
         <v>16</v>
       </c>
       <c r="F10" t="s">
         <v>37</v>
       </c>
       <c r="G10" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="H10" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I10" t="s">
         <v>20</v>
       </c>
       <c r="J10" t="s">
         <v>21</v>
       </c>
       <c r="K10" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C11" t="s">
         <v>15</v>
       </c>
       <c r="D11" t="s">
         <v>16</v>
       </c>
       <c r="E11" t="s">
         <v>16</v>
       </c>
       <c r="F11" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="G11" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="H11" t="s">
         <v>50</v>
       </c>
       <c r="I11" t="s">
         <v>20</v>
       </c>
       <c r="J11" t="s">
         <v>21</v>
       </c>
       <c r="K11" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" t="s">
         <v>51</v>
       </c>
       <c r="C12" t="s">
         <v>15</v>
       </c>
       <c r="D12" t="s">
         <v>16</v>
       </c>
       <c r="E12" t="s">
         <v>16</v>
       </c>
       <c r="F12" t="s">
         <v>52</v>
       </c>
       <c r="G12" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="H12" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="I12" t="s">
         <v>20</v>
       </c>
       <c r="J12" t="s">
         <v>21</v>
       </c>
       <c r="K12" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" t="s">
-        <v>53</v>
+        <v>54</v>
+      </c>
+      <c r="C13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" t="s">
+        <v>16</v>
       </c>
       <c r="E13" t="s">
-        <v>54</v>
+        <v>16</v>
+      </c>
+      <c r="F13" t="s">
+        <v>55</v>
+      </c>
+      <c r="G13" t="s">
+        <v>47</v>
+      </c>
+      <c r="H13" t="s">
+        <v>48</v>
+      </c>
+      <c r="I13" t="s">
+        <v>20</v>
+      </c>
+      <c r="J13" t="s">
+        <v>21</v>
       </c>
       <c r="K13" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="L13" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14">
+      <c r="A14" t="s">
         <v>56</v>
+      </c>
+      <c r="E14" t="s">
+        <v>57</v>
+      </c>
+      <c r="K14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L14" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>