--- v0 (2025-12-18)
+++ v1 (2026-03-20)
@@ -10,89 +10,236 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="13">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="62">
   <si>
     <t>型号</t>
   </si>
   <si>
     <t>容量</t>
   </si>
   <si>
     <t>尺寸</t>
   </si>
   <si>
     <t>温度特性</t>
   </si>
   <si>
     <t>额定电压</t>
   </si>
   <si>
     <t>公差</t>
   </si>
   <si>
     <t>尺寸(inch)</t>
   </si>
   <si>
     <t>应用场景</t>
   </si>
   <si>
     <t>生产状态</t>
   </si>
   <si>
     <t>长度</t>
   </si>
   <si>
     <t>宽度</t>
   </si>
   <si>
     <t>厚度</t>
   </si>
   <si>
     <t>是否车规</t>
+  </si>
+  <si>
+    <t>CT7-C10Y5V9E102MTECHL</t>
+  </si>
+  <si>
+    <t>1nF</t>
+  </si>
+  <si>
+    <t>9.5~10.4mm</t>
+  </si>
+  <si>
+    <t>Y5V</t>
+  </si>
+  <si>
+    <t>500V</t>
+  </si>
+  <si>
+    <t>±20%</t>
+  </si>
+  <si>
+    <t>CT7-C13Y5U9E681MSECHL</t>
+  </si>
+  <si>
+    <t>680pF</t>
+  </si>
+  <si>
+    <t>12.5~13.4mm</t>
+  </si>
+  <si>
+    <t>Y5U</t>
+  </si>
+  <si>
+    <t>CT7-C10Y5U7E471MTECHL</t>
+  </si>
+  <si>
+    <t>470pF</t>
+  </si>
+  <si>
+    <t>CT7-C8Y5U9E331MTECHL</t>
+  </si>
+  <si>
+    <t>330pF</t>
+  </si>
+  <si>
+    <t>7.5~8.4mm</t>
+  </si>
+  <si>
+    <t>CT7-C10Y5P7E221KTECHL</t>
+  </si>
+  <si>
+    <t>220pF</t>
+  </si>
+  <si>
+    <t>Y5P</t>
+  </si>
+  <si>
+    <t>±10%</t>
+  </si>
+  <si>
+    <t>CT7-C10Y5P9E221KSECHL</t>
+  </si>
+  <si>
+    <t>CT7-C10Y5P9E181KSECHL</t>
+  </si>
+  <si>
+    <t>180pF</t>
+  </si>
+  <si>
+    <t>CT7-C8Y5P9E151KTECHL</t>
+  </si>
+  <si>
+    <t>150pF</t>
+  </si>
+  <si>
+    <t>CT7-C8Y5P9E151KSECHL</t>
+  </si>
+  <si>
+    <t>CT7-C8Y5P9E111KSECHL</t>
+  </si>
+  <si>
+    <t>110pF</t>
+  </si>
+  <si>
+    <t>CT7-C8Y5P9F111KSECHL</t>
+  </si>
+  <si>
+    <t>CT7-C8Y5P9E101KTECHL</t>
+  </si>
+  <si>
+    <t>100pF</t>
+  </si>
+  <si>
+    <t>CT7-C8Y5P7E101KTECHL</t>
+  </si>
+  <si>
+    <t>CT7-C8Y5P9E101KSECHL</t>
+  </si>
+  <si>
+    <t>CT7-C8Y5P9E680KTECHL</t>
+  </si>
+  <si>
+    <t>68pF</t>
+  </si>
+  <si>
+    <t>CT7-C8Y5P9E680KSECHL</t>
+  </si>
+  <si>
+    <t>CT7-C8Y5P9F560KSECHL</t>
+  </si>
+  <si>
+    <t>56pF</t>
+  </si>
+  <si>
+    <t>CT7-C8Y5P9E560KTECHL</t>
+  </si>
+  <si>
+    <t>CT7-C8Y5P9E560KSECHL</t>
+  </si>
+  <si>
+    <t>CT7-C8Y5P9E470KSECHL</t>
+  </si>
+  <si>
+    <t>47pF</t>
+  </si>
+  <si>
+    <t>CT7-C8Y5P9E330KSECHL</t>
+  </si>
+  <si>
+    <t>33pF</t>
+  </si>
+  <si>
+    <t>CT7-C8Y5P9E220KSECHL</t>
+  </si>
+  <si>
+    <t>22pF</t>
+  </si>
+  <si>
+    <t>CT7-C8Y5P9E220KTECHL</t>
+  </si>
+  <si>
+    <t>CT7-C8Y5P9E100KSECHL</t>
+  </si>
+  <si>
+    <t>10pF</t>
+  </si>
+  <si>
+    <t>CT7-C8Y5P9E100KTECHL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -384,95 +531,670 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:M1"/>
+  <dimension ref="A1:M26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
+      </c>
+    </row>
+    <row r="2" spans="1:13">
+      <c r="A2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E2" t="s">
+        <v>17</v>
+      </c>
+      <c r="F2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:13">
+      <c r="A3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>18</v>
+      </c>
+      <c r="M3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13">
+      <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F4" t="s">
+        <v>18</v>
+      </c>
+      <c r="M4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13">
+      <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F5" t="s">
+        <v>18</v>
+      </c>
+      <c r="M5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>29</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>30</v>
+      </c>
+      <c r="E6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F6" t="s">
+        <v>31</v>
+      </c>
+      <c r="M6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13">
+      <c r="A7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E7" t="s">
+        <v>17</v>
+      </c>
+      <c r="F7" t="s">
+        <v>31</v>
+      </c>
+      <c r="M7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13">
+      <c r="A8" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" t="s">
+        <v>34</v>
+      </c>
+      <c r="C8" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" t="s">
+        <v>30</v>
+      </c>
+      <c r="E8" t="s">
+        <v>17</v>
+      </c>
+      <c r="F8" t="s">
+        <v>31</v>
+      </c>
+      <c r="M8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13">
+      <c r="A9" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" t="s">
+        <v>36</v>
+      </c>
+      <c r="C9" t="s">
+        <v>27</v>
+      </c>
+      <c r="D9" t="s">
+        <v>30</v>
+      </c>
+      <c r="E9" t="s">
+        <v>17</v>
+      </c>
+      <c r="F9" t="s">
+        <v>31</v>
+      </c>
+      <c r="M9">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13">
+      <c r="A10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B10" t="s">
+        <v>36</v>
+      </c>
+      <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E10" t="s">
+        <v>17</v>
+      </c>
+      <c r="F10" t="s">
+        <v>31</v>
+      </c>
+      <c r="M10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13">
+      <c r="A11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B11" t="s">
+        <v>39</v>
+      </c>
+      <c r="C11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" t="s">
+        <v>30</v>
+      </c>
+      <c r="E11" t="s">
+        <v>17</v>
+      </c>
+      <c r="F11" t="s">
+        <v>31</v>
+      </c>
+      <c r="M11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13">
+      <c r="A12" t="s">
+        <v>40</v>
+      </c>
+      <c r="B12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C12" t="s">
+        <v>27</v>
+      </c>
+      <c r="D12" t="s">
+        <v>30</v>
+      </c>
+      <c r="E12" t="s">
+        <v>17</v>
+      </c>
+      <c r="F12" t="s">
+        <v>31</v>
+      </c>
+      <c r="M12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13">
+      <c r="A13" t="s">
+        <v>41</v>
+      </c>
+      <c r="B13" t="s">
+        <v>42</v>
+      </c>
+      <c r="C13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" t="s">
+        <v>30</v>
+      </c>
+      <c r="E13" t="s">
+        <v>17</v>
+      </c>
+      <c r="F13" t="s">
+        <v>31</v>
+      </c>
+      <c r="M13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13">
+      <c r="A14" t="s">
+        <v>43</v>
+      </c>
+      <c r="B14" t="s">
+        <v>42</v>
+      </c>
+      <c r="C14" t="s">
+        <v>27</v>
+      </c>
+      <c r="D14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E14" t="s">
+        <v>17</v>
+      </c>
+      <c r="F14" t="s">
+        <v>31</v>
+      </c>
+      <c r="M14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13">
+      <c r="A15" t="s">
+        <v>44</v>
+      </c>
+      <c r="B15" t="s">
+        <v>42</v>
+      </c>
+      <c r="C15" t="s">
+        <v>27</v>
+      </c>
+      <c r="D15" t="s">
+        <v>30</v>
+      </c>
+      <c r="E15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F15" t="s">
+        <v>31</v>
+      </c>
+      <c r="M15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13">
+      <c r="A16" t="s">
+        <v>45</v>
+      </c>
+      <c r="B16" t="s">
+        <v>46</v>
+      </c>
+      <c r="C16" t="s">
+        <v>27</v>
+      </c>
+      <c r="D16" t="s">
+        <v>30</v>
+      </c>
+      <c r="E16" t="s">
+        <v>17</v>
+      </c>
+      <c r="F16" t="s">
+        <v>31</v>
+      </c>
+      <c r="M16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13">
+      <c r="A17" t="s">
+        <v>47</v>
+      </c>
+      <c r="B17" t="s">
+        <v>46</v>
+      </c>
+      <c r="C17" t="s">
+        <v>27</v>
+      </c>
+      <c r="D17" t="s">
+        <v>30</v>
+      </c>
+      <c r="E17" t="s">
+        <v>17</v>
+      </c>
+      <c r="F17" t="s">
+        <v>31</v>
+      </c>
+      <c r="M17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13">
+      <c r="A18" t="s">
+        <v>48</v>
+      </c>
+      <c r="B18" t="s">
+        <v>49</v>
+      </c>
+      <c r="C18" t="s">
+        <v>27</v>
+      </c>
+      <c r="D18" t="s">
+        <v>30</v>
+      </c>
+      <c r="E18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F18" t="s">
+        <v>31</v>
+      </c>
+      <c r="M18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13">
+      <c r="A19" t="s">
+        <v>50</v>
+      </c>
+      <c r="B19" t="s">
+        <v>49</v>
+      </c>
+      <c r="C19" t="s">
+        <v>27</v>
+      </c>
+      <c r="D19" t="s">
+        <v>30</v>
+      </c>
+      <c r="E19" t="s">
+        <v>17</v>
+      </c>
+      <c r="F19" t="s">
+        <v>31</v>
+      </c>
+      <c r="M19">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13">
+      <c r="A20" t="s">
+        <v>51</v>
+      </c>
+      <c r="B20" t="s">
+        <v>49</v>
+      </c>
+      <c r="C20" t="s">
+        <v>27</v>
+      </c>
+      <c r="D20" t="s">
+        <v>30</v>
+      </c>
+      <c r="E20" t="s">
+        <v>17</v>
+      </c>
+      <c r="F20" t="s">
+        <v>31</v>
+      </c>
+      <c r="M20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13">
+      <c r="A21" t="s">
+        <v>52</v>
+      </c>
+      <c r="B21" t="s">
+        <v>53</v>
+      </c>
+      <c r="C21" t="s">
+        <v>27</v>
+      </c>
+      <c r="D21" t="s">
+        <v>30</v>
+      </c>
+      <c r="E21" t="s">
+        <v>17</v>
+      </c>
+      <c r="F21" t="s">
+        <v>31</v>
+      </c>
+      <c r="M21">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13">
+      <c r="A22" t="s">
+        <v>54</v>
+      </c>
+      <c r="B22" t="s">
+        <v>55</v>
+      </c>
+      <c r="C22" t="s">
+        <v>27</v>
+      </c>
+      <c r="D22" t="s">
+        <v>30</v>
+      </c>
+      <c r="E22" t="s">
+        <v>17</v>
+      </c>
+      <c r="F22" t="s">
+        <v>31</v>
+      </c>
+      <c r="M22">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13">
+      <c r="A23" t="s">
+        <v>56</v>
+      </c>
+      <c r="B23" t="s">
+        <v>57</v>
+      </c>
+      <c r="C23" t="s">
+        <v>27</v>
+      </c>
+      <c r="D23" t="s">
+        <v>30</v>
+      </c>
+      <c r="E23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F23" t="s">
+        <v>31</v>
+      </c>
+      <c r="M23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13">
+      <c r="A24" t="s">
+        <v>58</v>
+      </c>
+      <c r="B24" t="s">
+        <v>57</v>
+      </c>
+      <c r="C24" t="s">
+        <v>27</v>
+      </c>
+      <c r="D24" t="s">
+        <v>30</v>
+      </c>
+      <c r="E24" t="s">
+        <v>17</v>
+      </c>
+      <c r="F24" t="s">
+        <v>31</v>
+      </c>
+      <c r="M24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13">
+      <c r="A25" t="s">
+        <v>59</v>
+      </c>
+      <c r="B25" t="s">
+        <v>60</v>
+      </c>
+      <c r="C25" t="s">
+        <v>27</v>
+      </c>
+      <c r="D25" t="s">
+        <v>30</v>
+      </c>
+      <c r="E25" t="s">
+        <v>17</v>
+      </c>
+      <c r="F25" t="s">
+        <v>31</v>
+      </c>
+      <c r="M25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13">
+      <c r="A26" t="s">
+        <v>61</v>
+      </c>
+      <c r="B26" t="s">
+        <v>60</v>
+      </c>
+      <c r="C26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D26" t="s">
+        <v>30</v>
+      </c>
+      <c r="E26" t="s">
+        <v>17</v>
+      </c>
+      <c r="F26" t="s">
+        <v>31</v>
+      </c>
+      <c r="M26">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>