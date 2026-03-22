--- v0 (2025-12-07)
+++ v1 (2026-03-22)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10310" uniqueCount="1490">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10318" uniqueCount="1491">
   <si>
     <t>型号</t>
   </si>
   <si>
     <t>容量</t>
   </si>
   <si>
     <t>尺寸</t>
   </si>
   <si>
     <t>额定电压</t>
   </si>
   <si>
     <t>寿命</t>
   </si>
   <si>
     <t>温度特性</t>
   </si>
   <si>
     <t>公差</t>
   </si>
   <si>
     <t>应用场景</t>
   </si>
   <si>
@@ -177,62 +177,62 @@
   <si>
     <t>Φ35×70mm</t>
   </si>
   <si>
     <t>63V</t>
   </si>
   <si>
     <t>A070</t>
   </si>
   <si>
     <t>8223LGMA070LTN0110</t>
   </si>
   <si>
     <t>8223LFMA080LTN0110</t>
   </si>
   <si>
     <t>50V</t>
   </si>
   <si>
     <t>8223LFMA070LTN0110</t>
   </si>
   <si>
     <t>8223LFMA060LTN01E0</t>
   </si>
   <si>
+    <t>8223LFMA060LTN0110</t>
+  </si>
+  <si>
     <t>8223LFMA060LTQ7110</t>
   </si>
   <si>
-    <t>8223LFMA060LTN0110</t>
+    <t>8223LEMA045LTQ7110</t>
   </si>
   <si>
     <t>8223LEMA045LTN0110</t>
   </si>
   <si>
-    <t>8223LEMA045LTQ7110</t>
-[...1 lines deleted...]
-  <si>
     <t>8223LEMA040LTN0110</t>
   </si>
   <si>
     <t>Φ35×40mm</t>
   </si>
   <si>
     <t>A040</t>
   </si>
   <si>
     <t>8223LDMA035LTN0110</t>
   </si>
   <si>
     <t>Φ35×35mm</t>
   </si>
   <si>
     <t>A035</t>
   </si>
   <si>
     <t>8223LDM3045LTN0110</t>
   </si>
   <si>
     <t>Φ30×45mm</t>
   </si>
   <si>
     <t>3045</t>
@@ -282,485 +282,485 @@
   <si>
     <t>8183LDKA040LTN0110</t>
   </si>
   <si>
     <t>±10%</t>
   </si>
   <si>
     <t>8153MAMA100LTN0110</t>
   </si>
   <si>
     <t>15000μF</t>
   </si>
   <si>
     <t>Φ35×100mm</t>
   </si>
   <si>
     <t>100V</t>
   </si>
   <si>
     <t>A100</t>
   </si>
   <si>
     <t>8153LHMA080LTN0110</t>
   </si>
   <si>
+    <t>8153LGMA060LTN01E0</t>
+  </si>
+  <si>
     <t>8153LGMA060LTN0110</t>
   </si>
   <si>
-    <t>8153LGMA060LTN01E0</t>
+    <t>8153LGMA050LTN0110</t>
   </si>
   <si>
     <t>8153LGMA050LTN01E0</t>
   </si>
   <si>
-    <t>8153LGMA050LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8153LGM3080LTN01E0</t>
   </si>
   <si>
     <t>15mF</t>
   </si>
   <si>
     <t>Φ30×80mm</t>
   </si>
   <si>
     <t>3080</t>
   </si>
   <si>
     <t>8153LFMF060LTN01E0</t>
   </si>
   <si>
     <t>Φ42×60mm</t>
   </si>
   <si>
     <t>F060</t>
   </si>
   <si>
     <t>8153LFMA050LTN0110</t>
   </si>
   <si>
     <t>8153LFMA045LTN01E0</t>
   </si>
   <si>
     <t>8153LFMA040LTN01E0</t>
   </si>
   <si>
+    <t>8153LFM3060LTN01E0</t>
+  </si>
+  <si>
+    <t>Φ30×60mm</t>
+  </si>
+  <si>
+    <t>3060</t>
+  </si>
+  <si>
     <t>8153LFM3060LTN0110</t>
   </si>
   <si>
-    <t>Φ30×60mm</t>
-[...7 lines deleted...]
-  <si>
     <t>8153LEMA035LTN0110</t>
   </si>
   <si>
     <t>8153LDM2240LTN0110</t>
   </si>
   <si>
     <t>Φ22×40mm</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
     <t>8123LGMA050LTN01E0</t>
   </si>
   <si>
     <t>12000μF</t>
   </si>
   <si>
     <t>8123LGMA045LTN01E0</t>
   </si>
   <si>
     <t>8123LFMA050LTN0110</t>
   </si>
   <si>
     <t>8123LFMA050LTN01E0</t>
   </si>
   <si>
+    <t>8123LFM3050LTN0110</t>
+  </si>
+  <si>
+    <t>Φ30×50mm</t>
+  </si>
+  <si>
+    <t>3050</t>
+  </si>
+  <si>
     <t>8123LFM3050LTN01E0</t>
   </si>
   <si>
-    <t>Φ30×50mm</t>
-[...7 lines deleted...]
-  <si>
     <t>8103MAMA070LTN0110</t>
   </si>
   <si>
     <t>10000μF</t>
   </si>
   <si>
     <t>8103MAMA065LTN0110</t>
   </si>
   <si>
     <t>Φ35×65mm</t>
   </si>
   <si>
     <t>A065</t>
   </si>
   <si>
     <t>8103LHMA070LTN0110</t>
   </si>
   <si>
     <t>8103LHMA060LTN0110</t>
   </si>
   <si>
     <t>8103LHMA050LTN01E0</t>
   </si>
   <si>
     <t>8103LHMA050LTN0110</t>
   </si>
   <si>
     <t>8103LGMA070LTN0110</t>
   </si>
   <si>
+    <t>8103LGMA050LTN0110</t>
+  </si>
+  <si>
     <t>8103LGMA050LTN91E0</t>
   </si>
   <si>
     <t>8103LGMA050LTN01E0</t>
   </si>
   <si>
-    <t>8103LGMA050LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8103LGMA040LTN01E0</t>
   </si>
   <si>
     <t>8103LGM3060LTN0110</t>
   </si>
   <si>
+    <t>8103LGM3050LTN01E0</t>
+  </si>
+  <si>
     <t>8103LGM3050LTN0110</t>
   </si>
   <si>
-    <t>8103LGM3050LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8103LGM2560LTN0110</t>
   </si>
   <si>
     <t>Φ25×60mm</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
     <t>8103LFMA040LTN0110</t>
   </si>
   <si>
     <t>8103LFMA040LTN01E0</t>
   </si>
   <si>
     <t>8103LFM3050LTN01E0</t>
   </si>
   <si>
     <t>8103LFM3050LTN0110</t>
   </si>
   <si>
     <t>8103LFM3045LTN0110</t>
   </si>
   <si>
     <t>8103LFM3040LTN0110</t>
   </si>
   <si>
+    <t>8103LFM2560LTN01E0</t>
+  </si>
+  <si>
     <t>8103LFM2560LTN0110</t>
   </si>
   <si>
-    <t>8103LFM2560LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8103LFM2550LTN0110</t>
   </si>
   <si>
     <t>Φ25×50mm</t>
   </si>
   <si>
     <t>2550</t>
   </si>
   <si>
     <t>8103LEM3035LTN0110</t>
   </si>
   <si>
     <t>Φ30×35mm</t>
   </si>
   <si>
     <t>3035</t>
   </si>
   <si>
     <t>8103LEM2545LTN01E0</t>
   </si>
   <si>
     <t>Φ25×45mm</t>
   </si>
   <si>
     <t>2545</t>
   </si>
   <si>
+    <t>8103LEM2540LTN01E0</t>
+  </si>
+  <si>
     <t>8103LEM2540LTN0110</t>
   </si>
   <si>
-    <t>8103LEM2540LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8103LDM2535LTN0110</t>
   </si>
   <si>
     <t>Φ25×35mm</t>
   </si>
   <si>
     <t>2535</t>
   </si>
   <si>
     <t>8103LFKA050LTN0110</t>
   </si>
   <si>
+    <t>8103LEA2540LTN0110</t>
+  </si>
+  <si>
     <t>8103LEA2540LTN01E0</t>
   </si>
   <si>
-    <t>8103LEA2540LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8822MGMA080LTN0110</t>
   </si>
   <si>
     <t>8200μF</t>
   </si>
   <si>
     <t>120V</t>
   </si>
   <si>
     <t>8822MAMA100LTN0110</t>
   </si>
   <si>
     <t>8822MAMA080LTN0110</t>
   </si>
   <si>
     <t>8822LFM3045LTN0110</t>
   </si>
   <si>
+    <t>8822LFM2550LTN0110</t>
+  </si>
+  <si>
     <t>8822LFM2550LTN01E0</t>
   </si>
   <si>
-    <t>8822LFM2550LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8682MAMA100LTN0110</t>
   </si>
   <si>
     <t>6800μF</t>
   </si>
   <si>
     <t>8682MAMA060LTN0110</t>
   </si>
   <si>
+    <t>8682MAMA050LTN01E0</t>
+  </si>
+  <si>
     <t>8682MAMA050LTN0110</t>
   </si>
   <si>
-    <t>8682MAMA050LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8682LHMA060LTN0110</t>
   </si>
   <si>
     <t>8682LHM3050LTN0110</t>
   </si>
   <si>
     <t>8682LHM2565LTN0110</t>
   </si>
   <si>
     <t>Φ25×65mm</t>
   </si>
   <si>
     <t>2565</t>
   </si>
   <si>
     <t>8682LHM2560LTN0110</t>
   </si>
   <si>
     <t>8682LGMA035LTN0110</t>
   </si>
   <si>
+    <t>8682LGM2555LTN01E0</t>
+  </si>
+  <si>
+    <t>Φ25×55mm</t>
+  </si>
+  <si>
+    <t>2555</t>
+  </si>
+  <si>
     <t>8682LGM2555LTN01J0</t>
   </si>
   <si>
-    <t>Φ25×55mm</t>
-[...7 lines deleted...]
-  <si>
     <t>8682LGM2550LTN0110</t>
   </si>
   <si>
     <t>8682LFM3050LTN0110</t>
   </si>
   <si>
     <t>8682LFM3040LTN0110</t>
   </si>
   <si>
     <t>8682LFM3035LTN0110</t>
   </si>
   <si>
+    <t>8682LFM2550LTN0110</t>
+  </si>
+  <si>
     <t>8682LFM2550LTN01E0</t>
   </si>
   <si>
-    <t>8682LFM2550LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8682LFM2540LTN01E0</t>
   </si>
   <si>
     <t>8682LFM2540LTN0110</t>
   </si>
   <si>
     <t>8682LFM2250LTN0110</t>
   </si>
   <si>
     <t>Φ22×50mm</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
     <t>8682LEM2535LTN0110</t>
   </si>
   <si>
     <t>8682LDM2235LTN0110</t>
   </si>
   <si>
     <t>Φ22×35mm</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
     <t>8682LDM2225LTN0110</t>
   </si>
   <si>
     <t>Φ22×25mm</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
     <t>8682LCM2230LTN0110</t>
   </si>
   <si>
     <t>8562LFM3035LTN0110</t>
   </si>
   <si>
     <t>5600μF</t>
   </si>
   <si>
+    <t>8562LFM2250LTN01E0</t>
+  </si>
+  <si>
     <t>8562LFM2250LTN0110</t>
   </si>
   <si>
-    <t>8562LFM2250LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8472MUMA070LTN0110</t>
   </si>
   <si>
     <t>4700μF</t>
   </si>
   <si>
     <t>130V</t>
   </si>
   <si>
     <t>8472MAMA050LTN0110</t>
   </si>
   <si>
+    <t>8472MAMA045LTN01E0</t>
+  </si>
+  <si>
     <t>8472MAMA045LTN0110</t>
   </si>
   <si>
-    <t>8472MAMA045LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8472MAM3060LTN0110</t>
   </si>
   <si>
     <t>8472LHMA040LTN0110</t>
   </si>
   <si>
     <t>8472LHMA035LTN0110</t>
   </si>
   <si>
     <t>8472LHM2550LTN01E0</t>
   </si>
   <si>
     <t>8472LGM3040LTN01E0</t>
   </si>
   <si>
     <t>8472LGM3035LTN0110</t>
   </si>
   <si>
     <t>8472LGM3030LTN0110</t>
   </si>
   <si>
     <t>Φ30×30mm</t>
   </si>
   <si>
     <t>3030</t>
   </si>
   <si>
     <t>8472LGM3025LTN0110</t>
   </si>
   <si>
     <t>Φ30×25mm</t>
   </si>
   <si>
     <t>3025</t>
   </si>
   <si>
     <t>8472LGM3025LTN01E0</t>
   </si>
   <si>
     <t>8472LGM2550LTN0110</t>
   </si>
   <si>
+    <t>8472LGM2540LTN0110</t>
+  </si>
+  <si>
     <t>8472LGM2540LTN01E0</t>
   </si>
   <si>
-    <t>8472LGM2540LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8472LGM2250LTN0110</t>
   </si>
   <si>
     <t>8472LGM2245LTN01F0</t>
   </si>
   <si>
     <t>4.7mF</t>
   </si>
   <si>
     <t>Φ22×45mm</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>8472LFM2535LTN0110</t>
   </si>
   <si>
     <t>8472LFM2530LTN01E0</t>
   </si>
   <si>
     <t>8472LFM2530LTN0110</t>
   </si>
   <si>
     <t>8472LFM2245LTN01E0</t>
@@ -786,56 +786,56 @@
   <si>
     <t>8472LEM2240LTN0110</t>
   </si>
   <si>
     <t>8472LEM2235LTN0110</t>
   </si>
   <si>
     <t>8472LEM2225LTN0110</t>
   </si>
   <si>
     <t>8472LDM2225LTN0110</t>
   </si>
   <si>
     <t>8472LHKA050LTN0110</t>
   </si>
   <si>
     <t>8392LHM2550LTN01E0</t>
   </si>
   <si>
     <t>3900μF</t>
   </si>
   <si>
     <t>8392LFM2530LTN0110</t>
   </si>
   <si>
+    <t>8392LFM2240LTN01E0</t>
+  </si>
+  <si>
     <t>8392LFM2240LTN0110</t>
   </si>
   <si>
-    <t>8392LFM2240LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8332MCMA060LTN0110</t>
   </si>
   <si>
     <t>3300μF</t>
   </si>
   <si>
     <t>200V</t>
   </si>
   <si>
     <t>8332MBMA060LTN0110</t>
   </si>
   <si>
     <t>160V</t>
   </si>
   <si>
     <t>8332MAMA040LTN0110</t>
   </si>
   <si>
     <t>8332MAMA035LTN0110</t>
   </si>
   <si>
     <t>8332MAM3050LTN0110</t>
   </si>
   <si>
     <t>8332LHMA025LTN0110</t>
@@ -849,56 +849,56 @@
   <si>
     <t>8332LHM2245LTN0110</t>
   </si>
   <si>
     <t>8332LHM2245LTN01E0</t>
   </si>
   <si>
     <t>8332LHM2240LTN01E0</t>
   </si>
   <si>
     <t>8332LGM3030LTN0110</t>
   </si>
   <si>
     <t>8332LGM2540LTN0110</t>
   </si>
   <si>
     <t>8332LGM2530LTN0110</t>
   </si>
   <si>
     <t>8332LGM2240LTN0110</t>
   </si>
   <si>
     <t>8332LFM2525LTN0110</t>
   </si>
   <si>
+    <t>8332LFM2235LTN0110</t>
+  </si>
+  <si>
     <t>8332LFM2235LTN01E0</t>
   </si>
   <si>
-    <t>8332LFM2235LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8332LFM2230LTN0110</t>
   </si>
   <si>
     <t>8332LEM2225LTN01E0</t>
   </si>
   <si>
     <t>8332MCKA070LTN01E0</t>
   </si>
   <si>
     <t>3.3mF</t>
   </si>
   <si>
     <t>8272MBMA050LTN01E0</t>
   </si>
   <si>
     <t>2700μF</t>
   </si>
   <si>
     <t>8272LHM3030LTN0110</t>
   </si>
   <si>
     <t>8272LFM2235LTN0110</t>
   </si>
   <si>
     <t>8272LFM2235LTN01E0</t>
@@ -906,203 +906,203 @@
   <si>
     <t>8222VAMH100LTN01E0</t>
   </si>
   <si>
     <t>2200μF</t>
   </si>
   <si>
     <t>Φ110×100mm</t>
   </si>
   <si>
     <t>400V</t>
   </si>
   <si>
     <t>H100</t>
   </si>
   <si>
     <t>8222VAMF090LTN0110</t>
   </si>
   <si>
     <t>Φ42×90mm</t>
   </si>
   <si>
     <t>F090</t>
   </si>
   <si>
+    <t>8222MDMA070LTN0110</t>
+  </si>
+  <si>
+    <t>250V</t>
+  </si>
+  <si>
     <t>8222MDMA070LTN01E0</t>
   </si>
   <si>
-    <t>250V</t>
-[...2 lines deleted...]
-    <t>8222MDMA070LTN0110</t>
+    <t>8222MDMA060LTN0110</t>
   </si>
   <si>
     <t>8222MDMA060LTN01E0</t>
   </si>
   <si>
-    <t>8222MDMA060LTN0110</t>
+    <t>8222MDMA050LTN0110</t>
   </si>
   <si>
     <t>8222MDMA050LTN01E0</t>
   </si>
   <si>
-    <t>8222MDMA050LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8222MCMA050LTN0110</t>
   </si>
   <si>
     <t>8222MCMA050LTN01E0</t>
   </si>
   <si>
     <t>8222MCM3060LTN01W0</t>
   </si>
   <si>
     <t>8222MCM3060LTN0110</t>
   </si>
   <si>
     <t>8222MCM3055LTN0110</t>
   </si>
   <si>
     <t>Φ30×55mm</t>
   </si>
   <si>
     <t>3055</t>
   </si>
   <si>
     <t>8222MCM3050LTN0110</t>
   </si>
   <si>
     <t>8222MBMA050LTN01E0</t>
   </si>
   <si>
     <t>8222MBMA050LTN0110</t>
   </si>
   <si>
+    <t>8222MBMA045LTN0110</t>
+  </si>
+  <si>
     <t>8222MBMA045LTN01E0</t>
   </si>
   <si>
-    <t>8222MBMA045LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8222MBM3050LTQ7110</t>
   </si>
   <si>
     <t>8222MAM3030LTN0110</t>
   </si>
   <si>
+    <t>8222MAM2550LTN91E0</t>
+  </si>
+  <si>
     <t>8222MAM2550LTN0110</t>
   </si>
   <si>
-    <t>8222MAM2550LTN91E0</t>
+    <t>8222MAM2540LTN0110</t>
   </si>
   <si>
     <t>8222MAM2540LTN01E0</t>
   </si>
   <si>
     <t>2.2mF</t>
   </si>
   <si>
-    <t>8222MAM2540LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8222MAM2250LTN01J0</t>
   </si>
   <si>
     <t>8222LHM3030LTN0110</t>
   </si>
   <si>
     <t>8222LHM2535LTN0110</t>
   </si>
   <si>
+    <t>8222LHM2245LTN91E0</t>
+  </si>
+  <si>
     <t>8222LHM2245LTN0110</t>
   </si>
   <si>
-    <t>8222LHM2245LTN91E0</t>
+    <t>8222LHM2240LTN91E0</t>
   </si>
   <si>
     <t>8222LHM2240LTN0110</t>
   </si>
   <si>
-    <t>8222LHM2240LTN91E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8222LGM2530LTN0110</t>
   </si>
   <si>
     <t>8222LGM2525LTN01E0</t>
   </si>
   <si>
     <t>8222LGM2235LTN0110</t>
   </si>
   <si>
     <t>8222LGM2235LTN01E0</t>
   </si>
   <si>
     <t>8222LGM2230LTN0110</t>
   </si>
   <si>
     <t>8222LFM2525LTN0110</t>
   </si>
   <si>
+    <t>8222LFM2230LTN01E0</t>
+  </si>
+  <si>
     <t>8222LFM2230LTN0110</t>
   </si>
   <si>
-    <t>8222LFM2230LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8222LEM2230LTN0110</t>
   </si>
   <si>
     <t>8222LGV2230LTN01J0</t>
   </si>
   <si>
     <t>±15%</t>
   </si>
   <si>
     <t>8222LGV2230LTN0110</t>
   </si>
   <si>
     <t>8222LGV2230LTN01E0</t>
   </si>
   <si>
     <t>8222MCKA060LTN0110</t>
   </si>
   <si>
+    <t>8222MCK3070LTN0110</t>
+  </si>
+  <si>
+    <t>Φ30×70mm</t>
+  </si>
+  <si>
+    <t>3070</t>
+  </si>
+  <si>
     <t>8222MCK3070LTN01E0</t>
   </si>
   <si>
-    <t>Φ30×70mm</t>
-[...7 lines deleted...]
-  <si>
     <t>8222MCK3060LTN0110</t>
   </si>
   <si>
     <t>8222MBKA050LTN01E0</t>
   </si>
   <si>
     <t>8222LHK2240LTN91E0</t>
   </si>
   <si>
     <t>8202MCMA050LTN0110</t>
   </si>
   <si>
     <t>2000μF</t>
   </si>
   <si>
     <t>8182MDMA050LTN0110</t>
   </si>
   <si>
     <t>1800μF</t>
   </si>
   <si>
     <t>8182MCMA050LTN0110</t>
   </si>
   <si>
     <t>8182MCMA045LTN0110</t>
@@ -1146,548 +1146,548 @@
   <si>
     <t>8152VBMA050LTN01W0</t>
   </si>
   <si>
     <t>1500μF</t>
   </si>
   <si>
     <t>450V</t>
   </si>
   <si>
     <t>8152VAMF070LTN0110</t>
   </si>
   <si>
     <t>Φ42×70mm</t>
   </si>
   <si>
     <t>F070</t>
   </si>
   <si>
     <t>8152VAMA100LTN01E0</t>
   </si>
   <si>
     <t>8152VAMA080LTN01E0</t>
   </si>
   <si>
+    <t>8152VAMA080LTN0110</t>
+  </si>
+  <si>
     <t>8152VAMA080LTN01J0</t>
   </si>
   <si>
-    <t>8152VAMA080LTN0110</t>
+    <t>8152VAMA070LTN01F0</t>
+  </si>
+  <si>
+    <t>1.5mF</t>
   </si>
   <si>
     <t>8152VAMA070LTN01E0</t>
   </si>
   <si>
     <t>8152VAMA070LTN0110</t>
   </si>
   <si>
-    <t>8152VAMA070LTN01F0</t>
-[...2 lines deleted...]
-    <t>1.5mF</t>
+    <t>8152MDMA050LTN0110</t>
   </si>
   <si>
     <t>8152MDMA050LTN01E0</t>
   </si>
   <si>
-    <t>8152MDMA050LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8152MDMA045LTN01F0</t>
   </si>
   <si>
     <t>8152MDM3060LTN0110</t>
   </si>
   <si>
     <t>8152MCMA050LTN0110</t>
   </si>
   <si>
     <t>8152MCMA045LTN0110</t>
   </si>
   <si>
+    <t>8152MCM3050LTN0110</t>
+  </si>
+  <si>
+    <t>8152MCM3050LTN01J0</t>
+  </si>
+  <si>
     <t>8152MCM3050LTN01E0</t>
   </si>
   <si>
-    <t>8152MCM3050LTN0110</t>
-[...4 lines deleted...]
-  <si>
     <t>8152MAM3030LTN0110</t>
   </si>
   <si>
     <t>8152LFMA050LTN0110</t>
   </si>
   <si>
     <t>8152VAKF070LTN01E0</t>
   </si>
   <si>
     <t>8152VAKA080LTN01J0</t>
   </si>
   <si>
     <t>8152MDKAO50LTN01J0</t>
   </si>
   <si>
     <t>Φ2.2×3.2mm</t>
   </si>
   <si>
     <t>AO50</t>
   </si>
   <si>
     <t>8152MDKA050LTN01J0</t>
   </si>
   <si>
     <t>8152MCKA050LTN01J0</t>
   </si>
   <si>
     <t>8122VBMA070LTN01E0</t>
   </si>
   <si>
     <t>1200μF</t>
   </si>
   <si>
+    <t>8122VEMA070LTN0110</t>
+  </si>
+  <si>
+    <t>420V</t>
+  </si>
+  <si>
     <t>8122VEMA070LTN01G0</t>
   </si>
   <si>
-    <t>420V</t>
-[...2 lines deleted...]
-    <t>8122VEMA070LTN0110</t>
+    <t>8122VAMA080LTN0110</t>
   </si>
   <si>
     <t>8122VAMA080LTN01E0</t>
   </si>
   <si>
-    <t>8122VAMA080LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8122VAMA075LTN0110</t>
   </si>
   <si>
     <t>Φ35×75mm</t>
   </si>
   <si>
     <t>A075</t>
   </si>
   <si>
     <t>8122VAMA070LTN0110</t>
   </si>
   <si>
     <t>8122VAMA070LTN01E0</t>
   </si>
   <si>
+    <t>8122VAMA065LTN0110</t>
+  </si>
+  <si>
     <t>8122VAMA065LTN01E0</t>
   </si>
   <si>
-    <t>8122VAMA065LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8122VAMA060LTN0110</t>
   </si>
   <si>
     <t>8122VAMA060LTN01E0</t>
   </si>
   <si>
     <t>8122MFMA050LTN01E0</t>
   </si>
   <si>
     <t>350V</t>
   </si>
   <si>
     <t>8122MFM3070LTN01E0</t>
   </si>
   <si>
     <t>8122MFM3060LTN01E0</t>
   </si>
   <si>
     <t>8122MMMA050LTN0110</t>
   </si>
   <si>
     <t>300V</t>
   </si>
   <si>
+    <t>8122MDMA050LTN0110</t>
+  </si>
+  <si>
     <t>8122MDMA050LTN01E0</t>
   </si>
   <si>
-    <t>8122MDMA050LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8122MDMA045LTN0110</t>
   </si>
   <si>
     <t>8122MDMA040LTN01E0</t>
   </si>
   <si>
+    <t>8122MDMA035LTN01F0</t>
+  </si>
+  <si>
+    <t>1.2mF</t>
+  </si>
+  <si>
     <t>8122MDMA035LTN01E0</t>
   </si>
   <si>
-    <t>8122MDMA035LTN01F0</t>
-[...2 lines deleted...]
-    <t>1.2mF</t>
+    <t>8122MDM3050LTQ0110</t>
+  </si>
+  <si>
+    <t>8122MDM3050LTN01F0</t>
   </si>
   <si>
     <t>8122MDM3050LTQ7110</t>
   </si>
   <si>
-    <t>8122MDM3050LTN01F0</t>
-[...4 lines deleted...]
-  <si>
     <t>8122MDM3045LTN01E0</t>
   </si>
   <si>
     <t>8122MDM3040LTN01E0</t>
   </si>
   <si>
     <t>8122MCMA050LTQ7110</t>
   </si>
   <si>
     <t>8122MCMA045LTN0110</t>
   </si>
   <si>
+    <t>8122MCMA040LTN0110</t>
+  </si>
+  <si>
     <t>8122MCMA040LTQ7110</t>
   </si>
   <si>
-    <t>8122MCMA040LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8122MCM3050LTN01E0</t>
   </si>
   <si>
     <t>8122MCM3040LTN0110</t>
   </si>
   <si>
     <t>8122MBM3045LTN0110</t>
   </si>
   <si>
     <t>8122VAKA070LTN0110</t>
   </si>
   <si>
     <t>8122MFKA070LTN0110</t>
   </si>
   <si>
     <t>8122MDKA045LTN01J0</t>
   </si>
   <si>
     <t>8122MDK3050LTN0110</t>
   </si>
   <si>
     <t>8122MDA3045LTN01E0</t>
   </si>
   <si>
     <t>8102VCMA080LTN01E0</t>
   </si>
   <si>
     <t>1000μF</t>
   </si>
   <si>
     <t>500V</t>
   </si>
   <si>
     <t>8102VBMA080LTN0110</t>
   </si>
   <si>
     <t>8102VBMA070LTN0110</t>
   </si>
   <si>
     <t>8102VBMA070LTN01E0</t>
   </si>
   <si>
+    <t>8102VBMA060LTN01E0</t>
+  </si>
+  <si>
     <t>8102VBMA060LTN0110</t>
   </si>
   <si>
-    <t>8102VBMA060LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8102VBMA060LTN01J0</t>
   </si>
   <si>
     <t>8102VBM3065LTN01G0</t>
   </si>
   <si>
     <t>Φ30×65mm</t>
   </si>
   <si>
     <t>3065</t>
   </si>
   <si>
     <t>8102VEMA060LTN0110</t>
   </si>
   <si>
+    <t>8102VAMA070LTQ7110</t>
+  </si>
+  <si>
     <t>8102VAMA070LTN01E0</t>
   </si>
   <si>
+    <t>8102VAMA070LTN0110</t>
+  </si>
+  <si>
     <t>8102VAMA070LTN01S0</t>
   </si>
   <si>
-    <t>8102VAMA070LTN0110</t>
-[...4 lines deleted...]
-  <si>
     <t>8102VAMA065LTN0110</t>
   </si>
   <si>
+    <t>8102VAMA060LTN0110</t>
+  </si>
+  <si>
     <t>8102VAMA060LTN01E0</t>
   </si>
   <si>
-    <t>8102VAMA060LTN0110</t>
+    <t>8102VAMA055LTN01E0</t>
+  </si>
+  <si>
+    <t>Φ35×55mm</t>
+  </si>
+  <si>
+    <t>A055</t>
   </si>
   <si>
     <t>8102VAMA055LTN0110</t>
   </si>
   <si>
-    <t>Φ35×55mm</t>
-[...7 lines deleted...]
-  <si>
     <t>8102VAMA050LTN0110</t>
   </si>
   <si>
     <t>8102VAMA050LTN01S0</t>
   </si>
   <si>
     <t>8102VAMA050LTN08E0</t>
   </si>
   <si>
     <t>8102VAMA050LTN01E0</t>
   </si>
   <si>
     <t>8102VAM3080LTN0110</t>
   </si>
   <si>
     <t>8102VAM3070LTN01E0</t>
   </si>
   <si>
     <t>8102MFMA060LTN0110</t>
   </si>
   <si>
     <t>8102MFMA050LTN01E0</t>
   </si>
   <si>
     <t>8102MQMA050LTN01E0</t>
   </si>
   <si>
     <t>315V</t>
   </si>
   <si>
     <t>8102MQMA045LTN0110</t>
   </si>
   <si>
     <t>8102MQMA040LTN0110</t>
   </si>
   <si>
     <t>8102MQM3060LTN01E0</t>
   </si>
   <si>
     <t>8102MQM3050LTN01E0</t>
   </si>
   <si>
     <t>8102MDMA050LTN0110</t>
   </si>
   <si>
+    <t>8102MDMA040LTN0110</t>
+  </si>
+  <si>
     <t>8102MDMA040LTN01E0</t>
   </si>
   <si>
-    <t>8102MDMA040LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8102MDMA035LTN01E0</t>
   </si>
   <si>
+    <t>8102MDMA030LTN01F0</t>
+  </si>
+  <si>
+    <t>1mF</t>
+  </si>
+  <si>
+    <t>Φ35×30mm</t>
+  </si>
+  <si>
+    <t>A030</t>
+  </si>
+  <si>
     <t>8102MDMA030LTN01E0</t>
   </si>
   <si>
-    <t>Φ35×30mm</t>
-[...10 lines deleted...]
-  <si>
     <t>8102MDM3550LTN0110</t>
   </si>
   <si>
     <t>3550</t>
   </si>
   <si>
     <t>8102MDM3050LTN0110</t>
   </si>
   <si>
     <t>8102MDM3045LTN0110</t>
   </si>
   <si>
     <t>8102MDM3045LTN01E0</t>
   </si>
   <si>
+    <t>8102MDM3040LTN0110</t>
+  </si>
+  <si>
     <t>8102MDM3040LTN01E0</t>
   </si>
   <si>
-    <t>8102MDM3040LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8102MDM3040LTN01J0</t>
   </si>
   <si>
     <t>8102MDM2560LTN01E0</t>
   </si>
   <si>
     <t>8102MDM2560LTN0110</t>
   </si>
   <si>
     <t>8102MCMA040LTN0110</t>
   </si>
   <si>
     <t>8102MCMA030LTN0110</t>
   </si>
   <si>
+    <t>8102MCM3045LTN0110</t>
+  </si>
+  <si>
     <t>8102MCM3045LTN91E0</t>
   </si>
   <si>
-    <t>8102MCM3045LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8102MCM3040LTN0110</t>
   </si>
   <si>
     <t>8102MCM3040LTN01E0</t>
   </si>
   <si>
     <t>8102MCM3035LTN0110</t>
   </si>
   <si>
     <t>8102MCM2550LTN01E0</t>
   </si>
   <si>
     <t>8102MCM2550LTN0110</t>
   </si>
   <si>
     <t>8102MCM2545LTN0110</t>
   </si>
   <si>
     <t>8102MCM2250LTN0110</t>
   </si>
   <si>
     <t>8102MBM3040LTN0110</t>
   </si>
   <si>
     <t>8102MBM3030LTN01E0</t>
   </si>
   <si>
     <t>8102MBM2550LTN0110</t>
   </si>
   <si>
+    <t>8102MBM2545LTN0110</t>
+  </si>
+  <si>
     <t>8102MBM2545LTN01E0</t>
   </si>
   <si>
-    <t>8102MBM2545LTN0110</t>
+    <t>8102MBM2545LTN01F0</t>
   </si>
   <si>
     <t>8102MBM2545LTN91E0</t>
   </si>
   <si>
-    <t>8102MBM2545LTN01F0</t>
-[...1 lines deleted...]
-  <si>
     <t>8102MAM3030LTN0110</t>
   </si>
   <si>
     <t>8102MAM2530LTN0110</t>
   </si>
   <si>
+    <t>8102MAM2230LTQ7110</t>
+  </si>
+  <si>
+    <t>8102MAM2230LTN01J0</t>
+  </si>
+  <si>
     <t>8102MAM2230LTN0110</t>
   </si>
   <si>
-    <t>8102MAM2230LTN01J0</t>
-[...4 lines deleted...]
-  <si>
     <t>8102LHM2230LTN91EC</t>
   </si>
   <si>
+    <t>8102LHM2230LTN91E0</t>
+  </si>
+  <si>
     <t>8102LHM2230LTN0110</t>
   </si>
   <si>
-    <t>8102LHM2230LTN91E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8102LHM2225LTN0110</t>
   </si>
   <si>
     <t>8102VBKA070LTN0110</t>
   </si>
   <si>
     <t>8102VBKA070LTN01E0</t>
   </si>
   <si>
     <t>8102VAKF070LTN01E0</t>
   </si>
   <si>
     <t>8102VAKF060LTN01E0</t>
   </si>
   <si>
     <t>8102VAKA070LTN0110</t>
   </si>
   <si>
     <t>8102VAKA070LTN01E0</t>
   </si>
   <si>
     <t>8102VAAA070LTN01E0</t>
   </si>
   <si>
     <t>8102VAAA055LTN0110</t>
   </si>
   <si>
     <t>8102MDKA040LTN01J0</t>
   </si>
   <si>
     <t>8102MDK3050LTN01W0</t>
   </si>
   <si>
+    <t>8102MDK3045LTN0110</t>
+  </si>
+  <si>
     <t>8102MDK3045LTN01E0</t>
   </si>
   <si>
-    <t>8102MDK3045LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8102MDK3040LTN01W0</t>
   </si>
   <si>
     <t>8102MDA2570LTN0110</t>
   </si>
   <si>
     <t>Φ25×70mm</t>
   </si>
   <si>
     <t>2570</t>
   </si>
   <si>
     <t>8102MCKA040LTN01J0</t>
   </si>
   <si>
     <t>8102MBK2550LTN01E0</t>
   </si>
   <si>
     <t>8102MBK2540LTN01E0</t>
   </si>
   <si>
     <t>8102MBK2250LTN01E0</t>
   </si>
   <si>
     <t>8102LHK2230LTN01E0</t>
@@ -1704,662 +1704,662 @@
   <si>
     <t>900μF</t>
   </si>
   <si>
     <t>8821VCMA090LTN0110</t>
   </si>
   <si>
     <t>820μF</t>
   </si>
   <si>
     <t>Φ35×90mm</t>
   </si>
   <si>
     <t>A090</t>
   </si>
   <si>
     <t>8821VCMA070LTN01F0</t>
   </si>
   <si>
     <t>8821VCMA070LTN01E0</t>
   </si>
   <si>
     <t>8821VCMA065LTN01E0</t>
   </si>
   <si>
+    <t>8821VBMA070LTN01S0</t>
+  </si>
+  <si>
+    <t>8821VBMA070LTN0110</t>
+  </si>
+  <si>
     <t>8821VBMA070LTN01E0</t>
   </si>
   <si>
-    <t>8821VBMA070LTN0110</t>
-[...4 lines deleted...]
-  <si>
     <t>8821VBMA065LTN0110</t>
   </si>
   <si>
     <t>8821VBMA060LTN0110</t>
   </si>
   <si>
     <t>8821VBMA060LTN01E0</t>
   </si>
   <si>
     <t>8821VBMA060LTN01F0</t>
   </si>
   <si>
     <t>8821VBMA055LTN0110</t>
   </si>
   <si>
+    <t>8821VBMA050LTN0110</t>
+  </si>
+  <si>
     <t>8821VBMA050LTN01E0</t>
   </si>
   <si>
-    <t>8821VBMA050LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8821VBM3090LTN01E0</t>
   </si>
   <si>
     <t>Φ30×90mm</t>
   </si>
   <si>
     <t>3090</t>
   </si>
   <si>
     <t>8821VEMA050LTN0110</t>
   </si>
   <si>
+    <t>8821VAMA060LTQ7110</t>
+  </si>
+  <si>
+    <t>8821VAMA060LTN01E0</t>
+  </si>
+  <si>
+    <t>8821VAMA060LTN01S0</t>
+  </si>
+  <si>
     <t>8821VAMA060LTN0110</t>
   </si>
   <si>
-    <t>8821VAMA060LTN01E0</t>
-[...7 lines deleted...]
-  <si>
     <t>8821VAMA055LTN0110</t>
   </si>
   <si>
     <t>8821VAMA050LTN01E0</t>
   </si>
   <si>
+    <t>8821VAMA050LTQ7110</t>
+  </si>
+  <si>
     <t>8821VAMA050LTN0110</t>
   </si>
   <si>
-    <t>8821VAMA050LTQ7110</t>
+    <t>8821VAMA045LTN01E0</t>
   </si>
   <si>
     <t>8821VAMA045LTN01J0</t>
   </si>
   <si>
+    <t>8821VAMA045LTN01F0</t>
+  </si>
+  <si>
     <t>8821VAMA045LTN01S0</t>
   </si>
   <si>
-    <t>8821VAMA045LTN01F0</t>
-[...4 lines deleted...]
-  <si>
     <t>8821VAM3060LTN01E0</t>
   </si>
   <si>
     <t>8821VAM3060LTN0110</t>
   </si>
   <si>
     <t>8821MFM3050LTN0110</t>
   </si>
   <si>
     <t>8821MQMA040LTN01E0</t>
   </si>
   <si>
     <t>8821MQM3050LTN01E0</t>
   </si>
   <si>
     <t>8821MDMA050LTN01E0</t>
   </si>
   <si>
     <t>8821MDMA040LTN01E0</t>
   </si>
   <si>
     <t>8821MDM3045LTN0110</t>
   </si>
   <si>
+    <t>8821MDM3040LTN0110</t>
+  </si>
+  <si>
+    <t>8821MDM3040LTN01E0</t>
+  </si>
+  <si>
     <t>8821MDM3040LTQ0110</t>
   </si>
   <si>
-    <t>8821MDM3040LTN01E0</t>
-[...2 lines deleted...]
-    <t>8821MDM3040LTN0110</t>
+    <t>8821MDM3035LTQ71J0</t>
   </si>
   <si>
     <t>8821MDM3035LTQ7110</t>
   </si>
   <si>
+    <t>8821MDM3035LTN01E0</t>
+  </si>
+  <si>
     <t>8821MDM3035LTN0110</t>
   </si>
   <si>
-    <t>8821MDM3035LTQ71J0</t>
-[...4 lines deleted...]
-  <si>
     <t>8821MDM3030LTN0110</t>
   </si>
   <si>
+    <t>8821MDM2550LTQ7110</t>
+  </si>
+  <si>
     <t>8821MDM2550LTQ0110</t>
   </si>
   <si>
-    <t>8821MDM2550LTQ7110</t>
-[...1 lines deleted...]
-  <si>
     <t>8821MDM2550LTN0110</t>
   </si>
   <si>
     <t>8821MDM2550LTN01E0</t>
   </si>
   <si>
+    <t>8821MDM2540LTN01E0</t>
+  </si>
+  <si>
     <t>8821MDM2540LTN0110</t>
   </si>
   <si>
-    <t>8821MDM2540LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8821MDM2540LTN01J0</t>
   </si>
   <si>
     <t>8821MJM3030LTN0110</t>
   </si>
   <si>
     <t>220V</t>
   </si>
   <si>
+    <t>8821MCM3035LTN0110</t>
+  </si>
+  <si>
     <t>8821MCM3035LTN01E0</t>
   </si>
   <si>
     <t>8821MCM3035LTQ7110</t>
   </si>
   <si>
-    <t>8821MCM3035LTN0110</t>
+    <t>8821MCM3030LTN01W0</t>
   </si>
   <si>
     <t>8821MCM3030LTN0110</t>
   </si>
   <si>
-    <t>8821MCM3030LTN01W0</t>
-[...1 lines deleted...]
-  <si>
     <t>8821MCM2540LTN01E0</t>
   </si>
   <si>
     <t>8821MCM2540LTN0110</t>
   </si>
   <si>
     <t>8821MCM2245LTN0110</t>
   </si>
   <si>
     <t>8821MBM3030LTN0110</t>
   </si>
   <si>
     <t>8821MBM3030LTN01E0</t>
   </si>
   <si>
     <t>8821MBM2535LTN0110</t>
   </si>
   <si>
     <t>8821MBM2245LTQ7110</t>
   </si>
   <si>
     <t>8821MAM2230LTN0110</t>
   </si>
   <si>
     <t>8821MAM2225LTN01E0</t>
   </si>
   <si>
     <t>8821VBVA060LTN01E0</t>
   </si>
   <si>
     <t>8821MCV2545LTN01F0</t>
   </si>
   <si>
     <t>8821VBKA070LTN0110</t>
   </si>
   <si>
     <t>8821VBKA060LTN0110</t>
   </si>
   <si>
     <t>8821VBKA060LTN01E0</t>
   </si>
   <si>
+    <t>8821VAKA050LTN0110</t>
+  </si>
+  <si>
     <t>8821VAKA050LTN01E0</t>
   </si>
   <si>
     <t>8821VAAA050LTN0110</t>
   </si>
   <si>
     <t>8821VAAA050LTN01E0</t>
   </si>
   <si>
-    <t>8821VAKA050LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8821MCK3030LTN0110</t>
   </si>
   <si>
     <t>8821MCK2245LTN0110</t>
   </si>
   <si>
     <t>8681VCMA070LTN01J0</t>
   </si>
   <si>
     <t>680μF</t>
   </si>
   <si>
     <t>8681VCMA070LTN01ED</t>
   </si>
   <si>
+    <t>8681VCMA060LTN0110</t>
+  </si>
+  <si>
     <t>8681VCMA060LTN01F0</t>
   </si>
   <si>
-    <t>8681VCMA060LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8681VCMA060LTN01E0</t>
   </si>
   <si>
+    <t>8681VBMA060LTN0110</t>
+  </si>
+  <si>
+    <t>8681VBMA060LTN01E0</t>
+  </si>
+  <si>
     <t>8681VBMA060LTN01S0</t>
   </si>
   <si>
-    <t>8681VBMA060LTN01E0</t>
-[...4 lines deleted...]
-  <si>
     <t>8681VBMA055LTN01E0</t>
   </si>
   <si>
+    <t>8681VBMA055LTN0110</t>
+  </si>
+  <si>
     <t>8681VBMA055LTN01F0</t>
   </si>
   <si>
-    <t>8681VBMA055LTN0110</t>
+    <t>8681VBMA050LTN01S0</t>
   </si>
   <si>
     <t>8681VBMA050LTN01F0</t>
   </si>
   <si>
+    <t>8681VBMA050LTQ71J0</t>
+  </si>
+  <si>
+    <t>8681VBMA050LTN01E0</t>
+  </si>
+  <si>
     <t>8681VBMA050LTN01J0</t>
   </si>
   <si>
-    <t>8681VBMA050LTN01E0</t>
+    <t>8681VBMA050LTQ7110</t>
   </si>
   <si>
     <t>8681VBMA050LTN0110</t>
   </si>
   <si>
-    <t>8681VBMA050LTQ71J0</t>
-[...5 lines deleted...]
-    <t>8681VBMA050LTQ7110</t>
+    <t>8681VBMA045LTN01E0</t>
   </si>
   <si>
     <t>8681VBMA045LTN0110</t>
   </si>
   <si>
-    <t>8681VBMA045LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8681VBMA040LTN01W0</t>
   </si>
   <si>
     <t>8681VBM3060LTN01F0</t>
   </si>
   <si>
     <t>8681VBM3050LTN01J0</t>
   </si>
   <si>
     <t>8681VEMA060LTN01E0</t>
   </si>
   <si>
     <t>8681VEMA045LTN01E0</t>
   </si>
   <si>
     <t>8681VAMA060LTN0110</t>
   </si>
   <si>
     <t>8681VAMA060LTN0190</t>
   </si>
   <si>
     <t>8681VAMA060LTN01E0</t>
   </si>
   <si>
     <t>8681VAMA055LTN0110</t>
   </si>
   <si>
+    <t>8681VAMA050LTQ7110</t>
+  </si>
+  <si>
+    <t>8681VAMA050LTN01H0</t>
+  </si>
+  <si>
     <t>8681VAMA050LTN01E0</t>
   </si>
   <si>
+    <t>8681VAMA050LTN0110</t>
+  </si>
+  <si>
     <t>8681VAMA050LTN01S0</t>
   </si>
   <si>
-    <t>8681VAMA050LTQ7110</t>
-[...7 lines deleted...]
-  <si>
     <t>8681VAMA045LTN0110</t>
   </si>
   <si>
     <t>8681VAMA045LTN01E0</t>
   </si>
   <si>
     <t>8681VAMA040LTN01E0</t>
   </si>
   <si>
     <t>8681VAM3060LTN01E0</t>
   </si>
   <si>
+    <t>8681VAM3050LTN0110</t>
+  </si>
+  <si>
     <t>8681VAM3050LTN01E0</t>
   </si>
   <si>
-    <t>8681VAM3050LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8681VAM3045LTN01S0</t>
   </si>
   <si>
+    <t>8681VAM2570LTN01E0</t>
+  </si>
+  <si>
     <t>8681VAM2570LTN01G0</t>
   </si>
   <si>
-    <t>8681VAM2570LTN01E0</t>
+    <t>8681MFMA050LTN01E0</t>
   </si>
   <si>
     <t>8681MFMA050LTN0110</t>
   </si>
   <si>
-    <t>8681MFMA050LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8681MQM3050LTN91E0</t>
   </si>
   <si>
     <t>8681MDMA035LTQ7110</t>
   </si>
   <si>
     <t>8681MDMA035LTN0110</t>
   </si>
   <si>
     <t>8681MDMA030LTN01E0</t>
   </si>
   <si>
     <t>8681MDM3045LTN0110</t>
   </si>
   <si>
     <t>8681MDM3040LTN01E0</t>
   </si>
   <si>
     <t>8681MDM3040LTN0110</t>
   </si>
   <si>
     <t>8681MDM3035LTN0110</t>
   </si>
   <si>
     <t>8681MDM3035LTN01E0</t>
   </si>
   <si>
+    <t>8681MDM3030LTN01E0</t>
+  </si>
+  <si>
     <t>8681MDM3030LTN01J0</t>
   </si>
   <si>
     <t>8681MDM3030LTN0110</t>
   </si>
   <si>
-    <t>8681MDM3030LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8681MDM2550LTN0110</t>
   </si>
   <si>
     <t>8681MDM2545LTN0110</t>
   </si>
   <si>
     <t>8681MDM2540LTN01E0</t>
   </si>
   <si>
     <t>8681MDM2540LTN0110</t>
   </si>
   <si>
     <t>8681MDM2535LTN0110</t>
   </si>
   <si>
     <t>8681MDM2535LTN01E0</t>
   </si>
   <si>
     <t>8681MDM2250LTN01E0</t>
   </si>
   <si>
     <t>8681MCM3035LTN0110</t>
   </si>
   <si>
     <t>8681MCM3030LTN91E0</t>
   </si>
   <si>
     <t>8681MCM3030LTN0110</t>
   </si>
   <si>
     <t>8681MCM3025LTN01E0</t>
   </si>
   <si>
     <t>8681MCM2540LTN0110</t>
   </si>
   <si>
     <t>8681MCM2535LTN01E0</t>
   </si>
   <si>
     <t>8681MCM2535LTN0110</t>
   </si>
   <si>
+    <t>8681MCM2530LTN01E0</t>
+  </si>
+  <si>
     <t>8681MCM2530LTN0110</t>
   </si>
   <si>
-    <t>8681MCM2530LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8681MCM2245LTN0110</t>
   </si>
   <si>
     <t>8681MCM2240LTN01J0</t>
   </si>
   <si>
     <t>8681MBM3030LTN01E0</t>
   </si>
   <si>
     <t>8681MBM3025LTN01E0</t>
   </si>
   <si>
     <t>8681MBM2535LTN0110</t>
   </si>
   <si>
     <t>8681VBAA055LTN0110</t>
   </si>
   <si>
     <t>8681VBKA050LTN0110</t>
   </si>
   <si>
     <t>8681VBAA050LTN0110</t>
   </si>
   <si>
+    <t>8681VAKA060LTN01E0</t>
+  </si>
+  <si>
     <t>8681VAAA060LTN0190</t>
   </si>
   <si>
-    <t>8681VAKA060LTN01E0</t>
+    <t>8681VAAA050LTN0110</t>
   </si>
   <si>
     <t>8681VAKA050LTN0110</t>
   </si>
   <si>
     <t>8681VAKA050LTN01E0</t>
   </si>
   <si>
-    <t>8681VAAA050LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8681VAK3070LTN0110</t>
   </si>
   <si>
+    <t>8681VAK3060LTN01E0</t>
+  </si>
+  <si>
     <t>8681VAK3060LTN0110</t>
   </si>
   <si>
-    <t>8681VAK3060LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8681VAK3050LTN0110</t>
   </si>
   <si>
     <t>8561VCMA060LTN01E0</t>
   </si>
   <si>
     <t>560μF</t>
   </si>
   <si>
     <t>8561VCMA050LTN01E0</t>
   </si>
   <si>
     <t>8561VBMA080LTN0110</t>
   </si>
   <si>
+    <t>8561VBMA060LTQ7110</t>
+  </si>
+  <si>
     <t>8561VBMA060LTN0110</t>
   </si>
   <si>
-    <t>8561VBMA060LTQ7110</t>
+    <t>8561VBMA050LTN0110</t>
+  </si>
+  <si>
+    <t>8561VBMA050LTQ7110</t>
   </si>
   <si>
     <t>8561VBMA050LTN01E0</t>
   </si>
   <si>
-    <t>8561VBMA050LTN0110</t>
-[...2 lines deleted...]
-    <t>8561VBMA050LTQ7110</t>
+    <t>8561VBMA045LTN0110</t>
+  </si>
+  <si>
+    <t>8561VBMA045LTN01E0</t>
   </si>
   <si>
     <t>8561VBMA045LTN01F0</t>
   </si>
   <si>
-    <t>8561VBMA045LTN0110</t>
-[...4 lines deleted...]
-  <si>
     <t>8561VBMA040LTN01E0</t>
   </si>
   <si>
     <t>8561VBM3060LTN01E0</t>
   </si>
   <si>
     <t>8561VBM3050LTN01E0</t>
   </si>
   <si>
     <t>8561VBM3045LTN01J0</t>
   </si>
   <si>
     <t>8561VAMA060LTN0110</t>
   </si>
   <si>
+    <t>8561VAMA050LTN01E0</t>
+  </si>
+  <si>
     <t>8561VAMA050LTN0110</t>
   </si>
   <si>
-    <t>8561VAMA050LTN01E0</t>
+    <t>8561VAMA045LTN0110</t>
+  </si>
+  <si>
+    <t>8561VAMA045LTN01H0</t>
   </si>
   <si>
     <t>8561VAMA045LTN01E0</t>
   </si>
   <si>
-    <t>8561VAMA045LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8561VAMA045LTQ7110</t>
   </si>
   <si>
-    <t>8561VAMA045LTN01H0</t>
+    <t>8561VAMA040LTN01E0</t>
   </si>
   <si>
     <t>8561VAMA040LTN0110</t>
   </si>
   <si>
-    <t>8561VAMA040LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8561VAMA035LTN01E0</t>
   </si>
   <si>
     <t>8561VAMA035LTN0110</t>
   </si>
   <si>
     <t>8561VAM3060LTN0110</t>
   </si>
   <si>
+    <t>8561VAM3050LTN0110</t>
+  </si>
+  <si>
+    <t>8561VAM3050LTN01E0</t>
+  </si>
+  <si>
     <t>8561VAM3050LTN01J0</t>
   </si>
   <si>
-    <t>8561VAM3050LTN0110</t>
-[...4 lines deleted...]
-  <si>
     <t>8561VAM3045LTN0110</t>
   </si>
   <si>
     <t>8561VAM3045LTN01E0</t>
   </si>
   <si>
     <t>8561MQM2550LTN01E0</t>
   </si>
   <si>
     <t>8561MDMA030LTQ7110</t>
   </si>
   <si>
+    <t>8561MDM3035LTQ0110</t>
+  </si>
+  <si>
     <t>8561MDM3035LTN0110</t>
   </si>
   <si>
-    <t>8561MDM3035LTQ0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8561MDM3030LTN0110</t>
   </si>
   <si>
     <t>8561MDM2545LTN0110</t>
   </si>
   <si>
     <t>8561MDM2540LTN01E0</t>
   </si>
   <si>
     <t>8561MDM2250LTN0110</t>
   </si>
   <si>
     <t>8561MDM2245LTN01E0</t>
   </si>
   <si>
     <t>8561MJM2530LTN01E0</t>
   </si>
   <si>
     <t>8561MCM2550LTN0110</t>
   </si>
   <si>
     <t>8561MCM2535LTN0110</t>
   </si>
   <si>
     <t>8561MCM2530LTN01E0</t>
@@ -2367,1034 +2367,1034 @@
   <si>
     <t>8561MCM2245LTN0110</t>
   </si>
   <si>
     <t>8561MCM2240LTN0110</t>
   </si>
   <si>
     <t>8561MCM2235LTN0110</t>
   </si>
   <si>
     <t>8561MCM2230LTN0110</t>
   </si>
   <si>
     <t>8561VBKA040LTN0110</t>
   </si>
   <si>
     <t>8561VAKA050LTN0110</t>
   </si>
   <si>
     <t>8561VAAA045LTN01E0</t>
   </si>
   <si>
     <t>8561VAKA045LTN0110</t>
   </si>
   <si>
+    <t>8561VAAA040LTN01E0</t>
+  </si>
+  <si>
     <t>8561VAKA040LTN0110</t>
   </si>
   <si>
-    <t>8561VAAA040LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8561VAA3060LTN0110</t>
   </si>
   <si>
     <t>8561VAK3050LTN0110</t>
   </si>
   <si>
     <t>8471VFMA060LTN01E0</t>
   </si>
   <si>
     <t>470μF</t>
   </si>
   <si>
     <t>550V</t>
   </si>
   <si>
     <t>8471VFMA060LTN01F0</t>
   </si>
   <si>
     <t>8471VCMA060LTN01E0</t>
   </si>
   <si>
     <t>8471VCMA060LTN0110</t>
   </si>
   <si>
     <t>8471VCMA060LTN01W0</t>
   </si>
   <si>
     <t>8471VCMA055LTN01F0</t>
   </si>
   <si>
+    <t>8471VCMA050LTN01E0</t>
+  </si>
+  <si>
+    <t>8471VCMA050LTN01J0</t>
+  </si>
+  <si>
     <t>8471VCMA050LTN01T0</t>
   </si>
   <si>
-    <t>8471VCMA050LTN01E0</t>
-[...4 lines deleted...]
-  <si>
     <t>8471VBMA050LTN01E0</t>
   </si>
   <si>
+    <t>8471VBMA050LTN01S0</t>
+  </si>
+  <si>
+    <t>8471VBMA050LTN0110</t>
+  </si>
+  <si>
     <t>8471VBMA050LTQ7110</t>
   </si>
   <si>
-    <t>8471VBMA050LTN0110</t>
-[...4 lines deleted...]
-  <si>
     <t>8471VBMA045LTN10E0</t>
   </si>
   <si>
+    <t>8471VBMA045LTN0110</t>
+  </si>
+  <si>
+    <t>8471VBMA045LTN01E0</t>
+  </si>
+  <si>
     <t>8471VBMA045LTN01J0</t>
   </si>
   <si>
-    <t>8471VBMA045LTN01E0</t>
-[...2 lines deleted...]
-    <t>8471VBMA045LTN0110</t>
+    <t>8471VBMA040LTQ7110</t>
+  </si>
+  <si>
+    <t>8471VBMA040LTN0110</t>
+  </si>
+  <si>
+    <t>8471VBMA040LT00000</t>
+  </si>
+  <si>
+    <t>8471VBMA040LTN01E0</t>
+  </si>
+  <si>
+    <t>8471VBMA040LTQ71J0</t>
   </si>
   <si>
     <t>8471VBMA040LTN01F0</t>
   </si>
   <si>
-    <t>8471VBMA040LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8471VBMA040LTN01J0</t>
   </si>
   <si>
-    <t>8471VBMA040LT00000</t>
-[...10 lines deleted...]
-  <si>
     <t>8471VBMA035LTN0110</t>
   </si>
   <si>
     <t>8471VBMA035LTN01E0</t>
   </si>
   <si>
     <t>8471VBM3540LTN01E0</t>
   </si>
   <si>
     <t>3540</t>
   </si>
   <si>
+    <t>8471VBM3050LTN0110</t>
+  </si>
+  <si>
+    <t>8471VBM3050LTN9110</t>
+  </si>
+  <si>
+    <t>8471VBM3050LTN91E0</t>
+  </si>
+  <si>
+    <t>8471VBM3050LTN01E0</t>
+  </si>
+  <si>
+    <t>8471VBM3050LTN01J0</t>
+  </si>
+  <si>
     <t>8471VBM3050LTN01F0</t>
   </si>
   <si>
     <t>8471VBM3050LTN01G0</t>
   </si>
   <si>
-    <t>8471VBM3050LTN91E0</t>
-[...11 lines deleted...]
-    <t>8471VBM3050LTN9110</t>
+    <t>8471VBM3045LTN0110</t>
+  </si>
+  <si>
+    <t>8471VBM3045LTN01J0</t>
+  </si>
+  <si>
+    <t>8471VBM3045LTN01E0</t>
   </si>
   <si>
     <t>8471VBM3045LTN01EL</t>
   </si>
   <si>
-    <t>8471VBM3045LTN01J0</t>
-[...7 lines deleted...]
-  <si>
     <t>8471VBM3045LTN01F0</t>
   </si>
   <si>
     <t>8471VBM3040LTN01E0</t>
   </si>
   <si>
     <t>8471VEMA045LTN01E0</t>
   </si>
   <si>
     <t>8471VEMA035LTN0110</t>
   </si>
   <si>
     <t>8471VEMA030LTN01E0</t>
   </si>
   <si>
     <t>8471VEM3045LTN0110</t>
   </si>
   <si>
     <t>8471VAMAO40LTN0110</t>
   </si>
   <si>
     <t>AO40</t>
   </si>
   <si>
     <t>8471VAMA050LTN0110</t>
   </si>
   <si>
     <t>8471VAMA050LTN01E0</t>
   </si>
   <si>
     <t>8471VAMA045LTN01J0</t>
   </si>
   <si>
     <t>8471VAMA045LTN0110</t>
   </si>
   <si>
     <t>8471VAMA045LTN01E0</t>
   </si>
   <si>
+    <t>8471VAMA040LTN01S0</t>
+  </si>
+  <si>
+    <t>8471VAMA040LTN01H0</t>
+  </si>
+  <si>
     <t>8471VAMA040LTN0110</t>
   </si>
   <si>
     <t>8471VAMA040LTQ7110</t>
   </si>
   <si>
     <t>8471VAMA040LTN01E0</t>
   </si>
   <si>
-    <t>8471VAMA040LTN01H0</t>
-[...2 lines deleted...]
-    <t>8471VAMA040LTN01S0</t>
+    <t>8471VAMA035LTN01E0</t>
+  </si>
+  <si>
+    <t>8471VAMA035LTQ71J0</t>
   </si>
   <si>
     <t>8471VAMA035LTN0110</t>
   </si>
   <si>
-    <t>8471VAMA035LTN01E0</t>
-[...2 lines deleted...]
-    <t>8471VAMA035LTQ71J0</t>
+    <t>8471VAMA030LTN01S0</t>
+  </si>
+  <si>
+    <t>8471VAMA030LTN0110</t>
+  </si>
+  <si>
+    <t>8471VAMA030LTN01E0</t>
   </si>
   <si>
     <t>8471VAMA030LTN01F0</t>
   </si>
   <si>
-    <t>8471VAMA030LTN0110</t>
-[...5 lines deleted...]
-    <t>8471VAMA030LTN01E0</t>
+    <t>8471VAM3050LTN01E0</t>
+  </si>
+  <si>
+    <t>8471VAM3050LTN0110</t>
   </si>
   <si>
     <t>8471VAM3050LTN01S0</t>
   </si>
   <si>
-    <t>8471VAM3050LTN01E0</t>
-[...4 lines deleted...]
-  <si>
     <t>8471VAM3045LTN0110</t>
   </si>
   <si>
     <t>8471VAM3045LTN01E0</t>
   </si>
   <si>
+    <t>8471VAM3045LTN01S0</t>
+  </si>
+  <si>
     <t>8471VAM3045LTN01J0</t>
   </si>
   <si>
-    <t>8471VAM3045LTN01S0</t>
+    <t>8471VAM3040LTN01F0</t>
+  </si>
+  <si>
+    <t>8471VAM3040LTN0110</t>
   </si>
   <si>
     <t>8471VAM3040LTN01E0</t>
   </si>
   <si>
-    <t>8471VAM3040LTN0110</t>
-[...2 lines deleted...]
-    <t>8471VAM3040LTN01F0</t>
+    <t>8471VAM3035LTN01S0</t>
+  </si>
+  <si>
+    <t>8471VAM3035LTN01E0</t>
   </si>
   <si>
     <t>8471VAM3035LTN0110</t>
   </si>
   <si>
-    <t>8471VAM3035LTN01S0</t>
-[...4 lines deleted...]
-  <si>
     <t>8471VAM2560LTN01E0</t>
   </si>
   <si>
     <t>8471VAM2550LTN0110</t>
   </si>
   <si>
     <t>8471VAM2550LTN01E0</t>
   </si>
   <si>
+    <t>8471VAM2255LTN0110</t>
+  </si>
+  <si>
+    <t>Φ22×55mm</t>
+  </si>
+  <si>
+    <t>2255</t>
+  </si>
+  <si>
     <t>8471VAM2255LTN01W0</t>
   </si>
   <si>
-    <t>Φ22×55mm</t>
-[...7 lines deleted...]
-  <si>
     <t>8471VAM2225LTN0110</t>
   </si>
   <si>
     <t>8471MFM3045LTN91E0</t>
   </si>
   <si>
     <t>8471MQM3045LTN91E0</t>
   </si>
   <si>
     <t>8471MMM3040LTN01E0</t>
   </si>
   <si>
     <t>8471MMM2540LTN01E0</t>
   </si>
   <si>
     <t>8471MDM3040LTN0110</t>
   </si>
   <si>
+    <t>8471MDM3030LTQ7110</t>
+  </si>
+  <si>
     <t>8471MDM3030LTN01E0</t>
   </si>
   <si>
-    <t>8471MDM3030LTQ7110</t>
-[...1 lines deleted...]
-  <si>
     <t>8471MDM3030LTN0110</t>
   </si>
   <si>
+    <t>8471MDM2540LTN01E0</t>
+  </si>
+  <si>
     <t>8471MDM2540LTN01J0</t>
   </si>
   <si>
     <t>8471MDM2540LTN0110</t>
   </si>
   <si>
-    <t>8471MDM2540LTN01E0</t>
+    <t>8471MDM2535LTN0110</t>
   </si>
   <si>
     <t>8471MDM2535LTN01E0</t>
   </si>
   <si>
-    <t>8471MDM2535LTN0110</t>
+    <t>8471MDM2530LTN0110</t>
   </si>
   <si>
     <t>8471MDM2530LTN01E0</t>
   </si>
   <si>
-    <t>8471MDM2530LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8471MDM2250LTN0110</t>
   </si>
   <si>
     <t>8471MDM2245LTN01E0</t>
   </si>
   <si>
     <t>8471MDM2235LTN01E0</t>
   </si>
   <si>
     <t>8471MCM2535LTN0110</t>
   </si>
   <si>
+    <t>8471MCM2530LTN0110</t>
+  </si>
+  <si>
     <t>8471MCM2530LTN01E0</t>
   </si>
   <si>
-    <t>8471MCM2530LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8471MCM2240LTN0110</t>
   </si>
   <si>
+    <t>8471MCM2235LTN0110</t>
+  </si>
+  <si>
     <t>8471MCM2235LTN01E0</t>
   </si>
   <si>
-    <t>8471MCM2235LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8471MCM2230LTN01E0</t>
   </si>
   <si>
     <t>8471MBM2535LTN0110</t>
   </si>
   <si>
     <t>8471MBM2525LTN01E0</t>
   </si>
   <si>
     <t>8471MBM2235LTN0110</t>
   </si>
   <si>
     <t>8471MAM2235LTN0110</t>
   </si>
   <si>
+    <t>8471MAM2225LTN0110</t>
+  </si>
+  <si>
     <t>8471MAM2225LTN01E0</t>
   </si>
   <si>
-    <t>8471MAM2225LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8471LDM2250LTN0110</t>
   </si>
   <si>
+    <t>8471VBKA050LTN0110</t>
+  </si>
+  <si>
+    <t>8471VBAA050LTN01J0</t>
+  </si>
+  <si>
     <t>8471VBAA050LTN0110</t>
   </si>
   <si>
-    <t>8471VBKA050LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8471VBKA050LTN01J0</t>
   </si>
   <si>
-    <t>8471VBAA050LTN01J0</t>
-[...1 lines deleted...]
-  <si>
     <t>8471VBKA040LTN01E0</t>
   </si>
   <si>
     <t>8471VBKA040LTN0110</t>
   </si>
   <si>
     <t>8471VBK3050LTN0110</t>
   </si>
   <si>
     <t>8471VAKA050LTN01E0</t>
   </si>
   <si>
     <t>8471VAKA050LTN01J0</t>
   </si>
   <si>
     <t>8471VAKA045LTN0110</t>
   </si>
   <si>
     <t>8471VAKA040LTN01E0</t>
   </si>
   <si>
+    <t>8471VAKA035LTN01E0</t>
+  </si>
+  <si>
     <t>8471VAKA035LTN0110</t>
   </si>
   <si>
-    <t>8471VAKA035LTN01E0</t>
+    <t>8471VAK3050LTN0110</t>
+  </si>
+  <si>
+    <t>8471VAA3050LTN0110</t>
   </si>
   <si>
     <t>8471VAA3050LTN01J0</t>
   </si>
   <si>
-    <t>8471VAK3050LTN0110</t>
-[...4 lines deleted...]
-  <si>
     <t>8471MDA2250LTN0110</t>
   </si>
   <si>
     <t>8471MCK2530LTN01E0</t>
   </si>
   <si>
     <t>8471MCK2230LTN0110</t>
   </si>
   <si>
     <t>8391VDMA055LTN0110</t>
   </si>
   <si>
     <t>390μF</t>
   </si>
   <si>
     <t>525V</t>
   </si>
   <si>
     <t>8391VDMA055LTN01W0</t>
   </si>
   <si>
     <t>8391VCM3055LTN01J0</t>
   </si>
   <si>
     <t>8391VBMA050LTN0110</t>
   </si>
   <si>
+    <t>8391VBMA045LTN01E0</t>
+  </si>
+  <si>
+    <t>8391VBMA045LTN91E0</t>
+  </si>
+  <si>
     <t>8391VBMA045LTN01F0</t>
   </si>
   <si>
-    <t>8391VBMA045LTN01E0</t>
-[...2 lines deleted...]
-    <t>8391VBMA045LTN91E0</t>
+    <t>8391VBMA040LTN0110</t>
   </si>
   <si>
     <t>8391VBMA040LTN01E0</t>
   </si>
   <si>
-    <t>8391VBMA040LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8391VBMA035LTN01EU</t>
   </si>
   <si>
+    <t>8391VBMA030LTN01E0</t>
+  </si>
+  <si>
     <t>8391VBMA030LTN0110</t>
   </si>
   <si>
-    <t>8391VBMA030LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8391VBM3050LTN0110</t>
   </si>
   <si>
     <t>8391VBM3045LTN01E0</t>
   </si>
   <si>
+    <t>8391VBM3040LTN01J0</t>
+  </si>
+  <si>
     <t>8391VBM3040LTN0110</t>
   </si>
   <si>
-    <t>8391VBM3040LTN01J0</t>
-[...1 lines deleted...]
-  <si>
     <t>8391VBM3040LTN01E0</t>
   </si>
   <si>
     <t>8391VBM2550LTN0110</t>
   </si>
   <si>
     <t>8391VBM2550LTN01E0</t>
   </si>
   <si>
     <t>8391VEMA035LTN01E0</t>
   </si>
   <si>
     <t>8391VEMA030LTN01E0</t>
   </si>
   <si>
     <t>8391VEMA030LTN0110</t>
   </si>
   <si>
     <t>8391VEM3040LTN0110</t>
   </si>
   <si>
     <t>8391VEM3040LTN01E0</t>
   </si>
   <si>
     <t>8391VAMA040LTN01E0</t>
   </si>
   <si>
     <t>8391VAMA035LTN91E0</t>
   </si>
   <si>
     <t>8391VAMA035LTN0110</t>
   </si>
   <si>
     <t>8391VAMA030LTN0110</t>
   </si>
   <si>
+    <t>8391VAM3050LTN0110</t>
+  </si>
+  <si>
+    <t>8391VAM3050LTN01S0</t>
+  </si>
+  <si>
     <t>8391VAM3050LTN01E0</t>
   </si>
   <si>
-    <t>8391VAM3050LTN01S0</t>
-[...4 lines deleted...]
-  <si>
     <t>8391VAM3045LTN91E0</t>
   </si>
   <si>
+    <t>8391VAM3045LTN01E0</t>
+  </si>
+  <si>
+    <t>8391VAM3045LTN0110</t>
+  </si>
+  <si>
     <t>8391VAM3045LTN01T0</t>
   </si>
   <si>
-    <t>8391VAM3045LTN0110</t>
-[...2 lines deleted...]
-    <t>8391VAM3045LTN01E0</t>
+    <t>8391VAM3040LTN0110</t>
   </si>
   <si>
     <t>8391VAM3040LTN01E0</t>
   </si>
   <si>
-    <t>8391VAM3040LTN0110</t>
+    <t>8391VAM3035LTN01E0</t>
   </si>
   <si>
     <t>8391VAM3035LTN01J0</t>
   </si>
   <si>
-    <t>8391VAM3035LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8391VAM3030LTN0110</t>
   </si>
   <si>
     <t>8391VAM3030LTN01E0</t>
   </si>
   <si>
     <t>8391VAM2550LTN0110</t>
   </si>
   <si>
     <t>8391VAM2545LTN01E0</t>
   </si>
   <si>
     <t>8391VAM2545LTN0110</t>
   </si>
   <si>
+    <t>8391VAM2540LTN0110</t>
+  </si>
+  <si>
     <t>8391VAM2540LTN01E0</t>
   </si>
   <si>
-    <t>8391VAM2540LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8391MQM2540LTN0110</t>
   </si>
   <si>
+    <t>8391MDM2530LTN0110</t>
+  </si>
+  <si>
     <t>8391MDM2530LTN01E0</t>
   </si>
   <si>
-    <t>8391MDM2530LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8391MCM2235LTN91E0</t>
   </si>
   <si>
     <t>8391VCK3055LTN01E0</t>
   </si>
   <si>
     <t>8391VBKA035LTN0110</t>
   </si>
   <si>
     <t>8391VEK2540LTN01E0</t>
   </si>
   <si>
+    <t>8391VAA3040LTN01J0</t>
+  </si>
+  <si>
     <t>8391VAK3040LTN01E0</t>
   </si>
   <si>
-    <t>8391VAA3040LTN01J0</t>
-[...1 lines deleted...]
-  <si>
     <t>8391VAK2550LTN0110</t>
   </si>
   <si>
     <t>8391VAA2545LTN01J0</t>
   </si>
   <si>
     <t>8371VBMA040LTN0110</t>
   </si>
   <si>
     <t>370μF</t>
   </si>
   <si>
     <t>8361VBM3040LTN01E0</t>
   </si>
   <si>
     <t>360μF</t>
   </si>
   <si>
     <t>8331VCMA050LTN0110</t>
   </si>
   <si>
     <t>330μF</t>
   </si>
   <si>
     <t>8331VCMA045LTN0110</t>
   </si>
   <si>
+    <t>8331VCMA040LTN01E0</t>
+  </si>
+  <si>
+    <t>8331VCMA040LTN01J0</t>
+  </si>
+  <si>
     <t>8331VCMA040LTN0110</t>
   </si>
   <si>
-    <t>8331VCMA040LTN01E0</t>
-[...4 lines deleted...]
-  <si>
     <t>8331VCM3045LTN01E0</t>
   </si>
   <si>
     <t>8331VCM3040LTN0110</t>
   </si>
   <si>
     <t>8331VBMA045LTN01E0</t>
   </si>
   <si>
+    <t>8331VBMA040LTN01J0</t>
+  </si>
+  <si>
+    <t>8331VBMA040LTN0110</t>
+  </si>
+  <si>
     <t>8331VBMA040LTQ0110</t>
   </si>
   <si>
-    <t>8331VBMA040LTN01J0</t>
-[...4 lines deleted...]
-  <si>
     <t>8331VBMA040LTN01E0</t>
   </si>
   <si>
     <t>8331VBMA040LTN01F0</t>
   </si>
   <si>
+    <t>8331VBMA035LTN0110</t>
+  </si>
+  <si>
+    <t>8331VBMA035LTN01J0</t>
+  </si>
+  <si>
     <t>8331VBMA035LTQ7110</t>
   </si>
   <si>
-    <t>8331VBMA035LTN01J0</t>
-[...4 lines deleted...]
-  <si>
     <t>8331VBMA035LTN01E0</t>
   </si>
   <si>
     <t>8331VBMA030LTN0110</t>
   </si>
   <si>
     <t>8331VBMA030LTN01E0</t>
   </si>
   <si>
+    <t>8331VBM3050LTN01T0</t>
+  </si>
+  <si>
+    <t>8331VBM3050LTN01J0</t>
+  </si>
+  <si>
     <t>8331VBM3050LTN01E0</t>
   </si>
   <si>
     <t>8331VBM3050LTN91E0</t>
   </si>
   <si>
     <t>8331VBM3050LTN0110</t>
   </si>
   <si>
-    <t>8331VBM3050LTN01T0</t>
-[...1 lines deleted...]
-  <si>
     <t>8331VBM3050LTN01F0</t>
   </si>
   <si>
-    <t>8331VBM3050LTN01J0</t>
-[...1 lines deleted...]
-  <si>
     <t>8331VBM3045LTN01S0</t>
   </si>
   <si>
     <t>8331VBM3045LTN0110</t>
   </si>
   <si>
+    <t>8331VBM3040LTN0110</t>
+  </si>
+  <si>
+    <t>8331VBM3040LTN01E0</t>
+  </si>
+  <si>
     <t>8331VBM3040LTN01J0</t>
   </si>
   <si>
-    <t>8331VBM3040LTN01E0</t>
-[...2 lines deleted...]
-    <t>8331VBM3040LTN0110</t>
+    <t>8331VBM3035LTN01E0</t>
+  </si>
+  <si>
+    <t>8331VBM3035LTN01J0</t>
   </si>
   <si>
     <t>8331VBM3035LTN0110</t>
   </si>
   <si>
-    <t>8331VBM3035LTN01J0</t>
-[...1 lines deleted...]
-  <si>
     <t>8331VBM3035LTN01F0</t>
   </si>
   <si>
-    <t>8331VBM3035LTN01E0</t>
+    <t>8331VBM3030LTN01J0</t>
   </si>
   <si>
     <t>8331VBM3030LTN0110</t>
   </si>
   <si>
     <t>8331VBM3030LTN01E0</t>
   </si>
   <si>
-    <t>8331VBM3030LTN01J0</t>
+    <t>8331VBM2550LTN01F0</t>
   </si>
   <si>
     <t>8331VBM2550LTN01E0</t>
   </si>
   <si>
-    <t>8331VBM2550LTN01F0</t>
-[...1 lines deleted...]
-  <si>
     <t>8331VBM2545LTN0110</t>
   </si>
   <si>
     <t>8331VBM2540LTN01J0</t>
   </si>
   <si>
     <t>8331VBM2250LTN0110</t>
   </si>
   <si>
     <t>8331VEMA040LTN01E0</t>
   </si>
   <si>
     <t>8331VEMA035LTN0110</t>
   </si>
   <si>
     <t>8331VEMA035LTN01E0</t>
   </si>
   <si>
+    <t>8331VEMA030LTN0110</t>
+  </si>
+  <si>
     <t>8331VEMA030LTN01E0</t>
   </si>
   <si>
-    <t>8331VEMA030LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8331VEMA025LTN01E0</t>
   </si>
   <si>
     <t>8331VEM3035LTN01E0</t>
   </si>
   <si>
     <t>8331VEM2545LTN01J0</t>
   </si>
   <si>
+    <t>8331VEM2540LTN01J0</t>
+  </si>
+  <si>
     <t>8331VEM2540LTN01E0</t>
   </si>
   <si>
-    <t>8331VEM2540LTN01J0</t>
-[...1 lines deleted...]
-  <si>
     <t>8331VAMA040LTN0110</t>
   </si>
   <si>
+    <t>8331VAMA035LTN01E0</t>
+  </si>
+  <si>
     <t>8331VAMA035LTN0110</t>
   </si>
   <si>
-    <t>8331VAMA035LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8331VAMA035LTN01J0</t>
   </si>
   <si>
+    <t>8331VAMA030LTN01E0</t>
+  </si>
+  <si>
     <t>8331VAMA030LTN0110</t>
   </si>
   <si>
-    <t>8331VAMA030LTN01E0</t>
+    <t>8331VAMA025LTN0110</t>
+  </si>
+  <si>
+    <t>8331VAMA025LTN01J0</t>
   </si>
   <si>
     <t>8331VAMA025LTN01E0</t>
   </si>
   <si>
-    <t>8331VAMA025LTN0110</t>
-[...4 lines deleted...]
-  <si>
     <t>8331VAM3050LTN0110</t>
   </si>
   <si>
     <t>8331VAM3045LTQ7110</t>
   </si>
   <si>
+    <t>8331VAM3045LTN0110</t>
+  </si>
+  <si>
     <t>8331VAM3045LTN01S0</t>
   </si>
   <si>
-    <t>8331VAM3045LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8331VAM3040LTN0110</t>
   </si>
   <si>
+    <t>8331VAM3040LTN01W0</t>
+  </si>
+  <si>
+    <t>8331VAM3040LTN01T0</t>
+  </si>
+  <si>
     <t>8331VAM3040LTN01E0</t>
   </si>
   <si>
-    <t>8331VAM3040LTN01T0</t>
-[...1 lines deleted...]
-  <si>
     <t>8331VAM3040LTN01J0</t>
   </si>
   <si>
-    <t>8331VAM3040LTN01W0</t>
-[...1 lines deleted...]
-  <si>
     <t>8331VAM3035LTN01S0</t>
   </si>
   <si>
     <t>8331VAM3035LTN01E0</t>
   </si>
   <si>
     <t>8331VAM3035LTN0110</t>
   </si>
   <si>
+    <t>8331VAM3030LTN01E0</t>
+  </si>
+  <si>
+    <t>8331VAM3030LTN01S0</t>
+  </si>
+  <si>
     <t>8331VAM3030LTN0110</t>
   </si>
   <si>
-    <t>8331VAM3030LTN01E0</t>
-[...4 lines deleted...]
-  <si>
     <t>8331VAM3025LTN01W0</t>
   </si>
   <si>
+    <t>8331VAM2550LTN01E0</t>
+  </si>
+  <si>
     <t>8331VAM2550LTN0110</t>
   </si>
   <si>
-    <t>8331VAM2550LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8331VAM2545LTN0110</t>
   </si>
   <si>
     <t>8331VAM2545LTN01F0</t>
   </si>
   <si>
+    <t>8331VAM2540LTN0110</t>
+  </si>
+  <si>
     <t>8331VAM2540LTN01J0</t>
   </si>
   <si>
-    <t>8331VAM2540LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8331VAM2540LTN01E0</t>
   </si>
   <si>
     <t>8331VAM2535LTN01W0</t>
   </si>
   <si>
     <t>8331VAM2250LTN0110</t>
   </si>
   <si>
     <t>8331VAM2250LTN01J0</t>
   </si>
   <si>
     <t>8331MFM3035LTN0110</t>
   </si>
   <si>
     <t>8331MFM2545LTN0110</t>
   </si>
   <si>
     <t>8331MFM2240LTN0110</t>
   </si>
   <si>
     <t>8331MQM2535LTN01E0</t>
   </si>
   <si>
     <t>8331MQM2250LTN01E0</t>
   </si>
   <si>
     <t>8331MDM3025LTQ7110</t>
   </si>
   <si>
     <t>8331MDM3025LTN0110</t>
   </si>
   <si>
     <t>8331MDM2535LTN0110</t>
   </si>
   <si>
+    <t>8331MDM2530LTN0110</t>
+  </si>
+  <si>
     <t>8331MDM2530LTN91E0</t>
   </si>
   <si>
-    <t>8331MDM2530LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8331MDM2530LTQ7110</t>
   </si>
   <si>
+    <t>8331MDM2525LTN01E0</t>
+  </si>
+  <si>
     <t>8331MDM2525LTN0110</t>
   </si>
   <si>
-    <t>8331MDM2525LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8331MDM2240LTQ7110</t>
   </si>
   <si>
     <t>8331MDM2235LTN0110</t>
   </si>
   <si>
+    <t>8331MDM2230LTN0110</t>
+  </si>
+  <si>
     <t>8331MDM2230LTN01E0</t>
   </si>
   <si>
-    <t>8331MDM2230LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8331MJM2530LTN01E0</t>
   </si>
   <si>
     <t>8331MCM2535LTN0110</t>
   </si>
   <si>
     <t>8331MCM2525LTN0110</t>
   </si>
   <si>
     <t>8331MCM2235LTN0110</t>
   </si>
   <si>
+    <t>8331MCM2230LTN91E0</t>
+  </si>
+  <si>
     <t>8331MCM2230LTN0110</t>
   </si>
   <si>
-    <t>8331MCM2230LTN91E0</t>
+    <t>8331MBM2225LTN0110</t>
   </si>
   <si>
     <t>8331MBM2225LTQ0110</t>
   </si>
   <si>
-    <t>8331MBM2225LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8331VBVA040LTN0110</t>
   </si>
   <si>
     <t>8331VBV3035LTN01F0</t>
   </si>
   <si>
     <t>8331VCKA040LTN0110</t>
   </si>
   <si>
     <t>8331VBKA040LTN01J0</t>
   </si>
   <si>
+    <t>8331VBKA030LTN0110</t>
+  </si>
+  <si>
     <t>8331VBKA030LTN01E0</t>
   </si>
   <si>
-    <t>8331VBKA030LTN0110</t>
+    <t>8331VBK3045LTN0110</t>
   </si>
   <si>
     <t>8331VBK3045LTN01E0</t>
   </si>
   <si>
-    <t>8331VBK3045LTN0110</t>
+    <t>8331VBK3040LTN01E0</t>
   </si>
   <si>
     <t>8331VBK3040LTN0110</t>
   </si>
   <si>
-    <t>8331VBK3040LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8331VBK3035LTN0110</t>
   </si>
   <si>
     <t>8331VAKA040LTN01J0</t>
   </si>
   <si>
     <t>8331VAKA035LTN0110</t>
   </si>
   <si>
     <t>8331VAA3050LTN01J0</t>
   </si>
   <si>
     <t>8331VAA3040LTN01J0</t>
   </si>
   <si>
     <t>8331VAA3030LTN01E0</t>
   </si>
   <si>
     <t>8331VAK3030LTN01E0</t>
   </si>
   <si>
     <t>8331VAK2550LTN01E0</t>
   </si>
   <si>
     <t>8271VCMA050LTN0110</t>
@@ -3408,140 +3408,140 @@
   <si>
     <t>8271VCM3045LTN01F0</t>
   </si>
   <si>
     <t>8271VCM3040LTN01E0</t>
   </si>
   <si>
     <t>8271VCM3040LTN0110</t>
   </si>
   <si>
     <t>8271VBMA035LTN0110</t>
   </si>
   <si>
     <t>8271VBMA035LTN91E0</t>
   </si>
   <si>
     <t>8271VBMA030LTN01E0</t>
   </si>
   <si>
     <t>8271VBMA030LTN0110</t>
   </si>
   <si>
     <t>8271VBM3045LTN0110</t>
   </si>
   <si>
+    <t>8271VBM3040LTN0010</t>
+  </si>
+  <si>
     <t>8271VBM3040LTN0110</t>
   </si>
   <si>
+    <t>8271VBM3040LTQ0110</t>
+  </si>
+  <si>
     <t>8271VBM3040LTN01E0</t>
   </si>
   <si>
-    <t>8271VBM3040LTQ0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8271VBM3040LTN91E0</t>
   </si>
   <si>
-    <t>8271VBM3040LTN0010</t>
+    <t>8271VBM3035LTN01F0</t>
+  </si>
+  <si>
+    <t>8271VBM3035LTN91E0</t>
+  </si>
+  <si>
+    <t>8271VBM3035LTN0110</t>
+  </si>
+  <si>
+    <t>8271VBM3035LTN01T0</t>
   </si>
   <si>
     <t>8271VBM3035LTN01E0</t>
   </si>
   <si>
-    <t>8271VBM3035LTN01F0</t>
-[...8 lines deleted...]
-    <t>8271VBM3035LTN01T0</t>
+    <t>8271VBM3030LTN0110</t>
   </si>
   <si>
     <t>8271VBM3030LTN01E0</t>
   </si>
   <si>
-    <t>8271VBM3030LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8271VBM3030LTN01F0</t>
   </si>
   <si>
     <t>8271VBM2545LTN01G0</t>
   </si>
   <si>
+    <t>8271VBM2540LTN0110</t>
+  </si>
+  <si>
     <t>8271VBM2540LTN01J0</t>
   </si>
   <si>
     <t>8271VBM2540LTN01E0</t>
   </si>
   <si>
-    <t>8271VBM2540LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8271VBM2260LTN0110</t>
   </si>
   <si>
     <t>Φ22×60mm</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
     <t>8271VBM2250LTN01E0</t>
   </si>
   <si>
     <t>8271VBM2250LTN0110</t>
   </si>
   <si>
     <t>8271VEM3035LTN01T0</t>
   </si>
   <si>
     <t>8271VEM3035LTN0110</t>
   </si>
   <si>
     <t>8271VAMA030LTN0110</t>
   </si>
   <si>
     <t>8271VAM3040LTQ7110</t>
   </si>
   <si>
     <t>8271VAM3040LTN0110</t>
   </si>
   <si>
+    <t>8271VAM3035LTN91E0</t>
+  </si>
+  <si>
+    <t>8271VAM3035LTN0110</t>
+  </si>
+  <si>
     <t>8271VAM3035LTN01S0</t>
   </si>
   <si>
-    <t>8271VAM3035LTN0110</t>
-[...4 lines deleted...]
-  <si>
     <t>8271VAM3030LTN0110</t>
   </si>
   <si>
     <t>8271VAM3030LTN01E0</t>
   </si>
   <si>
     <t>8271VAM3025LTN01E0</t>
   </si>
   <si>
     <t>8271VAM2545LTN0110</t>
   </si>
   <si>
     <t>8271VAM2545LTM0110</t>
   </si>
   <si>
     <t>8271VAM2540LTN0110</t>
   </si>
   <si>
     <t>8271VAM2530LTN01W0</t>
   </si>
   <si>
     <t>8271VAM2250LTN0110</t>
   </si>
   <si>
     <t>8271VAM2250LTN01E0</t>
@@ -3558,948 +3558,951 @@
   <si>
     <t>8271MFM2530LTN0110</t>
   </si>
   <si>
     <t>8271MFM2240LTN0110</t>
   </si>
   <si>
     <t>8271MFM2240LTN01E0</t>
   </si>
   <si>
     <t>8271MQM3030LTN91E0</t>
   </si>
   <si>
     <t>8271MDM2535LTN0110</t>
   </si>
   <si>
     <t>8271MDM2525LTN91E0</t>
   </si>
   <si>
     <t>8271MCM2525LTN0110</t>
   </si>
   <si>
     <t>8271MCM2230LTN0110</t>
   </si>
   <si>
+    <t>8271VCA3040LTN0110</t>
+  </si>
+  <si>
     <t>8271VCA3040LTN01F0</t>
   </si>
   <si>
     <t>8271VCK3040LTN0110</t>
   </si>
   <si>
-    <t>8271VCA3040LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8271VBK3030LTN0110</t>
   </si>
   <si>
     <t>8271VAK2250LTN01E0</t>
   </si>
   <si>
     <t>8271MDK2535LTN0110</t>
   </si>
   <si>
     <t>8251VEM2530LTN01E0</t>
   </si>
   <si>
     <t>250μF</t>
   </si>
   <si>
     <t>8221VCM3050LTN01E0</t>
   </si>
   <si>
     <t>220μF</t>
   </si>
   <si>
+    <t>8221VCM3035LTN01E0</t>
+  </si>
+  <si>
+    <t>8221VCM3035LTN01F0</t>
+  </si>
+  <si>
     <t>8221VCM3035LTN0110</t>
   </si>
   <si>
-    <t>8221VCM3035LTN01F0</t>
-[...4 lines deleted...]
-  <si>
     <t>8221VCM3030LTN01E0</t>
   </si>
   <si>
     <t>8221VCM2550LTN0110</t>
   </si>
   <si>
     <t>8221VCM2250LTN0110</t>
   </si>
   <si>
+    <t>8221VBMA030LTN3110</t>
+  </si>
+  <si>
     <t>8221VBMA030LT00000</t>
   </si>
   <si>
     <t>8221VBMA030LTQ7110</t>
   </si>
   <si>
-    <t>8221VBMA030LTN3110</t>
-[...1 lines deleted...]
-  <si>
     <t>8221VBMA030LTN0110</t>
   </si>
   <si>
     <t>8221VBMA025LTN0110</t>
   </si>
   <si>
     <t>8221VBMA025LTN01E0</t>
   </si>
   <si>
     <t>8221VBM3045LTN0110</t>
   </si>
   <si>
+    <t>8221VBM3040LTQ0110</t>
+  </si>
+  <si>
     <t>8221VBM3040LTN01E0</t>
   </si>
   <si>
     <t>8221VBM3040LTN0110</t>
   </si>
   <si>
-    <t>8221VBM3040LTQ0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8221VBM3035LTN0110</t>
   </si>
   <si>
     <t>8221VBM3035LTN91E0</t>
   </si>
   <si>
+    <t>8221VBM3030LTN01J0</t>
+  </si>
+  <si>
+    <t>8221VBM3030LTN0110</t>
+  </si>
+  <si>
+    <t>8221VBM3030LTQ71J0</t>
+  </si>
+  <si>
+    <t>8221VBM3030LTQ7110</t>
+  </si>
+  <si>
+    <t>8221VBM3030LTN01E0</t>
+  </si>
+  <si>
     <t>8221VBM3030LTN01F0</t>
   </si>
   <si>
-    <t>8221VBM3030LTN0110</t>
-[...11 lines deleted...]
-    <t>8221VBM3030LTN01J0</t>
+    <t>8221VBM3025LTN01E0</t>
   </si>
   <si>
     <t>8221VBM3025LTN0110</t>
   </si>
   <si>
-    <t>8221VBM3025LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8221VBM2550LTN0110</t>
   </si>
   <si>
     <t>8221VBM2545LTN0110</t>
   </si>
   <si>
+    <t>8221VBM2540LTN0110</t>
+  </si>
+  <si>
+    <t>8221VBM2540LTN01E0</t>
+  </si>
+  <si>
     <t>8221VBM2540LTN01F0</t>
   </si>
   <si>
-    <t>8221VBM2540LTN0110</t>
-[...4 lines deleted...]
-  <si>
     <t>8221VBM2535LTN0110</t>
   </si>
   <si>
     <t>8221VBM2535LTN01E0</t>
   </si>
   <si>
     <t>8221VBM2530LTN01E0</t>
   </si>
   <si>
     <t>8221VBM2530LTN0110</t>
   </si>
   <si>
     <t>8221VBM2245LTN01E0</t>
   </si>
   <si>
+    <t>8221VBM2245LTN01G0</t>
+  </si>
+  <si>
     <t>8221VBM2245LTN0110</t>
   </si>
   <si>
-    <t>8221VBM2245LTN01G0</t>
-[...1 lines deleted...]
-  <si>
     <t>8221VEM3030LTN0110</t>
   </si>
   <si>
     <t>8221VEM3030LTN01E0</t>
   </si>
   <si>
     <t>8221VEM2540LTN01E0</t>
   </si>
   <si>
     <t>8221VEM2530LTN01E0</t>
   </si>
   <si>
+    <t>8221VAM3035LTN91E0</t>
+  </si>
+  <si>
     <t>8221VAM3035LTN01E0</t>
   </si>
   <si>
     <t>8221VAM3035LTN0110</t>
   </si>
   <si>
-    <t>8221VAM3035LTN91E0</t>
+    <t>8221VAM3030LTN0110</t>
   </si>
   <si>
     <t>8221VAM3030LTN01E0</t>
   </si>
   <si>
-    <t>8221VAM3030LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8221VAM3030LTN01J0</t>
   </si>
   <si>
     <t>8221VAM3030LTQ7110</t>
   </si>
   <si>
     <t>8221VAM3025LTN01E0</t>
   </si>
   <si>
     <t>8221VAM2550LTN01S0</t>
   </si>
   <si>
     <t>8221VAM2540LTN0110</t>
   </si>
   <si>
     <t>8221VAM2540LTN01E0</t>
   </si>
   <si>
+    <t>8221VAM2535LTN0110</t>
+  </si>
+  <si>
     <t>8221VAM2535LTN01E0</t>
   </si>
   <si>
-    <t>8221VAM2535LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8221VAM2530LTN0110</t>
   </si>
   <si>
+    <t>8221VAM2530LTN01J0</t>
+  </si>
+  <si>
+    <t>8221VAM2530LTN01E0</t>
+  </si>
+  <si>
     <t>8221VAM2530LTN01F0</t>
   </si>
   <si>
-    <t>8221VAM2530LTN01J0</t>
-[...4 lines deleted...]
-  <si>
     <t>8221VAM2530LTN01S0</t>
   </si>
   <si>
     <t>8221VAM2250LTN0110</t>
   </si>
   <si>
+    <t>8221VAM2245LTN01E0</t>
+  </si>
+  <si>
     <t>8221VAM2245LTN0110</t>
   </si>
   <si>
     <t>8221VAM2245LTN01J0</t>
   </si>
   <si>
-    <t>8221VAM2245LTN01E0</t>
+    <t>8221VAM2240LTN01W0</t>
   </si>
   <si>
     <t>8221VAM2240LTN0110</t>
   </si>
   <si>
     <t>8221VAM2240LTN01E0</t>
   </si>
   <si>
-    <t>8221VAM2240LTN01W0</t>
+    <t>8221VAM2235LTN01S0</t>
   </si>
   <si>
     <t>8221VAM2235LTN01J0</t>
   </si>
   <si>
     <t>8221VAM2235LTN0110</t>
   </si>
   <si>
-    <t>8221VAM2235LTN01S0</t>
-[...1 lines deleted...]
-  <si>
     <t>8221MMM2525LTN01E0</t>
   </si>
   <si>
     <t>8221MDM3025LTN0110</t>
   </si>
   <si>
     <t>8221MDM2540LTN0110</t>
   </si>
   <si>
     <t>8221MDM2530LTN0110</t>
   </si>
   <si>
+    <t>8221MDM2525LTN01E0</t>
+  </si>
+  <si>
     <t>8221MDM2525LTN0110</t>
   </si>
   <si>
-    <t>8221MDM2525LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8221MDM2240LTN0110</t>
   </si>
   <si>
     <t>8221MDM2235LTN0110</t>
   </si>
   <si>
+    <t>8221MDM2230LTN01E0</t>
+  </si>
+  <si>
     <t>8221MDM2230LTN0110</t>
   </si>
   <si>
-    <t>8221MDM2230LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8221MDM2225LTN0110</t>
   </si>
   <si>
     <t>8221MDM2225LTN01E0</t>
   </si>
   <si>
     <t>8221MCM2525LTN0110</t>
   </si>
   <si>
     <t>8221MCM2240LTN01E0</t>
   </si>
   <si>
+    <t>8221MCM2225LTN0110</t>
+  </si>
+  <si>
+    <t>8221MCM2225LTN01E0</t>
+  </si>
+  <si>
+    <t>8221MCM2225LTN01J0</t>
+  </si>
+  <si>
     <t>8221MCM2225LTQ71J0</t>
   </si>
   <si>
-    <t>8221MCM2225LTN01E0</t>
-[...7 lines deleted...]
-  <si>
     <t>8221MYM2225LTN0110</t>
   </si>
   <si>
     <t>180V</t>
   </si>
   <si>
     <t>8221MBM2225LTN0110</t>
   </si>
   <si>
     <t>8221VBV3030LTN01E0</t>
   </si>
   <si>
     <t>8221VBA3035LTN0110</t>
   </si>
   <si>
     <t>8221VBA2530LTN0110</t>
   </si>
   <si>
+    <t>8221VAA2540LTN0110</t>
+  </si>
+  <si>
     <t>8221VAK2540LTN01E0</t>
   </si>
   <si>
-    <t>8221VAA2540LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8221MDJ2240LTN0110</t>
   </si>
   <si>
     <t>±5%</t>
   </si>
   <si>
     <t>8181VCM3035LTN0110</t>
   </si>
   <si>
     <t>180μF</t>
   </si>
   <si>
     <t>8181VCM2550LTN0110</t>
   </si>
   <si>
     <t>8181VBMA035LTN01E0</t>
   </si>
   <si>
     <t>8181VBMA035LTN0110</t>
   </si>
   <si>
     <t>8181VBM3035LTN91E0</t>
   </si>
   <si>
+    <t>8181VBM3035LTN0110</t>
+  </si>
+  <si>
     <t>8181VBM3035LTQ7110</t>
   </si>
   <si>
-    <t>8181VBM3035LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8181VBM3030LTN0110</t>
   </si>
   <si>
     <t>8181VBM3030LTQ0110</t>
   </si>
   <si>
     <t>8181VBM3025LTQ7110</t>
   </si>
   <si>
     <t>8181VBM2550LTQ7110</t>
   </si>
   <si>
     <t>8181VBM2545LTN0110</t>
   </si>
   <si>
     <t>8181VBM2540LTN0110</t>
   </si>
   <si>
     <t>8181VBM2535LTN0110</t>
   </si>
   <si>
+    <t>8181VBM2530LTN01E0</t>
+  </si>
+  <si>
     <t>8181VBM2530LTN0110</t>
   </si>
   <si>
     <t>8181VBM2530LTN01J0</t>
   </si>
   <si>
-    <t>8181VBM2530LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8181VAM3035LTN0110</t>
   </si>
   <si>
+    <t>8181VAM3030LTN0110</t>
+  </si>
+  <si>
     <t>8181VAM3030LTN91E0</t>
   </si>
   <si>
     <t>8181VAM3030LTQ7110</t>
   </si>
   <si>
-    <t>8181VAM3030LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8181VAM3025LTQ7110</t>
   </si>
   <si>
     <t>1181VAM2545LTN0110</t>
   </si>
   <si>
     <t>8181VAM2545LTN0110</t>
   </si>
   <si>
     <t>8181VAM2540LTN0110</t>
   </si>
   <si>
     <t>8181VAM2535LTN0110</t>
   </si>
   <si>
     <t>8181VAM2530LTN0110</t>
   </si>
   <si>
     <t>8181VAM2530LTQ7110</t>
   </si>
   <si>
     <t>8181VAM2240LTN0110</t>
   </si>
   <si>
     <t>8181VAM2230LTN01S0</t>
   </si>
   <si>
+    <t>8181MDM2225LTN91E0</t>
+  </si>
+  <si>
     <t>8181MDM2225LTN0110</t>
   </si>
   <si>
-    <t>8181MDM2225LTN91E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8151VCM3040LTN91E0</t>
   </si>
   <si>
     <t>150μF</t>
   </si>
   <si>
     <t>8151VCM3030LTN01F0</t>
   </si>
   <si>
     <t>8151VCM2535LTN01E0</t>
   </si>
   <si>
     <t>8151VCM2535LTN0110</t>
   </si>
   <si>
+    <t>8151VBM3030LTN01E0</t>
+  </si>
+  <si>
     <t>8151VBM3030LTQ0110</t>
   </si>
   <si>
+    <t>8151VBM3030LTQ7110</t>
+  </si>
+  <si>
     <t>8151VBM3030LTN0110</t>
   </si>
   <si>
-    <t>8151VBM3030LTQ7110</t>
-[...4 lines deleted...]
-  <si>
     <t>8151VBM3025LTN01E0</t>
   </si>
   <si>
+    <t>8151VBM2540LTN0110</t>
+  </si>
+  <si>
     <t>8151VBM2540LTN01E0</t>
   </si>
   <si>
-    <t>8151VBM2540LTN0110</t>
+    <t>8151VBM2535LTN01J0</t>
   </si>
   <si>
     <t>8151VBM2535LTN0110</t>
   </si>
   <si>
-    <t>8151VBM2535LTN01J0</t>
-[...1 lines deleted...]
-  <si>
     <t>8151VBM2530LTN01F0</t>
   </si>
   <si>
+    <t>8151VBM2530LTQ7110</t>
+  </si>
+  <si>
+    <t>8151VBM2530LTN0110</t>
+  </si>
+  <si>
     <t>8151VBM2530LTN01J0</t>
   </si>
   <si>
+    <t>8151VBM2530LTN01E0</t>
+  </si>
+  <si>
     <t>8151VBM2530LTQ71J0</t>
   </si>
   <si>
-    <t>8151VBM2530LTQ7110</t>
-[...7 lines deleted...]
-  <si>
     <t>8151VBM2525LTN01E0</t>
   </si>
   <si>
     <t>8151VBM2250LTN0110</t>
   </si>
   <si>
     <t>8151VBM2245LTN0110</t>
   </si>
   <si>
     <t>8151VBM2245LTN91E0</t>
   </si>
   <si>
     <t>8151VBM2240LTN0110</t>
   </si>
   <si>
     <t>8151VBM2235LTN0110</t>
   </si>
   <si>
+    <t>8151VBM2235LTN01E0</t>
+  </si>
+  <si>
     <t>8151VBM2235LTN01J0</t>
   </si>
   <si>
-    <t>8151VBM2235LTN01E0</t>
+    <t>8151VBM2230LTN0110</t>
+  </si>
+  <si>
+    <t>8151VBM2230LTN01F0</t>
   </si>
   <si>
     <t>8151VBM2230LTN01J0</t>
   </si>
   <si>
-    <t>8151VBM2230LTN01F0</t>
-[...4 lines deleted...]
-  <si>
     <t>8151VBM2225LTN01E0</t>
   </si>
   <si>
     <t>8151VAM3030LTN0110</t>
   </si>
   <si>
+    <t>8151VAM3025LTN0110</t>
+  </si>
+  <si>
     <t>8151VAM3025LTQ7110</t>
   </si>
   <si>
-    <t>8151VAM3025LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8151VAM2535LTN0110</t>
   </si>
   <si>
     <t>8151VAM2535LTQ7110</t>
   </si>
   <si>
+    <t>8151VAM2530LTN01E0</t>
+  </si>
+  <si>
     <t>8151VAM2530LTN0110</t>
   </si>
   <si>
     <t>8151VAM2530LTQ7110</t>
   </si>
   <si>
-    <t>8151VAM2530LTN01E0</t>
+    <t>8151VAM2525LTN01J0</t>
   </si>
   <si>
     <t>8151VAM2525LTN01E0</t>
   </si>
   <si>
     <t>8151VAM2525LTN0110</t>
   </si>
   <si>
-    <t>8151VAM2525LTN01J0</t>
+    <t>8151VAM2240LTN01E0</t>
   </si>
   <si>
     <t>8151VAM2240LTN0110</t>
   </si>
   <si>
-    <t>8151VAM2240LTN01E0</t>
+    <t>8151VAM2235LTN01E0</t>
   </si>
   <si>
     <t>8151VAM2235LTQ7110</t>
   </si>
   <si>
     <t>8151VAM2235LTN0110</t>
   </si>
   <si>
-    <t>8151VAM2235LTN01E0</t>
+    <t>8151VAM2225LTN01J0</t>
   </si>
   <si>
     <t>8151VAM2225LTN01S0</t>
   </si>
   <si>
-    <t>8151VAM2225LTN01J0</t>
-[...1 lines deleted...]
-  <si>
     <t>8151MFM2230LTN01E0</t>
   </si>
   <si>
     <t>8151MDM2225LTN0110</t>
   </si>
   <si>
     <t>8151MDM2225LTN01E0</t>
   </si>
   <si>
     <t>8151VBK2530LTN01E0</t>
   </si>
   <si>
     <t>8151VBK2240LTN0110</t>
   </si>
   <si>
     <t>8121VCM2535LTN0110</t>
   </si>
   <si>
     <t>120μF</t>
   </si>
   <si>
     <t>8121VCM2530LTN01E0</t>
   </si>
   <si>
     <t>8121VCM2240LTN01E0</t>
   </si>
   <si>
+    <t>8121VBM3025LTN01J0</t>
+  </si>
+  <si>
     <t>8121VBM3025LTN01E0</t>
   </si>
   <si>
     <t>8121VBM3025LTN0110</t>
   </si>
   <si>
-    <t>8121VBM3025LTN01J0</t>
-[...1 lines deleted...]
-  <si>
     <t>8121VBM2530LTN0110</t>
   </si>
   <si>
     <t>8121VBM2530LTN01E0</t>
   </si>
   <si>
     <t>8121VBM2525LTN0110</t>
   </si>
   <si>
     <t>8121VBM2240LTN01G0</t>
   </si>
   <si>
     <t>8121VBM2235LTN0110</t>
   </si>
   <si>
     <t>8121VBM2230LTN01J0</t>
   </si>
   <si>
     <t>8121VAM2535LTN0110</t>
   </si>
   <si>
     <t>8121VAM2530LTN0110</t>
   </si>
   <si>
+    <t>8121VAM2525LTN0110</t>
+  </si>
+  <si>
     <t>8121VAM2525LTQ7110</t>
   </si>
   <si>
     <t>8121VAM2525LTN01E0</t>
   </si>
   <si>
-    <t>8121VAM2525LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8121VAM2235LTQ7110</t>
   </si>
   <si>
+    <t>8121VAM2225LTN01E0</t>
+  </si>
+  <si>
     <t>8121VAM2225LTN0110</t>
   </si>
   <si>
-    <t>8121VAM2225LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8121MQM2230LTN0110</t>
   </si>
   <si>
     <t>8121VBK2525LTN0110</t>
   </si>
   <si>
     <t>8101VCM2240LTN01E0</t>
   </si>
   <si>
     <t>100μF</t>
   </si>
   <si>
     <t>8101VCM2235LTN01F0</t>
   </si>
   <si>
     <t>8101VCM2235LTN01E0</t>
   </si>
   <si>
     <t>8101VBM3030LTN0110</t>
   </si>
   <si>
     <t>8101VBM2540LTN0110</t>
   </si>
   <si>
     <t>8101VBM2535LTN0110</t>
   </si>
   <si>
+    <t>8101VBM2530LTN01S0</t>
+  </si>
+  <si>
+    <t>8101VBM2530LTN0110</t>
+  </si>
+  <si>
     <t>8101VBM2530LTN01E0</t>
   </si>
   <si>
-    <t>8101VBM2530LTN01S0</t>
-[...2 lines deleted...]
-    <t>8101VBM2530LTN0110</t>
+    <t>8101VBM2525LTN01J0</t>
+  </si>
+  <si>
+    <t>8101VBM2525LTN0110</t>
+  </si>
+  <si>
+    <t>8101VBM2525LTQ7110</t>
+  </si>
+  <si>
+    <t>8101VBM2525LTQ71J0</t>
   </si>
   <si>
     <t>8101VBM2525LTN01E0</t>
   </si>
   <si>
-    <t>8101VBM2525LTQ7110</t>
-[...10 lines deleted...]
-  <si>
     <t>8101VBM2240LTN0110</t>
   </si>
   <si>
+    <t>8101VBM2235LTN01F0</t>
+  </si>
+  <si>
     <t>8101VBM2235LTN0110</t>
   </si>
   <si>
-    <t>8101VBM2235LTN01F0</t>
+    <t>8101VBM2230LTQ0110</t>
+  </si>
+  <si>
+    <t>8101VBM2230LTN91E0</t>
   </si>
   <si>
     <t>8101VBM2230LTN01J0</t>
   </si>
   <si>
+    <t>8101VBM2230LTQ7110</t>
+  </si>
+  <si>
+    <t>8101VBM2230LTN01E0</t>
+  </si>
+  <si>
+    <t>8101VBM2230LTN01F0</t>
+  </si>
+  <si>
     <t>8101VBM2230LTQ0810</t>
   </si>
   <si>
-    <t>8101VBM2230LTN91E0</t>
-[...7 lines deleted...]
-  <si>
     <t>8101VBM2230LTN0110</t>
   </si>
   <si>
-    <t>8101VBM2230LTN01F0</t>
-[...2 lines deleted...]
-    <t>8101VBM2230LTN01E0</t>
+    <t>8101VBM2225LTN01E0</t>
   </si>
   <si>
     <t>8101VBM2225LTN0110</t>
   </si>
   <si>
-    <t>8101VBM2225LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8101VBM2030LTQ0110</t>
   </si>
   <si>
     <t>Φ20×30mm</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>8101VVM2230LTQ7110</t>
   </si>
   <si>
     <t>8101VAM2530LTN01S0</t>
   </si>
   <si>
+    <t>8101VAM2530LTQ7110</t>
+  </si>
+  <si>
     <t>8101VAM2530LTN0110</t>
   </si>
   <si>
-    <t>8101VAM2530LTQ7110</t>
+    <t>8101VAM2525LTN0110</t>
   </si>
   <si>
     <t>8101VAM2525LTN01E0</t>
   </si>
   <si>
-    <t>8101VAM2525LTN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8101VAM2235LTN0110</t>
   </si>
   <si>
+    <t>8101VAM2230LTN01E0</t>
+  </si>
+  <si>
     <t>8101VAM2230LTQ7110</t>
   </si>
   <si>
     <t>8101VAM2230LTN01S0</t>
   </si>
   <si>
     <t>8101VAM2230LTN0110</t>
   </si>
   <si>
-    <t>8101VAM2230LTN01E0</t>
+    <t>8101VAM2225LTN01S0</t>
+  </si>
+  <si>
+    <t>8101VAM2225LTN01J0</t>
+  </si>
+  <si>
+    <t>8101VAM2225LTQ71J0</t>
+  </si>
+  <si>
+    <t>8101VAM2225LTN01E0</t>
+  </si>
+  <si>
+    <t>8101VAM2225LTQ7110</t>
   </si>
   <si>
     <t>8101VAM2225LTN0110</t>
   </si>
   <si>
-    <t>8101VAM2225LTQ7110</t>
-[...13 lines deleted...]
-  <si>
     <t>8101MFM2230LTN01E0</t>
   </si>
   <si>
     <t>8101VBK2230LTN01E0</t>
   </si>
   <si>
     <t>8820VCM2535LTN0110</t>
   </si>
   <si>
     <t>82μF</t>
   </si>
   <si>
     <t>8820VCM2535LTN01F0</t>
   </si>
   <si>
     <t>8820VCM2530LTN01F0</t>
   </si>
   <si>
     <t>8820VCM2235LTN0110</t>
   </si>
   <si>
+    <t>8820VCM2225LTN01F0</t>
+  </si>
+  <si>
     <t>8820VBM2530LTN0110</t>
   </si>
   <si>
+    <t>8820VBM2525LTN0110</t>
+  </si>
+  <si>
+    <t>8820VBM2525LTN01J0</t>
+  </si>
+  <si>
     <t>8820VBM2525LTQ7110</t>
   </si>
   <si>
-    <t>8820VBM2525LTN01J0</t>
-[...4 lines deleted...]
-  <si>
     <t>8820VBM2525LTQ71J0</t>
   </si>
   <si>
     <t>8820VBM2235LTN0110</t>
   </si>
   <si>
+    <t>8820VBM2230LTN0110</t>
+  </si>
+  <si>
+    <t>8820VBM2230LTN01F0</t>
+  </si>
+  <si>
     <t>8820VBM2230LTN01E0</t>
   </si>
   <si>
-    <t>8820VBM2230LTN01F0</t>
-[...4 lines deleted...]
-  <si>
     <t>8820VBM2225LTN01E0</t>
   </si>
   <si>
     <t>8820VAM2525LTN0110</t>
   </si>
   <si>
     <t>8820VAM2230LTN0110</t>
   </si>
   <si>
     <t>8680VCM2525LTN91E0</t>
   </si>
   <si>
     <t>68μF</t>
   </si>
   <si>
     <t>8680VBM2525LTQ7110</t>
   </si>
   <si>
+    <t>8680VBM2230LTQ7110</t>
+  </si>
+  <si>
     <t>8680VBM2230LTN0110</t>
   </si>
   <si>
-    <t>8680VBM2230LTQ7110</t>
-[...1 lines deleted...]
-  <si>
     <t>8680VBM2225LTN0110</t>
   </si>
   <si>
+    <t>8680VAM2225LTN01E0</t>
+  </si>
+  <si>
     <t>8680VAM2225LTN0110</t>
   </si>
   <si>
-    <t>8680VAM2225LTN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8680VAM2220LTN01E0</t>
   </si>
   <si>
     <t>Φ22×20mm</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
+    <t>8560VBM2225LTN01E0</t>
+  </si>
+  <si>
+    <t>56μF</t>
+  </si>
+  <si>
     <t>8560VBM2225LTN0110</t>
-  </si>
-[...4 lines deleted...]
-    <t>8560VBM2225LTN01E0</t>
   </si>
   <si>
     <t>8560VAM2225LTN01E0</t>
   </si>
   <si>
     <t>8470VBM2240LTN0110</t>
   </si>
   <si>
     <t>47μF</t>
   </si>
   <si>
     <t>8470VBM2225LTN0110</t>
   </si>
   <si>
     <t>8470VAM2225LTN0810</t>
   </si>
   <si>
     <t>8470VAM2225LTN0110</t>
   </si>
   <si>
     <t>8300VBM2525LTN0110</t>
   </si>
   <si>
     <t>30μF</t>
   </si>
@@ -4815,51 +4818,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:N1288"/>
+  <dimension ref="A1:N1289"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -10496,80 +10499,80 @@
       </c>
       <c r="D195" t="s">
         <v>87</v>
       </c>
       <c r="E195" t="s">
         <v>17</v>
       </c>
       <c r="F195" t="s">
         <v>18</v>
       </c>
       <c r="G195" t="s">
         <v>19</v>
       </c>
       <c r="H195" t="s">
         <v>151</v>
       </c>
       <c r="N195">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:14">
       <c r="A196" t="s">
         <v>321</v>
       </c>
       <c r="B196" t="s">
-        <v>322</v>
+        <v>291</v>
       </c>
       <c r="C196" t="s">
         <v>70</v>
       </c>
       <c r="D196" t="s">
         <v>87</v>
       </c>
       <c r="E196" t="s">
         <v>17</v>
       </c>
       <c r="F196" t="s">
         <v>18</v>
       </c>
       <c r="G196" t="s">
         <v>19</v>
       </c>
       <c r="H196" t="s">
         <v>71</v>
       </c>
       <c r="N196">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:14">
       <c r="A197" t="s">
+        <v>322</v>
+      </c>
+      <c r="B197" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="C197" t="s">
         <v>70</v>
       </c>
       <c r="D197" t="s">
         <v>87</v>
       </c>
       <c r="E197" t="s">
         <v>17</v>
       </c>
       <c r="F197" t="s">
         <v>18</v>
       </c>
       <c r="G197" t="s">
         <v>19</v>
       </c>
       <c r="H197" t="s">
         <v>71</v>
       </c>
       <c r="N197">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:14">
       <c r="A198" t="s">
@@ -10786,51 +10789,51 @@
       </c>
       <c r="D205" t="s">
         <v>48</v>
       </c>
       <c r="E205" t="s">
         <v>17</v>
       </c>
       <c r="F205" t="s">
         <v>18</v>
       </c>
       <c r="G205" t="s">
         <v>19</v>
       </c>
       <c r="H205" t="s">
         <v>41</v>
       </c>
       <c r="N205">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:14">
       <c r="A206" t="s">
         <v>332</v>
       </c>
       <c r="B206" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C206" t="s">
         <v>248</v>
       </c>
       <c r="D206" t="s">
         <v>48</v>
       </c>
       <c r="E206" t="s">
         <v>17</v>
       </c>
       <c r="F206" t="s">
         <v>18</v>
       </c>
       <c r="G206" t="s">
         <v>19</v>
       </c>
       <c r="H206" t="s">
         <v>249</v>
       </c>
       <c r="N206">
         <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:14">
       <c r="A207" t="s">
@@ -11076,51 +11079,51 @@
       </c>
       <c r="D215" t="s">
         <v>48</v>
       </c>
       <c r="E215" t="s">
         <v>17</v>
       </c>
       <c r="F215" t="s">
         <v>18</v>
       </c>
       <c r="G215" t="s">
         <v>341</v>
       </c>
       <c r="H215" t="s">
         <v>74</v>
       </c>
       <c r="N215">
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:14">
       <c r="A216" t="s">
         <v>343</v>
       </c>
       <c r="B216" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C216" t="s">
         <v>73</v>
       </c>
       <c r="D216" t="s">
         <v>48</v>
       </c>
       <c r="E216" t="s">
         <v>17</v>
       </c>
       <c r="F216" t="s">
         <v>18</v>
       </c>
       <c r="G216" t="s">
         <v>341</v>
       </c>
       <c r="H216" t="s">
         <v>74</v>
       </c>
       <c r="N216">
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:14">
       <c r="A217" t="s">
@@ -11859,109 +11862,109 @@
       </c>
       <c r="D242" t="s">
         <v>293</v>
       </c>
       <c r="E242" t="s">
         <v>17</v>
       </c>
       <c r="F242" t="s">
         <v>18</v>
       </c>
       <c r="G242" t="s">
         <v>19</v>
       </c>
       <c r="H242" t="s">
         <v>45</v>
       </c>
       <c r="N242">
         <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:14">
       <c r="A243" t="s">
         <v>380</v>
       </c>
       <c r="B243" t="s">
-        <v>371</v>
+        <v>381</v>
       </c>
       <c r="C243" t="s">
         <v>47</v>
       </c>
       <c r="D243" t="s">
         <v>293</v>
       </c>
       <c r="E243" t="s">
         <v>17</v>
       </c>
       <c r="F243" t="s">
         <v>18</v>
       </c>
       <c r="G243" t="s">
         <v>19</v>
       </c>
       <c r="H243" t="s">
         <v>49</v>
       </c>
       <c r="N243">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:14">
       <c r="A244" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B244" t="s">
         <v>371</v>
       </c>
       <c r="C244" t="s">
         <v>47</v>
       </c>
       <c r="D244" t="s">
         <v>293</v>
       </c>
       <c r="E244" t="s">
         <v>17</v>
       </c>
       <c r="F244" t="s">
         <v>18</v>
       </c>
       <c r="G244" t="s">
         <v>19</v>
       </c>
       <c r="H244" t="s">
         <v>49</v>
       </c>
       <c r="N244">
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:14">
       <c r="A245" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B245" t="s">
-        <v>383</v>
+        <v>371</v>
       </c>
       <c r="C245" t="s">
         <v>47</v>
       </c>
       <c r="D245" t="s">
         <v>293</v>
       </c>
       <c r="E245" t="s">
         <v>17</v>
       </c>
       <c r="F245" t="s">
         <v>18</v>
       </c>
       <c r="G245" t="s">
         <v>19</v>
       </c>
       <c r="H245" t="s">
         <v>49</v>
       </c>
       <c r="N245">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:14">
       <c r="A246" t="s">
@@ -12990,80 +12993,80 @@
       </c>
       <c r="D281" t="s">
         <v>299</v>
       </c>
       <c r="E281" t="s">
         <v>17</v>
       </c>
       <c r="F281" t="s">
         <v>18</v>
       </c>
       <c r="G281" t="s">
         <v>19</v>
       </c>
       <c r="H281" t="s">
         <v>61</v>
       </c>
       <c r="N281">
         <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:14">
       <c r="A282" t="s">
         <v>428</v>
       </c>
       <c r="B282" t="s">
-        <v>403</v>
+        <v>429</v>
       </c>
       <c r="C282" t="s">
         <v>63</v>
       </c>
       <c r="D282" t="s">
         <v>299</v>
       </c>
       <c r="E282" t="s">
         <v>17</v>
       </c>
       <c r="F282" t="s">
         <v>18</v>
       </c>
       <c r="G282" t="s">
         <v>19</v>
       </c>
       <c r="H282" t="s">
         <v>64</v>
       </c>
       <c r="N282">
         <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:14">
       <c r="A283" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B283" t="s">
-        <v>430</v>
+        <v>403</v>
       </c>
       <c r="C283" t="s">
         <v>63</v>
       </c>
       <c r="D283" t="s">
         <v>299</v>
       </c>
       <c r="E283" t="s">
         <v>17</v>
       </c>
       <c r="F283" t="s">
         <v>18</v>
       </c>
       <c r="G283" t="s">
         <v>19</v>
       </c>
       <c r="H283" t="s">
         <v>64</v>
       </c>
       <c r="N283">
         <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:14">
       <c r="A284" t="s">
@@ -13077,51 +13080,51 @@
       </c>
       <c r="D284" t="s">
         <v>299</v>
       </c>
       <c r="E284" t="s">
         <v>17</v>
       </c>
       <c r="F284" t="s">
         <v>18</v>
       </c>
       <c r="G284" t="s">
         <v>19</v>
       </c>
       <c r="H284" t="s">
         <v>119</v>
       </c>
       <c r="N284">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:14">
       <c r="A285" t="s">
         <v>432</v>
       </c>
       <c r="B285" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="C285" t="s">
         <v>118</v>
       </c>
       <c r="D285" t="s">
         <v>299</v>
       </c>
       <c r="E285" t="s">
         <v>17</v>
       </c>
       <c r="F285" t="s">
         <v>18</v>
       </c>
       <c r="G285" t="s">
         <v>19</v>
       </c>
       <c r="H285" t="s">
         <v>119</v>
       </c>
       <c r="N285">
         <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:14">
       <c r="A286" t="s">
@@ -13512,51 +13515,51 @@
       </c>
       <c r="D299" t="s">
         <v>299</v>
       </c>
       <c r="E299" t="s">
         <v>17</v>
       </c>
       <c r="F299" t="s">
         <v>18</v>
       </c>
       <c r="G299" t="s">
         <v>83</v>
       </c>
       <c r="H299" t="s">
         <v>119</v>
       </c>
       <c r="N299">
         <v>0</v>
       </c>
     </row>
     <row r="300" spans="1:14">
       <c r="A300" t="s">
         <v>447</v>
       </c>
       <c r="B300" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="C300" t="s">
         <v>66</v>
       </c>
       <c r="D300" t="s">
         <v>299</v>
       </c>
       <c r="E300" t="s">
         <v>17</v>
       </c>
       <c r="F300" t="s">
         <v>18</v>
       </c>
       <c r="G300" t="s">
         <v>83</v>
       </c>
       <c r="H300" t="s">
         <v>67</v>
       </c>
       <c r="N300">
         <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:14">
       <c r="A301" t="s">
@@ -14556,98 +14559,98 @@
       </c>
       <c r="D335" t="s">
         <v>299</v>
       </c>
       <c r="E335" t="s">
         <v>17</v>
       </c>
       <c r="F335" t="s">
         <v>18</v>
       </c>
       <c r="G335" t="s">
         <v>19</v>
       </c>
       <c r="H335" t="s">
         <v>64</v>
       </c>
       <c r="N335">
         <v>0</v>
       </c>
     </row>
     <row r="336" spans="1:14">
       <c r="A336" t="s">
         <v>490</v>
       </c>
       <c r="B336" t="s">
-        <v>449</v>
+        <v>491</v>
       </c>
       <c r="C336" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D336" t="s">
         <v>299</v>
       </c>
       <c r="E336" t="s">
         <v>17</v>
       </c>
       <c r="F336" t="s">
         <v>18</v>
       </c>
       <c r="G336" t="s">
         <v>19</v>
       </c>
       <c r="H336" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N336">
         <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:14">
       <c r="A337" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B337" t="s">
-        <v>494</v>
+        <v>449</v>
       </c>
       <c r="C337" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D337" t="s">
         <v>299</v>
       </c>
       <c r="E337" t="s">
         <v>17</v>
       </c>
       <c r="F337" t="s">
         <v>18</v>
       </c>
       <c r="G337" t="s">
         <v>19</v>
       </c>
       <c r="H337" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N337">
         <v>0</v>
       </c>
     </row>
     <row r="338" spans="1:14">
       <c r="A338" t="s">
         <v>495</v>
       </c>
       <c r="B338" t="s">
         <v>449</v>
       </c>
       <c r="C338" t="s">
         <v>25</v>
       </c>
       <c r="D338" t="s">
         <v>299</v>
       </c>
       <c r="E338" t="s">
         <v>17</v>
       </c>
       <c r="F338" t="s">
         <v>18</v>
       </c>
       <c r="G338" t="s">
@@ -14907,66 +14910,66 @@
       </c>
       <c r="E347" t="s">
         <v>17</v>
       </c>
       <c r="F347" t="s">
         <v>18</v>
       </c>
       <c r="G347" t="s">
         <v>19</v>
       </c>
       <c r="H347" t="s">
         <v>61</v>
       </c>
       <c r="N347">
         <v>0</v>
       </c>
     </row>
     <row r="348" spans="1:14">
       <c r="A348" t="s">
         <v>506</v>
       </c>
       <c r="B348" t="s">
         <v>449</v>
       </c>
       <c r="C348" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D348" t="s">
         <v>262</v>
       </c>
       <c r="E348" t="s">
         <v>17</v>
       </c>
       <c r="F348" t="s">
         <v>18</v>
       </c>
       <c r="G348" t="s">
         <v>19</v>
       </c>
       <c r="H348" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N348">
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:14">
       <c r="A349" t="s">
         <v>507</v>
       </c>
       <c r="B349" t="s">
         <v>449</v>
       </c>
       <c r="C349" t="s">
         <v>66</v>
       </c>
       <c r="D349" t="s">
         <v>262</v>
       </c>
       <c r="E349" t="s">
         <v>17</v>
       </c>
       <c r="F349" t="s">
         <v>18</v>
       </c>
       <c r="G349" t="s">
@@ -15339,80 +15342,80 @@
       </c>
       <c r="D362" t="s">
         <v>264</v>
       </c>
       <c r="E362" t="s">
         <v>17</v>
       </c>
       <c r="F362" t="s">
         <v>18</v>
       </c>
       <c r="G362" t="s">
         <v>19</v>
       </c>
       <c r="H362" t="s">
         <v>157</v>
       </c>
       <c r="N362">
         <v>0</v>
       </c>
     </row>
     <row r="363" spans="1:14">
       <c r="A363" t="s">
         <v>521</v>
       </c>
       <c r="B363" t="s">
-        <v>449</v>
+        <v>491</v>
       </c>
       <c r="C363" t="s">
         <v>156</v>
       </c>
       <c r="D363" t="s">
         <v>264</v>
       </c>
       <c r="E363" t="s">
         <v>17</v>
       </c>
       <c r="F363" t="s">
         <v>18</v>
       </c>
       <c r="G363" t="s">
         <v>19</v>
       </c>
       <c r="H363" t="s">
         <v>157</v>
       </c>
       <c r="N363">
         <v>0</v>
       </c>
     </row>
     <row r="364" spans="1:14">
       <c r="A364" t="s">
         <v>522</v>
       </c>
       <c r="B364" t="s">
-        <v>494</v>
+        <v>449</v>
       </c>
       <c r="C364" t="s">
         <v>156</v>
       </c>
       <c r="D364" t="s">
         <v>264</v>
       </c>
       <c r="E364" t="s">
         <v>17</v>
       </c>
       <c r="F364" t="s">
         <v>18</v>
       </c>
       <c r="G364" t="s">
         <v>19</v>
       </c>
       <c r="H364" t="s">
         <v>157</v>
       </c>
       <c r="N364">
         <v>0</v>
       </c>
     </row>
     <row r="365" spans="1:14">
       <c r="A365" t="s">
@@ -16035,51 +16038,51 @@
       </c>
       <c r="D386" t="s">
         <v>299</v>
       </c>
       <c r="E386" t="s">
         <v>17</v>
       </c>
       <c r="F386" t="s">
         <v>18</v>
       </c>
       <c r="G386" t="s">
         <v>83</v>
       </c>
       <c r="H386" t="s">
         <v>81</v>
       </c>
       <c r="N386">
         <v>0</v>
       </c>
     </row>
     <row r="387" spans="1:14">
       <c r="A387" t="s">
         <v>545</v>
       </c>
       <c r="B387" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="C387" t="s">
         <v>546</v>
       </c>
       <c r="D387" t="s">
         <v>299</v>
       </c>
       <c r="E387" t="s">
         <v>17</v>
       </c>
       <c r="F387" t="s">
         <v>18</v>
       </c>
       <c r="G387" t="s">
         <v>83</v>
       </c>
       <c r="H387" t="s">
         <v>547</v>
       </c>
       <c r="N387">
         <v>0</v>
       </c>
     </row>
     <row r="388" spans="1:14">
       <c r="A388" t="s">
@@ -19895,66 +19898,66 @@
       </c>
       <c r="E519" t="s">
         <v>17</v>
       </c>
       <c r="F519" t="s">
         <v>18</v>
       </c>
       <c r="G519" t="s">
         <v>19</v>
       </c>
       <c r="H519" t="s">
         <v>64</v>
       </c>
       <c r="N519">
         <v>0</v>
       </c>
     </row>
     <row r="520" spans="1:14">
       <c r="A520" t="s">
         <v>689</v>
       </c>
       <c r="B520" t="s">
         <v>641</v>
       </c>
       <c r="C520" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D520" t="s">
         <v>299</v>
       </c>
       <c r="E520" t="s">
         <v>17</v>
       </c>
       <c r="F520" t="s">
         <v>18</v>
       </c>
       <c r="G520" t="s">
         <v>19</v>
       </c>
       <c r="H520" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N520">
         <v>0</v>
       </c>
     </row>
     <row r="521" spans="1:14">
       <c r="A521" t="s">
         <v>690</v>
       </c>
       <c r="B521" t="s">
         <v>641</v>
       </c>
       <c r="C521" t="s">
         <v>66</v>
       </c>
       <c r="D521" t="s">
         <v>299</v>
       </c>
       <c r="E521" t="s">
         <v>17</v>
       </c>
       <c r="F521" t="s">
         <v>18</v>
       </c>
       <c r="G521" t="s">
@@ -22070,66 +22073,66 @@
       </c>
       <c r="E594" t="s">
         <v>17</v>
       </c>
       <c r="F594" t="s">
         <v>18</v>
       </c>
       <c r="G594" t="s">
         <v>19</v>
       </c>
       <c r="H594" t="s">
         <v>151</v>
       </c>
       <c r="N594">
         <v>0</v>
       </c>
     </row>
     <row r="595" spans="1:14">
       <c r="A595" t="s">
         <v>765</v>
       </c>
       <c r="B595" t="s">
         <v>732</v>
       </c>
       <c r="C595" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D595" t="s">
         <v>299</v>
       </c>
       <c r="E595" t="s">
         <v>17</v>
       </c>
       <c r="F595" t="s">
         <v>18</v>
       </c>
       <c r="G595" t="s">
         <v>19</v>
       </c>
       <c r="H595" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N595">
         <v>0</v>
       </c>
     </row>
     <row r="596" spans="1:14">
       <c r="A596" t="s">
         <v>766</v>
       </c>
       <c r="B596" t="s">
         <v>732</v>
       </c>
       <c r="C596" t="s">
         <v>153</v>
       </c>
       <c r="D596" t="s">
         <v>299</v>
       </c>
       <c r="E596" t="s">
         <v>17</v>
       </c>
       <c r="F596" t="s">
         <v>18</v>
       </c>
       <c r="G596" t="s">
@@ -23984,66 +23987,66 @@
       </c>
       <c r="E660" t="s">
         <v>17</v>
       </c>
       <c r="F660" t="s">
         <v>18</v>
       </c>
       <c r="G660" t="s">
         <v>19</v>
       </c>
       <c r="H660" t="s">
         <v>64</v>
       </c>
       <c r="N660">
         <v>0</v>
       </c>
     </row>
     <row r="661" spans="1:14">
       <c r="A661" t="s">
         <v>834</v>
       </c>
       <c r="B661" t="s">
         <v>790</v>
       </c>
       <c r="C661" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D661" t="s">
         <v>405</v>
       </c>
       <c r="E661" t="s">
         <v>17</v>
       </c>
       <c r="F661" t="s">
         <v>18</v>
       </c>
       <c r="G661" t="s">
         <v>19</v>
       </c>
       <c r="H661" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N661">
         <v>0</v>
       </c>
     </row>
     <row r="662" spans="1:14">
       <c r="A662" t="s">
         <v>835</v>
       </c>
       <c r="B662" t="s">
         <v>790</v>
       </c>
       <c r="C662" t="s">
         <v>66</v>
       </c>
       <c r="D662" t="s">
         <v>405</v>
       </c>
       <c r="E662" t="s">
         <v>17</v>
       </c>
       <c r="F662" t="s">
         <v>18</v>
       </c>
       <c r="G662" t="s">
@@ -24448,153 +24451,153 @@
       </c>
       <c r="E676" t="s">
         <v>17</v>
       </c>
       <c r="F676" t="s">
         <v>18</v>
       </c>
       <c r="G676" t="s">
         <v>19</v>
       </c>
       <c r="H676" t="s">
         <v>64</v>
       </c>
       <c r="N676">
         <v>0</v>
       </c>
     </row>
     <row r="677" spans="1:14">
       <c r="A677" t="s">
         <v>851</v>
       </c>
       <c r="B677" t="s">
         <v>790</v>
       </c>
       <c r="C677" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D677" t="s">
         <v>293</v>
       </c>
       <c r="E677" t="s">
         <v>17</v>
       </c>
       <c r="F677" t="s">
         <v>18</v>
       </c>
       <c r="G677" t="s">
         <v>19</v>
       </c>
       <c r="H677" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N677">
         <v>0</v>
       </c>
     </row>
     <row r="678" spans="1:14">
       <c r="A678" t="s">
         <v>852</v>
       </c>
       <c r="B678" t="s">
         <v>790</v>
       </c>
       <c r="C678" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D678" t="s">
         <v>293</v>
       </c>
       <c r="E678" t="s">
         <v>17</v>
       </c>
       <c r="F678" t="s">
         <v>18</v>
       </c>
       <c r="G678" t="s">
         <v>19</v>
       </c>
       <c r="H678" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N678">
         <v>0</v>
       </c>
     </row>
     <row r="679" spans="1:14">
       <c r="A679" t="s">
         <v>853</v>
       </c>
       <c r="B679" t="s">
         <v>790</v>
       </c>
       <c r="C679" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D679" t="s">
         <v>293</v>
       </c>
       <c r="E679" t="s">
         <v>17</v>
       </c>
       <c r="F679" t="s">
         <v>18</v>
       </c>
       <c r="G679" t="s">
         <v>19</v>
       </c>
       <c r="H679" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N679">
         <v>0</v>
       </c>
     </row>
     <row r="680" spans="1:14">
       <c r="A680" t="s">
         <v>854</v>
       </c>
       <c r="B680" t="s">
         <v>790</v>
       </c>
       <c r="C680" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D680" t="s">
         <v>293</v>
       </c>
       <c r="E680" t="s">
         <v>17</v>
       </c>
       <c r="F680" t="s">
         <v>18</v>
       </c>
       <c r="G680" t="s">
         <v>19</v>
       </c>
       <c r="H680" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N680">
         <v>0</v>
       </c>
     </row>
     <row r="681" spans="1:14">
       <c r="A681" t="s">
         <v>855</v>
       </c>
       <c r="B681" t="s">
         <v>790</v>
       </c>
       <c r="C681" t="s">
         <v>118</v>
       </c>
       <c r="D681" t="s">
         <v>293</v>
       </c>
       <c r="E681" t="s">
         <v>17</v>
       </c>
       <c r="F681" t="s">
         <v>18</v>
       </c>
       <c r="G681" t="s">
@@ -26884,95 +26887,95 @@
       </c>
       <c r="E760" t="s">
         <v>17</v>
       </c>
       <c r="F760" t="s">
         <v>18</v>
       </c>
       <c r="G760" t="s">
         <v>19</v>
       </c>
       <c r="H760" t="s">
         <v>64</v>
       </c>
       <c r="N760">
         <v>0</v>
       </c>
     </row>
     <row r="761" spans="1:14">
       <c r="A761" t="s">
         <v>939</v>
       </c>
       <c r="B761" t="s">
         <v>928</v>
       </c>
       <c r="C761" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D761" t="s">
         <v>372</v>
       </c>
       <c r="E761" t="s">
         <v>17</v>
       </c>
       <c r="F761" t="s">
         <v>18</v>
       </c>
       <c r="G761" t="s">
         <v>19</v>
       </c>
       <c r="H761" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N761">
         <v>0</v>
       </c>
     </row>
     <row r="762" spans="1:14">
       <c r="A762" t="s">
         <v>940</v>
       </c>
       <c r="B762" t="s">
         <v>928</v>
       </c>
       <c r="C762" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D762" t="s">
         <v>372</v>
       </c>
       <c r="E762" t="s">
         <v>17</v>
       </c>
       <c r="F762" t="s">
         <v>18</v>
       </c>
       <c r="G762" t="s">
         <v>19</v>
       </c>
       <c r="H762" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N762">
         <v>0</v>
       </c>
     </row>
     <row r="763" spans="1:14">
       <c r="A763" t="s">
         <v>941</v>
       </c>
       <c r="B763" t="s">
         <v>928</v>
       </c>
       <c r="C763" t="s">
         <v>118</v>
       </c>
       <c r="D763" t="s">
         <v>372</v>
       </c>
       <c r="E763" t="s">
         <v>17</v>
       </c>
       <c r="F763" t="s">
         <v>18</v>
       </c>
       <c r="G763" t="s">
@@ -27174,95 +27177,95 @@
       </c>
       <c r="E770" t="s">
         <v>17</v>
       </c>
       <c r="F770" t="s">
         <v>18</v>
       </c>
       <c r="G770" t="s">
         <v>19</v>
       </c>
       <c r="H770" t="s">
         <v>64</v>
       </c>
       <c r="N770">
         <v>0</v>
       </c>
     </row>
     <row r="771" spans="1:14">
       <c r="A771" t="s">
         <v>949</v>
       </c>
       <c r="B771" t="s">
         <v>928</v>
       </c>
       <c r="C771" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D771" t="s">
         <v>405</v>
       </c>
       <c r="E771" t="s">
         <v>17</v>
       </c>
       <c r="F771" t="s">
         <v>18</v>
       </c>
       <c r="G771" t="s">
         <v>19</v>
       </c>
       <c r="H771" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N771">
         <v>0</v>
       </c>
     </row>
     <row r="772" spans="1:14">
       <c r="A772" t="s">
         <v>950</v>
       </c>
       <c r="B772" t="s">
         <v>928</v>
       </c>
       <c r="C772" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D772" t="s">
         <v>405</v>
       </c>
       <c r="E772" t="s">
         <v>17</v>
       </c>
       <c r="F772" t="s">
         <v>18</v>
       </c>
       <c r="G772" t="s">
         <v>19</v>
       </c>
       <c r="H772" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N772">
         <v>0</v>
       </c>
     </row>
     <row r="773" spans="1:14">
       <c r="A773" t="s">
         <v>951</v>
       </c>
       <c r="B773" t="s">
         <v>928</v>
       </c>
       <c r="C773" t="s">
         <v>80</v>
       </c>
       <c r="D773" t="s">
         <v>405</v>
       </c>
       <c r="E773" t="s">
         <v>17</v>
       </c>
       <c r="F773" t="s">
         <v>18</v>
       </c>
       <c r="G773" t="s">
@@ -27377,66 +27380,66 @@
       </c>
       <c r="E777" t="s">
         <v>17</v>
       </c>
       <c r="F777" t="s">
         <v>18</v>
       </c>
       <c r="G777" t="s">
         <v>19</v>
       </c>
       <c r="H777" t="s">
         <v>64</v>
       </c>
       <c r="N777">
         <v>0</v>
       </c>
     </row>
     <row r="778" spans="1:14">
       <c r="A778" t="s">
         <v>956</v>
       </c>
       <c r="B778" t="s">
         <v>928</v>
       </c>
       <c r="C778" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D778" t="s">
         <v>293</v>
       </c>
       <c r="E778" t="s">
         <v>17</v>
       </c>
       <c r="F778" t="s">
         <v>18</v>
       </c>
       <c r="G778" t="s">
         <v>19</v>
       </c>
       <c r="H778" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N778">
         <v>0</v>
       </c>
     </row>
     <row r="779" spans="1:14">
       <c r="A779" t="s">
         <v>957</v>
       </c>
       <c r="B779" t="s">
         <v>928</v>
       </c>
       <c r="C779" t="s">
         <v>118</v>
       </c>
       <c r="D779" t="s">
         <v>293</v>
       </c>
       <c r="E779" t="s">
         <v>17</v>
       </c>
       <c r="F779" t="s">
         <v>18</v>
       </c>
       <c r="G779" t="s">
@@ -28798,95 +28801,95 @@
       </c>
       <c r="E826" t="s">
         <v>17</v>
       </c>
       <c r="F826" t="s">
         <v>18</v>
       </c>
       <c r="G826" t="s">
         <v>19</v>
       </c>
       <c r="H826" t="s">
         <v>64</v>
       </c>
       <c r="N826">
         <v>0</v>
       </c>
     </row>
     <row r="827" spans="1:14">
       <c r="A827" t="s">
         <v>1008</v>
       </c>
       <c r="B827" t="s">
         <v>991</v>
       </c>
       <c r="C827" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D827" t="s">
         <v>372</v>
       </c>
       <c r="E827" t="s">
         <v>17</v>
       </c>
       <c r="F827" t="s">
         <v>18</v>
       </c>
       <c r="G827" t="s">
         <v>19</v>
       </c>
       <c r="H827" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N827">
         <v>0</v>
       </c>
     </row>
     <row r="828" spans="1:14">
       <c r="A828" t="s">
         <v>1009</v>
       </c>
       <c r="B828" t="s">
         <v>991</v>
       </c>
       <c r="C828" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D828" t="s">
         <v>372</v>
       </c>
       <c r="E828" t="s">
         <v>17</v>
       </c>
       <c r="F828" t="s">
         <v>18</v>
       </c>
       <c r="G828" t="s">
         <v>19</v>
       </c>
       <c r="H828" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N828">
         <v>0</v>
       </c>
     </row>
     <row r="829" spans="1:14">
       <c r="A829" t="s">
         <v>1010</v>
       </c>
       <c r="B829" t="s">
         <v>991</v>
       </c>
       <c r="C829" t="s">
         <v>118</v>
       </c>
       <c r="D829" t="s">
         <v>372</v>
       </c>
       <c r="E829" t="s">
         <v>17</v>
       </c>
       <c r="F829" t="s">
         <v>18</v>
       </c>
       <c r="G829" t="s">
@@ -29610,95 +29613,95 @@
       </c>
       <c r="E854" t="s">
         <v>17</v>
       </c>
       <c r="F854" t="s">
         <v>18</v>
       </c>
       <c r="G854" t="s">
         <v>19</v>
       </c>
       <c r="H854" t="s">
         <v>64</v>
       </c>
       <c r="N854">
         <v>0</v>
       </c>
     </row>
     <row r="855" spans="1:14">
       <c r="A855" t="s">
         <v>1036</v>
       </c>
       <c r="B855" t="s">
         <v>991</v>
       </c>
       <c r="C855" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D855" t="s">
         <v>405</v>
       </c>
       <c r="E855" t="s">
         <v>17</v>
       </c>
       <c r="F855" t="s">
         <v>18</v>
       </c>
       <c r="G855" t="s">
         <v>19</v>
       </c>
       <c r="H855" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N855">
         <v>0</v>
       </c>
     </row>
     <row r="856" spans="1:14">
       <c r="A856" t="s">
         <v>1037</v>
       </c>
       <c r="B856" t="s">
         <v>991</v>
       </c>
       <c r="C856" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D856" t="s">
         <v>405</v>
       </c>
       <c r="E856" t="s">
         <v>17</v>
       </c>
       <c r="F856" t="s">
         <v>18</v>
       </c>
       <c r="G856" t="s">
         <v>19</v>
       </c>
       <c r="H856" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N856">
         <v>0</v>
       </c>
     </row>
     <row r="857" spans="1:14">
       <c r="A857" t="s">
         <v>1038</v>
       </c>
       <c r="B857" t="s">
         <v>991</v>
       </c>
       <c r="C857" t="s">
         <v>269</v>
       </c>
       <c r="D857" t="s">
         <v>405</v>
       </c>
       <c r="E857" t="s">
         <v>17</v>
       </c>
       <c r="F857" t="s">
         <v>18</v>
       </c>
       <c r="G857" t="s">
@@ -29929,95 +29932,95 @@
       </c>
       <c r="E865" t="s">
         <v>17</v>
       </c>
       <c r="F865" t="s">
         <v>18</v>
       </c>
       <c r="G865" t="s">
         <v>19</v>
       </c>
       <c r="H865" t="s">
         <v>64</v>
       </c>
       <c r="N865">
         <v>0</v>
       </c>
     </row>
     <row r="866" spans="1:14">
       <c r="A866" t="s">
         <v>1047</v>
       </c>
       <c r="B866" t="s">
         <v>991</v>
       </c>
       <c r="C866" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D866" t="s">
         <v>293</v>
       </c>
       <c r="E866" t="s">
         <v>17</v>
       </c>
       <c r="F866" t="s">
         <v>18</v>
       </c>
       <c r="G866" t="s">
         <v>19</v>
       </c>
       <c r="H866" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N866">
         <v>0</v>
       </c>
     </row>
     <row r="867" spans="1:14">
       <c r="A867" t="s">
         <v>1048</v>
       </c>
       <c r="B867" t="s">
         <v>991</v>
       </c>
       <c r="C867" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D867" t="s">
         <v>293</v>
       </c>
       <c r="E867" t="s">
         <v>17</v>
       </c>
       <c r="F867" t="s">
         <v>18</v>
       </c>
       <c r="G867" t="s">
         <v>19</v>
       </c>
       <c r="H867" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N867">
         <v>0</v>
       </c>
     </row>
     <row r="868" spans="1:14">
       <c r="A868" t="s">
         <v>1049</v>
       </c>
       <c r="B868" t="s">
         <v>991</v>
       </c>
       <c r="C868" t="s">
         <v>269</v>
       </c>
       <c r="D868" t="s">
         <v>293</v>
       </c>
       <c r="E868" t="s">
         <v>17</v>
       </c>
       <c r="F868" t="s">
         <v>18</v>
       </c>
       <c r="G868" t="s">
@@ -31669,95 +31672,95 @@
       </c>
       <c r="E925" t="s">
         <v>17</v>
       </c>
       <c r="F925" t="s">
         <v>18</v>
       </c>
       <c r="G925" t="s">
         <v>83</v>
       </c>
       <c r="H925" t="s">
         <v>61</v>
       </c>
       <c r="N925">
         <v>0</v>
       </c>
     </row>
     <row r="926" spans="1:14">
       <c r="A926" t="s">
         <v>1107</v>
       </c>
       <c r="B926" t="s">
         <v>991</v>
       </c>
       <c r="C926" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D926" t="s">
         <v>372</v>
       </c>
       <c r="E926" t="s">
         <v>17</v>
       </c>
       <c r="F926" t="s">
         <v>18</v>
       </c>
       <c r="G926" t="s">
         <v>83</v>
       </c>
       <c r="H926" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N926">
         <v>0</v>
       </c>
     </row>
     <row r="927" spans="1:14">
       <c r="A927" t="s">
         <v>1108</v>
       </c>
       <c r="B927" t="s">
         <v>991</v>
       </c>
       <c r="C927" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D927" t="s">
         <v>372</v>
       </c>
       <c r="E927" t="s">
         <v>17</v>
       </c>
       <c r="F927" t="s">
         <v>18</v>
       </c>
       <c r="G927" t="s">
         <v>83</v>
       </c>
       <c r="H927" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N927">
         <v>0</v>
       </c>
     </row>
     <row r="928" spans="1:14">
       <c r="A928" t="s">
         <v>1109</v>
       </c>
       <c r="B928" t="s">
         <v>991</v>
       </c>
       <c r="C928" t="s">
         <v>66</v>
       </c>
       <c r="D928" t="s">
         <v>372</v>
       </c>
       <c r="E928" t="s">
         <v>17</v>
       </c>
       <c r="F928" t="s">
         <v>18</v>
       </c>
       <c r="G928" t="s">
@@ -32278,95 +32281,95 @@
       </c>
       <c r="E946" t="s">
         <v>17</v>
       </c>
       <c r="F946" t="s">
         <v>18</v>
       </c>
       <c r="G946" t="s">
         <v>19</v>
       </c>
       <c r="H946" t="s">
         <v>64</v>
       </c>
       <c r="N946">
         <v>0</v>
       </c>
     </row>
     <row r="947" spans="1:14">
       <c r="A947" t="s">
         <v>1129</v>
       </c>
       <c r="B947" t="s">
         <v>1122</v>
       </c>
       <c r="C947" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D947" t="s">
         <v>372</v>
       </c>
       <c r="E947" t="s">
         <v>17</v>
       </c>
       <c r="F947" t="s">
         <v>18</v>
       </c>
       <c r="G947" t="s">
         <v>19</v>
       </c>
       <c r="H947" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N947">
         <v>0</v>
       </c>
     </row>
     <row r="948" spans="1:14">
       <c r="A948" t="s">
         <v>1130</v>
       </c>
       <c r="B948" t="s">
         <v>1122</v>
       </c>
       <c r="C948" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D948" t="s">
         <v>372</v>
       </c>
       <c r="E948" t="s">
         <v>17</v>
       </c>
       <c r="F948" t="s">
         <v>18</v>
       </c>
       <c r="G948" t="s">
         <v>19</v>
       </c>
       <c r="H948" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N948">
         <v>0</v>
       </c>
     </row>
     <row r="949" spans="1:14">
       <c r="A949" t="s">
         <v>1131</v>
       </c>
       <c r="B949" t="s">
         <v>1122</v>
       </c>
       <c r="C949" t="s">
         <v>66</v>
       </c>
       <c r="D949" t="s">
         <v>372</v>
       </c>
       <c r="E949" t="s">
         <v>17</v>
       </c>
       <c r="F949" t="s">
         <v>18</v>
       </c>
       <c r="G949" t="s">
@@ -33003,66 +33006,66 @@
       </c>
       <c r="E971" t="s">
         <v>17</v>
       </c>
       <c r="F971" t="s">
         <v>18</v>
       </c>
       <c r="G971" t="s">
         <v>19</v>
       </c>
       <c r="H971" t="s">
         <v>154</v>
       </c>
       <c r="N971">
         <v>0</v>
       </c>
     </row>
     <row r="972" spans="1:14">
       <c r="A972" t="s">
         <v>1156</v>
       </c>
       <c r="B972" t="s">
         <v>1122</v>
       </c>
       <c r="C972" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D972" t="s">
         <v>293</v>
       </c>
       <c r="E972" t="s">
         <v>17</v>
       </c>
       <c r="F972" t="s">
         <v>18</v>
       </c>
       <c r="G972" t="s">
         <v>19</v>
       </c>
       <c r="H972" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N972">
         <v>0</v>
       </c>
     </row>
     <row r="973" spans="1:14">
       <c r="A973" t="s">
         <v>1157</v>
       </c>
       <c r="B973" t="s">
         <v>1122</v>
       </c>
       <c r="C973" t="s">
         <v>80</v>
       </c>
       <c r="D973" t="s">
         <v>293</v>
       </c>
       <c r="E973" t="s">
         <v>17</v>
       </c>
       <c r="F973" t="s">
         <v>18</v>
       </c>
       <c r="G973" t="s">
@@ -34163,153 +34166,153 @@
       </c>
       <c r="E1011" t="s">
         <v>17</v>
       </c>
       <c r="F1011" t="s">
         <v>18</v>
       </c>
       <c r="G1011" t="s">
         <v>19</v>
       </c>
       <c r="H1011" t="s">
         <v>200</v>
       </c>
       <c r="N1011">
         <v>0</v>
       </c>
     </row>
     <row r="1012" spans="1:14">
       <c r="A1012" t="s">
         <v>1198</v>
       </c>
       <c r="B1012" t="s">
         <v>1191</v>
       </c>
       <c r="C1012" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D1012" t="s">
         <v>372</v>
       </c>
       <c r="E1012" t="s">
         <v>17</v>
       </c>
       <c r="F1012" t="s">
         <v>18</v>
       </c>
       <c r="G1012" t="s">
         <v>19</v>
       </c>
       <c r="H1012" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N1012">
         <v>0</v>
       </c>
     </row>
     <row r="1013" spans="1:14">
       <c r="A1013" t="s">
         <v>1199</v>
       </c>
       <c r="B1013" t="s">
         <v>1191</v>
       </c>
       <c r="C1013" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D1013" t="s">
         <v>372</v>
       </c>
       <c r="E1013" t="s">
         <v>17</v>
       </c>
       <c r="F1013" t="s">
         <v>18</v>
       </c>
       <c r="G1013" t="s">
         <v>19</v>
       </c>
       <c r="H1013" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N1013">
         <v>0</v>
       </c>
     </row>
     <row r="1014" spans="1:14">
       <c r="A1014" t="s">
         <v>1200</v>
       </c>
       <c r="B1014" t="s">
         <v>1191</v>
       </c>
       <c r="C1014" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D1014" t="s">
         <v>372</v>
       </c>
       <c r="E1014" t="s">
         <v>17</v>
       </c>
       <c r="F1014" t="s">
         <v>18</v>
       </c>
       <c r="G1014" t="s">
         <v>19</v>
       </c>
       <c r="H1014" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N1014">
         <v>0</v>
       </c>
     </row>
     <row r="1015" spans="1:14">
       <c r="A1015" t="s">
         <v>1201</v>
       </c>
       <c r="B1015" t="s">
         <v>1191</v>
       </c>
       <c r="C1015" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D1015" t="s">
         <v>372</v>
       </c>
       <c r="E1015" t="s">
         <v>17</v>
       </c>
       <c r="F1015" t="s">
         <v>18</v>
       </c>
       <c r="G1015" t="s">
         <v>19</v>
       </c>
       <c r="H1015" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N1015">
         <v>0</v>
       </c>
     </row>
     <row r="1016" spans="1:14">
       <c r="A1016" t="s">
         <v>1202</v>
       </c>
       <c r="B1016" t="s">
         <v>1191</v>
       </c>
       <c r="C1016" t="s">
         <v>269</v>
       </c>
       <c r="D1016" t="s">
         <v>372</v>
       </c>
       <c r="E1016" t="s">
         <v>17</v>
       </c>
       <c r="F1016" t="s">
         <v>18</v>
       </c>
       <c r="G1016" t="s">
@@ -41384,95 +41387,95 @@
       </c>
       <c r="E1260" t="s">
         <v>17</v>
       </c>
       <c r="F1260" t="s">
         <v>18</v>
       </c>
       <c r="G1260" t="s">
         <v>19</v>
       </c>
       <c r="H1260" t="s">
         <v>204</v>
       </c>
       <c r="N1260">
         <v>0</v>
       </c>
     </row>
     <row r="1261" spans="1:14">
       <c r="A1261" t="s">
         <v>1456</v>
       </c>
       <c r="B1261" t="s">
         <v>1452</v>
       </c>
       <c r="C1261" t="s">
-        <v>38</v>
+        <v>206</v>
       </c>
       <c r="D1261" t="s">
-        <v>372</v>
+        <v>450</v>
       </c>
       <c r="E1261" t="s">
         <v>17</v>
       </c>
       <c r="F1261" t="s">
         <v>18</v>
       </c>
       <c r="G1261" t="s">
         <v>19</v>
       </c>
       <c r="H1261" t="s">
-        <v>41</v>
+        <v>207</v>
       </c>
       <c r="N1261">
         <v>0</v>
       </c>
     </row>
     <row r="1262" spans="1:14">
       <c r="A1262" t="s">
         <v>1457</v>
       </c>
       <c r="B1262" t="s">
         <v>1452</v>
       </c>
       <c r="C1262" t="s">
-        <v>248</v>
+        <v>38</v>
       </c>
       <c r="D1262" t="s">
         <v>372</v>
       </c>
       <c r="E1262" t="s">
         <v>17</v>
       </c>
       <c r="F1262" t="s">
         <v>18</v>
       </c>
       <c r="G1262" t="s">
         <v>19</v>
       </c>
       <c r="H1262" t="s">
-        <v>249</v>
+        <v>41</v>
       </c>
       <c r="N1262">
         <v>0</v>
       </c>
     </row>
     <row r="1263" spans="1:14">
       <c r="A1263" t="s">
         <v>1458</v>
       </c>
       <c r="B1263" t="s">
         <v>1452</v>
       </c>
       <c r="C1263" t="s">
         <v>248</v>
       </c>
       <c r="D1263" t="s">
         <v>372</v>
       </c>
       <c r="E1263" t="s">
         <v>17</v>
       </c>
       <c r="F1263" t="s">
         <v>18</v>
       </c>
       <c r="G1263" t="s">
@@ -41529,95 +41532,95 @@
       </c>
       <c r="E1265" t="s">
         <v>17</v>
       </c>
       <c r="F1265" t="s">
         <v>18</v>
       </c>
       <c r="G1265" t="s">
         <v>19</v>
       </c>
       <c r="H1265" t="s">
         <v>249</v>
       </c>
       <c r="N1265">
         <v>0</v>
       </c>
     </row>
     <row r="1266" spans="1:14">
       <c r="A1266" t="s">
         <v>1461</v>
       </c>
       <c r="B1266" t="s">
         <v>1452</v>
       </c>
       <c r="C1266" t="s">
-        <v>203</v>
+        <v>248</v>
       </c>
       <c r="D1266" t="s">
         <v>372</v>
       </c>
       <c r="E1266" t="s">
         <v>17</v>
       </c>
       <c r="F1266" t="s">
         <v>18</v>
       </c>
       <c r="G1266" t="s">
         <v>19</v>
       </c>
       <c r="H1266" t="s">
-        <v>204</v>
+        <v>249</v>
       </c>
       <c r="N1266">
         <v>0</v>
       </c>
     </row>
     <row r="1267" spans="1:14">
       <c r="A1267" t="s">
         <v>1462</v>
       </c>
       <c r="B1267" t="s">
         <v>1452</v>
       </c>
       <c r="C1267" t="s">
-        <v>73</v>
+        <v>203</v>
       </c>
       <c r="D1267" t="s">
         <v>372</v>
       </c>
       <c r="E1267" t="s">
         <v>17</v>
       </c>
       <c r="F1267" t="s">
         <v>18</v>
       </c>
       <c r="G1267" t="s">
         <v>19</v>
       </c>
       <c r="H1267" t="s">
-        <v>74</v>
+        <v>204</v>
       </c>
       <c r="N1267">
         <v>0</v>
       </c>
     </row>
     <row r="1268" spans="1:14">
       <c r="A1268" t="s">
         <v>1463</v>
       </c>
       <c r="B1268" t="s">
         <v>1452</v>
       </c>
       <c r="C1268" t="s">
         <v>73</v>
       </c>
       <c r="D1268" t="s">
         <v>372</v>
       </c>
       <c r="E1268" t="s">
         <v>17</v>
       </c>
       <c r="F1268" t="s">
         <v>18</v>
       </c>
       <c r="G1268" t="s">
@@ -41645,590 +41648,619 @@
       </c>
       <c r="E1269" t="s">
         <v>17</v>
       </c>
       <c r="F1269" t="s">
         <v>18</v>
       </c>
       <c r="G1269" t="s">
         <v>19</v>
       </c>
       <c r="H1269" t="s">
         <v>74</v>
       </c>
       <c r="N1269">
         <v>0</v>
       </c>
     </row>
     <row r="1270" spans="1:14">
       <c r="A1270" t="s">
         <v>1465</v>
       </c>
       <c r="B1270" t="s">
         <v>1452</v>
       </c>
       <c r="C1270" t="s">
-        <v>206</v>
+        <v>73</v>
       </c>
       <c r="D1270" t="s">
         <v>372</v>
       </c>
       <c r="E1270" t="s">
         <v>17</v>
       </c>
       <c r="F1270" t="s">
         <v>18</v>
       </c>
       <c r="G1270" t="s">
         <v>19</v>
       </c>
       <c r="H1270" t="s">
-        <v>207</v>
+        <v>74</v>
       </c>
       <c r="N1270">
         <v>0</v>
       </c>
     </row>
     <row r="1271" spans="1:14">
       <c r="A1271" t="s">
         <v>1466</v>
       </c>
       <c r="B1271" t="s">
         <v>1452</v>
       </c>
       <c r="C1271" t="s">
-        <v>248</v>
+        <v>206</v>
       </c>
       <c r="D1271" t="s">
-        <v>293</v>
+        <v>372</v>
       </c>
       <c r="E1271" t="s">
         <v>17</v>
       </c>
       <c r="F1271" t="s">
         <v>18</v>
       </c>
       <c r="G1271" t="s">
         <v>19</v>
       </c>
       <c r="H1271" t="s">
-        <v>249</v>
+        <v>207</v>
       </c>
       <c r="N1271">
         <v>0</v>
       </c>
     </row>
     <row r="1272" spans="1:14">
       <c r="A1272" t="s">
         <v>1467</v>
       </c>
       <c r="B1272" t="s">
         <v>1452</v>
       </c>
       <c r="C1272" t="s">
-        <v>73</v>
+        <v>248</v>
       </c>
       <c r="D1272" t="s">
         <v>293</v>
       </c>
       <c r="E1272" t="s">
         <v>17</v>
       </c>
       <c r="F1272" t="s">
         <v>18</v>
       </c>
       <c r="G1272" t="s">
         <v>19</v>
       </c>
       <c r="H1272" t="s">
-        <v>74</v>
+        <v>249</v>
       </c>
       <c r="N1272">
         <v>0</v>
       </c>
     </row>
     <row r="1273" spans="1:14">
       <c r="A1273" t="s">
         <v>1468</v>
       </c>
       <c r="B1273" t="s">
-        <v>1469</v>
+        <v>1452</v>
       </c>
       <c r="C1273" t="s">
-        <v>248</v>
+        <v>73</v>
       </c>
       <c r="D1273" t="s">
-        <v>450</v>
+        <v>293</v>
       </c>
       <c r="E1273" t="s">
         <v>17</v>
       </c>
       <c r="F1273" t="s">
         <v>18</v>
       </c>
       <c r="G1273" t="s">
         <v>19</v>
       </c>
       <c r="H1273" t="s">
-        <v>249</v>
+        <v>74</v>
       </c>
       <c r="N1273">
         <v>0</v>
       </c>
     </row>
     <row r="1274" spans="1:14">
       <c r="A1274" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B1274" t="s">
         <v>1470</v>
-      </c>
-[...1 lines deleted...]
-        <v>1469</v>
       </c>
       <c r="C1274" t="s">
         <v>248</v>
       </c>
       <c r="D1274" t="s">
-        <v>372</v>
+        <v>450</v>
       </c>
       <c r="E1274" t="s">
         <v>17</v>
       </c>
       <c r="F1274" t="s">
         <v>18</v>
       </c>
       <c r="G1274" t="s">
         <v>19</v>
       </c>
       <c r="H1274" t="s">
         <v>249</v>
       </c>
       <c r="N1274">
         <v>0</v>
       </c>
     </row>
     <row r="1275" spans="1:14">
       <c r="A1275" t="s">
         <v>1471</v>
       </c>
       <c r="B1275" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="C1275" t="s">
-        <v>73</v>
+        <v>248</v>
       </c>
       <c r="D1275" t="s">
         <v>372</v>
       </c>
       <c r="E1275" t="s">
         <v>17</v>
       </c>
       <c r="F1275" t="s">
         <v>18</v>
       </c>
       <c r="G1275" t="s">
         <v>19</v>
       </c>
       <c r="H1275" t="s">
-        <v>74</v>
+        <v>249</v>
       </c>
       <c r="N1275">
         <v>0</v>
       </c>
     </row>
     <row r="1276" spans="1:14">
       <c r="A1276" t="s">
         <v>1472</v>
       </c>
       <c r="B1276" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="C1276" t="s">
         <v>73</v>
       </c>
       <c r="D1276" t="s">
         <v>372</v>
       </c>
       <c r="E1276" t="s">
         <v>17</v>
       </c>
       <c r="F1276" t="s">
         <v>18</v>
       </c>
       <c r="G1276" t="s">
         <v>19</v>
       </c>
       <c r="H1276" t="s">
         <v>74</v>
       </c>
       <c r="N1276">
         <v>0</v>
       </c>
     </row>
     <row r="1277" spans="1:14">
       <c r="A1277" t="s">
         <v>1473</v>
       </c>
       <c r="B1277" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="C1277" t="s">
-        <v>206</v>
+        <v>73</v>
       </c>
       <c r="D1277" t="s">
         <v>372</v>
       </c>
       <c r="E1277" t="s">
         <v>17</v>
       </c>
       <c r="F1277" t="s">
         <v>18</v>
       </c>
       <c r="G1277" t="s">
         <v>19</v>
       </c>
       <c r="H1277" t="s">
-        <v>207</v>
+        <v>74</v>
       </c>
       <c r="N1277">
         <v>0</v>
       </c>
     </row>
     <row r="1278" spans="1:14">
       <c r="A1278" t="s">
         <v>1474</v>
       </c>
       <c r="B1278" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="C1278" t="s">
         <v>206</v>
       </c>
       <c r="D1278" t="s">
-        <v>293</v>
+        <v>372</v>
       </c>
       <c r="E1278" t="s">
         <v>17</v>
       </c>
       <c r="F1278" t="s">
         <v>18</v>
       </c>
       <c r="G1278" t="s">
         <v>19</v>
       </c>
       <c r="H1278" t="s">
         <v>207</v>
       </c>
       <c r="N1278">
         <v>0</v>
       </c>
     </row>
     <row r="1279" spans="1:14">
       <c r="A1279" t="s">
         <v>1475</v>
       </c>
       <c r="B1279" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="C1279" t="s">
         <v>206</v>
       </c>
       <c r="D1279" t="s">
         <v>293</v>
       </c>
       <c r="E1279" t="s">
         <v>17</v>
       </c>
       <c r="F1279" t="s">
         <v>18</v>
       </c>
       <c r="G1279" t="s">
         <v>19</v>
       </c>
       <c r="H1279" t="s">
         <v>207</v>
       </c>
       <c r="N1279">
         <v>0</v>
       </c>
     </row>
     <row r="1280" spans="1:14">
       <c r="A1280" t="s">
         <v>1476</v>
       </c>
       <c r="B1280" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="C1280" t="s">
-        <v>1477</v>
+        <v>206</v>
       </c>
       <c r="D1280" t="s">
         <v>293</v>
       </c>
       <c r="E1280" t="s">
         <v>17</v>
       </c>
       <c r="F1280" t="s">
         <v>18</v>
       </c>
       <c r="G1280" t="s">
         <v>19</v>
       </c>
       <c r="H1280" t="s">
-        <v>1478</v>
+        <v>207</v>
       </c>
       <c r="N1280">
         <v>0</v>
       </c>
     </row>
     <row r="1281" spans="1:14">
       <c r="A1281" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B1281" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C1281" t="s">
+        <v>1478</v>
+      </c>
+      <c r="D1281" t="s">
+        <v>293</v>
+      </c>
+      <c r="E1281" t="s">
+        <v>17</v>
+      </c>
+      <c r="F1281" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1281" t="s">
+        <v>19</v>
+      </c>
+      <c r="H1281" t="s">
         <v>1479</v>
-      </c>
-[...19 lines deleted...]
-        <v>207</v>
       </c>
       <c r="N1281">
         <v>0</v>
       </c>
     </row>
     <row r="1282" spans="1:14">
       <c r="A1282" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B1282" t="s">
         <v>1481</v>
-      </c>
-[...1 lines deleted...]
-        <v>1480</v>
       </c>
       <c r="C1282" t="s">
         <v>206</v>
       </c>
       <c r="D1282" t="s">
         <v>372</v>
       </c>
       <c r="E1282" t="s">
         <v>17</v>
       </c>
       <c r="F1282" t="s">
         <v>18</v>
       </c>
       <c r="G1282" t="s">
         <v>19</v>
       </c>
       <c r="H1282" t="s">
         <v>207</v>
       </c>
       <c r="N1282">
         <v>0</v>
       </c>
     </row>
     <row r="1283" spans="1:14">
       <c r="A1283" t="s">
         <v>1482</v>
       </c>
       <c r="B1283" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="C1283" t="s">
         <v>206</v>
       </c>
       <c r="D1283" t="s">
-        <v>293</v>
+        <v>372</v>
       </c>
       <c r="E1283" t="s">
         <v>17</v>
       </c>
       <c r="F1283" t="s">
         <v>18</v>
       </c>
       <c r="G1283" t="s">
         <v>19</v>
       </c>
       <c r="H1283" t="s">
         <v>207</v>
       </c>
       <c r="N1283">
         <v>0</v>
       </c>
     </row>
     <row r="1284" spans="1:14">
       <c r="A1284" t="s">
         <v>1483</v>
       </c>
       <c r="B1284" t="s">
-        <v>1484</v>
+        <v>1481</v>
       </c>
       <c r="C1284" t="s">
-        <v>110</v>
+        <v>206</v>
       </c>
       <c r="D1284" t="s">
-        <v>372</v>
+        <v>293</v>
       </c>
       <c r="E1284" t="s">
         <v>17</v>
       </c>
       <c r="F1284" t="s">
         <v>18</v>
       </c>
       <c r="G1284" t="s">
         <v>19</v>
       </c>
       <c r="H1284" t="s">
-        <v>111</v>
+        <v>207</v>
       </c>
       <c r="N1284">
         <v>0</v>
       </c>
     </row>
     <row r="1285" spans="1:14">
       <c r="A1285" t="s">
+        <v>1484</v>
+      </c>
+      <c r="B1285" t="s">
         <v>1485</v>
       </c>
-      <c r="B1285" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1285" t="s">
-        <v>206</v>
+        <v>110</v>
       </c>
       <c r="D1285" t="s">
         <v>372</v>
       </c>
       <c r="E1285" t="s">
         <v>17</v>
       </c>
       <c r="F1285" t="s">
         <v>18</v>
       </c>
       <c r="G1285" t="s">
         <v>19</v>
       </c>
       <c r="H1285" t="s">
-        <v>207</v>
+        <v>111</v>
       </c>
       <c r="N1285">
         <v>0</v>
       </c>
     </row>
     <row r="1286" spans="1:14">
       <c r="A1286" t="s">
         <v>1486</v>
       </c>
       <c r="B1286" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="C1286" t="s">
         <v>206</v>
       </c>
       <c r="D1286" t="s">
-        <v>293</v>
+        <v>372</v>
       </c>
       <c r="E1286" t="s">
         <v>17</v>
       </c>
       <c r="F1286" t="s">
         <v>18</v>
       </c>
       <c r="G1286" t="s">
         <v>19</v>
       </c>
       <c r="H1286" t="s">
         <v>207</v>
       </c>
       <c r="N1286">
         <v>0</v>
       </c>
     </row>
     <row r="1287" spans="1:14">
       <c r="A1287" t="s">
         <v>1487</v>
       </c>
       <c r="B1287" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="C1287" t="s">
         <v>206</v>
       </c>
       <c r="D1287" t="s">
         <v>293</v>
       </c>
       <c r="E1287" t="s">
         <v>17</v>
       </c>
       <c r="F1287" t="s">
         <v>18</v>
       </c>
       <c r="G1287" t="s">
         <v>19</v>
       </c>
       <c r="H1287" t="s">
         <v>207</v>
       </c>
       <c r="N1287">
         <v>0</v>
       </c>
     </row>
     <row r="1288" spans="1:14">
       <c r="A1288" t="s">
         <v>1488</v>
       </c>
       <c r="B1288" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C1288" t="s">
+        <v>206</v>
+      </c>
+      <c r="D1288" t="s">
+        <v>293</v>
+      </c>
+      <c r="E1288" t="s">
+        <v>17</v>
+      </c>
+      <c r="F1288" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1288" t="s">
+        <v>19</v>
+      </c>
+      <c r="H1288" t="s">
+        <v>207</v>
+      </c>
+      <c r="N1288">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1289" spans="1:14">
+      <c r="A1289" t="s">
         <v>1489</v>
       </c>
-      <c r="C1288" t="s">
+      <c r="B1289" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C1289" t="s">
         <v>248</v>
       </c>
-      <c r="D1288" t="s">
+      <c r="D1289" t="s">
         <v>372</v>
       </c>
-      <c r="E1288" t="s">
-[...8 lines deleted...]
-      <c r="H1288" t="s">
+      <c r="E1289" t="s">
+        <v>17</v>
+      </c>
+      <c r="F1289" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1289" t="s">
+        <v>19</v>
+      </c>
+      <c r="H1289" t="s">
         <v>249</v>
       </c>
-      <c r="N1288">
+      <c r="N1289">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">