--- v0 (2025-11-02)
+++ v1 (2026-02-16)
@@ -10,229 +10,229 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="586" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="593" uniqueCount="133">
   <si>
     <t>型号</t>
   </si>
   <si>
     <t>容量（F）</t>
   </si>
   <si>
     <t>容量误差范围</t>
   </si>
   <si>
     <t>尺寸</t>
   </si>
   <si>
     <t>适用温度范围</t>
   </si>
   <si>
     <t>电压（V）</t>
   </si>
   <si>
     <t>应用场景</t>
   </si>
   <si>
     <t>生产状态</t>
   </si>
   <si>
     <t>长度</t>
   </si>
   <si>
     <t>宽度</t>
   </si>
   <si>
     <t>高度</t>
   </si>
   <si>
     <t>是否车规</t>
   </si>
   <si>
     <t>结构</t>
   </si>
   <si>
+    <t>FH5R5Z256M-N1840PA</t>
+  </si>
+  <si>
+    <t>25F</t>
+  </si>
+  <si>
+    <t>-20%~+20%</t>
+  </si>
+  <si>
+    <t>36.0*18.0*42.0*11.0</t>
+  </si>
+  <si>
+    <t>-40℃~ 70℃</t>
+  </si>
+  <si>
+    <t>5.5V</t>
+  </si>
+  <si>
+    <t>36.0mm</t>
+  </si>
+  <si>
+    <t>18.0mm</t>
+  </si>
+  <si>
+    <t>42.0mm</t>
+  </si>
+  <si>
+    <t>组合式</t>
+  </si>
+  <si>
     <t>FH5R5Z256M-N1840PB</t>
   </si>
   <si>
-    <t>25F</t>
-[...26 lines deleted...]
-    <t>FH5R5Z256M-N1840PA</t>
+    <t>FH5R5Z156M-N1630PA</t>
+  </si>
+  <si>
+    <t>15F</t>
+  </si>
+  <si>
+    <t>32.0*16.0*33.0*24.0</t>
+  </si>
+  <si>
+    <t>32.0mm</t>
+  </si>
+  <si>
+    <t>16.0mm</t>
+  </si>
+  <si>
+    <t>33.0mm</t>
   </si>
   <si>
     <t>FH5R5Z156M-N1630PB</t>
   </si>
   <si>
-    <t>15F</t>
-[...14 lines deleted...]
-    <t>FH5R5Z156M-N1630PA</t>
+    <t>FH5R5Z106M-N1625PA</t>
+  </si>
+  <si>
+    <t>10F</t>
+  </si>
+  <si>
+    <t>32.0*16.0*27.0*24.0</t>
+  </si>
+  <si>
+    <t>27.0mm</t>
   </si>
   <si>
     <t>FH5R5Z106M-N1625PB</t>
   </si>
   <si>
-    <t>10F</t>
-[...10 lines deleted...]
-  <si>
     <t>FH5R5Z106M-N1225PB</t>
   </si>
   <si>
     <t>25.0*13.0*26.0*18.0</t>
   </si>
   <si>
     <t>25.0mm</t>
   </si>
   <si>
     <t>13.0mm</t>
   </si>
   <si>
     <t>26.0mm</t>
   </si>
   <si>
     <t>FH5R5Z106M-N1225PA</t>
   </si>
   <si>
+    <t>FH5R5Z755M-N1225PA</t>
+  </si>
+  <si>
+    <t>7.5F</t>
+  </si>
+  <si>
     <t>FH5R5Z755M-N1225PB</t>
   </si>
   <si>
-    <t>7.5F</t>
-[...2 lines deleted...]
-    <t>FH5R5Z755M-N1225PA</t>
+    <t>FH5R5Z755M-N1220PB</t>
+  </si>
+  <si>
+    <t>25.0*12.5*21.0*18.0</t>
+  </si>
+  <si>
+    <t>12.5mm</t>
+  </si>
+  <si>
+    <t>21.0mm</t>
   </si>
   <si>
     <t>FH5R5Z755M-N1220PA</t>
   </si>
   <si>
-    <t>25.0*12.5*21.0*18.0</t>
-[...8 lines deleted...]
-    <t>FH5R5Z755M-N1220PB</t>
+    <t>FH5R5Z505M-N1225PA</t>
+  </si>
+  <si>
+    <t>5F</t>
   </si>
   <si>
     <t>FH5R5Z505M-N1225PB</t>
   </si>
   <si>
-    <t>5F</t>
-[...2 lines deleted...]
-    <t>FH5R5Z505M-N1225PA</t>
+    <t>FH5R5Z505M-N1220PB</t>
   </si>
   <si>
     <t>FH5R5Z505M-N1220PA</t>
   </si>
   <si>
-    <t>FH5R5Z505M-N1220PB</t>
+    <t>FH5R5Z505M-N1025PB</t>
+  </si>
+  <si>
+    <t>10mm</t>
+  </si>
+  <si>
+    <t>26mm</t>
   </si>
   <si>
     <t>FH5R5Z505M-N1025PA</t>
   </si>
   <si>
-    <t>10mm</t>
-[...7 lines deleted...]
-  <si>
     <t>FH37R8Z405M-N1840PY-RV</t>
   </si>
   <si>
     <t>4F</t>
   </si>
   <si>
     <t>18*40mm</t>
   </si>
   <si>
     <t>37.8V</t>
   </si>
   <si>
     <t>FH5R5Z355M-N1020PA</t>
   </si>
   <si>
     <t>3.5F</t>
   </si>
   <si>
     <t>21.0*10.0*21.0*15.5</t>
   </si>
   <si>
     <t>10.0mm</t>
   </si>
   <si>
     <t>FH5R5Z355M-N1020PB</t>
@@ -246,192 +246,198 @@
   <si>
     <t>FH5R5Z305M-N1020PB</t>
   </si>
   <si>
     <t>3F</t>
   </si>
   <si>
     <t>FH5R5Z305M-N1020PA</t>
   </si>
   <si>
     <t>FH5R5Z305M-N0824PB</t>
   </si>
   <si>
     <t>17.0mm</t>
   </si>
   <si>
     <t>8.5mm</t>
   </si>
   <si>
     <t>25mm</t>
   </si>
   <si>
     <t>FH5R5Z305M-N0824PA</t>
   </si>
   <si>
+    <t>FH5R5Z255M-N1020PB</t>
+  </si>
+  <si>
+    <t>2.5F</t>
+  </si>
+  <si>
     <t>FH5R5Z255M-N1020PA</t>
   </si>
   <si>
-    <t>2.5F</t>
-[...2 lines deleted...]
-    <t>FH5R5Z255M-N1020PB</t>
+    <t>FH5R5Z255M-N0820PA</t>
+  </si>
+  <si>
+    <t>08*20mm</t>
   </si>
   <si>
     <t>FH5R5Z255M-N0824PB</t>
   </si>
   <si>
     <t>FH5R5Z255M-N0824PA</t>
   </si>
   <si>
     <t>FH5R5Z205M-N0820PA</t>
   </si>
   <si>
     <t>2F</t>
   </si>
   <si>
     <t xml:space="preserve">17.0*8.5*21.0*12.0 </t>
   </si>
   <si>
     <t>FH5R5Z205M-N0820PB</t>
   </si>
   <si>
+    <t>FH5R5Z205M-N0824PB</t>
+  </si>
+  <si>
     <t>FH5R5Z205M-N0824PA</t>
   </si>
   <si>
-    <t>FH5R5Z205M-N0824PB</t>
-[...1 lines deleted...]
-  <si>
     <t>FH5R5Z155M-N0820PA</t>
   </si>
   <si>
     <t>1.5F</t>
   </si>
   <si>
     <t>FH5R5Z155M-N0820PB</t>
   </si>
   <si>
+    <t>FH5R5Z155M-N0816PA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.0*8.5*17.0*12.0 </t>
+  </si>
+  <si>
     <t>FH5R5Z155M-N0816PB</t>
   </si>
   <si>
-    <t xml:space="preserve">17.0*8.5*17.0*12.0 </t>
-[...2 lines deleted...]
-    <t>FH5R5Z155M-N0816PA</t>
+    <t>FH5R5Z105T-N0820PA</t>
+  </si>
+  <si>
+    <t>1F</t>
+  </si>
+  <si>
+    <t>-20%~+80%</t>
   </si>
   <si>
     <t>FH5R5Z105T-N0820PB</t>
   </si>
   <si>
-    <t>1F</t>
-[...5 lines deleted...]
-    <t>FH5R5Z105T-N0820PA</t>
+    <t>FH5R5Z105M-N0813PA</t>
+  </si>
+  <si>
+    <t>17*8.5*14*12</t>
+  </si>
+  <si>
+    <t>17mm</t>
+  </si>
+  <si>
+    <t>14mm</t>
   </si>
   <si>
     <t>FH5R5Z105M-N0813PB</t>
   </si>
   <si>
-    <t>17*8.5*14*12</t>
-[...8 lines deleted...]
-    <t>FH5R5Z105M-N0813PA</t>
+    <t>FH5R5Z105M-N0816PA</t>
   </si>
   <si>
     <t>FH5R5Z105M-N0816PB</t>
   </si>
   <si>
-    <t>FH5R5Z105M-N0816PA</t>
+    <t>FH5R5Z504M-N0813PA</t>
+  </si>
+  <si>
+    <t>500mF</t>
   </si>
   <si>
     <t>FH5R5Z504M-N0813PB</t>
   </si>
   <si>
-    <t>500mF</t>
-[...4 lines deleted...]
-  <si>
     <t>FH5R5Z504M-N0612PA</t>
   </si>
   <si>
     <t>13.5*6.5*13.8*9</t>
   </si>
   <si>
     <t>13.5mm</t>
   </si>
   <si>
     <t>6.5mm</t>
   </si>
   <si>
     <t>13.8mm</t>
   </si>
   <si>
     <t>FH5R5Z504M-N0612PB</t>
   </si>
   <si>
+    <t>FH5R5Z474X-N0813PA</t>
+  </si>
+  <si>
+    <t>470mF</t>
+  </si>
+  <si>
+    <t>-10%~+30%</t>
+  </si>
+  <si>
     <t>FH5R5Z474X-N0813PB</t>
   </si>
   <si>
-    <t>470mF</t>
-[...7 lines deleted...]
-  <si>
     <t>FH5R5Z474M-N0612PA</t>
   </si>
   <si>
     <t>FH5R5Z474M-N0612PB</t>
   </si>
   <si>
     <t>FH5R5Z474M-N0612PY2</t>
   </si>
   <si>
     <t>06*12mm</t>
   </si>
   <si>
+    <t>FH5R5Z334T-N0612PB</t>
+  </si>
+  <si>
+    <t>330mF</t>
+  </si>
+  <si>
     <t>FH5R5Z334T-N0612PA</t>
-  </si>
-[...4 lines deleted...]
-    <t>FH5R5Z334T-N0612PB</t>
   </si>
   <si>
     <t>FH5R5Z334X-N0813PA</t>
   </si>
   <si>
     <t>FH5R5Z334X-N0813PB</t>
   </si>
   <si>
     <t>FH5R5Z224T-N0612PB</t>
   </si>
   <si>
     <t>220mF</t>
   </si>
   <si>
     <t>FH5R5Z224T-N0612PA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -738,51 +744,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:M60"/>
+  <dimension ref="A1:M61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1745,1101 +1751,1127 @@
         <v>48</v>
       </c>
       <c r="J29" t="s">
         <v>66</v>
       </c>
       <c r="K29" t="s">
         <v>48</v>
       </c>
       <c r="L29">
         <v>0</v>
       </c>
       <c r="M29" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="s">
         <v>81</v>
       </c>
       <c r="B30" t="s">
         <v>79</v>
       </c>
       <c r="C30" t="s">
         <v>15</v>
       </c>
+      <c r="D30" t="s">
+        <v>82</v>
+      </c>
       <c r="E30" t="s">
         <v>17</v>
       </c>
       <c r="F30" t="s">
         <v>18</v>
-      </c>
-[...7 lines deleted...]
-        <v>76</v>
       </c>
       <c r="L30">
         <v>0</v>
       </c>
       <c r="M30" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B31" t="s">
         <v>79</v>
       </c>
       <c r="C31" t="s">
         <v>15</v>
       </c>
       <c r="E31" t="s">
         <v>17</v>
       </c>
       <c r="F31" t="s">
         <v>18</v>
       </c>
       <c r="I31" t="s">
         <v>74</v>
       </c>
       <c r="J31" t="s">
         <v>75</v>
       </c>
       <c r="K31" t="s">
         <v>76</v>
       </c>
       <c r="L31">
         <v>0</v>
       </c>
       <c r="M31" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B32" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="C32" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="E32" t="s">
         <v>17</v>
       </c>
       <c r="F32" t="s">
         <v>18</v>
       </c>
       <c r="I32" t="s">
         <v>74</v>
       </c>
       <c r="J32" t="s">
         <v>75</v>
       </c>
       <c r="K32" t="s">
-        <v>48</v>
+        <v>76</v>
       </c>
       <c r="L32">
         <v>0</v>
       </c>
       <c r="M32" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="s">
+        <v>85</v>
+      </c>
+      <c r="B33" t="s">
         <v>86</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" t="s">
         <v>15</v>
       </c>
       <c r="D33" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="E33" t="s">
         <v>17</v>
       </c>
       <c r="F33" t="s">
         <v>18</v>
       </c>
       <c r="I33" t="s">
         <v>74</v>
       </c>
       <c r="J33" t="s">
         <v>75</v>
       </c>
       <c r="K33" t="s">
         <v>48</v>
       </c>
       <c r="L33">
         <v>0</v>
       </c>
       <c r="M33" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="s">
+        <v>88</v>
+      </c>
+      <c r="B34" t="s">
+        <v>86</v>
+      </c>
+      <c r="C34" t="s">
+        <v>15</v>
+      </c>
+      <c r="D34" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="E34" t="s">
         <v>17</v>
       </c>
       <c r="F34" t="s">
         <v>18</v>
       </c>
       <c r="I34" t="s">
         <v>74</v>
       </c>
       <c r="J34" t="s">
         <v>75</v>
       </c>
       <c r="K34" t="s">
-        <v>76</v>
+        <v>48</v>
       </c>
       <c r="L34">
         <v>0</v>
       </c>
       <c r="M34" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B35" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C35" t="s">
         <v>15</v>
       </c>
       <c r="E35" t="s">
         <v>17</v>
       </c>
       <c r="F35" t="s">
         <v>18</v>
       </c>
       <c r="I35" t="s">
         <v>74</v>
       </c>
       <c r="J35" t="s">
         <v>75</v>
       </c>
       <c r="K35" t="s">
         <v>76</v>
       </c>
       <c r="L35">
         <v>0</v>
       </c>
       <c r="M35" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B36" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="C36" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="E36" t="s">
         <v>17</v>
       </c>
       <c r="F36" t="s">
         <v>18</v>
       </c>
       <c r="I36" t="s">
         <v>74</v>
       </c>
       <c r="J36" t="s">
         <v>75</v>
       </c>
       <c r="K36" t="s">
-        <v>48</v>
+        <v>76</v>
       </c>
       <c r="L36">
         <v>0</v>
       </c>
       <c r="M36" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="s">
         <v>91</v>
       </c>
       <c r="B37" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C37" t="s">
         <v>15</v>
       </c>
       <c r="D37" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="E37" t="s">
         <v>17</v>
       </c>
       <c r="F37" t="s">
         <v>18</v>
       </c>
       <c r="I37" t="s">
         <v>74</v>
       </c>
       <c r="J37" t="s">
         <v>75</v>
       </c>
       <c r="K37" t="s">
         <v>48</v>
       </c>
       <c r="L37">
         <v>0</v>
       </c>
       <c r="M37" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" t="s">
+        <v>93</v>
+      </c>
+      <c r="B38" t="s">
         <v>92</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" t="s">
         <v>15</v>
       </c>
       <c r="D38" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="E38" t="s">
         <v>17</v>
       </c>
       <c r="F38" t="s">
         <v>18</v>
       </c>
       <c r="I38" t="s">
         <v>74</v>
       </c>
       <c r="J38" t="s">
         <v>75</v>
       </c>
       <c r="K38" t="s">
-        <v>74</v>
+        <v>48</v>
       </c>
       <c r="L38">
         <v>0</v>
       </c>
       <c r="M38" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" t="s">
         <v>94</v>
       </c>
       <c r="B39" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C39" t="s">
         <v>15</v>
       </c>
       <c r="D39" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="E39" t="s">
         <v>17</v>
       </c>
       <c r="F39" t="s">
         <v>18</v>
       </c>
       <c r="I39" t="s">
         <v>74</v>
       </c>
       <c r="J39" t="s">
         <v>75</v>
       </c>
       <c r="K39" t="s">
         <v>74</v>
       </c>
       <c r="L39">
         <v>0</v>
       </c>
       <c r="M39" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="s">
+        <v>96</v>
+      </c>
+      <c r="B40" t="s">
+        <v>92</v>
+      </c>
+      <c r="C40" t="s">
+        <v>15</v>
+      </c>
+      <c r="D40" t="s">
         <v>95</v>
-      </c>
-[...7 lines deleted...]
-        <v>85</v>
       </c>
       <c r="E40" t="s">
         <v>17</v>
       </c>
       <c r="F40" t="s">
         <v>18</v>
       </c>
       <c r="I40" t="s">
         <v>74</v>
       </c>
       <c r="J40" t="s">
         <v>75</v>
       </c>
       <c r="K40" t="s">
-        <v>48</v>
+        <v>74</v>
       </c>
       <c r="L40">
         <v>0</v>
       </c>
       <c r="M40" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" t="s">
+        <v>97</v>
+      </c>
+      <c r="B41" t="s">
         <v>98</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D41" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="E41" t="s">
         <v>17</v>
       </c>
       <c r="F41" t="s">
         <v>18</v>
       </c>
       <c r="I41" t="s">
         <v>74</v>
       </c>
       <c r="J41" t="s">
         <v>75</v>
       </c>
       <c r="K41" t="s">
         <v>48</v>
       </c>
       <c r="L41">
         <v>0</v>
       </c>
       <c r="M41" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" t="s">
+        <v>100</v>
+      </c>
+      <c r="B42" t="s">
+        <v>98</v>
+      </c>
+      <c r="C42" t="s">
         <v>99</v>
       </c>
-      <c r="B42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D42" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="E42" t="s">
         <v>17</v>
       </c>
       <c r="F42" t="s">
         <v>18</v>
       </c>
       <c r="I42" t="s">
-        <v>101</v>
+        <v>74</v>
       </c>
       <c r="J42" t="s">
         <v>75</v>
       </c>
       <c r="K42" t="s">
-        <v>102</v>
+        <v>48</v>
       </c>
       <c r="L42">
         <v>0</v>
       </c>
       <c r="M42" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" t="s">
+        <v>101</v>
+      </c>
+      <c r="B43" t="s">
+        <v>98</v>
+      </c>
+      <c r="C43" t="s">
+        <v>15</v>
+      </c>
+      <c r="D43" t="s">
+        <v>102</v>
+      </c>
+      <c r="E43" t="s">
+        <v>17</v>
+      </c>
+      <c r="F43" t="s">
+        <v>18</v>
+      </c>
+      <c r="I43" t="s">
         <v>103</v>
-      </c>
-[...16 lines deleted...]
-        <v>101</v>
       </c>
       <c r="J43" t="s">
         <v>75</v>
       </c>
       <c r="K43" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="L43">
         <v>0</v>
       </c>
       <c r="M43" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B44" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C44" t="s">
         <v>15</v>
       </c>
       <c r="D44" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="E44" t="s">
         <v>17</v>
       </c>
       <c r="F44" t="s">
         <v>18</v>
       </c>
       <c r="I44" t="s">
-        <v>74</v>
+        <v>103</v>
       </c>
       <c r="J44" t="s">
         <v>75</v>
       </c>
       <c r="K44" t="s">
-        <v>74</v>
+        <v>104</v>
       </c>
       <c r="L44">
         <v>0</v>
       </c>
       <c r="M44" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B45" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C45" t="s">
         <v>15</v>
       </c>
       <c r="D45" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="E45" t="s">
         <v>17</v>
       </c>
       <c r="F45" t="s">
         <v>18</v>
       </c>
       <c r="I45" t="s">
         <v>74</v>
       </c>
       <c r="J45" t="s">
         <v>75</v>
       </c>
       <c r="K45" t="s">
         <v>74</v>
       </c>
       <c r="L45">
         <v>0</v>
       </c>
       <c r="M45" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B46" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="C46" t="s">
         <v>15</v>
       </c>
       <c r="D46" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="E46" t="s">
         <v>17</v>
       </c>
       <c r="F46" t="s">
         <v>18</v>
       </c>
       <c r="I46" t="s">
-        <v>101</v>
+        <v>74</v>
       </c>
       <c r="J46" t="s">
         <v>75</v>
       </c>
       <c r="K46" t="s">
-        <v>102</v>
+        <v>74</v>
       </c>
       <c r="L46">
         <v>0</v>
       </c>
       <c r="M46" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" t="s">
         <v>108</v>
       </c>
       <c r="B47" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C47" t="s">
         <v>15</v>
       </c>
       <c r="D47" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E47" t="s">
         <v>17</v>
       </c>
       <c r="F47" t="s">
         <v>18</v>
       </c>
       <c r="I47" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="J47" t="s">
         <v>75</v>
       </c>
       <c r="K47" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="L47">
         <v>0</v>
       </c>
       <c r="M47" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" t="s">
+        <v>110</v>
+      </c>
+      <c r="B48" t="s">
         <v>109</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" t="s">
         <v>15</v>
       </c>
       <c r="D48" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="E48" t="s">
         <v>17</v>
       </c>
       <c r="F48" t="s">
         <v>18</v>
       </c>
       <c r="I48" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="J48" t="s">
-        <v>112</v>
+        <v>75</v>
       </c>
       <c r="K48" t="s">
-        <v>113</v>
+        <v>104</v>
       </c>
       <c r="L48">
         <v>0</v>
       </c>
       <c r="M48" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" t="s">
+        <v>111</v>
+      </c>
+      <c r="B49" t="s">
+        <v>109</v>
+      </c>
+      <c r="C49" t="s">
+        <v>15</v>
+      </c>
+      <c r="D49" t="s">
+        <v>112</v>
+      </c>
+      <c r="E49" t="s">
+        <v>17</v>
+      </c>
+      <c r="F49" t="s">
+        <v>18</v>
+      </c>
+      <c r="I49" t="s">
+        <v>113</v>
+      </c>
+      <c r="J49" t="s">
         <v>114</v>
       </c>
-      <c r="B49" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K49" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="L49">
         <v>0</v>
       </c>
       <c r="M49" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" t="s">
+        <v>116</v>
+      </c>
+      <c r="B50" t="s">
+        <v>109</v>
+      </c>
+      <c r="C50" t="s">
+        <v>15</v>
+      </c>
+      <c r="D50" t="s">
+        <v>112</v>
+      </c>
+      <c r="E50" t="s">
+        <v>17</v>
+      </c>
+      <c r="F50" t="s">
+        <v>18</v>
+      </c>
+      <c r="I50" t="s">
+        <v>113</v>
+      </c>
+      <c r="J50" t="s">
+        <v>114</v>
+      </c>
+      <c r="K50" t="s">
         <v>115</v>
-      </c>
-[...22 lines deleted...]
-        <v>102</v>
       </c>
       <c r="L50">
         <v>0</v>
       </c>
       <c r="M50" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" t="s">
+        <v>117</v>
+      </c>
+      <c r="B51" t="s">
         <v>118</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D51" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E51" t="s">
         <v>17</v>
       </c>
       <c r="F51" t="s">
         <v>18</v>
       </c>
       <c r="I51" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="J51" t="s">
         <v>75</v>
       </c>
       <c r="K51" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="L51">
         <v>0</v>
       </c>
       <c r="M51" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" t="s">
+        <v>120</v>
+      </c>
+      <c r="B52" t="s">
+        <v>118</v>
+      </c>
+      <c r="C52" t="s">
         <v>119</v>
       </c>
-      <c r="B52" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D52" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="E52" t="s">
         <v>17</v>
       </c>
       <c r="F52" t="s">
         <v>18</v>
       </c>
       <c r="I52" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="J52" t="s">
-        <v>112</v>
+        <v>75</v>
       </c>
       <c r="K52" t="s">
-        <v>113</v>
+        <v>104</v>
       </c>
       <c r="L52">
         <v>0</v>
       </c>
       <c r="M52" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B53" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C53" t="s">
         <v>15</v>
       </c>
       <c r="D53" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E53" t="s">
         <v>17</v>
       </c>
       <c r="F53" t="s">
         <v>18</v>
       </c>
       <c r="I53" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="J53" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="K53" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="L53">
         <v>0</v>
       </c>
       <c r="M53" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B54" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C54" t="s">
         <v>15</v>
       </c>
       <c r="D54" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="E54" t="s">
         <v>17</v>
       </c>
       <c r="F54" t="s">
         <v>18</v>
+      </c>
+      <c r="I54" t="s">
+        <v>113</v>
+      </c>
+      <c r="J54" t="s">
+        <v>114</v>
+      </c>
+      <c r="K54" t="s">
+        <v>115</v>
       </c>
       <c r="L54">
         <v>0</v>
       </c>
       <c r="M54" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" t="s">
         <v>123</v>
       </c>
       <c r="B55" t="s">
+        <v>118</v>
+      </c>
+      <c r="C55" t="s">
+        <v>15</v>
+      </c>
+      <c r="D55" t="s">
         <v>124</v>
       </c>
-      <c r="C55" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E55" t="s">
         <v>17</v>
       </c>
       <c r="F55" t="s">
         <v>18</v>
-      </c>
-[...7 lines deleted...]
-        <v>113</v>
       </c>
       <c r="L55">
         <v>0</v>
       </c>
       <c r="M55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" t="s">
         <v>125</v>
       </c>
       <c r="B56" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C56" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D56" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E56" t="s">
         <v>17</v>
       </c>
       <c r="F56" t="s">
         <v>18</v>
       </c>
       <c r="I56" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="J56" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="K56" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="L56">
         <v>0</v>
       </c>
       <c r="M56" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" t="s">
+        <v>127</v>
+      </c>
+      <c r="B57" t="s">
         <v>126</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" t="s">
-        <v>117</v>
+        <v>99</v>
       </c>
       <c r="D57" t="s">
-        <v>100</v>
+        <v>112</v>
       </c>
       <c r="E57" t="s">
         <v>17</v>
       </c>
       <c r="F57" t="s">
         <v>18</v>
       </c>
       <c r="I57" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
       <c r="J57" t="s">
-        <v>75</v>
+        <v>114</v>
       </c>
       <c r="K57" t="s">
-        <v>102</v>
+        <v>115</v>
       </c>
       <c r="L57">
         <v>0</v>
       </c>
       <c r="M57" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B58" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C58" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D58" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E58" t="s">
         <v>17</v>
       </c>
       <c r="F58" t="s">
         <v>18</v>
       </c>
       <c r="I58" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="J58" t="s">
         <v>75</v>
       </c>
       <c r="K58" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="L58">
         <v>0</v>
       </c>
       <c r="M58" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B59" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C59" t="s">
-        <v>97</v>
+        <v>119</v>
       </c>
       <c r="D59" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="E59" t="s">
         <v>17</v>
       </c>
       <c r="F59" t="s">
         <v>18</v>
       </c>
       <c r="I59" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="J59" t="s">
-        <v>112</v>
+        <v>75</v>
       </c>
       <c r="K59" t="s">
-        <v>113</v>
+        <v>104</v>
       </c>
       <c r="L59">
         <v>0</v>
       </c>
       <c r="M59" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" t="s">
         <v>130</v>
       </c>
       <c r="B60" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C60" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D60" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E60" t="s">
         <v>17</v>
       </c>
       <c r="F60" t="s">
         <v>18</v>
       </c>
       <c r="I60" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="J60" t="s">
+        <v>114</v>
+      </c>
+      <c r="K60" t="s">
+        <v>115</v>
+      </c>
+      <c r="L60">
+        <v>0</v>
+      </c>
+      <c r="M60" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13">
+      <c r="A61" t="s">
+        <v>132</v>
+      </c>
+      <c r="B61" t="s">
+        <v>131</v>
+      </c>
+      <c r="C61" t="s">
+        <v>99</v>
+      </c>
+      <c r="D61" t="s">
         <v>112</v>
       </c>
-      <c r="K60" t="s">
+      <c r="E61" t="s">
+        <v>17</v>
+      </c>
+      <c r="F61" t="s">
+        <v>18</v>
+      </c>
+      <c r="I61" t="s">
         <v>113</v>
       </c>
-      <c r="L60">
-[...2 lines deleted...]
-      <c r="M60" t="s">
+      <c r="J61" t="s">
+        <v>114</v>
+      </c>
+      <c r="K61" t="s">
+        <v>115</v>
+      </c>
+      <c r="L61">
+        <v>0</v>
+      </c>
+      <c r="M61" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">