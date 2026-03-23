--- v0 (2025-10-25)
+++ v1 (2026-03-23)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="801" uniqueCount="191">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="811" uniqueCount="193">
   <si>
     <t>产品料号</t>
   </si>
   <si>
     <t>系列</t>
   </si>
   <si>
     <t>压敏电压公差</t>
   </si>
   <si>
     <t>压敏电压</t>
   </si>
   <si>
     <t>直径</t>
   </si>
   <si>
     <t>生产状态</t>
   </si>
   <si>
     <t>FNR14C621KB2C35PE1BNN</t>
   </si>
   <si>
     <t>C系列</t>
   </si>
   <si>
@@ -583,50 +583,56 @@
     <t>FNR-20C511K</t>
   </si>
   <si>
     <t>FNR-10C361K</t>
   </si>
   <si>
     <t>FNR-10C431K</t>
   </si>
   <si>
     <t>FNR-20C431K</t>
   </si>
   <si>
     <t>FNR-10C391K</t>
   </si>
   <si>
     <t>FNR-14C142K</t>
   </si>
   <si>
     <t>1400V</t>
   </si>
   <si>
     <t>FNR-14C152K</t>
   </si>
   <si>
     <t>1500V</t>
+  </si>
+  <si>
+    <t>FNR-10C331K</t>
+  </si>
+  <si>
+    <t>FNR-10C301K</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -918,51 +924,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F160"/>
+  <dimension ref="A1:F162"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
@@ -3645,50 +3651,84 @@
       <c r="C159" t="s">
         <v>8</v>
       </c>
       <c r="D159" t="s">
         <v>188</v>
       </c>
       <c r="E159" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" t="s">
         <v>189</v>
       </c>
       <c r="B160" t="s">
         <v>7</v>
       </c>
       <c r="C160" t="s">
         <v>8</v>
       </c>
       <c r="D160" t="s">
         <v>190</v>
       </c>
       <c r="E160" t="s">
         <v>10</v>
+      </c>
+    </row>
+    <row r="161" spans="1:5">
+      <c r="A161" t="s">
+        <v>191</v>
+      </c>
+      <c r="B161" t="s">
+        <v>7</v>
+      </c>
+      <c r="C161" t="s">
+        <v>8</v>
+      </c>
+      <c r="D161" t="s">
+        <v>63</v>
+      </c>
+      <c r="E161" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5">
+      <c r="A162" t="s">
+        <v>192</v>
+      </c>
+      <c r="B162" t="s">
+        <v>7</v>
+      </c>
+      <c r="C162" t="s">
+        <v>8</v>
+      </c>
+      <c r="D162" t="s">
+        <v>47</v>
+      </c>
+      <c r="E162" t="s">
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>