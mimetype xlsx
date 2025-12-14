--- v0 (2025-10-11)
+++ v1 (2025-12-14)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1788" uniqueCount="302">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1791" uniqueCount="304">
   <si>
     <t>产品型号</t>
   </si>
   <si>
     <t>电感量(μH)</t>
   </si>
   <si>
     <t>L (mm)</t>
   </si>
   <si>
     <t>W (mm)</t>
   </si>
   <si>
     <t>T (mm)</t>
   </si>
   <si>
     <t>标称阻抗（Ω）</t>
   </si>
   <si>
     <t>直流电阻RDC（Ω）max</t>
   </si>
   <si>
     <t>测试频率(MHz)</t>
   </si>
   <si>
@@ -81,744 +81,750 @@
   <si>
     <t>3.2±0.20</t>
   </si>
   <si>
     <t>1.6±0.20</t>
   </si>
   <si>
     <t>0.9±0.20</t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
     <t>0.9</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>±25%</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
+    <t>CBW201209U252T</t>
+  </si>
+  <si>
+    <t>2.0±0.20</t>
+  </si>
+  <si>
+    <t>1.2±0.20</t>
+  </si>
+  <si>
+    <t>2500</t>
+  </si>
+  <si>
+    <t>0.45</t>
+  </si>
+  <si>
+    <t>600</t>
+  </si>
+  <si>
+    <t>CBW321609U252T</t>
+  </si>
+  <si>
     <t>CBW160808U252T</t>
   </si>
   <si>
     <t>0.8±0.20</t>
   </si>
   <si>
-    <t>2500</t>
-[...1 lines deleted...]
-  <si>
     <t>0.65</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>CBW321609U252T</t>
-[...16 lines deleted...]
-  <si>
     <t>CBW201209U222T</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
     <t>0.4</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
+    <t>CBW201209U202T</t>
+  </si>
+  <si>
+    <t>2000</t>
+  </si>
+  <si>
     <t>CBW160808U202T</t>
   </si>
   <si>
-    <t>2000</t>
-[...1 lines deleted...]
-  <si>
     <t>0.6</t>
   </si>
   <si>
-    <t>CBW201209U202T</t>
-[...1 lines deleted...]
-  <si>
     <t>CBW321609U202T</t>
   </si>
   <si>
     <t>0.7</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
+    <t>CBW321609U182T</t>
+  </si>
+  <si>
+    <t>1800</t>
+  </si>
+  <si>
+    <t>500</t>
+  </si>
+  <si>
     <t>CBW160808U182T</t>
   </si>
   <si>
-    <t>1800</t>
-[...1 lines deleted...]
-  <si>
     <t>0.55</t>
   </si>
   <si>
-    <t>CBW321609U182T</t>
-[...4 lines deleted...]
-  <si>
     <t>CBW160808U152T</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>CBW321609U152T</t>
   </si>
   <si>
     <t>CBW201209U152T</t>
   </si>
   <si>
+    <t>CBW201209U122T</t>
+  </si>
+  <si>
+    <t>1200</t>
+  </si>
+  <si>
+    <t>0.28</t>
+  </si>
+  <si>
+    <t>800</t>
+  </si>
+  <si>
+    <t>CBW160808U122T</t>
+  </si>
+  <si>
     <t>CBW321609U122T</t>
   </si>
   <si>
-    <t>1200</t>
-[...1 lines deleted...]
-  <si>
     <t>0.35</t>
   </si>
   <si>
-    <t>CBW201209U122T</t>
-[...8 lines deleted...]
-    <t>CBW160808U122T</t>
+    <t>CBW160808U102T</t>
+  </si>
+  <si>
+    <t>1000</t>
   </si>
   <si>
     <t>CBW321609U102T</t>
   </si>
   <si>
-    <t>1000</t>
-[...1 lines deleted...]
-  <si>
     <t>0.25</t>
   </si>
   <si>
-    <t>CBW160808U102T</t>
+    <t>CBW060303X102T</t>
+  </si>
+  <si>
+    <t>0.6±0.03</t>
+  </si>
+  <si>
+    <t>0.3±0.03</t>
+  </si>
+  <si>
+    <t>1.25</t>
   </si>
   <si>
     <t>CBW100505U102T</t>
   </si>
   <si>
     <t>1.0±0.15</t>
   </si>
   <si>
     <t>0.5±0.15</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>CBW060303X102T</t>
-[...10 lines deleted...]
-  <si>
     <t>CBW322513U102T</t>
   </si>
   <si>
     <t>2.5±0.20</t>
   </si>
   <si>
     <t>1.3±0.20</t>
   </si>
   <si>
     <t>CBW201209U102T</t>
   </si>
   <si>
     <t>CBW160808U801T</t>
   </si>
   <si>
+    <t>CBW100505U801T</t>
+  </si>
+  <si>
+    <t>0.8</t>
+  </si>
+  <si>
+    <t>CBW201209U801T</t>
+  </si>
+  <si>
+    <t>CBW321609U801T</t>
+  </si>
+  <si>
     <t>CBW322513U801T</t>
   </si>
   <si>
     <t>0.23</t>
   </si>
   <si>
-    <t>CBW321609U801T</t>
-[...8 lines deleted...]
-    <t>CBW201209U801T</t>
+    <t>CBW100505U601T</t>
+  </si>
+  <si>
+    <t>CBW201209U601T</t>
+  </si>
+  <si>
+    <t>0.22</t>
   </si>
   <si>
     <t>CBW321609U601T</t>
   </si>
   <si>
     <t>0.2</t>
   </si>
   <si>
-    <t>CBW100505U601T</t>
-[...1 lines deleted...]
-  <si>
     <t>CBW160808U601T</t>
   </si>
   <si>
     <t>0.3</t>
   </si>
   <si>
     <t>CBW453215U601T</t>
   </si>
   <si>
     <t>4.5±0.20</t>
   </si>
   <si>
     <t>1.5±0.20</t>
   </si>
   <si>
     <t>0.1</t>
   </si>
   <si>
+    <t>CBW060303X601T</t>
+  </si>
+  <si>
+    <t>0.85</t>
+  </si>
+  <si>
     <t>CBW322513U601T</t>
   </si>
   <si>
     <t>0.18</t>
   </si>
   <si>
-    <t>CBW060303X601T</t>
-[...4 lines deleted...]
-  <si>
     <t>CBW451616U601T</t>
   </si>
   <si>
-    <t>CBW201209U601T</t>
-[...2 lines deleted...]
-    <t>0.22</t>
+    <t>CBW453215U501T</t>
+  </si>
+  <si>
+    <t>CBW451616U501T</t>
   </si>
   <si>
     <t>CBW321609U501T</t>
   </si>
   <si>
     <t>CBW322513U501T</t>
   </si>
   <si>
     <t>0.12</t>
   </si>
   <si>
+    <t>CBW201209U501T</t>
+  </si>
+  <si>
     <t>CBW160808U501T</t>
   </si>
   <si>
-    <t>CBW451616U501T</t>
-[...7 lines deleted...]
-  <si>
     <t>CBW100505U501T</t>
   </si>
   <si>
+    <t>CBW160808U501TA01</t>
+  </si>
+  <si>
+    <t>U</t>
+  </si>
+  <si>
+    <t>0603</t>
+  </si>
+  <si>
     <t>CBW453215U401T</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>CBW201209U331T</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>0805</t>
   </si>
   <si>
+    <t>CBW453215U301T</t>
+  </si>
+  <si>
+    <t>0.06</t>
+  </si>
+  <si>
+    <t>CBW160808U301T</t>
+  </si>
+  <si>
     <t>CBW100505U301T</t>
   </si>
   <si>
-    <t>CBW453215U301T</t>
-[...2 lines deleted...]
-    <t>0.06</t>
+    <t>CBW322513U301T</t>
+  </si>
+  <si>
+    <t>0.08</t>
+  </si>
+  <si>
+    <t>CBW451616U301T</t>
+  </si>
+  <si>
+    <t>0.09</t>
   </si>
   <si>
     <t>CBW321609U301T</t>
   </si>
   <si>
     <t>0.15</t>
   </si>
   <si>
     <t>CBW201209U301T</t>
   </si>
   <si>
     <t>0.13</t>
   </si>
   <si>
-    <t>CBW322513U301T</t>
-[...13 lines deleted...]
-  <si>
     <t>CBW060303X241T</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>0.38</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
+    <t>CBW100505U221T</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>CBW321609U221T</t>
+  </si>
+  <si>
+    <t>0.11</t>
+  </si>
+  <si>
+    <t>CBW322513U221T</t>
+  </si>
+  <si>
+    <t>CBW201209U221T</t>
+  </si>
+  <si>
     <t>CBW451616U221T</t>
   </si>
   <si>
-    <t>220</t>
-[...10 lines deleted...]
-  <si>
     <t>CBW160808U221T</t>
   </si>
   <si>
-    <t>CBW321609U221T</t>
-[...4 lines deleted...]
-  <si>
     <t>CBW453215U221T</t>
   </si>
   <si>
     <t>CBW100505U201T</t>
   </si>
   <si>
     <t>CBW453215U201T</t>
   </si>
   <si>
     <t>CBW201209U201T</t>
   </si>
   <si>
     <t>CBW321609U181T</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
+    <t>CBW160808U181T</t>
+  </si>
+  <si>
     <t>CBW201209U181T</t>
   </si>
   <si>
-    <t>CBW160808U181T</t>
-[...1 lines deleted...]
-  <si>
     <t>CBW453215U181T</t>
   </si>
   <si>
     <t>CBW100505U181T</t>
   </si>
   <si>
     <t>0402</t>
   </si>
   <si>
+    <t>CBW453215U151T</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>0.04</t>
+  </si>
+  <si>
+    <t>3500</t>
+  </si>
+  <si>
+    <t>CBW160808U151T</t>
+  </si>
+  <si>
     <t>CBW451616U151T</t>
   </si>
   <si>
-    <t>150</t>
+    <t>CBW321609U151T</t>
+  </si>
+  <si>
+    <t>CBW100505U151T</t>
   </si>
   <si>
     <t>CBW322513U151T</t>
   </si>
   <si>
     <t>4000</t>
   </si>
   <si>
-    <t>CBW321609U151T</t>
-[...16 lines deleted...]
-  <si>
     <t>CBW201209U151T</t>
   </si>
   <si>
     <t>CBW321609U121T</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>0.07</t>
   </si>
   <si>
+    <t>CBW322513U121T</t>
+  </si>
+  <si>
+    <t>CBW453215U121T</t>
+  </si>
+  <si>
+    <t>0.03</t>
+  </si>
+  <si>
+    <t>CBW100505U121T</t>
+  </si>
+  <si>
+    <t>CBW060303X121T</t>
+  </si>
+  <si>
+    <t>450</t>
+  </si>
+  <si>
+    <t>CBW451616U121T</t>
+  </si>
+  <si>
     <t>CBW201209U121T</t>
   </si>
   <si>
-    <t>CBW060303X121T</t>
-[...4 lines deleted...]
-  <si>
     <t>CBW160808U121T</t>
   </si>
   <si>
     <t>0.14</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
-    <t>CBW451616U121T</t>
-[...11 lines deleted...]
-    <t>0.03</t>
+    <t>CBW321609U101T</t>
+  </si>
+  <si>
+    <t>CBW100505U101T</t>
+  </si>
+  <si>
+    <t>900</t>
   </si>
   <si>
     <t>CBW160808U101T</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
-    <t>CBW321609U101T</t>
-[...1 lines deleted...]
-  <si>
     <t>CBW453215U101T</t>
   </si>
   <si>
-    <t>CBW100505U101T</t>
-[...4 lines deleted...]
-  <si>
     <t>CBW201209U101T</t>
   </si>
   <si>
     <t>CBW451616U900T</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>CBW453215U900T</t>
   </si>
   <si>
     <t>CBW322513U900T</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
+    <t>CBW453215U800T</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>0.02</t>
+  </si>
+  <si>
+    <t>CBW321609U800T</t>
+  </si>
+  <si>
+    <t>CBW322513U800T</t>
+  </si>
+  <si>
+    <t>5000</t>
+  </si>
+  <si>
+    <t>CBW160808U800T</t>
+  </si>
+  <si>
+    <t>CBW060303X800T</t>
+  </si>
+  <si>
+    <t>CBW451616U800T</t>
+  </si>
+  <si>
+    <t>0.05</t>
+  </si>
+  <si>
     <t>CBW201209U800T</t>
   </si>
   <si>
-    <t>80</t>
-[...28 lines deleted...]
-  <si>
     <t>CBW100505U800T</t>
   </si>
   <si>
     <t>CBW451616U750T</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
     <t>CBW453215U700T</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>CBW322513U700T</t>
   </si>
   <si>
     <t>CBW321609U700T</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>CBW201209U700T</t>
   </si>
   <si>
     <t>CBW160808U700T</t>
   </si>
   <si>
-    <t>0603</t>
+    <t>CBW201209U600T</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>CBW321609U600T</t>
   </si>
   <si>
     <t>CBW322513U600T</t>
   </si>
   <si>
-    <t>60</t>
-[...1 lines deleted...]
-  <si>
     <t>CBW100505U600T</t>
   </si>
   <si>
-    <t>CBW321609U600T</t>
-[...4 lines deleted...]
-  <si>
     <t>CBW160808U600T</t>
   </si>
   <si>
     <t>CBW453215U600T</t>
   </si>
   <si>
     <t>CBW451616U600T</t>
   </si>
   <si>
     <t>CBW453215U500T</t>
   </si>
   <si>
     <t>CBW321609U500T</t>
   </si>
   <si>
     <t>CBW160808U500T</t>
   </si>
   <si>
     <t>CBW453215U400T</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>CBW453215U380T</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>CBW201209U360T</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>CBW100505U360T</t>
   </si>
   <si>
+    <t>CBW201209U310T</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>CBW160808U310T</t>
+  </si>
+  <si>
+    <t>CBW100505U310T</t>
+  </si>
+  <si>
+    <t>CBW321609U310T</t>
+  </si>
+  <si>
+    <t>CBW322513U310T</t>
+  </si>
+  <si>
     <t>CBW451616U310T</t>
   </si>
   <si>
-    <t>31</t>
-[...1 lines deleted...]
-  <si>
     <t>6000</t>
   </si>
   <si>
-    <t>CBW201209U310T</t>
-[...13 lines deleted...]
-  <si>
     <t>CBW453215U310T</t>
   </si>
   <si>
     <t>CBW453215U300T</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>CBW321609U300T</t>
   </si>
   <si>
     <t>CBW201209U300T</t>
   </si>
   <si>
     <t>CBW160808U300T</t>
   </si>
   <si>
     <t>CBW321609U280T</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
+    <t>CBW322513U260T</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>CBW321609U260T</t>
+  </si>
+  <si>
+    <t>CBW100505U260T</t>
+  </si>
+  <si>
+    <t>CBW451616U260T</t>
+  </si>
+  <si>
     <t>CBW160808U260T</t>
   </si>
   <si>
-    <t>26</t>
-[...11 lines deleted...]
-    <t>CBW321609U260T</t>
+    <t>CBW322513U190T</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>12～25Ω</t>
+  </si>
+  <si>
+    <t>CBW160808U190T</t>
   </si>
   <si>
     <t>CBW100505U190T</t>
   </si>
   <si>
-    <t>19</t>
-[...4 lines deleted...]
-  <si>
     <t>CBW321609U190T</t>
-  </si>
-[...4 lines deleted...]
-    <t>CBW322513U190T</t>
   </si>
   <si>
     <t>CBW451616U190T</t>
   </si>
   <si>
     <t>0.015</t>
   </si>
   <si>
     <t>CBW201209U190T</t>
   </si>
   <si>
     <t>CBW322513U150T</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>9～21Ω</t>
   </si>
   <si>
     <t>CBW321609U150T</t>
   </si>
   <si>
     <t>CBW201209U150T</t>
   </si>
@@ -1251,51 +1257,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:N173"/>
+  <dimension ref="A1:N174"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1338,5677 +1344,5688 @@
       </c>
       <c r="F2" t="s">
         <v>18</v>
       </c>
       <c r="G2" t="s">
         <v>19</v>
       </c>
       <c r="H2" t="s">
         <v>20</v>
       </c>
       <c r="I2" t="s">
         <v>20</v>
       </c>
       <c r="J2" t="s">
         <v>21</v>
       </c>
       <c r="K2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" t="s">
         <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="I3" t="s">
         <v>20</v>
       </c>
       <c r="J3" t="s">
         <v>21</v>
       </c>
       <c r="K3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>16</v>
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G4" t="s">
         <v>19</v>
       </c>
       <c r="H4" t="s">
         <v>20</v>
       </c>
       <c r="I4" t="s">
         <v>20</v>
       </c>
       <c r="J4" t="s">
         <v>21</v>
       </c>
       <c r="K4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
         <v>31</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>26</v>
+      </c>
+      <c r="G5" t="s">
         <v>32</v>
       </c>
-      <c r="E5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H5" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="I5" t="s">
         <v>20</v>
       </c>
       <c r="J5" t="s">
         <v>21</v>
       </c>
       <c r="K5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" t="s">
         <v>35</v>
       </c>
       <c r="C6" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="D6" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="E6" t="s">
         <v>17</v>
       </c>
       <c r="F6" t="s">
         <v>36</v>
       </c>
       <c r="G6" t="s">
         <v>37</v>
       </c>
       <c r="H6" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I6" t="s">
         <v>20</v>
       </c>
       <c r="J6" t="s">
         <v>21</v>
       </c>
       <c r="K6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" t="s">
         <v>39</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="D7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F7" t="s">
         <v>40</v>
       </c>
       <c r="G7" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="H7" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I7" t="s">
         <v>20</v>
       </c>
       <c r="J7" t="s">
         <v>21</v>
       </c>
       <c r="K7" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C8" t="s">
+        <v>16</v>
+      </c>
+      <c r="D8" t="s">
         <v>31</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="F8" t="s">
         <v>40</v>
       </c>
       <c r="G8" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="H8" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I8" t="s">
         <v>20</v>
       </c>
       <c r="J8" t="s">
         <v>21</v>
       </c>
       <c r="K8" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" t="s">
         <v>43</v>
       </c>
       <c r="C9" t="s">
         <v>15</v>
       </c>
       <c r="D9" t="s">
         <v>16</v>
       </c>
       <c r="E9" t="s">
         <v>17</v>
       </c>
       <c r="F9" t="s">
         <v>40</v>
       </c>
       <c r="G9" t="s">
         <v>44</v>
       </c>
       <c r="H9" t="s">
         <v>20</v>
       </c>
       <c r="I9" t="s">
         <v>20</v>
       </c>
       <c r="J9" t="s">
         <v>21</v>
       </c>
       <c r="K9" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" t="s">
         <v>46</v>
       </c>
       <c r="C10" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F10" t="s">
         <v>47</v>
       </c>
       <c r="G10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H10" t="s">
+        <v>20</v>
+      </c>
+      <c r="I10" t="s">
+        <v>20</v>
+      </c>
+      <c r="J10" t="s">
+        <v>21</v>
+      </c>
+      <c r="K10" t="s">
         <v>48</v>
-      </c>
-[...10 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" t="s">
         <v>49</v>
       </c>
       <c r="C11" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D11" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="F11" t="s">
         <v>47</v>
       </c>
       <c r="G11" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="H11" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="I11" t="s">
         <v>20</v>
       </c>
       <c r="J11" t="s">
         <v>21</v>
       </c>
       <c r="K11" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" t="s">
         <v>51</v>
       </c>
       <c r="C12" t="s">
         <v>16</v>
       </c>
       <c r="D12" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F12" t="s">
         <v>52</v>
       </c>
       <c r="G12" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="H12" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I12" t="s">
         <v>20</v>
       </c>
       <c r="J12" t="s">
         <v>21</v>
       </c>
       <c r="K12" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" t="s">
         <v>53</v>
       </c>
       <c r="C13" t="s">
         <v>15</v>
       </c>
       <c r="D13" t="s">
         <v>16</v>
       </c>
       <c r="E13" t="s">
         <v>17</v>
       </c>
       <c r="F13" t="s">
         <v>52</v>
       </c>
       <c r="G13" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="H13" t="s">
         <v>20</v>
       </c>
       <c r="I13" t="s">
         <v>20</v>
       </c>
       <c r="J13" t="s">
         <v>21</v>
       </c>
       <c r="K13" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" t="s">
         <v>54</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="E14" t="s">
         <v>17</v>
       </c>
       <c r="F14" t="s">
         <v>52</v>
       </c>
       <c r="G14" t="s">
         <v>37</v>
       </c>
       <c r="H14" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I14" t="s">
         <v>20</v>
       </c>
       <c r="J14" t="s">
         <v>21</v>
       </c>
       <c r="K14" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" t="s">
         <v>55</v>
       </c>
       <c r="C15" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D15" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E15" t="s">
         <v>17</v>
       </c>
       <c r="F15" t="s">
         <v>56</v>
       </c>
       <c r="G15" t="s">
         <v>57</v>
       </c>
       <c r="H15" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I15" t="s">
         <v>20</v>
       </c>
       <c r="J15" t="s">
         <v>21</v>
       </c>
       <c r="K15" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C16" t="s">
+        <v>16</v>
+      </c>
+      <c r="D16" t="s">
         <v>31</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="F16" t="s">
         <v>56</v>
       </c>
       <c r="G16" t="s">
-        <v>59</v>
+        <v>27</v>
       </c>
       <c r="H16" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I16" t="s">
         <v>20</v>
       </c>
       <c r="J16" t="s">
         <v>21</v>
       </c>
       <c r="K16" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C17" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D17" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="E17" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F17" t="s">
         <v>56</v>
       </c>
       <c r="G17" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="H17" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I17" t="s">
         <v>20</v>
       </c>
       <c r="J17" t="s">
         <v>21</v>
       </c>
       <c r="K17" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" t="s">
         <v>62</v>
       </c>
       <c r="C18" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D18" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="E18" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="F18" t="s">
         <v>63</v>
       </c>
       <c r="G18" t="s">
-        <v>64</v>
+        <v>37</v>
       </c>
       <c r="H18" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I18" t="s">
         <v>20</v>
       </c>
       <c r="J18" t="s">
         <v>21</v>
       </c>
       <c r="K18" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C19" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D19" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="E19" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F19" t="s">
         <v>63</v>
       </c>
       <c r="G19" t="s">
-        <v>37</v>
+        <v>65</v>
       </c>
       <c r="H19" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I19" t="s">
         <v>20</v>
       </c>
       <c r="J19" t="s">
         <v>21</v>
       </c>
       <c r="K19" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" t="s">
         <v>66</v>
       </c>
       <c r="C20" t="s">
         <v>67</v>
       </c>
       <c r="D20" t="s">
         <v>68</v>
       </c>
       <c r="E20" t="s">
         <v>68</v>
       </c>
       <c r="F20" t="s">
         <v>63</v>
       </c>
       <c r="G20" t="s">
-        <v>19</v>
+        <v>69</v>
       </c>
       <c r="H20" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I20" t="s">
         <v>20</v>
       </c>
       <c r="J20" t="s">
         <v>21</v>
       </c>
       <c r="K20" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" t="s">
         <v>70</v>
       </c>
       <c r="C21" t="s">
         <v>71</v>
       </c>
       <c r="D21" t="s">
         <v>72</v>
       </c>
       <c r="E21" t="s">
         <v>72</v>
       </c>
       <c r="F21" t="s">
         <v>63</v>
       </c>
       <c r="G21" t="s">
+        <v>19</v>
+      </c>
+      <c r="H21" t="s">
+        <v>33</v>
+      </c>
+      <c r="I21" t="s">
+        <v>20</v>
+      </c>
+      <c r="J21" t="s">
+        <v>21</v>
+      </c>
+      <c r="K21" t="s">
         <v>73</v>
-      </c>
-[...10 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" t="s">
         <v>74</v>
       </c>
       <c r="C22" t="s">
         <v>15</v>
       </c>
       <c r="D22" t="s">
         <v>75</v>
       </c>
       <c r="E22" t="s">
         <v>76</v>
       </c>
       <c r="F22" t="s">
         <v>63</v>
       </c>
       <c r="G22" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="H22" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I22" t="s">
         <v>20</v>
       </c>
       <c r="J22" t="s">
         <v>21</v>
       </c>
       <c r="K22" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" t="s">
         <v>77</v>
       </c>
       <c r="C23" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="D23" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="E23" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
         <v>63</v>
       </c>
       <c r="G23" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H23" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I23" t="s">
         <v>20</v>
       </c>
       <c r="J23" t="s">
         <v>21</v>
       </c>
       <c r="K23" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" t="s">
         <v>78</v>
       </c>
       <c r="C24" t="s">
         <v>16</v>
       </c>
       <c r="D24" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="E24" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F24" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="G24" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="H24" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I24" t="s">
         <v>20</v>
       </c>
       <c r="J24" t="s">
         <v>21</v>
       </c>
       <c r="K24" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" t="s">
         <v>79</v>
       </c>
       <c r="C25" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="D25" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="E25" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="F25" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="G25" t="s">
         <v>80</v>
       </c>
       <c r="H25" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I25" t="s">
         <v>20</v>
       </c>
       <c r="J25" t="s">
         <v>21</v>
       </c>
       <c r="K25" t="s">
-        <v>40</v>
+        <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" t="s">
         <v>81</v>
       </c>
       <c r="C26" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D26" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E26" t="s">
         <v>17</v>
       </c>
       <c r="F26" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="G26" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H26" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I26" t="s">
         <v>20</v>
       </c>
       <c r="J26" t="s">
         <v>21</v>
       </c>
       <c r="K26" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" t="s">
         <v>82</v>
       </c>
       <c r="C27" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="D27" t="s">
-        <v>68</v>
+        <v>16</v>
       </c>
       <c r="E27" t="s">
-        <v>68</v>
+        <v>17</v>
       </c>
       <c r="F27" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="G27" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="H27" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I27" t="s">
         <v>20</v>
       </c>
       <c r="J27" t="s">
         <v>21</v>
       </c>
       <c r="K27" t="s">
-        <v>69</v>
+        <v>40</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" t="s">
+        <v>83</v>
+      </c>
+      <c r="C28" t="s">
+        <v>15</v>
+      </c>
+      <c r="D28" t="s">
+        <v>75</v>
+      </c>
+      <c r="E28" t="s">
+        <v>76</v>
+      </c>
+      <c r="F28" t="s">
+        <v>58</v>
+      </c>
+      <c r="G28" t="s">
         <v>84</v>
       </c>
-      <c r="C28" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H28" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I28" t="s">
         <v>20</v>
       </c>
       <c r="J28" t="s">
         <v>21</v>
       </c>
       <c r="K28" t="s">
-        <v>63</v>
+        <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="s">
         <v>85</v>
       </c>
       <c r="C29" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="D29" t="s">
-        <v>16</v>
+        <v>72</v>
       </c>
       <c r="E29" t="s">
-        <v>17</v>
+        <v>72</v>
       </c>
       <c r="F29" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="G29" t="s">
-        <v>86</v>
+        <v>42</v>
       </c>
       <c r="H29" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I29" t="s">
         <v>20</v>
       </c>
       <c r="J29" t="s">
         <v>21</v>
       </c>
       <c r="K29" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" t="s">
+        <v>86</v>
+      </c>
+      <c r="C30" t="s">
+        <v>24</v>
+      </c>
+      <c r="D30" t="s">
+        <v>25</v>
+      </c>
+      <c r="E30" t="s">
+        <v>17</v>
+      </c>
+      <c r="F30" t="s">
+        <v>28</v>
+      </c>
+      <c r="G30" t="s">
         <v>87</v>
       </c>
-      <c r="C30" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H30" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I30" t="s">
         <v>20</v>
       </c>
       <c r="J30" t="s">
         <v>21</v>
       </c>
       <c r="K30" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" t="s">
         <v>88</v>
       </c>
       <c r="C31" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D31" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="E31" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F31" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="G31" t="s">
         <v>89</v>
       </c>
       <c r="H31" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I31" t="s">
         <v>20</v>
       </c>
       <c r="J31" t="s">
         <v>21</v>
       </c>
       <c r="K31" t="s">
-        <v>63</v>
+        <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="s">
         <v>90</v>
       </c>
       <c r="C32" t="s">
+        <v>16</v>
+      </c>
+      <c r="D32" t="s">
+        <v>31</v>
+      </c>
+      <c r="E32" t="s">
+        <v>31</v>
+      </c>
+      <c r="F32" t="s">
+        <v>28</v>
+      </c>
+      <c r="G32" t="s">
         <v>91</v>
       </c>
-      <c r="D32" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H32" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I32" t="s">
         <v>20</v>
       </c>
       <c r="J32" t="s">
         <v>21</v>
       </c>
       <c r="K32" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="A33" t="s">
+        <v>92</v>
+      </c>
+      <c r="C33" t="s">
+        <v>93</v>
+      </c>
+      <c r="D33" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" t="s">
         <v>94</v>
       </c>
-      <c r="C33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F33" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="G33" t="s">
         <v>95</v>
       </c>
       <c r="H33" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I33" t="s">
         <v>20</v>
       </c>
       <c r="J33" t="s">
         <v>21</v>
       </c>
       <c r="K33" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
     </row>
     <row r="34" spans="1:12">
       <c r="A34" t="s">
         <v>96</v>
       </c>
       <c r="C34" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="D34" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E34" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="F34" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="G34" t="s">
         <v>97</v>
       </c>
       <c r="H34" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I34" t="s">
         <v>20</v>
       </c>
       <c r="J34" t="s">
         <v>21</v>
       </c>
       <c r="K34" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35" t="s">
         <v>98</v>
       </c>
       <c r="C35" t="s">
-        <v>91</v>
+        <v>15</v>
       </c>
       <c r="D35" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E35" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="F35" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="G35" t="s">
-        <v>86</v>
+        <v>99</v>
       </c>
       <c r="H35" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I35" t="s">
         <v>20</v>
       </c>
       <c r="J35" t="s">
         <v>21</v>
       </c>
       <c r="K35" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="36" spans="1:12">
       <c r="A36" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C36" t="s">
-        <v>31</v>
+        <v>93</v>
       </c>
       <c r="D36" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="E36" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F36" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="G36" t="s">
-        <v>100</v>
+        <v>89</v>
       </c>
       <c r="H36" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I36" t="s">
         <v>20</v>
       </c>
       <c r="J36" t="s">
         <v>21</v>
       </c>
       <c r="K36" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="37" spans="1:12">
       <c r="A37" t="s">
         <v>101</v>
       </c>
       <c r="C37" t="s">
+        <v>93</v>
+      </c>
+      <c r="D37" t="s">
         <v>15</v>
       </c>
-      <c r="D37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E37" t="s">
-        <v>17</v>
+        <v>94</v>
       </c>
       <c r="F37" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="G37" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="H37" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I37" t="s">
         <v>20</v>
       </c>
       <c r="J37" t="s">
         <v>21</v>
       </c>
       <c r="K37" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
     </row>
     <row r="38" spans="1:12">
       <c r="A38" t="s">
         <v>102</v>
       </c>
       <c r="C38" t="s">
-        <v>15</v>
+        <v>93</v>
       </c>
       <c r="D38" t="s">
-        <v>75</v>
+        <v>16</v>
       </c>
       <c r="E38" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="F38" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="G38" t="s">
-        <v>103</v>
+        <v>89</v>
       </c>
       <c r="H38" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I38" t="s">
         <v>20</v>
       </c>
       <c r="J38" t="s">
         <v>21</v>
       </c>
       <c r="K38" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
     </row>
     <row r="39" spans="1:12">
       <c r="A39" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C39" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D39" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="E39" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F39" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="G39" t="s">
         <v>89</v>
       </c>
       <c r="H39" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I39" t="s">
         <v>20</v>
       </c>
       <c r="J39" t="s">
         <v>21</v>
       </c>
       <c r="K39" t="s">
-        <v>63</v>
+        <v>40</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="A40" t="s">
+        <v>104</v>
+      </c>
+      <c r="C40" t="s">
+        <v>15</v>
+      </c>
+      <c r="D40" t="s">
+        <v>75</v>
+      </c>
+      <c r="E40" t="s">
+        <v>76</v>
+      </c>
+      <c r="F40" t="s">
+        <v>48</v>
+      </c>
+      <c r="G40" t="s">
         <v>105</v>
       </c>
-      <c r="C40" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H40" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I40" t="s">
         <v>20</v>
       </c>
       <c r="J40" t="s">
         <v>21</v>
       </c>
       <c r="K40" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="A41" t="s">
         <v>106</v>
       </c>
       <c r="C41" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="D41" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="E41" t="s">
         <v>17</v>
       </c>
       <c r="F41" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="G41" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="H41" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I41" t="s">
         <v>20</v>
       </c>
       <c r="J41" t="s">
         <v>21</v>
       </c>
       <c r="K41" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42" t="s">
         <v>107</v>
       </c>
       <c r="C42" t="s">
+        <v>16</v>
+      </c>
+      <c r="D42" t="s">
+        <v>31</v>
+      </c>
+      <c r="E42" t="s">
+        <v>31</v>
+      </c>
+      <c r="F42" t="s">
+        <v>48</v>
+      </c>
+      <c r="G42" t="s">
         <v>91</v>
       </c>
-      <c r="D42" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H42" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I42" t="s">
         <v>20</v>
       </c>
       <c r="J42" t="s">
         <v>21</v>
       </c>
       <c r="K42" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43" t="s">
         <v>108</v>
       </c>
       <c r="C43" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="D43" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="E43" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="F43" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="G43" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H43" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I43" t="s">
         <v>20</v>
       </c>
       <c r="J43" t="s">
         <v>21</v>
       </c>
       <c r="K43" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="A44" t="s">
         <v>109</v>
       </c>
-      <c r="C44" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E44" t="s">
-        <v>92</v>
-[...17 lines deleted...]
-        <v>63</v>
+        <v>110</v>
       </c>
       <c r="L44" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C45" t="s">
-        <v>31</v>
+        <v>93</v>
       </c>
       <c r="D45" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="E45" t="s">
-        <v>17</v>
+        <v>94</v>
       </c>
       <c r="F45" t="s">
-        <v>112</v>
+        <v>34</v>
       </c>
       <c r="G45" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="H45" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I45" t="s">
         <v>20</v>
       </c>
       <c r="J45" t="s">
         <v>21</v>
       </c>
       <c r="K45" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="L45" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46" t="s">
         <v>114</v>
       </c>
       <c r="C46" t="s">
-        <v>67</v>
+        <v>24</v>
       </c>
       <c r="D46" t="s">
-        <v>68</v>
+        <v>25</v>
       </c>
       <c r="E46" t="s">
-        <v>68</v>
+        <v>17</v>
       </c>
       <c r="F46" t="s">
-        <v>45</v>
+        <v>115</v>
       </c>
       <c r="G46" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="H46" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I46" t="s">
         <v>20</v>
       </c>
       <c r="J46" t="s">
         <v>21</v>
       </c>
       <c r="K46" t="s">
-        <v>28</v>
+        <v>40</v>
+      </c>
+      <c r="L46" t="s">
+        <v>116</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C47" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D47" t="s">
         <v>15</v>
       </c>
       <c r="E47" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F47" t="s">
         <v>45</v>
       </c>
       <c r="G47" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="H47" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I47" t="s">
         <v>20</v>
       </c>
       <c r="J47" t="s">
         <v>21</v>
       </c>
       <c r="K47" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C48" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D48" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="E48" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="F48" t="s">
         <v>45</v>
       </c>
       <c r="G48" t="s">
-        <v>118</v>
+        <v>89</v>
       </c>
       <c r="H48" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I48" t="s">
         <v>20</v>
       </c>
       <c r="J48" t="s">
         <v>21</v>
       </c>
       <c r="K48" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C49" t="s">
-        <v>31</v>
+        <v>71</v>
       </c>
       <c r="D49" t="s">
-        <v>32</v>
+        <v>72</v>
       </c>
       <c r="E49" t="s">
-        <v>17</v>
+        <v>72</v>
       </c>
       <c r="F49" t="s">
         <v>45</v>
       </c>
       <c r="G49" t="s">
-        <v>120</v>
+        <v>37</v>
       </c>
       <c r="H49" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I49" t="s">
         <v>20</v>
       </c>
       <c r="J49" t="s">
         <v>21</v>
       </c>
       <c r="K49" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50" t="s">
         <v>121</v>
       </c>
       <c r="C50" t="s">
         <v>15</v>
       </c>
       <c r="D50" t="s">
         <v>75</v>
       </c>
       <c r="E50" t="s">
         <v>76</v>
       </c>
       <c r="F50" t="s">
         <v>45</v>
       </c>
       <c r="G50" t="s">
         <v>122</v>
       </c>
       <c r="H50" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I50" t="s">
         <v>20</v>
       </c>
       <c r="J50" t="s">
         <v>21</v>
       </c>
       <c r="K50" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51" t="s">
         <v>123</v>
       </c>
       <c r="C51" t="s">
-        <v>16</v>
+        <v>93</v>
       </c>
       <c r="D51" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="E51" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="F51" t="s">
         <v>45</v>
       </c>
       <c r="G51" t="s">
-        <v>86</v>
+        <v>124</v>
       </c>
       <c r="H51" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I51" t="s">
         <v>20</v>
       </c>
       <c r="J51" t="s">
         <v>21</v>
       </c>
       <c r="K51" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C52" t="s">
-        <v>91</v>
+        <v>15</v>
       </c>
       <c r="D52" t="s">
         <v>16</v>
       </c>
       <c r="E52" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F52" t="s">
         <v>45</v>
       </c>
       <c r="G52" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="H52" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I52" t="s">
         <v>20</v>
       </c>
       <c r="J52" t="s">
         <v>21</v>
       </c>
       <c r="K52" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C53" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="D53" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="E53" t="s">
-        <v>72</v>
+        <v>17</v>
       </c>
       <c r="F53" t="s">
-        <v>127</v>
+        <v>45</v>
       </c>
       <c r="G53" t="s">
         <v>128</v>
       </c>
       <c r="H53" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I53" t="s">
         <v>20</v>
       </c>
       <c r="J53" t="s">
         <v>21</v>
       </c>
       <c r="K53" t="s">
-        <v>129</v>
+        <v>40</v>
       </c>
     </row>
     <row r="54" spans="1:12">
       <c r="A54" t="s">
+        <v>129</v>
+      </c>
+      <c r="C54" t="s">
+        <v>67</v>
+      </c>
+      <c r="D54" t="s">
+        <v>68</v>
+      </c>
+      <c r="E54" t="s">
+        <v>68</v>
+      </c>
+      <c r="F54" t="s">
         <v>130</v>
       </c>
-      <c r="C54" t="s">
-[...8 lines deleted...]
-      <c r="F54" t="s">
+      <c r="G54" t="s">
         <v>131</v>
       </c>
-      <c r="G54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H54" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I54" t="s">
         <v>20</v>
       </c>
       <c r="J54" t="s">
         <v>21</v>
       </c>
       <c r="K54" t="s">
-        <v>40</v>
+        <v>132</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C55" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="D55" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="E55" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="F55" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="G55" t="s">
-        <v>122</v>
+        <v>91</v>
       </c>
       <c r="H55" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I55" t="s">
         <v>20</v>
       </c>
       <c r="J55" t="s">
         <v>21</v>
       </c>
       <c r="K55" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C56" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="D56" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="E56" t="s">
         <v>17</v>
       </c>
       <c r="F56" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="G56" t="s">
-        <v>120</v>
+        <v>136</v>
       </c>
       <c r="H56" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I56" t="s">
         <v>20</v>
       </c>
       <c r="J56" t="s">
         <v>21</v>
       </c>
       <c r="K56" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57" t="s">
+        <v>137</v>
+      </c>
+      <c r="C57" t="s">
+        <v>15</v>
+      </c>
+      <c r="D57" t="s">
+        <v>75</v>
+      </c>
+      <c r="E57" t="s">
+        <v>76</v>
+      </c>
+      <c r="F57" t="s">
         <v>134</v>
       </c>
-      <c r="C57" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G57" t="s">
-        <v>89</v>
+        <v>122</v>
       </c>
       <c r="H57" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I57" t="s">
         <v>20</v>
       </c>
       <c r="J57" t="s">
         <v>21</v>
       </c>
       <c r="K57" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="C58" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="D58" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E58" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F58" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="G58" t="s">
-        <v>95</v>
+        <v>128</v>
       </c>
       <c r="H58" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I58" t="s">
         <v>20</v>
       </c>
       <c r="J58" t="s">
         <v>21</v>
       </c>
       <c r="K58" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="C59" t="s">
-        <v>15</v>
+        <v>93</v>
       </c>
       <c r="D59" t="s">
         <v>16</v>
       </c>
       <c r="E59" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F59" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="G59" t="s">
-        <v>137</v>
+        <v>122</v>
       </c>
       <c r="H59" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I59" t="s">
         <v>20</v>
       </c>
       <c r="J59" t="s">
         <v>21</v>
       </c>
       <c r="K59" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C60" t="s">
-        <v>91</v>
+        <v>16</v>
       </c>
       <c r="D60" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="E60" t="s">
-        <v>92</v>
+        <v>31</v>
       </c>
       <c r="F60" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="G60" t="s">
-        <v>116</v>
+        <v>99</v>
       </c>
       <c r="H60" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I60" t="s">
         <v>20</v>
       </c>
       <c r="J60" t="s">
         <v>21</v>
       </c>
       <c r="K60" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C61" t="s">
-        <v>67</v>
+        <v>93</v>
       </c>
       <c r="D61" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="E61" t="s">
-        <v>68</v>
+        <v>94</v>
       </c>
       <c r="F61" t="s">
-        <v>22</v>
+        <v>134</v>
       </c>
       <c r="G61" t="s">
-        <v>89</v>
+        <v>118</v>
       </c>
       <c r="H61" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I61" t="s">
         <v>20</v>
       </c>
       <c r="J61" t="s">
         <v>21</v>
       </c>
       <c r="K61" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C62" t="s">
-        <v>91</v>
+        <v>71</v>
       </c>
       <c r="D62" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="E62" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="F62" t="s">
         <v>22</v>
       </c>
       <c r="G62" t="s">
-        <v>103</v>
+        <v>91</v>
       </c>
       <c r="H62" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I62" t="s">
         <v>20</v>
       </c>
       <c r="J62" t="s">
         <v>21</v>
       </c>
       <c r="K62" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>38</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C63" t="s">
-        <v>31</v>
+        <v>93</v>
       </c>
       <c r="D63" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="E63" t="s">
-        <v>17</v>
+        <v>94</v>
       </c>
       <c r="F63" t="s">
         <v>22</v>
       </c>
       <c r="G63" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="H63" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I63" t="s">
         <v>20</v>
       </c>
       <c r="J63" t="s">
         <v>21</v>
       </c>
       <c r="K63" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="L63" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C64" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D64" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E64" t="s">
         <v>17</v>
       </c>
       <c r="F64" t="s">
-        <v>143</v>
+        <v>22</v>
       </c>
       <c r="G64" t="s">
-        <v>93</v>
+        <v>126</v>
       </c>
       <c r="H64" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I64" t="s">
         <v>20</v>
       </c>
       <c r="J64" t="s">
         <v>21</v>
       </c>
       <c r="K64" t="s">
-        <v>25</v>
+        <v>40</v>
+      </c>
+      <c r="L64" t="s">
+        <v>116</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C65" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="D65" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="E65" t="s">
         <v>17</v>
       </c>
       <c r="F65" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="G65" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="H65" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I65" t="s">
         <v>20</v>
       </c>
       <c r="J65" t="s">
         <v>21</v>
       </c>
       <c r="K65" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C66" t="s">
         <v>16</v>
       </c>
       <c r="D66" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="E66" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F66" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="G66" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="H66" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I66" t="s">
         <v>20</v>
       </c>
       <c r="J66" t="s">
         <v>21</v>
       </c>
       <c r="K66" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67" t="s">
+        <v>148</v>
+      </c>
+      <c r="C67" t="s">
+        <v>24</v>
+      </c>
+      <c r="D67" t="s">
+        <v>25</v>
+      </c>
+      <c r="E67" t="s">
+        <v>17</v>
+      </c>
+      <c r="F67" t="s">
         <v>146</v>
       </c>
-      <c r="C67" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G67" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="H67" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I67" t="s">
         <v>20</v>
       </c>
       <c r="J67" t="s">
         <v>21</v>
       </c>
       <c r="K67" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>40</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C68" t="s">
-        <v>67</v>
+        <v>93</v>
       </c>
       <c r="D68" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="E68" t="s">
-        <v>68</v>
+        <v>94</v>
       </c>
       <c r="F68" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="G68" t="s">
-        <v>37</v>
+        <v>105</v>
       </c>
       <c r="H68" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I68" t="s">
         <v>20</v>
       </c>
       <c r="J68" t="s">
         <v>21</v>
       </c>
       <c r="K68" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="L68" t="s">
-        <v>148</v>
+        <v>113</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C69" t="s">
-        <v>91</v>
+        <v>71</v>
       </c>
       <c r="D69" t="s">
-        <v>16</v>
+        <v>72</v>
       </c>
       <c r="E69" t="s">
-        <v>16</v>
+        <v>72</v>
       </c>
       <c r="F69" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="G69" t="s">
-        <v>116</v>
+        <v>37</v>
       </c>
       <c r="H69" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I69" t="s">
         <v>20</v>
       </c>
       <c r="J69" t="s">
         <v>21</v>
       </c>
       <c r="K69" t="s">
-        <v>18</v>
+        <v>45</v>
+      </c>
+      <c r="L69" t="s">
+        <v>151</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C70" t="s">
+        <v>93</v>
+      </c>
+      <c r="D70" t="s">
         <v>15</v>
       </c>
-      <c r="D70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E70" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="F70" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="G70" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="H70" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I70" t="s">
         <v>20</v>
       </c>
       <c r="J70" t="s">
         <v>21</v>
       </c>
       <c r="K70" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71" t="s">
+        <v>156</v>
+      </c>
+      <c r="C71" t="s">
+        <v>16</v>
+      </c>
+      <c r="D71" t="s">
+        <v>31</v>
+      </c>
+      <c r="E71" t="s">
+        <v>31</v>
+      </c>
+      <c r="F71" t="s">
         <v>153</v>
       </c>
-      <c r="C71" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G71" t="s">
-        <v>93</v>
+        <v>126</v>
       </c>
       <c r="H71" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I71" t="s">
         <v>20</v>
       </c>
       <c r="J71" t="s">
         <v>21</v>
       </c>
       <c r="K71" t="s">
-        <v>25</v>
+        <v>56</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C72" t="s">
-        <v>67</v>
+        <v>93</v>
       </c>
       <c r="D72" t="s">
-        <v>68</v>
+        <v>16</v>
       </c>
       <c r="E72" t="s">
-        <v>68</v>
+        <v>16</v>
       </c>
       <c r="F72" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="G72" t="s">
-        <v>64</v>
+        <v>118</v>
       </c>
       <c r="H72" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I72" t="s">
         <v>20</v>
       </c>
       <c r="J72" t="s">
         <v>21</v>
       </c>
       <c r="K72" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C73" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D73" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="E73" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F73" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="G73" t="s">
-        <v>118</v>
+        <v>95</v>
       </c>
       <c r="H73" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I73" t="s">
         <v>20</v>
       </c>
       <c r="J73" t="s">
         <v>21</v>
       </c>
       <c r="K73" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
     </row>
     <row r="74" spans="1:12">
       <c r="A74" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="C74" t="s">
-        <v>91</v>
+        <v>71</v>
       </c>
       <c r="D74" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="E74" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="F74" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="G74" t="s">
-        <v>157</v>
+        <v>65</v>
       </c>
       <c r="H74" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I74" t="s">
         <v>20</v>
       </c>
       <c r="J74" t="s">
         <v>21</v>
       </c>
       <c r="K74" t="s">
-        <v>158</v>
+        <v>38</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C75" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="D75" t="s">
-        <v>32</v>
+        <v>75</v>
       </c>
       <c r="E75" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="F75" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="G75" t="s">
-        <v>93</v>
+        <v>122</v>
       </c>
       <c r="H75" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I75" t="s">
         <v>20</v>
       </c>
       <c r="J75" t="s">
         <v>21</v>
       </c>
       <c r="K75" t="s">
-        <v>25</v>
+        <v>161</v>
       </c>
     </row>
     <row r="76" spans="1:12">
       <c r="A76" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C76" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D76" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E76" t="s">
         <v>17</v>
       </c>
       <c r="F76" t="s">
-        <v>161</v>
+        <v>153</v>
       </c>
       <c r="G76" t="s">
-        <v>162</v>
+        <v>95</v>
       </c>
       <c r="H76" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I76" t="s">
         <v>20</v>
       </c>
       <c r="J76" t="s">
         <v>21</v>
       </c>
       <c r="K76" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="77" spans="1:12">
       <c r="A77" t="s">
         <v>163</v>
       </c>
       <c r="C77" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="D77" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="E77" t="s">
         <v>17</v>
       </c>
       <c r="F77" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="G77" t="s">
-        <v>122</v>
+        <v>165</v>
       </c>
       <c r="H77" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I77" t="s">
         <v>20</v>
       </c>
       <c r="J77" t="s">
         <v>21</v>
       </c>
       <c r="K77" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78" t="s">
+        <v>166</v>
+      </c>
+      <c r="C78" t="s">
+        <v>15</v>
+      </c>
+      <c r="D78" t="s">
+        <v>75</v>
+      </c>
+      <c r="E78" t="s">
+        <v>76</v>
+      </c>
+      <c r="F78" t="s">
         <v>164</v>
       </c>
-      <c r="C78" t="s">
-[...8 lines deleted...]
-      <c r="F78" t="s">
+      <c r="G78" t="s">
+        <v>118</v>
+      </c>
+      <c r="H78" t="s">
+        <v>33</v>
+      </c>
+      <c r="I78" t="s">
+        <v>20</v>
+      </c>
+      <c r="J78" t="s">
+        <v>21</v>
+      </c>
+      <c r="K78" t="s">
         <v>161</v>
-      </c>
-[...13 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C79" t="s">
-        <v>16</v>
+        <v>93</v>
       </c>
       <c r="D79" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="E79" t="s">
-        <v>24</v>
+        <v>94</v>
       </c>
       <c r="F79" t="s">
+        <v>164</v>
+      </c>
+      <c r="G79" t="s">
+        <v>168</v>
+      </c>
+      <c r="H79" t="s">
+        <v>33</v>
+      </c>
+      <c r="I79" t="s">
+        <v>20</v>
+      </c>
+      <c r="J79" t="s">
+        <v>21</v>
+      </c>
+      <c r="K79" t="s">
         <v>161</v>
-      </c>
-[...13 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80" t="s">
         <v>169</v>
       </c>
       <c r="C80" t="s">
-        <v>91</v>
+        <v>71</v>
       </c>
       <c r="D80" t="s">
-        <v>16</v>
+        <v>72</v>
       </c>
       <c r="E80" t="s">
-        <v>16</v>
+        <v>72</v>
       </c>
       <c r="F80" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="G80" t="s">
-        <v>116</v>
+        <v>65</v>
       </c>
       <c r="H80" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I80" t="s">
         <v>20</v>
       </c>
       <c r="J80" t="s">
         <v>21</v>
       </c>
       <c r="K80" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
     </row>
     <row r="81" spans="1:12">
       <c r="A81" t="s">
         <v>170</v>
       </c>
       <c r="C81" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
       <c r="D81" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="E81" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F81" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="G81" t="s">
-        <v>116</v>
+        <v>84</v>
       </c>
       <c r="H81" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I81" t="s">
         <v>20</v>
       </c>
       <c r="J81" t="s">
         <v>21</v>
       </c>
       <c r="K81" t="s">
-        <v>152</v>
+        <v>171</v>
       </c>
     </row>
     <row r="82" spans="1:12">
       <c r="A82" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C82" t="s">
-        <v>67</v>
+        <v>93</v>
       </c>
       <c r="D82" t="s">
-        <v>68</v>
+        <v>16</v>
       </c>
       <c r="E82" t="s">
-        <v>68</v>
+        <v>16</v>
       </c>
       <c r="F82" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="G82" t="s">
-        <v>64</v>
+        <v>118</v>
       </c>
       <c r="H82" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I82" t="s">
         <v>20</v>
       </c>
       <c r="J82" t="s">
         <v>21</v>
       </c>
       <c r="K82" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:12">
       <c r="A83" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C83" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
       <c r="D83" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E83" t="s">
-        <v>92</v>
+        <v>17</v>
       </c>
       <c r="F83" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="G83" t="s">
-        <v>173</v>
+        <v>122</v>
       </c>
       <c r="H83" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I83" t="s">
         <v>20</v>
       </c>
       <c r="J83" t="s">
         <v>21</v>
       </c>
       <c r="K83" t="s">
-        <v>152</v>
+        <v>26</v>
       </c>
     </row>
     <row r="84" spans="1:12">
       <c r="A84" t="s">
         <v>174</v>
       </c>
       <c r="C84" t="s">
         <v>16</v>
       </c>
       <c r="D84" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="E84" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F84" t="s">
-        <v>27</v>
+        <v>164</v>
       </c>
       <c r="G84" t="s">
-        <v>103</v>
+        <v>175</v>
       </c>
       <c r="H84" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I84" t="s">
         <v>20</v>
       </c>
       <c r="J84" t="s">
         <v>21</v>
       </c>
       <c r="K84" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="85" spans="1:12">
       <c r="A85" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C85" t="s">
         <v>15</v>
       </c>
       <c r="D85" t="s">
         <v>16</v>
       </c>
       <c r="E85" t="s">
         <v>17</v>
       </c>
       <c r="F85" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="G85" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="H85" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I85" t="s">
         <v>20</v>
       </c>
       <c r="J85" t="s">
         <v>21</v>
       </c>
       <c r="K85" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:12">
       <c r="A86" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C86" t="s">
-        <v>91</v>
+        <v>71</v>
       </c>
       <c r="D86" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="E86" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="F86" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="G86" t="s">
-        <v>173</v>
+        <v>89</v>
       </c>
       <c r="H86" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I86" t="s">
         <v>20</v>
       </c>
       <c r="J86" t="s">
         <v>21</v>
       </c>
       <c r="K86" t="s">
-        <v>152</v>
+        <v>179</v>
       </c>
     </row>
     <row r="87" spans="1:12">
       <c r="A87" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C87" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="D87" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
       <c r="E87" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
       <c r="F87" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="G87" t="s">
-        <v>86</v>
+        <v>105</v>
       </c>
       <c r="H87" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I87" t="s">
         <v>20</v>
       </c>
       <c r="J87" t="s">
         <v>21</v>
       </c>
       <c r="K87" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="88" spans="1:12">
       <c r="A88" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C88" t="s">
-        <v>31</v>
+        <v>93</v>
       </c>
       <c r="D88" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="E88" t="s">
-        <v>17</v>
+        <v>94</v>
       </c>
       <c r="F88" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="G88" t="s">
-        <v>93</v>
+        <v>168</v>
       </c>
       <c r="H88" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I88" t="s">
         <v>20</v>
       </c>
       <c r="J88" t="s">
         <v>21</v>
       </c>
       <c r="K88" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>161</v>
       </c>
     </row>
     <row r="89" spans="1:12">
       <c r="A89" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C89" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
       <c r="D89" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E89" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F89" t="s">
-        <v>182</v>
+        <v>33</v>
       </c>
       <c r="G89" t="s">
+        <v>95</v>
+      </c>
+      <c r="H89" t="s">
+        <v>33</v>
+      </c>
+      <c r="I89" t="s">
+        <v>20</v>
+      </c>
+      <c r="J89" t="s">
+        <v>21</v>
+      </c>
+      <c r="K89" t="s">
+        <v>26</v>
+      </c>
+      <c r="L89" t="s">
         <v>116</v>
-      </c>
-[...10 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:12">
       <c r="A90" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C90" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D90" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E90" t="s">
-        <v>92</v>
+        <v>16</v>
       </c>
       <c r="F90" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="G90" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="H90" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I90" t="s">
         <v>20</v>
       </c>
       <c r="J90" t="s">
         <v>21</v>
       </c>
       <c r="K90" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>18</v>
       </c>
     </row>
     <row r="91" spans="1:12">
       <c r="A91" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C91" t="s">
+        <v>93</v>
+      </c>
+      <c r="D91" t="s">
         <v>15</v>
       </c>
-      <c r="D91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E91" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="F91" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="G91" t="s">
         <v>122</v>
       </c>
       <c r="H91" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I91" t="s">
         <v>20</v>
       </c>
       <c r="J91" t="s">
         <v>21</v>
       </c>
       <c r="K91" t="s">
-        <v>18</v>
+        <v>161</v>
       </c>
       <c r="L91" t="s">
-        <v>185</v>
+        <v>113</v>
       </c>
     </row>
     <row r="92" spans="1:12">
       <c r="A92" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C92" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="D92" t="s">
-        <v>32</v>
+        <v>75</v>
       </c>
       <c r="E92" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="F92" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="G92" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="H92" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I92" t="s">
         <v>20</v>
       </c>
       <c r="J92" t="s">
         <v>21</v>
       </c>
       <c r="K92" t="s">
         <v>18</v>
       </c>
+      <c r="L92" t="s">
+        <v>188</v>
+      </c>
     </row>
     <row r="93" spans="1:12">
       <c r="A93" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C93" t="s">
+        <v>93</v>
+      </c>
+      <c r="D93" t="s">
         <v>15</v>
       </c>
-      <c r="D93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E93" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="F93" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="G93" t="s">
-        <v>173</v>
+        <v>191</v>
       </c>
       <c r="H93" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I93" t="s">
         <v>20</v>
       </c>
       <c r="J93" t="s">
         <v>21</v>
       </c>
       <c r="K93" t="s">
-        <v>189</v>
+        <v>161</v>
       </c>
     </row>
     <row r="94" spans="1:12">
       <c r="A94" t="s">
+        <v>192</v>
+      </c>
+      <c r="C94" t="s">
+        <v>15</v>
+      </c>
+      <c r="D94" t="s">
+        <v>16</v>
+      </c>
+      <c r="E94" t="s">
+        <v>17</v>
+      </c>
+      <c r="F94" t="s">
         <v>190</v>
       </c>
-      <c r="C94" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G94" t="s">
-        <v>191</v>
+        <v>165</v>
       </c>
       <c r="H94" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I94" t="s">
         <v>20</v>
       </c>
       <c r="J94" t="s">
         <v>21</v>
       </c>
       <c r="K94" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="95" spans="1:12">
       <c r="A95" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C95" t="s">
         <v>15</v>
       </c>
       <c r="D95" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E95" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="F95" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="G95" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="H95" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I95" t="s">
         <v>20</v>
       </c>
       <c r="J95" t="s">
         <v>21</v>
       </c>
       <c r="K95" t="s">
-        <v>18</v>
+        <v>194</v>
       </c>
     </row>
     <row r="96" spans="1:12">
       <c r="A96" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C96" t="s">
-        <v>91</v>
+        <v>16</v>
       </c>
       <c r="D96" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="E96" t="s">
-        <v>92</v>
+        <v>31</v>
       </c>
       <c r="F96" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="G96" t="s">
-        <v>194</v>
+        <v>95</v>
       </c>
       <c r="H96" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I96" t="s">
         <v>20</v>
       </c>
       <c r="J96" t="s">
         <v>21</v>
       </c>
       <c r="K96" t="s">
-        <v>152</v>
+        <v>52</v>
       </c>
     </row>
     <row r="97" spans="1:12">
       <c r="A97" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C97" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="D97" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E97" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="F97" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="G97" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="H97" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I97" t="s">
         <v>20</v>
       </c>
       <c r="J97" t="s">
         <v>21</v>
       </c>
       <c r="K97" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="98" spans="1:12">
       <c r="A98" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C98" t="s">
-        <v>16</v>
+        <v>93</v>
       </c>
       <c r="D98" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="E98" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="F98" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="G98" t="s">
-        <v>93</v>
+        <v>198</v>
       </c>
       <c r="H98" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I98" t="s">
         <v>20</v>
       </c>
       <c r="J98" t="s">
         <v>21</v>
       </c>
       <c r="K98" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
     </row>
     <row r="99" spans="1:12">
       <c r="A99" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C99" t="s">
-        <v>67</v>
+        <v>24</v>
       </c>
       <c r="D99" t="s">
-        <v>68</v>
+        <v>25</v>
       </c>
       <c r="E99" t="s">
-        <v>68</v>
+        <v>17</v>
       </c>
       <c r="F99" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="G99" t="s">
-        <v>86</v>
+        <v>118</v>
       </c>
       <c r="H99" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I99" t="s">
         <v>20</v>
       </c>
       <c r="J99" t="s">
         <v>21</v>
       </c>
       <c r="K99" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>18</v>
       </c>
     </row>
     <row r="100" spans="1:12">
       <c r="A100" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C100" t="s">
-        <v>91</v>
+        <v>71</v>
       </c>
       <c r="D100" t="s">
-        <v>16</v>
+        <v>72</v>
       </c>
       <c r="E100" t="s">
-        <v>16</v>
+        <v>72</v>
       </c>
       <c r="F100" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="G100" t="s">
-        <v>116</v>
+        <v>89</v>
       </c>
       <c r="H100" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I100" t="s">
         <v>20</v>
       </c>
       <c r="J100" t="s">
         <v>21</v>
       </c>
       <c r="K100" t="s">
-        <v>18</v>
+        <v>171</v>
       </c>
       <c r="L100" t="s">
-        <v>200</v>
+        <v>151</v>
       </c>
     </row>
     <row r="101" spans="1:12">
       <c r="A101" t="s">
         <v>201</v>
       </c>
       <c r="C101" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D101" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E101" t="s">
-        <v>92</v>
+        <v>16</v>
       </c>
       <c r="F101" t="s">
         <v>202</v>
       </c>
       <c r="G101" t="s">
-        <v>194</v>
+        <v>118</v>
       </c>
       <c r="H101" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I101" t="s">
         <v>20</v>
       </c>
       <c r="J101" t="s">
         <v>21</v>
       </c>
       <c r="K101" t="s">
-        <v>152</v>
+        <v>18</v>
+      </c>
+      <c r="L101" t="s">
+        <v>203</v>
       </c>
     </row>
     <row r="102" spans="1:12">
       <c r="A102" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C102" t="s">
+        <v>93</v>
+      </c>
+      <c r="D102" t="s">
         <v>15</v>
       </c>
-      <c r="D102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E102" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="F102" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="G102" t="s">
-        <v>122</v>
+        <v>191</v>
       </c>
       <c r="H102" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I102" t="s">
         <v>20</v>
       </c>
       <c r="J102" t="s">
         <v>21</v>
       </c>
       <c r="K102" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>161</v>
       </c>
     </row>
     <row r="103" spans="1:12">
       <c r="A103" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C103" t="s">
         <v>15</v>
       </c>
       <c r="D103" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E103" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="F103" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="G103" t="s">
-        <v>162</v>
+        <v>122</v>
       </c>
       <c r="H103" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I103" t="s">
         <v>20</v>
       </c>
       <c r="J103" t="s">
         <v>21</v>
       </c>
       <c r="K103" t="s">
-        <v>18</v>
+        <v>161</v>
       </c>
       <c r="L103" t="s">
-        <v>205</v>
+        <v>188</v>
       </c>
     </row>
     <row r="104" spans="1:12">
       <c r="A104" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C104" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="D104" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="E104" t="s">
         <v>17</v>
       </c>
       <c r="F104" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="G104" t="s">
-        <v>122</v>
+        <v>165</v>
       </c>
       <c r="H104" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I104" t="s">
         <v>20</v>
       </c>
       <c r="J104" t="s">
         <v>21</v>
       </c>
       <c r="K104" t="s">
         <v>18</v>
       </c>
       <c r="L104" t="s">
-        <v>113</v>
+        <v>208</v>
       </c>
     </row>
     <row r="105" spans="1:12">
       <c r="A105" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C105" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="D105" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E105" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F105" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="G105" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="H105" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I105" t="s">
         <v>20</v>
       </c>
       <c r="J105" t="s">
         <v>21</v>
       </c>
       <c r="K105" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="L105" t="s">
-        <v>208</v>
+        <v>116</v>
       </c>
     </row>
     <row r="106" spans="1:12">
       <c r="A106" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C106" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D106" t="s">
-        <v>75</v>
+        <v>31</v>
       </c>
       <c r="E106" t="s">
-        <v>76</v>
+        <v>31</v>
       </c>
       <c r="F106" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="G106" t="s">
-        <v>173</v>
+        <v>126</v>
       </c>
       <c r="H106" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I106" t="s">
         <v>20</v>
       </c>
       <c r="J106" t="s">
         <v>21</v>
       </c>
       <c r="K106" t="s">
-        <v>189</v>
+        <v>63</v>
+      </c>
+      <c r="L106" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="107" spans="1:12">
       <c r="A107" t="s">
         <v>211</v>
       </c>
       <c r="C107" t="s">
-        <v>67</v>
+        <v>24</v>
       </c>
       <c r="D107" t="s">
-        <v>68</v>
+        <v>25</v>
       </c>
       <c r="E107" t="s">
-        <v>68</v>
+        <v>17</v>
       </c>
       <c r="F107" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="G107" t="s">
-        <v>120</v>
+        <v>198</v>
       </c>
       <c r="H107" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I107" t="s">
         <v>20</v>
       </c>
       <c r="J107" t="s">
         <v>21</v>
       </c>
       <c r="K107" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
     </row>
     <row r="108" spans="1:12">
       <c r="A108" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C108" t="s">
         <v>15</v>
       </c>
       <c r="D108" t="s">
         <v>16</v>
       </c>
       <c r="E108" t="s">
         <v>17</v>
       </c>
       <c r="F108" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="G108" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="H108" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I108" t="s">
         <v>20</v>
       </c>
       <c r="J108" t="s">
         <v>21</v>
       </c>
       <c r="K108" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="109" spans="1:12">
       <c r="A109" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C109" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="D109" t="s">
-        <v>32</v>
+        <v>75</v>
       </c>
       <c r="E109" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="F109" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="G109" t="s">
-        <v>191</v>
+        <v>168</v>
       </c>
       <c r="H109" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I109" t="s">
         <v>20</v>
       </c>
       <c r="J109" t="s">
         <v>21</v>
       </c>
       <c r="K109" t="s">
-        <v>18</v>
+        <v>194</v>
       </c>
     </row>
     <row r="110" spans="1:12">
       <c r="A110" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C110" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="D110" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="E110" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="F110" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="G110" t="s">
-        <v>93</v>
+        <v>128</v>
       </c>
       <c r="H110" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I110" t="s">
         <v>20</v>
       </c>
       <c r="J110" t="s">
         <v>21</v>
       </c>
       <c r="K110" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
     </row>
     <row r="111" spans="1:12">
       <c r="A111" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C111" t="s">
-        <v>91</v>
+        <v>16</v>
       </c>
       <c r="D111" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="E111" t="s">
-        <v>92</v>
+        <v>31</v>
       </c>
       <c r="F111" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="G111" t="s">
-        <v>116</v>
+        <v>95</v>
       </c>
       <c r="H111" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I111" t="s">
         <v>20</v>
       </c>
       <c r="J111" t="s">
         <v>21</v>
       </c>
       <c r="K111" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>52</v>
       </c>
     </row>
     <row r="112" spans="1:12">
       <c r="A112" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C112" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D112" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E112" t="s">
-        <v>16</v>
+        <v>94</v>
       </c>
       <c r="F112" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="G112" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="H112" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I112" t="s">
         <v>20</v>
       </c>
       <c r="J112" t="s">
         <v>21</v>
       </c>
       <c r="K112" t="s">
-        <v>18</v>
+        <v>161</v>
       </c>
       <c r="L112" t="s">
-        <v>200</v>
+        <v>113</v>
       </c>
     </row>
     <row r="113" spans="1:12">
       <c r="A113" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C113" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D113" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E113" t="s">
-        <v>92</v>
+        <v>16</v>
       </c>
       <c r="F113" t="s">
-        <v>20</v>
+        <v>212</v>
       </c>
       <c r="G113" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="H113" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I113" t="s">
         <v>20</v>
       </c>
       <c r="J113" t="s">
         <v>21</v>
       </c>
       <c r="K113" t="s">
-        <v>152</v>
+        <v>18</v>
       </c>
       <c r="L113" t="s">
-        <v>110</v>
+        <v>203</v>
       </c>
     </row>
     <row r="114" spans="1:12">
       <c r="A114" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C114" t="s">
+        <v>93</v>
+      </c>
+      <c r="D114" t="s">
         <v>15</v>
       </c>
-      <c r="D114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E114" t="s">
-        <v>17</v>
+        <v>94</v>
       </c>
       <c r="F114" t="s">
         <v>20</v>
       </c>
       <c r="G114" t="s">
-        <v>162</v>
+        <v>118</v>
       </c>
       <c r="H114" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I114" t="s">
         <v>20</v>
       </c>
       <c r="J114" t="s">
         <v>21</v>
       </c>
       <c r="K114" t="s">
-        <v>18</v>
+        <v>161</v>
       </c>
       <c r="L114" t="s">
-        <v>205</v>
+        <v>113</v>
       </c>
     </row>
     <row r="115" spans="1:12">
       <c r="A115" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C115" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D115" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="E115" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F115" t="s">
         <v>20</v>
       </c>
       <c r="G115" t="s">
-        <v>103</v>
+        <v>165</v>
       </c>
       <c r="H115" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I115" t="s">
         <v>20</v>
       </c>
       <c r="J115" t="s">
         <v>21</v>
       </c>
       <c r="K115" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="L115" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="116" spans="1:12">
       <c r="A116" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C116" t="s">
-        <v>91</v>
+        <v>16</v>
       </c>
       <c r="D116" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="E116" t="s">
-        <v>92</v>
+        <v>31</v>
       </c>
       <c r="F116" t="s">
-        <v>221</v>
+        <v>20</v>
       </c>
       <c r="G116" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="H116" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I116" t="s">
         <v>20</v>
       </c>
       <c r="J116" t="s">
         <v>21</v>
       </c>
       <c r="K116" t="s">
-        <v>152</v>
+        <v>63</v>
       </c>
       <c r="L116" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="117" spans="1:12">
       <c r="A117" t="s">
         <v>222</v>
       </c>
       <c r="C117" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D117" t="s">
         <v>15</v>
       </c>
       <c r="E117" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F117" t="s">
         <v>223</v>
       </c>
       <c r="G117" t="s">
-        <v>194</v>
+        <v>118</v>
       </c>
       <c r="H117" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I117" t="s">
         <v>20</v>
       </c>
       <c r="J117" t="s">
         <v>21</v>
       </c>
       <c r="K117" t="s">
-        <v>189</v>
+        <v>161</v>
+      </c>
+      <c r="L117" t="s">
+        <v>113</v>
       </c>
     </row>
     <row r="118" spans="1:12">
       <c r="A118" t="s">
         <v>224</v>
       </c>
       <c r="C118" t="s">
-        <v>31</v>
+        <v>93</v>
       </c>
       <c r="D118" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="E118" t="s">
-        <v>17</v>
+        <v>94</v>
       </c>
       <c r="F118" t="s">
         <v>225</v>
       </c>
       <c r="G118" t="s">
-        <v>116</v>
+        <v>191</v>
       </c>
       <c r="H118" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I118" t="s">
         <v>20</v>
       </c>
       <c r="J118" t="s">
         <v>21</v>
       </c>
       <c r="K118" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>194</v>
       </c>
     </row>
     <row r="119" spans="1:12">
       <c r="A119" t="s">
         <v>226</v>
       </c>
       <c r="C119" t="s">
-        <v>67</v>
+        <v>24</v>
       </c>
       <c r="D119" t="s">
-        <v>68</v>
+        <v>25</v>
       </c>
       <c r="E119" t="s">
-        <v>68</v>
+        <v>17</v>
       </c>
       <c r="F119" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="G119" t="s">
         <v>118</v>
       </c>
       <c r="H119" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I119" t="s">
         <v>20</v>
       </c>
       <c r="J119" t="s">
         <v>21</v>
       </c>
       <c r="K119" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="L119" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
     </row>
     <row r="120" spans="1:12">
       <c r="A120" t="s">
+        <v>228</v>
+      </c>
+      <c r="C120" t="s">
+        <v>71</v>
+      </c>
+      <c r="D120" t="s">
+        <v>72</v>
+      </c>
+      <c r="E120" t="s">
+        <v>72</v>
+      </c>
+      <c r="F120" t="s">
         <v>227</v>
       </c>
-      <c r="C120" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G120" t="s">
-        <v>194</v>
+        <v>126</v>
       </c>
       <c r="H120" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I120" t="s">
         <v>20</v>
       </c>
       <c r="J120" t="s">
         <v>21</v>
       </c>
       <c r="K120" t="s">
-        <v>229</v>
+        <v>28</v>
+      </c>
+      <c r="L120" t="s">
+        <v>151</v>
       </c>
     </row>
     <row r="121" spans="1:12">
       <c r="A121" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="C121" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="D121" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="E121" t="s">
         <v>17</v>
       </c>
       <c r="F121" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="G121" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="H121" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I121" t="s">
         <v>20</v>
       </c>
       <c r="J121" t="s">
         <v>21</v>
       </c>
       <c r="K121" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="122" spans="1:12">
       <c r="A122" t="s">
         <v>231</v>
       </c>
       <c r="C122" t="s">
         <v>16</v>
       </c>
       <c r="D122" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="E122" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F122" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="G122" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="H122" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I122" t="s">
         <v>20</v>
       </c>
       <c r="J122" t="s">
         <v>21</v>
       </c>
       <c r="K122" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="123" spans="1:12">
       <c r="A123" t="s">
         <v>232</v>
       </c>
       <c r="C123" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="D123" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="E123" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="F123" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="G123" t="s">
         <v>122</v>
       </c>
       <c r="H123" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I123" t="s">
         <v>20</v>
       </c>
       <c r="J123" t="s">
         <v>21</v>
       </c>
       <c r="K123" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="124" spans="1:12">
       <c r="A124" t="s">
         <v>233</v>
       </c>
       <c r="C124" t="s">
         <v>15</v>
       </c>
       <c r="D124" t="s">
-        <v>75</v>
+        <v>16</v>
       </c>
       <c r="E124" t="s">
-        <v>76</v>
+        <v>17</v>
       </c>
       <c r="F124" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="G124" t="s">
-        <v>173</v>
+        <v>154</v>
       </c>
       <c r="H124" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I124" t="s">
         <v>20</v>
       </c>
       <c r="J124" t="s">
         <v>21</v>
       </c>
       <c r="K124" t="s">
-        <v>189</v>
+        <v>18</v>
       </c>
     </row>
     <row r="125" spans="1:12">
       <c r="A125" t="s">
         <v>234</v>
       </c>
       <c r="C125" t="s">
         <v>15</v>
       </c>
       <c r="D125" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E125" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="F125" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="G125" t="s">
-        <v>157</v>
+        <v>168</v>
       </c>
       <c r="H125" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I125" t="s">
         <v>20</v>
       </c>
       <c r="J125" t="s">
         <v>21</v>
       </c>
       <c r="K125" t="s">
-        <v>18</v>
+        <v>194</v>
       </c>
     </row>
     <row r="126" spans="1:12">
       <c r="A126" t="s">
         <v>235</v>
       </c>
       <c r="C126" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D126" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E126" t="s">
-        <v>92</v>
+        <v>16</v>
       </c>
       <c r="F126" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="G126" t="s">
-        <v>116</v>
+        <v>191</v>
       </c>
       <c r="H126" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I126" t="s">
         <v>20</v>
       </c>
       <c r="J126" t="s">
         <v>21</v>
       </c>
       <c r="K126" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>236</v>
       </c>
     </row>
     <row r="127" spans="1:12">
       <c r="A127" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C127" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D127" t="s">
         <v>15</v>
       </c>
       <c r="E127" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F127" t="s">
-        <v>237</v>
+        <v>230</v>
       </c>
       <c r="G127" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="H127" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I127" t="s">
         <v>20</v>
       </c>
       <c r="J127" t="s">
         <v>21</v>
       </c>
       <c r="K127" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="L127" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
     </row>
     <row r="128" spans="1:12">
       <c r="A128" t="s">
         <v>238</v>
       </c>
       <c r="C128" t="s">
+        <v>93</v>
+      </c>
+      <c r="D128" t="s">
         <v>15</v>
       </c>
-      <c r="D128" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E128" t="s">
-        <v>17</v>
+        <v>94</v>
       </c>
       <c r="F128" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="G128" t="s">
-        <v>162</v>
+        <v>118</v>
       </c>
       <c r="H128" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I128" t="s">
         <v>20</v>
       </c>
       <c r="J128" t="s">
         <v>21</v>
       </c>
       <c r="K128" t="s">
-        <v>18</v>
+        <v>194</v>
       </c>
       <c r="L128" t="s">
-        <v>205</v>
+        <v>113</v>
       </c>
     </row>
     <row r="129" spans="1:12">
       <c r="A129" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C129" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="D129" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="E129" t="s">
         <v>17</v>
       </c>
       <c r="F129" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="G129" t="s">
-        <v>191</v>
+        <v>165</v>
       </c>
       <c r="H129" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I129" t="s">
         <v>20</v>
       </c>
       <c r="J129" t="s">
         <v>21</v>
       </c>
       <c r="K129" t="s">
         <v>18</v>
       </c>
       <c r="L129" t="s">
-        <v>113</v>
+        <v>208</v>
       </c>
     </row>
     <row r="130" spans="1:12">
       <c r="A130" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C130" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="D130" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E130" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F130" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="G130" t="s">
-        <v>122</v>
+        <v>198</v>
       </c>
       <c r="H130" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I130" t="s">
         <v>20</v>
       </c>
       <c r="J130" t="s">
         <v>21</v>
       </c>
       <c r="K130" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="L130" t="s">
-        <v>208</v>
+        <v>116</v>
       </c>
     </row>
     <row r="131" spans="1:12">
       <c r="A131" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C131" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D131" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="E131" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="F131" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="G131" t="s">
-        <v>162</v>
+        <v>122</v>
       </c>
       <c r="H131" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I131" t="s">
         <v>20</v>
       </c>
       <c r="J131" t="s">
         <v>21</v>
       </c>
       <c r="K131" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="L131" t="s">
-        <v>205</v>
+        <v>111</v>
       </c>
     </row>
     <row r="132" spans="1:12">
       <c r="A132" t="s">
         <v>243</v>
       </c>
       <c r="C132" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D132" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="E132" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F132" t="s">
         <v>244</v>
       </c>
       <c r="G132" t="s">
-        <v>173</v>
+        <v>165</v>
       </c>
       <c r="H132" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I132" t="s">
         <v>20</v>
       </c>
       <c r="J132" t="s">
         <v>21</v>
       </c>
       <c r="K132" t="s">
         <v>18</v>
+      </c>
+      <c r="L132" t="s">
+        <v>208</v>
       </c>
     </row>
     <row r="133" spans="1:12">
       <c r="A133" t="s">
         <v>245</v>
       </c>
       <c r="C133" t="s">
-        <v>91</v>
+        <v>15</v>
       </c>
       <c r="D133" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E133" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="F133" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="G133" t="s">
+        <v>168</v>
+      </c>
+      <c r="H133" t="s">
+        <v>33</v>
+      </c>
+      <c r="I133" t="s">
+        <v>20</v>
+      </c>
+      <c r="J133" t="s">
+        <v>21</v>
+      </c>
+      <c r="K133" t="s">
         <v>194</v>
-      </c>
-[...10 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="134" spans="1:12">
       <c r="A134" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C134" t="s">
         <v>15</v>
       </c>
       <c r="D134" t="s">
-        <v>75</v>
+        <v>16</v>
       </c>
       <c r="E134" t="s">
-        <v>76</v>
+        <v>17</v>
       </c>
       <c r="F134" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="G134" t="s">
-        <v>173</v>
+        <v>154</v>
       </c>
       <c r="H134" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I134" t="s">
         <v>20</v>
       </c>
       <c r="J134" t="s">
         <v>21</v>
       </c>
       <c r="K134" t="s">
-        <v>189</v>
+        <v>18</v>
       </c>
     </row>
     <row r="135" spans="1:12">
       <c r="A135" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C135" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="D135" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="E135" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="F135" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="G135" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="H135" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I135" t="s">
         <v>20</v>
       </c>
       <c r="J135" t="s">
         <v>21</v>
       </c>
       <c r="K135" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="136" spans="1:12">
       <c r="A136" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C136" t="s">
-        <v>15</v>
+        <v>93</v>
       </c>
       <c r="D136" t="s">
         <v>16</v>
       </c>
       <c r="E136" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F136" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="G136" t="s">
-        <v>157</v>
+        <v>191</v>
       </c>
       <c r="H136" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I136" t="s">
         <v>20</v>
       </c>
       <c r="J136" t="s">
         <v>21</v>
       </c>
       <c r="K136" t="s">
-        <v>18</v>
+        <v>236</v>
       </c>
     </row>
     <row r="137" spans="1:12">
       <c r="A137" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C137" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="D137" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
       <c r="E137" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
       <c r="F137" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="G137" t="s">
-        <v>116</v>
+        <v>168</v>
       </c>
       <c r="H137" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I137" t="s">
         <v>20</v>
       </c>
       <c r="J137" t="s">
-        <v>251</v>
+        <v>21</v>
       </c>
       <c r="K137" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="138" spans="1:12">
       <c r="A138" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="C138" t="s">
         <v>15</v>
       </c>
       <c r="D138" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E138" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="F138" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="G138" t="s">
-        <v>157</v>
+        <v>168</v>
       </c>
       <c r="H138" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I138" t="s">
         <v>20</v>
       </c>
       <c r="J138" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="K138" t="s">
-        <v>18</v>
+        <v>194</v>
       </c>
     </row>
     <row r="139" spans="1:12">
       <c r="A139" t="s">
+        <v>254</v>
+      </c>
+      <c r="C139" t="s">
+        <v>16</v>
+      </c>
+      <c r="D139" t="s">
+        <v>31</v>
+      </c>
+      <c r="E139" t="s">
+        <v>31</v>
+      </c>
+      <c r="F139" t="s">
+        <v>252</v>
+      </c>
+      <c r="G139" t="s">
+        <v>168</v>
+      </c>
+      <c r="H139" t="s">
+        <v>33</v>
+      </c>
+      <c r="I139" t="s">
+        <v>20</v>
+      </c>
+      <c r="J139" t="s">
         <v>253</v>
-      </c>
-[...22 lines deleted...]
-        <v>251</v>
       </c>
       <c r="K139" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="140" spans="1:12">
       <c r="A140" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C140" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="D140" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="E140" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="F140" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="G140" t="s">
-        <v>173</v>
+        <v>118</v>
       </c>
       <c r="H140" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I140" t="s">
         <v>20</v>
       </c>
       <c r="J140" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="K140" t="s">
-        <v>189</v>
+        <v>47</v>
       </c>
     </row>
     <row r="141" spans="1:12">
       <c r="A141" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C141" t="s">
-        <v>91</v>
+        <v>15</v>
       </c>
       <c r="D141" t="s">
         <v>16</v>
       </c>
       <c r="E141" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F141" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="G141" t="s">
-        <v>256</v>
+        <v>154</v>
       </c>
       <c r="H141" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I141" t="s">
         <v>20</v>
       </c>
       <c r="J141" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="K141" t="s">
-        <v>229</v>
+        <v>18</v>
       </c>
     </row>
     <row r="142" spans="1:12">
       <c r="A142" t="s">
         <v>257</v>
       </c>
       <c r="C142" t="s">
-        <v>31</v>
+        <v>93</v>
       </c>
       <c r="D142" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="E142" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F142" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="G142" t="s">
-        <v>173</v>
+        <v>258</v>
       </c>
       <c r="H142" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I142" t="s">
         <v>20</v>
       </c>
       <c r="J142" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="K142" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>236</v>
       </c>
     </row>
     <row r="143" spans="1:12">
       <c r="A143" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C143" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D143" t="s">
-        <v>75</v>
+        <v>25</v>
       </c>
       <c r="E143" t="s">
-        <v>76</v>
+        <v>17</v>
       </c>
       <c r="F143" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="G143" t="s">
-        <v>191</v>
+        <v>168</v>
       </c>
       <c r="H143" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I143" t="s">
         <v>20</v>
       </c>
       <c r="J143" t="s">
-        <v>260</v>
+        <v>253</v>
       </c>
       <c r="K143" t="s">
-        <v>189</v>
+        <v>18</v>
       </c>
       <c r="L143" t="s">
-        <v>185</v>
+        <v>116</v>
       </c>
     </row>
     <row r="144" spans="1:12">
       <c r="A144" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="C144" t="s">
         <v>15</v>
       </c>
       <c r="D144" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E144" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="F144" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="G144" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="H144" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I144" t="s">
         <v>20</v>
       </c>
       <c r="J144" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="K144" t="s">
-        <v>18</v>
+        <v>194</v>
       </c>
       <c r="L144" t="s">
-        <v>205</v>
+        <v>188</v>
       </c>
     </row>
     <row r="145" spans="1:12">
       <c r="A145" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C145" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="D145" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="E145" t="s">
         <v>17</v>
       </c>
       <c r="F145" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="G145" t="s">
-        <v>173</v>
+        <v>198</v>
       </c>
       <c r="H145" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I145" t="s">
         <v>20</v>
       </c>
       <c r="J145" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="K145" t="s">
         <v>18</v>
       </c>
       <c r="L145" t="s">
-        <v>113</v>
+        <v>208</v>
       </c>
     </row>
     <row r="146" spans="1:12">
       <c r="A146" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C146" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="D146" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E146" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F146" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="G146" t="s">
-        <v>122</v>
+        <v>168</v>
       </c>
       <c r="H146" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I146" t="s">
         <v>20</v>
       </c>
       <c r="J146" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="K146" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="L146" t="s">
-        <v>208</v>
+        <v>116</v>
       </c>
     </row>
     <row r="147" spans="1:12">
       <c r="A147" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C147" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="D147" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
       <c r="E147" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
       <c r="F147" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="G147" t="s">
-        <v>157</v>
+        <v>122</v>
       </c>
       <c r="H147" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I147" t="s">
         <v>20</v>
       </c>
       <c r="J147" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="K147" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="L147" t="s">
-        <v>148</v>
+        <v>111</v>
       </c>
     </row>
     <row r="148" spans="1:12">
       <c r="A148" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C148" t="s">
-        <v>31</v>
+        <v>71</v>
       </c>
       <c r="D148" t="s">
-        <v>32</v>
+        <v>72</v>
       </c>
       <c r="E148" t="s">
-        <v>17</v>
+        <v>72</v>
       </c>
       <c r="F148" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="G148" t="s">
-        <v>194</v>
+        <v>154</v>
       </c>
       <c r="H148" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I148" t="s">
         <v>20</v>
       </c>
       <c r="J148" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="K148" t="s">
-        <v>18</v>
+        <v>58</v>
+      </c>
+      <c r="L148" t="s">
+        <v>151</v>
       </c>
     </row>
     <row r="149" spans="1:12">
       <c r="A149" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="C149" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D149" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E149" t="s">
         <v>17</v>
       </c>
       <c r="F149" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="G149" t="s">
-        <v>157</v>
+        <v>191</v>
       </c>
       <c r="H149" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I149" t="s">
         <v>20</v>
       </c>
       <c r="J149" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="K149" t="s">
-        <v>152</v>
+        <v>18</v>
       </c>
     </row>
     <row r="150" spans="1:12">
       <c r="A150" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C150" t="s">
         <v>15</v>
       </c>
       <c r="D150" t="s">
-        <v>75</v>
+        <v>16</v>
       </c>
       <c r="E150" t="s">
-        <v>76</v>
+        <v>17</v>
       </c>
       <c r="F150" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="G150" t="s">
-        <v>191</v>
+        <v>154</v>
       </c>
       <c r="H150" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I150" t="s">
         <v>20</v>
       </c>
       <c r="J150" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="K150" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>161</v>
       </c>
     </row>
     <row r="151" spans="1:12">
       <c r="A151" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C151" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D151" t="s">
-        <v>24</v>
+        <v>75</v>
       </c>
       <c r="E151" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
       <c r="F151" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="G151" t="s">
-        <v>122</v>
+        <v>198</v>
       </c>
       <c r="H151" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I151" t="s">
         <v>20</v>
       </c>
       <c r="J151" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="K151" t="s">
-        <v>63</v>
+        <v>194</v>
       </c>
       <c r="L151" t="s">
-        <v>208</v>
+        <v>188</v>
       </c>
     </row>
     <row r="152" spans="1:12">
       <c r="A152" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C152" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="D152" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
       <c r="E152" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
       <c r="F152" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="G152" t="s">
-        <v>157</v>
+        <v>122</v>
       </c>
       <c r="H152" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I152" t="s">
         <v>20</v>
       </c>
       <c r="J152" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="K152" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="L152" t="s">
-        <v>148</v>
+        <v>111</v>
       </c>
     </row>
     <row r="153" spans="1:12">
       <c r="A153" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C153" t="s">
         <v>71</v>
       </c>
       <c r="D153" t="s">
         <v>72</v>
       </c>
       <c r="E153" t="s">
         <v>72</v>
       </c>
       <c r="F153" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="G153" t="s">
-        <v>191</v>
+        <v>154</v>
       </c>
       <c r="H153" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I153" t="s">
         <v>20</v>
       </c>
       <c r="J153" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="K153" t="s">
-        <v>63</v>
+        <v>58</v>
+      </c>
+      <c r="L153" t="s">
+        <v>151</v>
       </c>
     </row>
     <row r="154" spans="1:12">
       <c r="A154" t="s">
+        <v>274</v>
+      </c>
+      <c r="C154" t="s">
+        <v>67</v>
+      </c>
+      <c r="D154" t="s">
+        <v>68</v>
+      </c>
+      <c r="E154" t="s">
+        <v>68</v>
+      </c>
+      <c r="F154" t="s">
         <v>275</v>
       </c>
-      <c r="C154" t="s">
-[...8 lines deleted...]
-      <c r="F154" t="s">
+      <c r="G154" t="s">
+        <v>198</v>
+      </c>
+      <c r="H154" t="s">
+        <v>33</v>
+      </c>
+      <c r="I154" t="s">
+        <v>20</v>
+      </c>
+      <c r="J154" t="s">
         <v>276</v>
       </c>
-      <c r="G154" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K154" t="s">
-        <v>152</v>
+        <v>63</v>
       </c>
     </row>
     <row r="155" spans="1:12">
       <c r="A155" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="C155" t="s">
         <v>15</v>
       </c>
       <c r="D155" t="s">
-        <v>75</v>
+        <v>16</v>
       </c>
       <c r="E155" t="s">
-        <v>76</v>
+        <v>17</v>
       </c>
       <c r="F155" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="G155" t="s">
-        <v>191</v>
+        <v>154</v>
       </c>
       <c r="H155" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I155" t="s">
         <v>20</v>
       </c>
       <c r="J155" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="K155" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>161</v>
       </c>
     </row>
     <row r="156" spans="1:12">
       <c r="A156" t="s">
+        <v>280</v>
+      </c>
+      <c r="C156" t="s">
+        <v>15</v>
+      </c>
+      <c r="D156" t="s">
+        <v>75</v>
+      </c>
+      <c r="E156" t="s">
+        <v>76</v>
+      </c>
+      <c r="F156" t="s">
+        <v>278</v>
+      </c>
+      <c r="G156" t="s">
+        <v>198</v>
+      </c>
+      <c r="H156" t="s">
+        <v>33</v>
+      </c>
+      <c r="I156" t="s">
+        <v>20</v>
+      </c>
+      <c r="J156" t="s">
         <v>279</v>
       </c>
-      <c r="C156" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="K156" t="s">
-        <v>18</v>
+        <v>194</v>
       </c>
       <c r="L156" t="s">
-        <v>113</v>
+        <v>188</v>
       </c>
     </row>
     <row r="157" spans="1:12">
       <c r="A157" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C157" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="D157" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E157" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F157" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="G157" t="s">
-        <v>122</v>
+        <v>168</v>
       </c>
       <c r="H157" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I157" t="s">
         <v>20</v>
       </c>
       <c r="J157" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="K157" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="L157" t="s">
-        <v>208</v>
+        <v>116</v>
       </c>
     </row>
     <row r="158" spans="1:12">
       <c r="A158" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C158" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="D158" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
       <c r="E158" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
       <c r="F158" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="G158" t="s">
-        <v>157</v>
+        <v>122</v>
       </c>
       <c r="H158" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I158" t="s">
         <v>20</v>
       </c>
       <c r="J158" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="K158" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="L158" t="s">
-        <v>148</v>
+        <v>111</v>
       </c>
     </row>
     <row r="159" spans="1:12">
       <c r="A159" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C159" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="D159" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="E159" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="F159" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="G159" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="H159" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I159" t="s">
         <v>20</v>
       </c>
       <c r="J159" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="K159" t="s">
-        <v>47</v>
+        <v>58</v>
+      </c>
+      <c r="L159" t="s">
+        <v>151</v>
       </c>
     </row>
     <row r="160" spans="1:12">
       <c r="A160" t="s">
+        <v>284</v>
+      </c>
+      <c r="C160" t="s">
+        <v>71</v>
+      </c>
+      <c r="D160" t="s">
+        <v>72</v>
+      </c>
+      <c r="E160" t="s">
+        <v>72</v>
+      </c>
+      <c r="F160" t="s">
         <v>285</v>
       </c>
-      <c r="C160" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G160" t="s">
-        <v>191</v>
+        <v>154</v>
       </c>
       <c r="H160" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I160" t="s">
         <v>20</v>
       </c>
       <c r="J160" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="K160" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>47</v>
       </c>
     </row>
     <row r="161" spans="1:12">
       <c r="A161" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C161" t="s">
         <v>15</v>
       </c>
       <c r="D161" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E161" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="F161" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="G161" t="s">
-        <v>157</v>
+        <v>198</v>
       </c>
       <c r="H161" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I161" t="s">
         <v>20</v>
       </c>
       <c r="J161" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="K161" t="s">
-        <v>152</v>
+        <v>194</v>
       </c>
       <c r="L161" t="s">
-        <v>205</v>
+        <v>188</v>
       </c>
     </row>
     <row r="162" spans="1:12">
       <c r="A162" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C162" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="D162" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="E162" t="s">
         <v>17</v>
       </c>
       <c r="F162" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="G162" t="s">
-        <v>173</v>
+        <v>154</v>
       </c>
       <c r="H162" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I162" t="s">
         <v>20</v>
       </c>
       <c r="J162" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="K162" t="s">
-        <v>18</v>
+        <v>161</v>
       </c>
       <c r="L162" t="s">
-        <v>113</v>
+        <v>208</v>
       </c>
     </row>
     <row r="163" spans="1:12">
       <c r="A163" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C163" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="D163" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E163" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F163" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="G163" t="s">
-        <v>122</v>
+        <v>168</v>
       </c>
       <c r="H163" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I163" t="s">
         <v>20</v>
       </c>
       <c r="J163" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="K163" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="L163" t="s">
-        <v>208</v>
+        <v>116</v>
       </c>
     </row>
     <row r="164" spans="1:12">
       <c r="A164" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C164" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D164" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="E164" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="F164" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="G164" t="s">
-        <v>157</v>
+        <v>122</v>
       </c>
       <c r="H164" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I164" t="s">
         <v>20</v>
       </c>
       <c r="J164" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="K164" t="s">
-        <v>152</v>
+        <v>63</v>
+      </c>
+      <c r="L164" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="165" spans="1:12">
       <c r="A165" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="C165" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="D165" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="E165" t="s">
         <v>17</v>
       </c>
       <c r="F165" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="G165" t="s">
-        <v>194</v>
+        <v>154</v>
       </c>
       <c r="H165" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I165" t="s">
         <v>20</v>
       </c>
       <c r="J165" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="K165" t="s">
-        <v>18</v>
+        <v>161</v>
       </c>
     </row>
     <row r="166" spans="1:12">
       <c r="A166" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C166" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D166" t="s">
-        <v>75</v>
+        <v>25</v>
       </c>
       <c r="E166" t="s">
-        <v>76</v>
+        <v>17</v>
       </c>
       <c r="F166" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="G166" t="s">
         <v>191</v>
       </c>
       <c r="H166" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I166" t="s">
         <v>20</v>
       </c>
       <c r="J166" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="K166" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>18</v>
       </c>
     </row>
     <row r="167" spans="1:12">
       <c r="A167" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C167" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D167" t="s">
-        <v>24</v>
+        <v>75</v>
       </c>
       <c r="E167" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
       <c r="F167" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="G167" t="s">
-        <v>122</v>
+        <v>198</v>
       </c>
       <c r="H167" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I167" t="s">
         <v>20</v>
       </c>
       <c r="J167" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="K167" t="s">
-        <v>63</v>
+        <v>194</v>
       </c>
       <c r="L167" t="s">
-        <v>208</v>
+        <v>188</v>
       </c>
     </row>
     <row r="168" spans="1:12">
       <c r="A168" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C168" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="D168" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
       <c r="E168" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
       <c r="F168" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="G168" t="s">
-        <v>157</v>
+        <v>122</v>
       </c>
       <c r="H168" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I168" t="s">
         <v>20</v>
       </c>
       <c r="J168" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="K168" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="L168" t="s">
-        <v>148</v>
+        <v>111</v>
       </c>
     </row>
     <row r="169" spans="1:12">
       <c r="A169" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C169" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="D169" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="E169" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="F169" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="G169" t="s">
-        <v>191</v>
+        <v>154</v>
       </c>
       <c r="H169" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I169" t="s">
         <v>20</v>
       </c>
       <c r="J169" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="K169" t="s">
-        <v>189</v>
+        <v>58</v>
       </c>
       <c r="L169" t="s">
-        <v>185</v>
+        <v>151</v>
       </c>
     </row>
     <row r="170" spans="1:12">
       <c r="A170" t="s">
         <v>298</v>
       </c>
       <c r="C170" t="s">
         <v>15</v>
       </c>
       <c r="D170" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E170" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="F170" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="G170" t="s">
-        <v>157</v>
+        <v>198</v>
       </c>
       <c r="H170" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I170" t="s">
         <v>20</v>
       </c>
       <c r="J170" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="K170" t="s">
-        <v>152</v>
+        <v>194</v>
       </c>
       <c r="L170" t="s">
-        <v>205</v>
+        <v>188</v>
       </c>
     </row>
     <row r="171" spans="1:12">
       <c r="A171" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C171" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="D171" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="E171" t="s">
         <v>17</v>
       </c>
       <c r="F171" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="G171" t="s">
-        <v>173</v>
+        <v>154</v>
       </c>
       <c r="H171" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I171" t="s">
         <v>20</v>
       </c>
       <c r="J171" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="K171" t="s">
-        <v>18</v>
+        <v>161</v>
       </c>
       <c r="L171" t="s">
-        <v>113</v>
+        <v>208</v>
       </c>
     </row>
     <row r="172" spans="1:12">
       <c r="A172" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C172" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="D172" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E172" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F172" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="G172" t="s">
-        <v>122</v>
+        <v>168</v>
       </c>
       <c r="H172" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I172" t="s">
         <v>20</v>
       </c>
       <c r="J172" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="K172" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="L172" t="s">
-        <v>208</v>
+        <v>116</v>
       </c>
     </row>
     <row r="173" spans="1:12">
       <c r="A173" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C173" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="D173" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
       <c r="E173" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
       <c r="F173" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="G173" t="s">
-        <v>157</v>
+        <v>122</v>
       </c>
       <c r="H173" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I173" t="s">
         <v>20</v>
       </c>
       <c r="J173" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="K173" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="L173" t="s">
-        <v>148</v>
+        <v>111</v>
+      </c>
+    </row>
+    <row r="174" spans="1:12">
+      <c r="A174" t="s">
+        <v>303</v>
+      </c>
+      <c r="C174" t="s">
+        <v>71</v>
+      </c>
+      <c r="D174" t="s">
+        <v>72</v>
+      </c>
+      <c r="E174" t="s">
+        <v>72</v>
+      </c>
+      <c r="F174" t="s">
+        <v>299</v>
+      </c>
+      <c r="G174" t="s">
+        <v>154</v>
+      </c>
+      <c r="H174" t="s">
+        <v>33</v>
+      </c>
+      <c r="I174" t="s">
+        <v>20</v>
+      </c>
+      <c r="J174" t="s">
+        <v>293</v>
+      </c>
+      <c r="K174" t="s">
+        <v>58</v>
+      </c>
+      <c r="L174" t="s">
+        <v>151</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>