--- v0 (2025-12-07)
+++ v1 (2026-03-24)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1302" uniqueCount="274">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1310" uniqueCount="277">
   <si>
     <t>型号</t>
   </si>
   <si>
     <t>容量</t>
   </si>
   <si>
     <t>尺寸</t>
   </si>
   <si>
     <t>额定电压</t>
   </si>
   <si>
     <t>寿命</t>
   </si>
   <si>
     <t>温度特性</t>
   </si>
   <si>
     <t>公差</t>
   </si>
   <si>
     <t>应用场景</t>
   </si>
   <si>
@@ -126,86 +126,86 @@
   <si>
     <t>H050</t>
   </si>
   <si>
     <t>8223LHMF050LQN08E0</t>
   </si>
   <si>
     <t>8223LHMA100LQN0110</t>
   </si>
   <si>
     <t>8223LFMH060LQN0110</t>
   </si>
   <si>
     <t>22mF</t>
   </si>
   <si>
     <t>Φ110×60mm</t>
   </si>
   <si>
     <t>50V</t>
   </si>
   <si>
     <t>H060</t>
   </si>
   <si>
+    <t>8153LHMA080LQN0110</t>
+  </si>
+  <si>
+    <t>15000μF</t>
+  </si>
+  <si>
+    <t>Φ35×80mm</t>
+  </si>
+  <si>
+    <t>A080</t>
+  </si>
+  <si>
     <t>8153LHMA080LQN91E0</t>
   </si>
   <si>
-    <t>15000μF</t>
-[...10 lines deleted...]
-  <si>
     <t>8103MBMF100LQN08E0</t>
   </si>
   <si>
     <t>10000μF</t>
   </si>
   <si>
     <t>160V</t>
   </si>
   <si>
+    <t>8103LHMA050LQN0110</t>
+  </si>
+  <si>
+    <t>Φ35×50mm</t>
+  </si>
+  <si>
+    <t>A050</t>
+  </si>
+  <si>
     <t>8103LHMA050LQN0810</t>
   </si>
   <si>
-    <t>Φ35×50mm</t>
-[...7 lines deleted...]
-  <si>
     <t>8682MCMF100LQN0110</t>
   </si>
   <si>
     <t>6800μF</t>
   </si>
   <si>
     <t>200V</t>
   </si>
   <si>
     <t>8682MAMA060LQN0810</t>
   </si>
   <si>
     <t>Φ35×60mm</t>
   </si>
   <si>
     <t>A060</t>
   </si>
   <si>
     <t>8472MBMA080LQN08E0</t>
   </si>
   <si>
     <t>4700μF</t>
   </si>
   <si>
     <t>8472MAMA050LQN0810</t>
@@ -246,116 +246,116 @@
   <si>
     <t>450V</t>
   </si>
   <si>
     <t>H100</t>
   </si>
   <si>
     <t>8262VBMH090LQN0810</t>
   </si>
   <si>
     <t>Φ110×90mm</t>
   </si>
   <si>
     <t>H090</t>
   </si>
   <si>
     <t>8262VAMH090LQN0810</t>
   </si>
   <si>
     <t>8222VBMH090LQN0810</t>
   </si>
   <si>
     <t>2200μF</t>
   </si>
   <si>
+    <t>8222VAMH090LQN08E0</t>
+  </si>
+  <si>
+    <t>2.2mF</t>
+  </si>
+  <si>
+    <t>8222VAMH090LQN0810</t>
+  </si>
+  <si>
     <t>8222VAMH090LQN01E0</t>
   </si>
   <si>
-    <t>8222VAMH090LQN0810</t>
-[...7 lines deleted...]
-  <si>
     <t>8222VAMA100LQN0110</t>
   </si>
   <si>
     <t>8222VAMA100LQN0810</t>
   </si>
   <si>
     <t>8222VAMA100LQN08E0</t>
   </si>
   <si>
     <t>8222VAKF100LQN0810</t>
   </si>
   <si>
     <t>8222VAAA100LQN0810</t>
   </si>
   <si>
     <t>8202VBMH100LQN0810</t>
   </si>
   <si>
     <t>2000μF</t>
   </si>
   <si>
     <t>8202VAMH100LQN0810</t>
   </si>
   <si>
     <t>8182VBMH100LQN01E0</t>
   </si>
   <si>
     <t>1.8mF</t>
   </si>
   <si>
     <t>8182VBMH090LQN0810</t>
   </si>
   <si>
     <t>1800μF</t>
   </si>
   <si>
     <t>8182VAMH090LQN08E0</t>
   </si>
   <si>
     <t>8182VAMH090LQN0810</t>
   </si>
   <si>
+    <t>8182VAMH080LQN01E0</t>
+  </si>
+  <si>
+    <t>Φ110×80mm</t>
+  </si>
+  <si>
+    <t>H080</t>
+  </si>
+  <si>
     <t>8182VAMH080LQN0810</t>
   </si>
   <si>
-    <t>Φ110×80mm</t>
-[...7 lines deleted...]
-  <si>
     <t>8182VAMF070LQN0110</t>
   </si>
   <si>
     <t>Φ42×70mm</t>
   </si>
   <si>
     <t>F070</t>
   </si>
   <si>
     <t>8182VAMA100LQN0810</t>
   </si>
   <si>
     <t>8182VAMA100LQN08E0</t>
   </si>
   <si>
     <t>8182VAMA090LQN0810</t>
   </si>
   <si>
     <t>Φ35×90mm</t>
   </si>
   <si>
     <t>A090</t>
   </si>
   <si>
     <t>8182VAMA090LQN08E0</t>
@@ -375,477 +375,486 @@
   <si>
     <t>8182VAM4080LQN0110</t>
   </si>
   <si>
     <t>Φ40×80mm</t>
   </si>
   <si>
     <t>4080</t>
   </si>
   <si>
     <t>8182VAM4065LQN0810</t>
   </si>
   <si>
     <t>Φ40×65mm</t>
   </si>
   <si>
     <t>4065</t>
   </si>
   <si>
     <t>8182VAAH080LQN0810</t>
   </si>
   <si>
     <t>8182VAAA100LQN0810</t>
   </si>
   <si>
+    <t>8182VAKA090LQN0810</t>
+  </si>
+  <si>
+    <t>8182VAKA090LQN01E0</t>
+  </si>
+  <si>
+    <t>8182VAKA090LQN01J0</t>
+  </si>
+  <si>
     <t>8182VAAA090LQN0810</t>
   </si>
   <si>
-    <t>8182VAKA090LQN01E0</t>
-[...7 lines deleted...]
-  <si>
     <t>8182VAK4085LQN0810</t>
   </si>
   <si>
     <t>Φ40×85mm</t>
   </si>
   <si>
     <t>4085</t>
   </si>
   <si>
     <t>8162VBMH080LQN0810</t>
   </si>
   <si>
     <t>1600μF</t>
   </si>
   <si>
     <t>8152VBMH080LQN0810</t>
   </si>
   <si>
     <t>1500μF</t>
   </si>
   <si>
     <t>8152VBMA080LQN0110</t>
   </si>
   <si>
     <t>1.5mF</t>
   </si>
   <si>
     <t>8152VAMH080LQN0810</t>
   </si>
   <si>
     <t>8152VAMH070LQN0810</t>
   </si>
   <si>
     <t>Φ110×70mm</t>
   </si>
   <si>
     <t>H070</t>
   </si>
   <si>
+    <t>8152VAMA100LQN0810</t>
+  </si>
+  <si>
     <t>8152VAMA100LQN08E0</t>
   </si>
   <si>
-    <t>8152VAMA100LQN0810</t>
+    <t>8152VAMA090LQN0810</t>
   </si>
   <si>
     <t>8152VAMA090LQN08E0</t>
   </si>
   <si>
-    <t>8152VAMA090LQN0810</t>
+    <t>8152VAMA080LQN08E0</t>
   </si>
   <si>
     <t>8152VAMA080LQN0110</t>
   </si>
   <si>
-    <t>8152VAMA080LQN08E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8152VAMA080LQN0810</t>
   </si>
   <si>
     <t>8152VAMA070LQN0810</t>
   </si>
   <si>
     <t>Φ35×70mm</t>
   </si>
   <si>
     <t>A070</t>
   </si>
   <si>
+    <t>8152VAM4070LQN0810</t>
+  </si>
+  <si>
+    <t>Φ40×70mm</t>
+  </si>
+  <si>
+    <t>4070</t>
+  </si>
+  <si>
     <t>8152VAM4070LQN0110</t>
   </si>
   <si>
-    <t>Φ40×70mm</t>
-[...7 lines deleted...]
-  <si>
     <t>8152VAKF070LQN01E0</t>
   </si>
   <si>
     <t>8152VAAA100LQN0810</t>
   </si>
   <si>
+    <t>8152VAAA090LQN0810</t>
+  </si>
+  <si>
     <t>8152VAKA090LQN01E0</t>
   </si>
   <si>
-    <t>8152VAAA090LQN0810</t>
-[...1 lines deleted...]
-  <si>
     <t>8152VAKA090LQN01J0</t>
   </si>
   <si>
     <t>8152VAKA080LQN0810</t>
   </si>
   <si>
     <t>8152VAK4080LQN0810</t>
   </si>
   <si>
     <t>8142VBMH080LQN0110</t>
   </si>
   <si>
     <t>1400μF</t>
   </si>
   <si>
     <t>8142VBMF080LQN0110</t>
   </si>
   <si>
     <t>Φ42×80mm</t>
   </si>
   <si>
     <t>F080</t>
   </si>
   <si>
     <t>8122VBMH070LQN0810</t>
   </si>
   <si>
     <t>1200μF</t>
   </si>
   <si>
     <t>8122VBMA080LQN0810</t>
   </si>
   <si>
     <t>8122VAMH060LQN0810</t>
   </si>
   <si>
     <t>8122VAMA080LQN01S0</t>
   </si>
   <si>
+    <t>8122VAMA080LQN0110</t>
+  </si>
+  <si>
+    <t>8122VAMA080LQN0810</t>
+  </si>
+  <si>
     <t>8122VAMA080LQN01E0</t>
   </si>
   <si>
-    <t>8122VAMA080LQN0110</t>
-[...2 lines deleted...]
-    <t>8122VAMA080LQN0810</t>
+    <t>8122VAMA070LQN0810</t>
   </si>
   <si>
     <t>8122VAMA070LQN0110</t>
   </si>
   <si>
-    <t>8122VAMA070LQN0810</t>
-[...1 lines deleted...]
-  <si>
     <t>8122VAMA070LQN08E0</t>
   </si>
   <si>
+    <t>8122VAMA065LQN08E0</t>
+  </si>
+  <si>
+    <t>Φ35×65mm</t>
+  </si>
+  <si>
+    <t>A065</t>
+  </si>
+  <si>
+    <t>8122VAMA065LQN08J0</t>
+  </si>
+  <si>
+    <t>8122VAMA065LQN0810</t>
+  </si>
+  <si>
+    <t>8122VAMA065LQN01E0</t>
+  </si>
+  <si>
     <t>8122VAMA065LQN0110</t>
   </si>
   <si>
-    <t>Φ35×65mm</t>
-[...16 lines deleted...]
-  <si>
     <t>8122VAMA060LQN0810</t>
   </si>
   <si>
     <t>8122VBKA080LQN0110</t>
   </si>
   <si>
     <t>1.2mF</t>
   </si>
   <si>
     <t>8122VBKA065LQN0810</t>
   </si>
   <si>
     <t>8122VAKH070LQN0810</t>
   </si>
   <si>
     <t>K122VAKH060LQN01E0</t>
   </si>
   <si>
     <t>8122VAKF070LQN0810</t>
   </si>
   <si>
     <t>8122VAKF060LQN01E0</t>
   </si>
   <si>
     <t>Φ42×60mm</t>
   </si>
   <si>
     <t>F060</t>
   </si>
   <si>
     <t>8122VAKA080LQN0810</t>
   </si>
   <si>
+    <t>8122VAKA070LQN0810</t>
+  </si>
+  <si>
     <t>8122VAKA070LQN01J0</t>
   </si>
   <si>
     <t>8122VAKA070LQN01E0</t>
   </si>
   <si>
-    <t>8122VAKA070LQN0810</t>
+    <t>8122VAKA065LQN0810</t>
+  </si>
+  <si>
+    <t>8122VAKA065LQN0110</t>
   </si>
   <si>
     <t>8122VAAA065LQN0810</t>
   </si>
   <si>
-    <t>8122VAKA065LQN0810</t>
-[...4 lines deleted...]
-  <si>
     <t>8102VBMH060LQN0810</t>
   </si>
   <si>
     <t>1000μF</t>
   </si>
   <si>
     <t>8102VBMA070LQN01E0</t>
   </si>
   <si>
     <t>8102VAMH060LQN0810</t>
   </si>
   <si>
+    <t>8102VAMH055LQN0810</t>
+  </si>
+  <si>
+    <t>1mF</t>
+  </si>
+  <si>
+    <t>Φ110×55mm</t>
+  </si>
+  <si>
+    <t>H055</t>
+  </si>
+  <si>
+    <t>8102VAMA070LQN0810</t>
+  </si>
+  <si>
     <t>8102VAMA070LQN0110</t>
   </si>
   <si>
-    <t>8102VAMA070LQN0810</t>
+    <t>8102VAMA065LQN0810</t>
   </si>
   <si>
     <t>8102VAMA065LQN08J0</t>
   </si>
   <si>
     <t>8102VAMA065LQN01E0</t>
   </si>
   <si>
-    <t>8102VAMA065LQN0810</t>
-[...1 lines deleted...]
-  <si>
     <t>8102VAMA060LQN0110</t>
   </si>
   <si>
     <t>8102VAMA060LQN0810</t>
   </si>
   <si>
     <t>8102VAMA060LQN08E0</t>
   </si>
   <si>
     <t>8102VAMA060LQN01E0</t>
   </si>
   <si>
     <t>8102VAMA055LQN01E0</t>
   </si>
   <si>
     <t>Φ35×55mm</t>
   </si>
   <si>
     <t>A055</t>
   </si>
   <si>
     <t>8102VAMA050LQN0810</t>
   </si>
   <si>
     <t>8102VAMA050LQN0110</t>
   </si>
   <si>
     <t>8102MAM2230LQN01J0</t>
   </si>
   <si>
     <t>Φ22×30mm</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
     <t>8102VBKA060LQN0810</t>
   </si>
   <si>
     <t>8102VAKA070LQN0810</t>
   </si>
   <si>
     <t>8102VAKA065LQN0110</t>
   </si>
   <si>
-    <t>1mF</t>
+    <t>8102VAKA060LQN0110</t>
   </si>
   <si>
     <t>8102VAKA060LQN0810</t>
   </si>
   <si>
-    <t>8102VAKA060LQN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8821VBMA065LQN0110</t>
   </si>
   <si>
     <t>820μF</t>
   </si>
   <si>
+    <t>8821VBMA060LQN0110</t>
+  </si>
+  <si>
     <t>8821VBMA060LQN01E0</t>
   </si>
   <si>
-    <t>8821VBMA060LQN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8821VAMA060LQN08E0</t>
   </si>
   <si>
     <t>8821VAMA060LQN0110</t>
   </si>
   <si>
     <t>8821VAMA060LQN0810</t>
   </si>
   <si>
+    <t>8821VAMA050LQN01F0</t>
+  </si>
+  <si>
     <t>8821VAMA050LQN08E0</t>
   </si>
   <si>
+    <t>8821VAMA050LQN01E0</t>
+  </si>
+  <si>
     <t>8821VAMA050LQN0810</t>
   </si>
   <si>
-    <t>8821VAMA050LQN01E0</t>
-[...4 lines deleted...]
-  <si>
     <t>8821VAKA060LQN0810</t>
   </si>
   <si>
     <t>8681VBMA050LQN0110</t>
   </si>
   <si>
     <t>680μF</t>
   </si>
   <si>
     <t>8681VAMA050LQN0110</t>
   </si>
   <si>
     <t>8681VAMA050LQN0810</t>
   </si>
   <si>
     <t>8681VAMA040LQN08E0</t>
   </si>
   <si>
     <t>Φ35×40mm</t>
   </si>
   <si>
     <t>A040</t>
   </si>
   <si>
     <t>8681MFMA040LQN0810</t>
   </si>
   <si>
     <t>350V</t>
   </si>
   <si>
     <t>8681VAKA050LQN0810</t>
   </si>
   <si>
     <t>8561VBMA045LQN0810</t>
   </si>
   <si>
     <t>560μF</t>
   </si>
   <si>
     <t>Φ35×45mm</t>
   </si>
   <si>
     <t>A045</t>
   </si>
   <si>
     <t>8561VAMA050LQN0810</t>
   </si>
   <si>
+    <t>8561VAMA050LQN01E0</t>
+  </si>
+  <si>
     <t>8561VAMA050LQM0810</t>
   </si>
   <si>
-    <t>8561VAMA050LQN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8561VAMA045LQN0110</t>
   </si>
   <si>
     <t>8561VAM3045LQN01E0</t>
   </si>
   <si>
     <t>Φ30×45mm</t>
   </si>
   <si>
     <t>3045</t>
   </si>
   <si>
     <t>8471VFMA060LQN01E0</t>
   </si>
   <si>
     <t>470μF</t>
   </si>
   <si>
     <t>550V</t>
   </si>
   <si>
+    <t>8471VBMA050LQN0810</t>
+  </si>
+  <si>
     <t>8471VBMA050LQN0110</t>
-  </si>
-[...1 lines deleted...]
-    <t>8471VBMA050LQN0810</t>
   </si>
   <si>
     <t>8471VBMA045LQN0810</t>
   </si>
   <si>
     <t>8471VBMA040LQN0110</t>
   </si>
   <si>
     <t>8471VBMA040LQN0810</t>
   </si>
   <si>
     <t>8471VAKA040LQN0810</t>
   </si>
   <si>
     <t>8391VBMA045LQN0110</t>
   </si>
   <si>
     <t>390μF</t>
   </si>
   <si>
     <t>8221VBM3030LQN0110</t>
   </si>
   <si>
     <t>220μF</t>
   </si>
@@ -1167,51 +1176,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:N162"/>
+  <dimension ref="A1:N163"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1889,109 +1898,109 @@
       </c>
       <c r="D24" t="s">
         <v>70</v>
       </c>
       <c r="E24" t="s">
         <v>17</v>
       </c>
       <c r="F24" t="s">
         <v>18</v>
       </c>
       <c r="G24" t="s">
         <v>19</v>
       </c>
       <c r="H24" t="s">
         <v>74</v>
       </c>
       <c r="N24">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" t="s">
         <v>78</v>
       </c>
       <c r="B25" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C25" t="s">
         <v>73</v>
       </c>
       <c r="D25" t="s">
         <v>65</v>
       </c>
       <c r="E25" t="s">
         <v>17</v>
       </c>
       <c r="F25" t="s">
         <v>18</v>
       </c>
       <c r="G25" t="s">
         <v>19</v>
       </c>
       <c r="H25" t="s">
         <v>74</v>
       </c>
       <c r="N25">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B26" t="s">
         <v>77</v>
       </c>
       <c r="C26" t="s">
         <v>73</v>
       </c>
       <c r="D26" t="s">
         <v>65</v>
       </c>
       <c r="E26" t="s">
         <v>17</v>
       </c>
       <c r="F26" t="s">
         <v>18</v>
       </c>
       <c r="G26" t="s">
         <v>19</v>
       </c>
       <c r="H26" t="s">
         <v>74</v>
       </c>
       <c r="N26">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B27" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="C27" t="s">
         <v>73</v>
       </c>
       <c r="D27" t="s">
         <v>65</v>
       </c>
       <c r="E27" t="s">
         <v>17</v>
       </c>
       <c r="F27" t="s">
         <v>18</v>
       </c>
       <c r="G27" t="s">
         <v>19</v>
       </c>
       <c r="H27" t="s">
         <v>74</v>
       </c>
       <c r="N27">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" t="s">
@@ -4441,1492 +4450,1521 @@
       </c>
       <c r="D112" t="s">
         <v>65</v>
       </c>
       <c r="E112" t="s">
         <v>17</v>
       </c>
       <c r="F112" t="s">
         <v>18</v>
       </c>
       <c r="G112" t="s">
         <v>19</v>
       </c>
       <c r="H112" t="s">
         <v>37</v>
       </c>
       <c r="N112">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:14">
       <c r="A113" t="s">
         <v>203</v>
       </c>
       <c r="B113" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="C113" t="s">
-        <v>146</v>
+        <v>205</v>
       </c>
       <c r="D113" t="s">
         <v>65</v>
       </c>
       <c r="E113" t="s">
         <v>17</v>
       </c>
       <c r="F113" t="s">
         <v>18</v>
       </c>
       <c r="G113" t="s">
         <v>19</v>
       </c>
       <c r="H113" t="s">
-        <v>147</v>
+        <v>206</v>
       </c>
       <c r="N113">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:14">
       <c r="A114" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="B114" t="s">
         <v>200</v>
       </c>
       <c r="C114" t="s">
         <v>146</v>
       </c>
       <c r="D114" t="s">
         <v>65</v>
       </c>
       <c r="E114" t="s">
         <v>17</v>
       </c>
       <c r="F114" t="s">
         <v>18</v>
       </c>
       <c r="G114" t="s">
         <v>19</v>
       </c>
       <c r="H114" t="s">
         <v>147</v>
       </c>
       <c r="N114">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:14">
       <c r="A115" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="B115" t="s">
         <v>200</v>
       </c>
       <c r="C115" t="s">
-        <v>176</v>
+        <v>146</v>
       </c>
       <c r="D115" t="s">
         <v>65</v>
       </c>
       <c r="E115" t="s">
         <v>17</v>
       </c>
       <c r="F115" t="s">
         <v>18</v>
       </c>
       <c r="G115" t="s">
         <v>19</v>
       </c>
       <c r="H115" t="s">
-        <v>177</v>
+        <v>147</v>
       </c>
       <c r="N115">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:14">
       <c r="A116" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="B116" t="s">
         <v>200</v>
       </c>
       <c r="C116" t="s">
         <v>176</v>
       </c>
       <c r="D116" t="s">
         <v>65</v>
       </c>
       <c r="E116" t="s">
         <v>17</v>
       </c>
       <c r="F116" t="s">
         <v>18</v>
       </c>
       <c r="G116" t="s">
         <v>19</v>
       </c>
       <c r="H116" t="s">
         <v>177</v>
       </c>
       <c r="N116">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:14">
       <c r="A117" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B117" t="s">
         <v>200</v>
       </c>
       <c r="C117" t="s">
         <v>176</v>
       </c>
       <c r="D117" t="s">
         <v>65</v>
       </c>
       <c r="E117" t="s">
         <v>17</v>
       </c>
       <c r="F117" t="s">
         <v>18</v>
       </c>
       <c r="G117" t="s">
         <v>19</v>
       </c>
       <c r="H117" t="s">
         <v>177</v>
       </c>
       <c r="N117">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:14">
       <c r="A118" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B118" t="s">
         <v>200</v>
       </c>
       <c r="C118" t="s">
-        <v>54</v>
+        <v>176</v>
       </c>
       <c r="D118" t="s">
         <v>65</v>
       </c>
       <c r="E118" t="s">
         <v>17</v>
       </c>
       <c r="F118" t="s">
         <v>18</v>
       </c>
       <c r="G118" t="s">
         <v>19</v>
       </c>
       <c r="H118" t="s">
-        <v>55</v>
+        <v>177</v>
       </c>
       <c r="N118">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:14">
       <c r="A119" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="B119" t="s">
         <v>200</v>
       </c>
       <c r="C119" t="s">
         <v>54</v>
       </c>
       <c r="D119" t="s">
         <v>65</v>
       </c>
       <c r="E119" t="s">
         <v>17</v>
       </c>
       <c r="F119" t="s">
         <v>18</v>
       </c>
       <c r="G119" t="s">
         <v>19</v>
       </c>
       <c r="H119" t="s">
         <v>55</v>
       </c>
       <c r="N119">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B120" t="s">
         <v>200</v>
       </c>
       <c r="C120" t="s">
         <v>54</v>
       </c>
       <c r="D120" t="s">
         <v>65</v>
       </c>
       <c r="E120" t="s">
         <v>17</v>
       </c>
       <c r="F120" t="s">
         <v>18</v>
       </c>
       <c r="G120" t="s">
         <v>19</v>
       </c>
       <c r="H120" t="s">
         <v>55</v>
       </c>
       <c r="N120">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:14">
       <c r="A121" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B121" t="s">
         <v>200</v>
       </c>
       <c r="C121" t="s">
         <v>54</v>
       </c>
       <c r="D121" t="s">
         <v>65</v>
       </c>
       <c r="E121" t="s">
         <v>17</v>
       </c>
       <c r="F121" t="s">
         <v>18</v>
       </c>
       <c r="G121" t="s">
         <v>19</v>
       </c>
       <c r="H121" t="s">
         <v>55</v>
       </c>
       <c r="N121">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:14">
       <c r="A122" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="B122" t="s">
         <v>200</v>
       </c>
       <c r="C122" t="s">
-        <v>213</v>
+        <v>54</v>
       </c>
       <c r="D122" t="s">
         <v>65</v>
       </c>
       <c r="E122" t="s">
         <v>17</v>
       </c>
       <c r="F122" t="s">
         <v>18</v>
       </c>
       <c r="G122" t="s">
         <v>19</v>
       </c>
       <c r="H122" t="s">
-        <v>214</v>
+        <v>55</v>
       </c>
       <c r="N122">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:14">
       <c r="A123" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B123" t="s">
         <v>200</v>
       </c>
       <c r="C123" t="s">
-        <v>47</v>
+        <v>217</v>
       </c>
       <c r="D123" t="s">
         <v>65</v>
       </c>
       <c r="E123" t="s">
         <v>17</v>
       </c>
       <c r="F123" t="s">
         <v>18</v>
       </c>
       <c r="G123" t="s">
         <v>19</v>
       </c>
       <c r="H123" t="s">
-        <v>48</v>
+        <v>218</v>
       </c>
       <c r="N123">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:14">
       <c r="A124" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="B124" t="s">
         <v>200</v>
       </c>
       <c r="C124" t="s">
         <v>47</v>
       </c>
       <c r="D124" t="s">
         <v>65</v>
       </c>
       <c r="E124" t="s">
         <v>17</v>
       </c>
       <c r="F124" t="s">
         <v>18</v>
       </c>
       <c r="G124" t="s">
         <v>19</v>
       </c>
       <c r="H124" t="s">
         <v>48</v>
       </c>
       <c r="N124">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:14">
       <c r="A125" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B125" t="s">
         <v>200</v>
       </c>
       <c r="C125" t="s">
-        <v>218</v>
+        <v>47</v>
       </c>
       <c r="D125" t="s">
-        <v>16</v>
+        <v>65</v>
       </c>
       <c r="E125" t="s">
         <v>17</v>
       </c>
       <c r="F125" t="s">
         <v>18</v>
       </c>
       <c r="G125" t="s">
         <v>19</v>
       </c>
       <c r="H125" t="s">
-        <v>219</v>
+        <v>48</v>
       </c>
       <c r="N125">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:14">
       <c r="A126" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B126" t="s">
         <v>200</v>
       </c>
       <c r="C126" t="s">
-        <v>54</v>
+        <v>222</v>
       </c>
       <c r="D126" t="s">
-        <v>70</v>
+        <v>16</v>
       </c>
       <c r="E126" t="s">
         <v>17</v>
       </c>
       <c r="F126" t="s">
         <v>18</v>
       </c>
       <c r="G126" t="s">
-        <v>66</v>
+        <v>19</v>
       </c>
       <c r="H126" t="s">
-        <v>55</v>
+        <v>223</v>
       </c>
       <c r="N126">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:14">
       <c r="A127" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="B127" t="s">
         <v>200</v>
       </c>
       <c r="C127" t="s">
-        <v>146</v>
+        <v>54</v>
       </c>
       <c r="D127" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="E127" t="s">
         <v>17</v>
       </c>
       <c r="F127" t="s">
         <v>18</v>
       </c>
       <c r="G127" t="s">
         <v>66</v>
       </c>
       <c r="H127" t="s">
-        <v>147</v>
+        <v>55</v>
       </c>
       <c r="N127">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:14">
       <c r="A128" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="B128" t="s">
-        <v>223</v>
+        <v>200</v>
       </c>
       <c r="C128" t="s">
-        <v>176</v>
+        <v>146</v>
       </c>
       <c r="D128" t="s">
         <v>65</v>
       </c>
       <c r="E128" t="s">
         <v>17</v>
       </c>
       <c r="F128" t="s">
         <v>18</v>
       </c>
       <c r="G128" t="s">
         <v>66</v>
       </c>
       <c r="H128" t="s">
-        <v>177</v>
+        <v>147</v>
       </c>
       <c r="N128">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:14">
       <c r="A129" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="B129" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="C129" t="s">
-        <v>54</v>
+        <v>176</v>
       </c>
       <c r="D129" t="s">
         <v>65</v>
       </c>
       <c r="E129" t="s">
         <v>17</v>
       </c>
       <c r="F129" t="s">
         <v>18</v>
       </c>
       <c r="G129" t="s">
         <v>66</v>
       </c>
       <c r="H129" t="s">
-        <v>55</v>
+        <v>177</v>
       </c>
       <c r="N129">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:14">
       <c r="A130" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B130" t="s">
         <v>200</v>
       </c>
       <c r="C130" t="s">
         <v>54</v>
       </c>
       <c r="D130" t="s">
         <v>65</v>
       </c>
       <c r="E130" t="s">
         <v>17</v>
       </c>
       <c r="F130" t="s">
         <v>18</v>
       </c>
       <c r="G130" t="s">
         <v>66</v>
       </c>
       <c r="H130" t="s">
         <v>55</v>
       </c>
       <c r="N130">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:14">
       <c r="A131" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="B131" t="s">
-        <v>227</v>
+        <v>200</v>
       </c>
       <c r="C131" t="s">
-        <v>176</v>
+        <v>54</v>
       </c>
       <c r="D131" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="E131" t="s">
         <v>17</v>
       </c>
       <c r="F131" t="s">
         <v>18</v>
       </c>
       <c r="G131" t="s">
-        <v>19</v>
+        <v>66</v>
       </c>
       <c r="H131" t="s">
-        <v>177</v>
+        <v>55</v>
       </c>
       <c r="N131">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:14">
       <c r="A132" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B132" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C132" t="s">
-        <v>54</v>
+        <v>176</v>
       </c>
       <c r="D132" t="s">
         <v>70</v>
       </c>
       <c r="E132" t="s">
         <v>17</v>
       </c>
       <c r="F132" t="s">
         <v>18</v>
       </c>
       <c r="G132" t="s">
         <v>19</v>
       </c>
       <c r="H132" t="s">
-        <v>55</v>
+        <v>177</v>
       </c>
       <c r="N132">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:14">
       <c r="A133" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="B133" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C133" t="s">
         <v>54</v>
       </c>
       <c r="D133" t="s">
         <v>70</v>
       </c>
       <c r="E133" t="s">
         <v>17</v>
       </c>
       <c r="F133" t="s">
         <v>18</v>
       </c>
       <c r="G133" t="s">
         <v>19</v>
       </c>
       <c r="H133" t="s">
         <v>55</v>
       </c>
       <c r="N133">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:14">
       <c r="A134" t="s">
+        <v>232</v>
+      </c>
+      <c r="B134" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="C134" t="s">
         <v>54</v>
       </c>
       <c r="D134" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="E134" t="s">
         <v>17</v>
       </c>
       <c r="F134" t="s">
         <v>18</v>
       </c>
       <c r="G134" t="s">
         <v>19</v>
       </c>
       <c r="H134" t="s">
         <v>55</v>
       </c>
       <c r="N134">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:14">
       <c r="A135" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B135" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C135" t="s">
         <v>54</v>
       </c>
       <c r="D135" t="s">
         <v>65</v>
       </c>
       <c r="E135" t="s">
         <v>17</v>
       </c>
       <c r="F135" t="s">
         <v>18</v>
       </c>
       <c r="G135" t="s">
         <v>19</v>
       </c>
       <c r="H135" t="s">
         <v>55</v>
       </c>
       <c r="N135">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:14">
       <c r="A136" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B136" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C136" t="s">
         <v>54</v>
       </c>
       <c r="D136" t="s">
         <v>65</v>
       </c>
       <c r="E136" t="s">
         <v>17</v>
       </c>
       <c r="F136" t="s">
         <v>18</v>
       </c>
       <c r="G136" t="s">
         <v>19</v>
       </c>
       <c r="H136" t="s">
         <v>55</v>
       </c>
       <c r="N136">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:14">
       <c r="A137" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B137" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C137" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="D137" t="s">
         <v>65</v>
       </c>
       <c r="E137" t="s">
         <v>17</v>
       </c>
       <c r="F137" t="s">
         <v>18</v>
       </c>
       <c r="G137" t="s">
         <v>19</v>
       </c>
       <c r="H137" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="N137">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:14">
       <c r="A138" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B138" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C138" t="s">
         <v>47</v>
       </c>
       <c r="D138" t="s">
         <v>65</v>
       </c>
       <c r="E138" t="s">
         <v>17</v>
       </c>
       <c r="F138" t="s">
         <v>18</v>
       </c>
       <c r="G138" t="s">
         <v>19</v>
       </c>
       <c r="H138" t="s">
         <v>48</v>
       </c>
       <c r="N138">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:14">
       <c r="A139" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B139" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C139" t="s">
         <v>47</v>
       </c>
       <c r="D139" t="s">
         <v>65</v>
       </c>
       <c r="E139" t="s">
         <v>17</v>
       </c>
       <c r="F139" t="s">
         <v>18</v>
       </c>
       <c r="G139" t="s">
         <v>19</v>
       </c>
       <c r="H139" t="s">
         <v>48</v>
       </c>
       <c r="N139">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:14">
       <c r="A140" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B140" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C140" t="s">
         <v>47</v>
       </c>
       <c r="D140" t="s">
         <v>65</v>
       </c>
       <c r="E140" t="s">
         <v>17</v>
       </c>
       <c r="F140" t="s">
         <v>18</v>
       </c>
       <c r="G140" t="s">
         <v>19</v>
       </c>
       <c r="H140" t="s">
         <v>48</v>
       </c>
       <c r="N140">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:14">
       <c r="A141" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B141" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C141" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="D141" t="s">
         <v>65</v>
       </c>
       <c r="E141" t="s">
         <v>17</v>
       </c>
       <c r="F141" t="s">
         <v>18</v>
       </c>
       <c r="G141" t="s">
-        <v>66</v>
+        <v>19</v>
       </c>
       <c r="H141" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="N141">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:14">
       <c r="A142" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B142" t="s">
-        <v>239</v>
+        <v>230</v>
       </c>
       <c r="C142" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="D142" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="E142" t="s">
         <v>17</v>
       </c>
       <c r="F142" t="s">
         <v>18</v>
       </c>
       <c r="G142" t="s">
-        <v>19</v>
+        <v>66</v>
       </c>
       <c r="H142" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="N142">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:14">
       <c r="A143" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B143" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C143" t="s">
         <v>47</v>
       </c>
       <c r="D143" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="E143" t="s">
         <v>17</v>
       </c>
       <c r="F143" t="s">
         <v>18</v>
       </c>
       <c r="G143" t="s">
         <v>19</v>
       </c>
       <c r="H143" t="s">
         <v>48</v>
       </c>
       <c r="N143">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:14">
       <c r="A144" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B144" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C144" t="s">
         <v>47</v>
       </c>
       <c r="D144" t="s">
         <v>65</v>
       </c>
       <c r="E144" t="s">
         <v>17</v>
       </c>
       <c r="F144" t="s">
         <v>18</v>
       </c>
       <c r="G144" t="s">
         <v>19</v>
       </c>
       <c r="H144" t="s">
         <v>48</v>
       </c>
       <c r="N144">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:14">
       <c r="A145" t="s">
+        <v>244</v>
+      </c>
+      <c r="B145" t="s">
         <v>242</v>
       </c>
-      <c r="B145" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C145" t="s">
-        <v>243</v>
+        <v>47</v>
       </c>
       <c r="D145" t="s">
         <v>65</v>
       </c>
       <c r="E145" t="s">
         <v>17</v>
       </c>
       <c r="F145" t="s">
         <v>18</v>
       </c>
       <c r="G145" t="s">
         <v>19</v>
       </c>
       <c r="H145" t="s">
-        <v>244</v>
+        <v>48</v>
       </c>
       <c r="N145">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:14">
       <c r="A146" t="s">
         <v>245</v>
       </c>
       <c r="B146" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C146" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="D146" t="s">
-        <v>246</v>
+        <v>65</v>
       </c>
       <c r="E146" t="s">
         <v>17</v>
       </c>
       <c r="F146" t="s">
         <v>18</v>
       </c>
       <c r="G146" t="s">
         <v>19</v>
       </c>
       <c r="H146" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="N146">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:14">
       <c r="A147" t="s">
+        <v>248</v>
+      </c>
+      <c r="B147" t="s">
+        <v>242</v>
+      </c>
+      <c r="C147" t="s">
+        <v>246</v>
+      </c>
+      <c r="D147" t="s">
+        <v>249</v>
+      </c>
+      <c r="E147" t="s">
+        <v>17</v>
+      </c>
+      <c r="F147" t="s">
+        <v>18</v>
+      </c>
+      <c r="G147" t="s">
+        <v>19</v>
+      </c>
+      <c r="H147" t="s">
         <v>247</v>
-      </c>
-[...19 lines deleted...]
-        <v>48</v>
       </c>
       <c r="N147">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:14">
       <c r="A148" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B148" t="s">
-        <v>249</v>
+        <v>242</v>
       </c>
       <c r="C148" t="s">
-        <v>250</v>
+        <v>47</v>
       </c>
       <c r="D148" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="E148" t="s">
         <v>17</v>
       </c>
       <c r="F148" t="s">
         <v>18</v>
       </c>
       <c r="G148" t="s">
-        <v>19</v>
+        <v>66</v>
       </c>
       <c r="H148" t="s">
-        <v>251</v>
+        <v>48</v>
       </c>
       <c r="N148">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:14">
       <c r="A149" t="s">
+        <v>251</v>
+      </c>
+      <c r="B149" t="s">
         <v>252</v>
       </c>
-      <c r="B149" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C149" t="s">
-        <v>47</v>
+        <v>253</v>
       </c>
       <c r="D149" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="E149" t="s">
         <v>17</v>
       </c>
       <c r="F149" t="s">
         <v>18</v>
       </c>
       <c r="G149" t="s">
         <v>19</v>
       </c>
       <c r="H149" t="s">
-        <v>48</v>
+        <v>254</v>
       </c>
       <c r="N149">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:14">
       <c r="A150" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B150" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C150" t="s">
         <v>47</v>
       </c>
       <c r="D150" t="s">
         <v>65</v>
       </c>
       <c r="E150" t="s">
         <v>17</v>
       </c>
       <c r="F150" t="s">
         <v>18</v>
       </c>
       <c r="G150" t="s">
         <v>19</v>
       </c>
       <c r="H150" t="s">
         <v>48</v>
       </c>
       <c r="N150">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:14">
       <c r="A151" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B151" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C151" t="s">
         <v>47</v>
       </c>
       <c r="D151" t="s">
         <v>65</v>
       </c>
       <c r="E151" t="s">
         <v>17</v>
       </c>
       <c r="F151" t="s">
         <v>18</v>
       </c>
       <c r="G151" t="s">
         <v>19</v>
       </c>
       <c r="H151" t="s">
         <v>48</v>
       </c>
       <c r="N151">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:14">
       <c r="A152" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B152" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C152" t="s">
-        <v>250</v>
+        <v>47</v>
       </c>
       <c r="D152" t="s">
         <v>65</v>
       </c>
       <c r="E152" t="s">
         <v>17</v>
       </c>
       <c r="F152" t="s">
         <v>18</v>
       </c>
       <c r="G152" t="s">
         <v>19</v>
       </c>
       <c r="H152" t="s">
-        <v>251</v>
+        <v>48</v>
       </c>
       <c r="N152">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:14">
       <c r="A153" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="B153" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C153" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D153" t="s">
         <v>65</v>
       </c>
       <c r="E153" t="s">
         <v>17</v>
       </c>
       <c r="F153" t="s">
         <v>18</v>
       </c>
       <c r="G153" t="s">
         <v>19</v>
       </c>
       <c r="H153" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="N153">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:14">
       <c r="A154" t="s">
         <v>259</v>
       </c>
       <c r="B154" t="s">
+        <v>252</v>
+      </c>
+      <c r="C154" t="s">
         <v>260</v>
       </c>
-      <c r="C154" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D154" t="s">
+        <v>65</v>
+      </c>
+      <c r="E154" t="s">
+        <v>17</v>
+      </c>
+      <c r="F154" t="s">
+        <v>18</v>
+      </c>
+      <c r="G154" t="s">
+        <v>19</v>
+      </c>
+      <c r="H154" t="s">
         <v>261</v>
-      </c>
-[...10 lines deleted...]
-        <v>55</v>
       </c>
       <c r="N154">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:14">
       <c r="A155" t="s">
         <v>262</v>
       </c>
       <c r="B155" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C155" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="D155" t="s">
-        <v>70</v>
+        <v>264</v>
       </c>
       <c r="E155" t="s">
         <v>17</v>
       </c>
       <c r="F155" t="s">
         <v>18</v>
       </c>
       <c r="G155" t="s">
         <v>19</v>
       </c>
       <c r="H155" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="N155">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:14">
       <c r="A156" t="s">
+        <v>265</v>
+      </c>
+      <c r="B156" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="C156" t="s">
         <v>47</v>
       </c>
       <c r="D156" t="s">
         <v>70</v>
       </c>
       <c r="E156" t="s">
         <v>17</v>
       </c>
       <c r="F156" t="s">
         <v>18</v>
       </c>
       <c r="G156" t="s">
         <v>19</v>
       </c>
       <c r="H156" t="s">
         <v>48</v>
       </c>
       <c r="N156">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:14">
       <c r="A157" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B157" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C157" t="s">
-        <v>250</v>
+        <v>47</v>
       </c>
       <c r="D157" t="s">
         <v>70</v>
       </c>
       <c r="E157" t="s">
         <v>17</v>
       </c>
       <c r="F157" t="s">
         <v>18</v>
       </c>
       <c r="G157" t="s">
         <v>19</v>
       </c>
       <c r="H157" t="s">
-        <v>251</v>
+        <v>48</v>
       </c>
       <c r="N157">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:14">
       <c r="A158" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="B158" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C158" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="D158" t="s">
         <v>70</v>
       </c>
       <c r="E158" t="s">
         <v>17</v>
       </c>
       <c r="F158" t="s">
         <v>18</v>
       </c>
       <c r="G158" t="s">
         <v>19</v>
       </c>
       <c r="H158" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="N158">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:14">
       <c r="A159" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="B159" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C159" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="D159" t="s">
         <v>70</v>
       </c>
       <c r="E159" t="s">
         <v>17</v>
       </c>
       <c r="F159" t="s">
         <v>18</v>
       </c>
       <c r="G159" t="s">
         <v>19</v>
       </c>
       <c r="H159" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="N159">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:14">
       <c r="A160" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B160" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C160" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="D160" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="E160" t="s">
         <v>17</v>
       </c>
       <c r="F160" t="s">
         <v>18</v>
       </c>
       <c r="G160" t="s">
-        <v>66</v>
+        <v>19</v>
       </c>
       <c r="H160" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="N160">
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:14">
       <c r="A161" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B161" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="C161" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="D161" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="E161" t="s">
         <v>17</v>
       </c>
       <c r="F161" t="s">
         <v>18</v>
       </c>
       <c r="G161" t="s">
-        <v>19</v>
+        <v>66</v>
       </c>
       <c r="H161" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="N161">
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:14">
       <c r="A162" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B162" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C162" t="s">
-        <v>272</v>
+        <v>253</v>
       </c>
       <c r="D162" t="s">
         <v>70</v>
       </c>
       <c r="E162" t="s">
         <v>17</v>
       </c>
       <c r="F162" t="s">
         <v>18</v>
       </c>
       <c r="G162" t="s">
         <v>19</v>
       </c>
       <c r="H162" t="s">
+        <v>254</v>
+      </c>
+      <c r="N162">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="163" spans="1:14">
+      <c r="A163" t="s">
         <v>273</v>
       </c>
-      <c r="N162">
+      <c r="B163" t="s">
+        <v>274</v>
+      </c>
+      <c r="C163" t="s">
+        <v>275</v>
+      </c>
+      <c r="D163" t="s">
+        <v>70</v>
+      </c>
+      <c r="E163" t="s">
+        <v>17</v>
+      </c>
+      <c r="F163" t="s">
+        <v>18</v>
+      </c>
+      <c r="G163" t="s">
+        <v>19</v>
+      </c>
+      <c r="H163" t="s">
+        <v>276</v>
+      </c>
+      <c r="N163">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">