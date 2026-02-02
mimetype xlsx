--- v0 (2025-10-11)
+++ v1 (2026-02-02)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2798" uniqueCount="480">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2830" uniqueCount="486">
   <si>
     <t>型号</t>
   </si>
   <si>
     <t>容量</t>
   </si>
   <si>
     <t>尺寸</t>
   </si>
   <si>
     <t>额定电压</t>
   </si>
   <si>
     <t>寿命</t>
   </si>
   <si>
     <t>温度特性</t>
   </si>
   <si>
     <t>公差</t>
   </si>
   <si>
     <t>应用场景</t>
   </si>
   <si>
@@ -105,71 +105,71 @@
   <si>
     <t>Φ35×80mm</t>
   </si>
   <si>
     <t>63V</t>
   </si>
   <si>
     <t>A080</t>
   </si>
   <si>
     <t>8223LEMA050LSN0110</t>
   </si>
   <si>
     <t>35V</t>
   </si>
   <si>
     <t>8223LEM3050LSN0110</t>
   </si>
   <si>
     <t>Φ30×50mm</t>
   </si>
   <si>
     <t>3050</t>
   </si>
   <si>
+    <t>8103LHMA050LSN0110</t>
+  </si>
+  <si>
+    <t>10000μF</t>
+  </si>
+  <si>
+    <t>80V</t>
+  </si>
+  <si>
     <t>8103LHMA050LSN01E0</t>
   </si>
   <si>
     <t>10mF</t>
   </si>
   <si>
-    <t>80V</t>
-[...5 lines deleted...]
-    <t>10000μF</t>
+    <t>8103LGMA050LSN0110</t>
   </si>
   <si>
     <t>8103LGMA050LSNO110</t>
   </si>
   <si>
-    <t>8103LGMA050LSN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8103LEM2540LSN01F0</t>
   </si>
   <si>
     <t>Φ25×40mm</t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
     <t>8103LDM2540LSN91E0</t>
   </si>
   <si>
     <t>25V</t>
   </si>
   <si>
     <t>8103LGAA080LSN01E0</t>
   </si>
   <si>
     <t>±10%</t>
   </si>
   <si>
     <t>8822MAMA080LSN0110</t>
   </si>
   <si>
     <t>8200μF</t>
@@ -198,56 +198,56 @@
   <si>
     <t>2535</t>
   </si>
   <si>
     <t>8682LEM2240LSN0110</t>
   </si>
   <si>
     <t>Φ22×40mm</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
     <t>8472MAMA060LSN0110</t>
   </si>
   <si>
     <t>4700μF</t>
   </si>
   <si>
     <t>Φ35×60mm</t>
   </si>
   <si>
     <t>A060</t>
   </si>
   <si>
+    <t>8472MAMA050LSN0110</t>
+  </si>
+  <si>
     <t>8472MAMA050LSN01E0</t>
   </si>
   <si>
-    <t>8472MAMA050LSN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8472MAM2560LSN0110</t>
   </si>
   <si>
     <t>Φ25×60mm</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
     <t>8472LHM2555LSN01E0</t>
   </si>
   <si>
     <t>4.7mF</t>
   </si>
   <si>
     <t>Φ25×55mm</t>
   </si>
   <si>
     <t>2555</t>
   </si>
   <si>
     <t>8472LGMA035LSN01E0</t>
   </si>
   <si>
     <t>Φ35×35mm</t>
@@ -429,56 +429,56 @@
   <si>
     <t>8102VBMA070LSN01E0</t>
   </si>
   <si>
     <t>1000μF</t>
   </si>
   <si>
     <t>450V</t>
   </si>
   <si>
     <t>8102MFMA050LSN0110</t>
   </si>
   <si>
     <t>350V</t>
   </si>
   <si>
     <t>8102MQMA070LSN0110</t>
   </si>
   <si>
     <t>315V</t>
   </si>
   <si>
     <t>8102MQMA060LSN0110</t>
   </si>
   <si>
+    <t>8102MQMA045LSN0110</t>
+  </si>
+  <si>
     <t>8102MQMA045LSN01E0</t>
   </si>
   <si>
-    <t>8102MQMA045LSN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8102MDMA050LSN0110</t>
   </si>
   <si>
     <t>8102MDMA045LSN0110</t>
   </si>
   <si>
     <t>8102MDM3050LSN01S0</t>
   </si>
   <si>
     <t>8102MCM3045LSN0110</t>
   </si>
   <si>
     <t>Φ30×45mm</t>
   </si>
   <si>
     <t>3045</t>
   </si>
   <si>
     <t>8102MCM2550LSN0110</t>
   </si>
   <si>
     <t>Φ25×50mm</t>
   </si>
   <si>
     <t>2550</t>
@@ -498,113 +498,113 @@
   <si>
     <t>8102VAAA070LSN01E0</t>
   </si>
   <si>
     <t>1mF</t>
   </si>
   <si>
     <t>8941VAMA060LSN01E0</t>
   </si>
   <si>
     <t>940μF</t>
   </si>
   <si>
     <t>8881MCM3045LSN0110</t>
   </si>
   <si>
     <t>880μF</t>
   </si>
   <si>
     <t>8821VBMA080LSN0110</t>
   </si>
   <si>
     <t>820μF</t>
   </si>
   <si>
+    <t>8821VBMA070LSN01E0</t>
+  </si>
+  <si>
     <t>8821VBMA070LSN0110</t>
   </si>
   <si>
-    <t>8821VBMA070LSN01E0</t>
+    <t>8821VBMA060LSN01E0</t>
   </si>
   <si>
     <t>8821VBMA060LSN01E4</t>
   </si>
   <si>
-    <t>8821VBMA060LSN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8821VAMA060LSN01J0</t>
   </si>
   <si>
+    <t>8821VAMA050LSN01E0</t>
+  </si>
+  <si>
     <t>8821VAMA050LSN01E4</t>
   </si>
   <si>
     <t>8821VAMA050LSN01J0</t>
   </si>
   <si>
-    <t>8821VAMA050LSN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8821MCM2540LSN0110</t>
   </si>
   <si>
     <t>8821LHM2225LSN0110</t>
   </si>
   <si>
     <t>8681VBMA060LSN01E0</t>
   </si>
   <si>
     <t>680μF</t>
   </si>
   <si>
     <t>8681VBMA060LS00000</t>
   </si>
   <si>
     <t>8681VBMA060LSQ7110</t>
   </si>
   <si>
     <t>8681VBMA060LSN0110</t>
   </si>
   <si>
     <t>8681VBMA060LSQ71E0</t>
   </si>
   <si>
+    <t>8681VBMA050LSN01E0</t>
+  </si>
+  <si>
     <t>8681VBMA050LSN01E4</t>
   </si>
   <si>
-    <t>8681VBMA050LSN01E0</t>
+    <t>8681VAMA050LSN0110</t>
+  </si>
+  <si>
+    <t>8681VAMA050LSN01E4</t>
   </si>
   <si>
     <t>8681VAMA050LSN01E0</t>
   </si>
   <si>
-    <t>8681VAMA050LSN01E4</t>
-[...4 lines deleted...]
-  <si>
     <t>8681VAMA045LSN01E0</t>
   </si>
   <si>
     <t>8681VAMA045LSN01J0</t>
   </si>
   <si>
     <t>8681VAM3060LSN01E0</t>
   </si>
   <si>
     <t>8681MFMA050LSN01E0</t>
   </si>
   <si>
     <t>8681MFMA040LSN01E0</t>
   </si>
   <si>
     <t>Φ35×40mm</t>
   </si>
   <si>
     <t>A040</t>
   </si>
   <si>
     <t>8681MQMA045LSN01J0</t>
   </si>
   <si>
     <t>8681MDM3040LSN01E0</t>
@@ -624,179 +624,182 @@
   <si>
     <t>8681MGM3025LSN01E0</t>
   </si>
   <si>
     <t>Φ30×25mm</t>
   </si>
   <si>
     <t>120V</t>
   </si>
   <si>
     <t>3025</t>
   </si>
   <si>
     <t>8681MCV2245LSN0110</t>
   </si>
   <si>
     <t>8681VBKA050LSN01E0</t>
   </si>
   <si>
     <t>8561VBMA060LSQ7110</t>
   </si>
   <si>
     <t>560μF</t>
   </si>
   <si>
+    <t>8561VBMA060LS00000</t>
+  </si>
+  <si>
     <t>8561VBMA060LSQ71E0</t>
   </si>
   <si>
-    <t>8561VBMA060LS00000</t>
-[...1 lines deleted...]
-  <si>
     <t>8561VBMA050LSN01E4</t>
   </si>
   <si>
     <t>8561VBMA050LSN0110</t>
   </si>
   <si>
     <t>8561VBMA050LSN01E0</t>
   </si>
   <si>
     <t>8561VBMA045LSN01E0</t>
   </si>
   <si>
+    <t>8561VAMA050LSN0110</t>
+  </si>
+  <si>
     <t>8561VAMA050LSQ7110</t>
   </si>
   <si>
-    <t>8561VAMA050LSN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8561VAMA045LSN0110</t>
   </si>
   <si>
+    <t>8561VAM3045LSN0110</t>
+  </si>
+  <si>
     <t>8561VAM3045LSN01J0</t>
   </si>
   <si>
-    <t>8561VAM3045LSN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8561MFMA050LSN01E0</t>
   </si>
   <si>
     <t>8561MDM3035LSN0110</t>
   </si>
   <si>
+    <t>8561MDM3030LSN01E0</t>
+  </si>
+  <si>
+    <t>Φ30×30mm</t>
+  </si>
+  <si>
+    <t>3030</t>
+  </si>
+  <si>
     <t>8561MDM3030LSN0110</t>
   </si>
   <si>
-    <t>Φ30×30mm</t>
-[...4 lines deleted...]
-  <si>
     <t>8561MDM2545LSN0110</t>
   </si>
   <si>
     <t>Φ25×45mm</t>
   </si>
   <si>
     <t>2545</t>
   </si>
   <si>
     <t>8561MCM3025LSN0110</t>
   </si>
   <si>
     <t>8561MCM3025LSN01E0</t>
   </si>
   <si>
     <t>8471VFMA060LSN01E0</t>
   </si>
   <si>
     <t>470μF</t>
   </si>
   <si>
     <t>550V</t>
   </si>
   <si>
+    <t>8471VCMA060LSN0110</t>
+  </si>
+  <si>
+    <t>500V</t>
+  </si>
+  <si>
     <t>8471VCMA060LSN01E0</t>
   </si>
   <si>
-    <t>500V</t>
-[...2 lines deleted...]
-    <t>8471VCMA060LSN0110</t>
+    <t>8471VCMA050LSN0110</t>
   </si>
   <si>
     <t>8471VCMA050LSN01E0</t>
   </si>
   <si>
-    <t>8471VCMA050LSN0110</t>
+    <t>8471VBMA060LSN0110</t>
   </si>
   <si>
     <t>8471VBMA060LSN01E0</t>
   </si>
   <si>
-    <t>8471VBMA060LSN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8471VBMA050LSQ7110</t>
   </si>
   <si>
     <t>8471VBMA050LSN0110</t>
   </si>
   <si>
     <t>8471VBMA045LSN01J0</t>
   </si>
   <si>
     <t>8471VBMA045LSN0110</t>
   </si>
   <si>
     <t>8471VBMA045LSN01E0</t>
   </si>
   <si>
+    <t>8471VBMA040LSN01E0</t>
+  </si>
+  <si>
+    <t>8471VBMA040LSN01J0</t>
+  </si>
+  <si>
     <t>8471VBMA040LSN01F0</t>
   </si>
   <si>
-    <t>8471VBMA040LSN01E0</t>
-[...4 lines deleted...]
-  <si>
     <t>8471VBM3060LSN0110</t>
   </si>
   <si>
+    <t>8471VBM3050LSN0110</t>
+  </si>
+  <si>
+    <t>8471VBM3050LSN01E0</t>
+  </si>
+  <si>
     <t>8471VBM3050LSN01S0</t>
   </si>
   <si>
-    <t>8471VBM3050LSN01E0</t>
-[...4 lines deleted...]
-  <si>
     <t>8471VBM3045LSN0110</t>
   </si>
   <si>
     <t>8471VEMA040LSN0110</t>
   </si>
   <si>
     <t>420V</t>
   </si>
   <si>
     <t>8471VEMA035LSN0110</t>
   </si>
   <si>
     <t>8471VAMA045LSN0110</t>
   </si>
   <si>
     <t>8471VAMA040LSN01E0</t>
   </si>
   <si>
     <t>8471VAMA035LSN0110</t>
   </si>
   <si>
     <t>8471VAM3060LSN0110</t>
   </si>
   <si>
     <t>8471VAM3050LSN01E0</t>
@@ -876,431 +879,443 @@
   <si>
     <t>8391MQM2245LSN0110</t>
   </si>
   <si>
     <t>8391MDM2245LSN0110</t>
   </si>
   <si>
     <t>8391MCM2530LSN01F0</t>
   </si>
   <si>
     <t>Φ25×30mm</t>
   </si>
   <si>
     <t>2530</t>
   </si>
   <si>
     <t>8391MBM2530LSN01E0</t>
   </si>
   <si>
     <t>8391MBM2530LSN01J0</t>
   </si>
   <si>
     <t>8391VCKA050LSN0110</t>
   </si>
   <si>
+    <t>8331VFMA055LSN01E0</t>
+  </si>
+  <si>
+    <t>330μF</t>
+  </si>
+  <si>
+    <t>Φ35×55mm</t>
+  </si>
+  <si>
+    <t>A055</t>
+  </si>
+  <si>
     <t>8331VCM3050LSN01E0</t>
   </si>
   <si>
-    <t>330μF</t>
-[...1 lines deleted...]
-  <si>
     <t>8331VBMA045LSN0110</t>
   </si>
   <si>
     <t>8331VBMA045LSN01E0</t>
   </si>
   <si>
+    <t>8331VBMA040LSN0110</t>
+  </si>
+  <si>
     <t>8331VBMA040LSN01E0</t>
   </si>
   <si>
-    <t>8331VBMA040LSN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8331VBMA035LSN0110</t>
   </si>
   <si>
+    <t>8331VBM3050LSN01T0</t>
+  </si>
+  <si>
+    <t>8331VBM3050LSN0110</t>
+  </si>
+  <si>
     <t>8331VBM3050LSN01E0</t>
   </si>
   <si>
-    <t>8331VBM3050LSN0110</t>
-[...4 lines deleted...]
-  <si>
     <t>8331VBM3040LSN0110</t>
   </si>
   <si>
+    <t>8331VBM3040LSN01E0</t>
+  </si>
+  <si>
+    <t>8331VBM3040LSN01J0</t>
+  </si>
+  <si>
+    <t>8331VBM3040LSN01W0</t>
+  </si>
+  <si>
     <t>8331VBM3040LSN01S0</t>
   </si>
   <si>
-    <t>8331VBM3040LSN01W0</t>
-[...7 lines deleted...]
-  <si>
     <t>8331VBM3035LSN01E0</t>
   </si>
   <si>
     <t>8331VBM2550LSN0110</t>
   </si>
   <si>
     <t>8331VEM2540LSN01E0</t>
   </si>
   <si>
     <t>8331VAMA050LSN0110</t>
   </si>
   <si>
     <t>8331VAMA035LSN0110</t>
   </si>
   <si>
     <t>8331VAMA030LSN0110</t>
   </si>
   <si>
     <t>Φ35×30mm</t>
   </si>
   <si>
     <t>A030</t>
   </si>
   <si>
     <t>8331VAM3050LSN0110</t>
   </si>
   <si>
+    <t>8331VAM3040LSN0110</t>
+  </si>
+  <si>
     <t>8331VAM3040LSN01E0</t>
   </si>
   <si>
-    <t>8331VAM3040LSN0110</t>
+    <t>8331VAM3035LSN01J0</t>
+  </si>
+  <si>
+    <t>8331VAM3035LSN0110</t>
   </si>
   <si>
     <t>8331VAM3035LSN01W0</t>
   </si>
   <si>
-    <t>8331VAM3035LSN0110</t>
-[...4 lines deleted...]
-  <si>
     <t>8331VAM2550LSN01E0</t>
   </si>
   <si>
     <t>8331VAM2545LSN0110</t>
   </si>
   <si>
     <t>8331VAM2545LSN01W0</t>
   </si>
   <si>
     <t>8331VAM2545LSN01E0</t>
   </si>
   <si>
     <t>8331VAM2540LSN01E0</t>
   </si>
   <si>
     <t>8331MFM3045LSN0110</t>
   </si>
   <si>
     <t>8331MFM3030LSN0110</t>
   </si>
   <si>
     <t>8331MFM2550LSN0110</t>
   </si>
   <si>
     <t>8331MDM3025LSN01E0</t>
   </si>
   <si>
     <t>8331MDM2535LSN0110</t>
   </si>
   <si>
     <t>8331MDM2535LSN01F0</t>
   </si>
   <si>
+    <t>8331MDM2530LSN0110</t>
+  </si>
+  <si>
     <t>8331MDM2530LSN01F0</t>
   </si>
   <si>
-    <t>8331MDM2530LSN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8331MCM2530LSN0110</t>
   </si>
   <si>
     <t>8331MCM2525LSN0110</t>
   </si>
   <si>
     <t>8331MCM2230LSN0110</t>
   </si>
   <si>
     <t>8271VBMA045LSN0110</t>
   </si>
   <si>
     <t>270μF</t>
   </si>
   <si>
     <t>8271VBMA030LSN0110</t>
   </si>
   <si>
     <t>8271VBM3045LSN0110</t>
   </si>
   <si>
     <t>8271VBM3040LSN01E0</t>
   </si>
   <si>
     <t>8271VBM3040LSQ0110</t>
   </si>
   <si>
     <t>8271VBM3035LSN01J0</t>
   </si>
   <si>
     <t>8271VBM3030LSN01E0</t>
   </si>
   <si>
     <t>8271VBM3030LSN0110</t>
   </si>
   <si>
+    <t>8271VBM2540LSN01J0</t>
+  </si>
+  <si>
     <t>8271VBM2540LSN0110</t>
   </si>
   <si>
-    <t>8271VBM2540LSN01J0</t>
-[...1 lines deleted...]
-  <si>
     <t>8271VAM3045LSN01E0</t>
   </si>
   <si>
     <t>8271VAM3030LSN0110</t>
   </si>
   <si>
     <t>8271VAM3030LSN01E0</t>
   </si>
   <si>
     <t>8271VAM2545LSN01E0</t>
   </si>
   <si>
     <t>8271VAM2535LSN01F0</t>
   </si>
   <si>
     <t>8271MDM2230LSN0110</t>
   </si>
   <si>
+    <t>8271MCM2235LSN01F0</t>
+  </si>
+  <si>
     <t>8271MCM2235LSN0110</t>
   </si>
   <si>
     <t>8271MCM2235LSN01E0</t>
   </si>
   <si>
-    <t>8271MCM2235LSN01F0</t>
-[...1 lines deleted...]
-  <si>
     <t>8271MCM2235LSN01J0</t>
   </si>
   <si>
     <t>8271MBM2230LSN01E0</t>
   </si>
   <si>
     <t>8221VCM3045LSN01E0</t>
   </si>
   <si>
     <t>220μF</t>
   </si>
   <si>
     <t>8221VBMA035LSN0110</t>
   </si>
   <si>
     <t>8221VBMA030LSN0110</t>
   </si>
   <si>
     <t>8221VBM3045LSN0110</t>
   </si>
   <si>
     <t>8221VBM3040LSN0110</t>
   </si>
   <si>
+    <t>8221VBM3035LSN0110</t>
+  </si>
+  <si>
     <t>8221VBM3035LSN01E0</t>
   </si>
   <si>
-    <t>8221VBM3035LSN0110</t>
+    <t>8221VBM3030LSN01E0</t>
   </si>
   <si>
     <t>8221VBM3030LSN0110</t>
   </si>
   <si>
-    <t>8221VBM3030LSN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8221VBM2545LSN01S0</t>
   </si>
   <si>
+    <t>8221VBM2540LSN01E0</t>
+  </si>
+  <si>
+    <t>8221VBM2540LSN0110</t>
+  </si>
+  <si>
     <t>8221VBM2540LSN01J0</t>
   </si>
   <si>
-    <t>8221VBM2540LSN0110</t>
-[...4 lines deleted...]
-  <si>
     <t>8221VBM2535LSN01E0</t>
   </si>
   <si>
     <t>8221VBM2530LSN0110</t>
   </si>
   <si>
     <t>8221VBM2250LSN01F0</t>
   </si>
   <si>
     <t>8221VAMA040LSQ0110</t>
   </si>
   <si>
     <t>8221VAM3035LSN0110</t>
   </si>
   <si>
+    <t>8221VAM3030LSN0110</t>
+  </si>
+  <si>
     <t>8221VAM3030LSN01E0</t>
   </si>
   <si>
-    <t>8221VAM3030LSN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8221VAM2545LSN0110</t>
   </si>
   <si>
     <t>8221VAM2540LSN01E0</t>
   </si>
   <si>
     <t>8221VAM2530LSN0110</t>
   </si>
   <si>
     <t>8221VAM2530LSN01E0</t>
   </si>
   <si>
     <t>8221VAM2240LSN01E0</t>
   </si>
   <si>
     <t>8221MFM2530LSN0110</t>
   </si>
   <si>
     <t>8221MDM3030LSN0110</t>
   </si>
   <si>
     <t>8221MDM2530LSN0110</t>
   </si>
   <si>
     <t>8221MDM2235LSN0110</t>
   </si>
   <si>
     <t>8221MDM2230LSN0110</t>
   </si>
   <si>
     <t>8221MCM2225LSN0110</t>
   </si>
   <si>
     <t>8221MGM2225LSN0110</t>
   </si>
   <si>
     <t>8221VBK3035LSN0110</t>
   </si>
   <si>
     <t>8221VBK3030LSN0110</t>
   </si>
   <si>
+    <t>8221VBK3030LSN01W0</t>
+  </si>
+  <si>
     <t>8221VBK3030LSN01J0</t>
   </si>
   <si>
-    <t>8221VBK3030LSN01W0</t>
-[...1 lines deleted...]
-  <si>
     <t>8181VCM3030LSN01F0</t>
   </si>
   <si>
     <t>180μF</t>
   </si>
   <si>
     <t>8181VBM3040LSN01E0</t>
   </si>
   <si>
     <t>8181VBM3035LSN0110</t>
   </si>
   <si>
     <t>8181VBM3030LSN01E0</t>
   </si>
   <si>
     <t>8181VBM2550LSN0110</t>
   </si>
   <si>
     <t>8181VBM2535LSN0110</t>
   </si>
   <si>
+    <t>8181VBM2530LSN0110</t>
+  </si>
+  <si>
     <t>8181VBM2530LSN01E0</t>
   </si>
   <si>
-    <t>8181VBM2530LSN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8181VEM2530LSN01E0</t>
   </si>
   <si>
     <t>8181VAM2535LSN0110</t>
   </si>
   <si>
     <t>8181VAM2235LSN01E0</t>
   </si>
   <si>
     <t>8181VBA2550LSN0110</t>
   </si>
   <si>
     <t>8151VCM3030LSN01E0</t>
   </si>
   <si>
     <t>150μF</t>
   </si>
   <si>
     <t>8151VBMA040LSQ0110</t>
   </si>
   <si>
+    <t>8151VBM3030LSN01J0</t>
+  </si>
+  <si>
     <t>8151VBM3030LSN0110</t>
   </si>
   <si>
-    <t>8151VBM3030LSN01J0</t>
-[...1 lines deleted...]
-  <si>
     <t>8151VBM2535LSN0110</t>
   </si>
   <si>
+    <t>8151VBM2535LSN01E0</t>
+  </si>
+  <si>
     <t>8151VBM2535LSN01J0</t>
   </si>
   <si>
-    <t>8151VBM2535LSN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8151VBM2530LSN01E0</t>
   </si>
   <si>
     <t>8151VBM2530LSN0110</t>
   </si>
   <si>
+    <t>8151VBM2525LSN01E0</t>
+  </si>
+  <si>
     <t>8151VBM2525LSN01J0</t>
   </si>
   <si>
     <t>8151VBM2250LSN0110</t>
   </si>
   <si>
     <t>8151VBM2240LSN0110</t>
   </si>
   <si>
     <t>8151VBM2235LSN01E0</t>
   </si>
   <si>
     <t>8151VAMA025LSN0110</t>
   </si>
   <si>
     <t>Φ35×25mm</t>
   </si>
   <si>
     <t>A025</t>
   </si>
   <si>
     <t>8151VAM3040LSQ0110</t>
   </si>
   <si>
     <t>8151VAM3025LSN0110</t>
@@ -1314,171 +1329,174 @@
   <si>
     <t>8151VAM2525LSN0110</t>
   </si>
   <si>
     <t>8151VAM2525LSN01E0</t>
   </si>
   <si>
     <t>8151VAM2240LSN0110</t>
   </si>
   <si>
     <t>8121VCM3025LSN01E0</t>
   </si>
   <si>
     <t>120μF</t>
   </si>
   <si>
     <t>8121VCM2535LSN01F0</t>
   </si>
   <si>
     <t>8121VBM2535LSN0110</t>
   </si>
   <si>
     <t>8121VBM2530LSN0110</t>
   </si>
   <si>
+    <t>8121VBM2525LSN0110</t>
+  </si>
+  <si>
     <t>8121VBM2525LSN01E0</t>
   </si>
   <si>
     <t>8121VBM2235LSN01E0</t>
   </si>
   <si>
     <t>8121VAM3030LSN0110</t>
   </si>
   <si>
     <t>8121VAM2530LSN0110</t>
   </si>
   <si>
     <t>8121VAM2525LSN0110</t>
   </si>
   <si>
     <t>8121VAM2235LSN0110</t>
   </si>
   <si>
     <t>8101VBM2535LSN01E0</t>
   </si>
   <si>
     <t>100μF</t>
   </si>
   <si>
     <t>8101VBM2530LSN0110</t>
   </si>
   <si>
+    <t>8101VBM2525LSN01E0</t>
+  </si>
+  <si>
+    <t>8101VBM2525LSN0110</t>
+  </si>
+  <si>
     <t>8101VBM2525LSN01J0</t>
   </si>
   <si>
-    <t>8101VBM2525LSN0110</t>
-[...4 lines deleted...]
-  <si>
     <t>8101VBM2240LSN0110</t>
   </si>
   <si>
     <t>8101VBM2235LSN0110</t>
   </si>
   <si>
+    <t>8101VBM2235LSN01J0</t>
+  </si>
+  <si>
     <t>8101VBM2235LSN01E0</t>
   </si>
   <si>
-    <t>8101VBM2235LSN01J0</t>
-[...1 lines deleted...]
-  <si>
     <t>8101VBM2230LSN0110</t>
   </si>
   <si>
     <t>8101VBM2225LSN01E0</t>
   </si>
   <si>
     <t>8101VAM2530LSN0110</t>
   </si>
   <si>
+    <t>8101VAM2525LSN0110</t>
+  </si>
+  <si>
     <t>8101VAM2525LSQ0110</t>
   </si>
   <si>
-    <t>8101VAM2525LSN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8101VAM2235LSN0110</t>
   </si>
   <si>
     <t>8101VAM2230LSN0110</t>
   </si>
   <si>
     <t>8101MFM2230LSN0110</t>
   </si>
   <si>
     <t>8820VCM2525LSN01E0</t>
   </si>
   <si>
     <t>82μF</t>
   </si>
   <si>
     <t>8820VBM2530LSN0110</t>
   </si>
   <si>
     <t>8820VBM2525LSN0110</t>
   </si>
   <si>
     <t>8820VBM2235LSN01E0</t>
   </si>
   <si>
     <t>8820VBM2230LSN0110</t>
   </si>
   <si>
+    <t>8820VAM2525LSQ0110</t>
+  </si>
+  <si>
     <t>8820VAM2525LSN0110</t>
   </si>
   <si>
-    <t>8820VAM2525LSQ0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8820VAM2230LSN0110</t>
   </si>
   <si>
     <t>8820VAM2225LSN0110</t>
   </si>
   <si>
     <t>8680VCM2525LSN0110</t>
   </si>
   <si>
     <t>68μF</t>
   </si>
   <si>
     <t>8680VCM2225LSN01E0</t>
   </si>
   <si>
     <t>8680VBM2530LSN0110</t>
   </si>
   <si>
     <t>8680VBM2525LSN0110</t>
   </si>
   <si>
+    <t>8680VBM2230LSN01E0</t>
+  </si>
+  <si>
     <t>8680VBM2230LSN0110</t>
-  </si>
-[...1 lines deleted...]
-    <t>8680VBM2230LSN01E0</t>
   </si>
   <si>
     <t>8680VAM2225LSN0110</t>
   </si>
   <si>
     <t>8560VBM2225LSN0110</t>
   </si>
   <si>
     <t>56μF</t>
   </si>
   <si>
     <t>8470VBM2225LSN0110</t>
   </si>
   <si>
     <t>47μF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -1785,51 +1803,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:N349"/>
+  <dimension ref="A1:N353"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2014,167 +2032,167 @@
       </c>
       <c r="D7" t="s">
         <v>33</v>
       </c>
       <c r="E7" t="s">
         <v>17</v>
       </c>
       <c r="F7" t="s">
         <v>18</v>
       </c>
       <c r="G7" t="s">
         <v>19</v>
       </c>
       <c r="H7" t="s">
         <v>20</v>
       </c>
       <c r="N7">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="C8" t="s">
         <v>15</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
       <c r="E8" t="s">
         <v>17</v>
       </c>
       <c r="F8" t="s">
         <v>18</v>
       </c>
       <c r="G8" t="s">
         <v>19</v>
       </c>
       <c r="H8" t="s">
         <v>20</v>
       </c>
       <c r="N8">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" t="s">
         <v>37</v>
       </c>
       <c r="B9" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="C9" t="s">
         <v>15</v>
       </c>
       <c r="D9" t="s">
         <v>24</v>
       </c>
       <c r="E9" t="s">
         <v>17</v>
       </c>
       <c r="F9" t="s">
         <v>18</v>
       </c>
       <c r="G9" t="s">
         <v>19</v>
       </c>
       <c r="H9" t="s">
         <v>20</v>
       </c>
       <c r="N9">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" t="s">
         <v>38</v>
       </c>
       <c r="B10" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="C10" t="s">
         <v>39</v>
       </c>
       <c r="D10" t="s">
         <v>27</v>
       </c>
       <c r="E10" t="s">
         <v>17</v>
       </c>
       <c r="F10" t="s">
         <v>18</v>
       </c>
       <c r="G10" t="s">
         <v>19</v>
       </c>
       <c r="H10" t="s">
         <v>40</v>
       </c>
       <c r="N10">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" t="s">
         <v>41</v>
       </c>
       <c r="B11" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="C11" t="s">
         <v>39</v>
       </c>
       <c r="D11" t="s">
         <v>42</v>
       </c>
       <c r="E11" t="s">
         <v>17</v>
       </c>
       <c r="F11" t="s">
         <v>18</v>
       </c>
       <c r="G11" t="s">
         <v>19</v>
       </c>
       <c r="H11" t="s">
         <v>40</v>
       </c>
       <c r="N11">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" t="s">
         <v>43</v>
       </c>
       <c r="B12" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="C12" t="s">
         <v>23</v>
       </c>
       <c r="D12" t="s">
         <v>24</v>
       </c>
       <c r="E12" t="s">
         <v>17</v>
       </c>
       <c r="F12" t="s">
         <v>18</v>
       </c>
       <c r="G12" t="s">
         <v>44</v>
       </c>
       <c r="H12" t="s">
         <v>25</v>
       </c>
       <c r="N12">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" t="s">
@@ -5178,6796 +5196,6912 @@
       </c>
       <c r="E116" t="s">
         <v>17</v>
       </c>
       <c r="F116" t="s">
         <v>18</v>
       </c>
       <c r="G116" t="s">
         <v>19</v>
       </c>
       <c r="H116" t="s">
         <v>219</v>
       </c>
       <c r="N116">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:14">
       <c r="A117" t="s">
         <v>220</v>
       </c>
       <c r="B117" t="s">
         <v>203</v>
       </c>
       <c r="C117" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="D117" t="s">
         <v>112</v>
       </c>
       <c r="E117" t="s">
         <v>17</v>
       </c>
       <c r="F117" t="s">
         <v>18</v>
       </c>
       <c r="G117" t="s">
         <v>19</v>
       </c>
       <c r="H117" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="N117">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:14">
       <c r="A118" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="B118" t="s">
         <v>203</v>
       </c>
       <c r="C118" t="s">
-        <v>197</v>
+        <v>222</v>
       </c>
       <c r="D118" t="s">
-        <v>88</v>
+        <v>112</v>
       </c>
       <c r="E118" t="s">
         <v>17</v>
       </c>
       <c r="F118" t="s">
         <v>18</v>
       </c>
       <c r="G118" t="s">
         <v>19</v>
       </c>
       <c r="H118" t="s">
-        <v>199</v>
+        <v>223</v>
       </c>
       <c r="N118">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:14">
       <c r="A119" t="s">
         <v>224</v>
       </c>
       <c r="B119" t="s">
         <v>203</v>
       </c>
       <c r="C119" t="s">
         <v>197</v>
       </c>
       <c r="D119" t="s">
         <v>88</v>
       </c>
       <c r="E119" t="s">
         <v>17</v>
       </c>
       <c r="F119" t="s">
         <v>18</v>
       </c>
       <c r="G119" t="s">
         <v>19</v>
       </c>
       <c r="H119" t="s">
         <v>199</v>
       </c>
       <c r="N119">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" t="s">
         <v>225</v>
       </c>
       <c r="B120" t="s">
-        <v>226</v>
+        <v>203</v>
       </c>
       <c r="C120" t="s">
-        <v>60</v>
+        <v>197</v>
       </c>
       <c r="D120" t="s">
-        <v>227</v>
+        <v>88</v>
       </c>
       <c r="E120" t="s">
         <v>17</v>
       </c>
       <c r="F120" t="s">
         <v>18</v>
       </c>
       <c r="G120" t="s">
         <v>19</v>
       </c>
       <c r="H120" t="s">
-        <v>61</v>
+        <v>199</v>
       </c>
       <c r="N120">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:14">
       <c r="A121" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="B121" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C121" t="s">
         <v>60</v>
       </c>
       <c r="D121" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="E121" t="s">
         <v>17</v>
       </c>
       <c r="F121" t="s">
         <v>18</v>
       </c>
       <c r="G121" t="s">
         <v>19</v>
       </c>
       <c r="H121" t="s">
         <v>61</v>
       </c>
       <c r="N121">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:14">
       <c r="A122" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="B122" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C122" t="s">
         <v>60</v>
       </c>
       <c r="D122" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="E122" t="s">
         <v>17</v>
       </c>
       <c r="F122" t="s">
         <v>18</v>
       </c>
       <c r="G122" t="s">
         <v>19</v>
       </c>
       <c r="H122" t="s">
         <v>61</v>
       </c>
       <c r="N122">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:14">
       <c r="A123" t="s">
         <v>231</v>
       </c>
       <c r="B123" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C123" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="D123" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="E123" t="s">
         <v>17</v>
       </c>
       <c r="F123" t="s">
         <v>18</v>
       </c>
       <c r="G123" t="s">
         <v>19</v>
       </c>
       <c r="H123" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="N123">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:14">
       <c r="A124" t="s">
         <v>232</v>
       </c>
       <c r="B124" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C124" t="s">
         <v>15</v>
       </c>
       <c r="D124" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="E124" t="s">
         <v>17</v>
       </c>
       <c r="F124" t="s">
         <v>18</v>
       </c>
       <c r="G124" t="s">
         <v>19</v>
       </c>
       <c r="H124" t="s">
         <v>20</v>
       </c>
       <c r="N124">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:14">
       <c r="A125" t="s">
         <v>233</v>
       </c>
       <c r="B125" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C125" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="D125" t="s">
-        <v>133</v>
+        <v>230</v>
       </c>
       <c r="E125" t="s">
         <v>17</v>
       </c>
       <c r="F125" t="s">
         <v>18</v>
       </c>
       <c r="G125" t="s">
         <v>19</v>
       </c>
       <c r="H125" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="N125">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:14">
       <c r="A126" t="s">
         <v>234</v>
       </c>
       <c r="B126" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C126" t="s">
         <v>60</v>
       </c>
       <c r="D126" t="s">
         <v>133</v>
       </c>
       <c r="E126" t="s">
         <v>17</v>
       </c>
       <c r="F126" t="s">
         <v>18</v>
       </c>
       <c r="G126" t="s">
         <v>19</v>
       </c>
       <c r="H126" t="s">
         <v>61</v>
       </c>
       <c r="N126">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:14">
       <c r="A127" t="s">
         <v>235</v>
       </c>
       <c r="B127" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C127" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="D127" t="s">
         <v>133</v>
       </c>
       <c r="E127" t="s">
         <v>17</v>
       </c>
       <c r="F127" t="s">
         <v>18</v>
       </c>
       <c r="G127" t="s">
         <v>19</v>
       </c>
       <c r="H127" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="N127">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:14">
       <c r="A128" t="s">
         <v>236</v>
       </c>
       <c r="B128" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C128" t="s">
         <v>15</v>
       </c>
       <c r="D128" t="s">
         <v>133</v>
       </c>
       <c r="E128" t="s">
         <v>17</v>
       </c>
       <c r="F128" t="s">
         <v>18</v>
       </c>
       <c r="G128" t="s">
         <v>19</v>
       </c>
       <c r="H128" t="s">
         <v>20</v>
       </c>
       <c r="N128">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:14">
       <c r="A129" t="s">
         <v>237</v>
       </c>
       <c r="B129" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C129" t="s">
-        <v>115</v>
+        <v>15</v>
       </c>
       <c r="D129" t="s">
         <v>133</v>
       </c>
       <c r="E129" t="s">
         <v>17</v>
       </c>
       <c r="F129" t="s">
         <v>18</v>
       </c>
       <c r="G129" t="s">
         <v>19</v>
       </c>
       <c r="H129" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="N129">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:14">
       <c r="A130" t="s">
         <v>238</v>
       </c>
       <c r="B130" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C130" t="s">
         <v>115</v>
       </c>
       <c r="D130" t="s">
         <v>133</v>
       </c>
       <c r="E130" t="s">
         <v>17</v>
       </c>
       <c r="F130" t="s">
         <v>18</v>
       </c>
       <c r="G130" t="s">
         <v>19</v>
       </c>
       <c r="H130" t="s">
         <v>116</v>
       </c>
       <c r="N130">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:14">
       <c r="A131" t="s">
         <v>239</v>
       </c>
       <c r="B131" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C131" t="s">
         <v>115</v>
       </c>
       <c r="D131" t="s">
         <v>133</v>
       </c>
       <c r="E131" t="s">
         <v>17</v>
       </c>
       <c r="F131" t="s">
         <v>18</v>
       </c>
       <c r="G131" t="s">
         <v>19</v>
       </c>
       <c r="H131" t="s">
         <v>116</v>
       </c>
       <c r="N131">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:14">
       <c r="A132" t="s">
         <v>240</v>
       </c>
       <c r="B132" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C132" t="s">
-        <v>188</v>
+        <v>115</v>
       </c>
       <c r="D132" t="s">
         <v>133</v>
       </c>
       <c r="E132" t="s">
         <v>17</v>
       </c>
       <c r="F132" t="s">
         <v>18</v>
       </c>
       <c r="G132" t="s">
         <v>19</v>
       </c>
       <c r="H132" t="s">
-        <v>189</v>
+        <v>116</v>
       </c>
       <c r="N132">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:14">
       <c r="A133" t="s">
         <v>241</v>
       </c>
       <c r="B133" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C133" t="s">
         <v>188</v>
       </c>
       <c r="D133" t="s">
         <v>133</v>
       </c>
       <c r="E133" t="s">
         <v>17</v>
       </c>
       <c r="F133" t="s">
         <v>18</v>
       </c>
       <c r="G133" t="s">
         <v>19</v>
       </c>
       <c r="H133" t="s">
         <v>189</v>
       </c>
       <c r="N133">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:14">
       <c r="A134" t="s">
         <v>242</v>
       </c>
       <c r="B134" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C134" t="s">
         <v>188</v>
       </c>
       <c r="D134" t="s">
         <v>133</v>
       </c>
       <c r="E134" t="s">
         <v>17</v>
       </c>
       <c r="F134" t="s">
         <v>18</v>
       </c>
       <c r="G134" t="s">
         <v>19</v>
       </c>
       <c r="H134" t="s">
         <v>189</v>
       </c>
       <c r="N134">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:14">
       <c r="A135" t="s">
         <v>243</v>
       </c>
       <c r="B135" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C135" t="s">
-        <v>90</v>
+        <v>188</v>
       </c>
       <c r="D135" t="s">
         <v>133</v>
       </c>
       <c r="E135" t="s">
         <v>17</v>
       </c>
       <c r="F135" t="s">
         <v>18</v>
       </c>
       <c r="G135" t="s">
         <v>19</v>
       </c>
       <c r="H135" t="s">
-        <v>91</v>
+        <v>189</v>
       </c>
       <c r="N135">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:14">
       <c r="A136" t="s">
         <v>244</v>
       </c>
       <c r="B136" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C136" t="s">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="D136" t="s">
         <v>133</v>
       </c>
       <c r="E136" t="s">
         <v>17</v>
       </c>
       <c r="F136" t="s">
         <v>18</v>
       </c>
       <c r="G136" t="s">
         <v>19</v>
       </c>
       <c r="H136" t="s">
-        <v>30</v>
+        <v>91</v>
       </c>
       <c r="N136">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:14">
       <c r="A137" t="s">
         <v>245</v>
       </c>
       <c r="B137" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C137" t="s">
         <v>29</v>
       </c>
       <c r="D137" t="s">
         <v>133</v>
       </c>
       <c r="E137" t="s">
         <v>17</v>
       </c>
       <c r="F137" t="s">
         <v>18</v>
       </c>
       <c r="G137" t="s">
         <v>19</v>
       </c>
       <c r="H137" t="s">
         <v>30</v>
       </c>
       <c r="N137">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:14">
       <c r="A138" t="s">
         <v>246</v>
       </c>
       <c r="B138" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C138" t="s">
         <v>29</v>
       </c>
       <c r="D138" t="s">
         <v>133</v>
       </c>
       <c r="E138" t="s">
         <v>17</v>
       </c>
       <c r="F138" t="s">
         <v>18</v>
       </c>
       <c r="G138" t="s">
         <v>19</v>
       </c>
       <c r="H138" t="s">
         <v>30</v>
       </c>
       <c r="N138">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:14">
       <c r="A139" t="s">
         <v>247</v>
       </c>
       <c r="B139" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C139" t="s">
-        <v>145</v>
+        <v>29</v>
       </c>
       <c r="D139" t="s">
         <v>133</v>
       </c>
       <c r="E139" t="s">
         <v>17</v>
       </c>
       <c r="F139" t="s">
         <v>18</v>
       </c>
       <c r="G139" t="s">
         <v>19</v>
       </c>
       <c r="H139" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
       <c r="N139">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:14">
       <c r="A140" t="s">
         <v>248</v>
       </c>
       <c r="B140" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C140" t="s">
-        <v>188</v>
+        <v>145</v>
       </c>
       <c r="D140" t="s">
-        <v>249</v>
+        <v>133</v>
       </c>
       <c r="E140" t="s">
         <v>17</v>
       </c>
       <c r="F140" t="s">
         <v>18</v>
       </c>
       <c r="G140" t="s">
         <v>19</v>
       </c>
       <c r="H140" t="s">
-        <v>189</v>
+        <v>146</v>
       </c>
       <c r="N140">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:14">
       <c r="A141" t="s">
+        <v>249</v>
+      </c>
+      <c r="B141" t="s">
+        <v>227</v>
+      </c>
+      <c r="C141" t="s">
+        <v>188</v>
+      </c>
+      <c r="D141" t="s">
         <v>250</v>
       </c>
-      <c r="B141" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E141" t="s">
         <v>17</v>
       </c>
       <c r="F141" t="s">
         <v>18</v>
       </c>
       <c r="G141" t="s">
         <v>19</v>
       </c>
       <c r="H141" t="s">
-        <v>73</v>
+        <v>189</v>
       </c>
       <c r="N141">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:14">
       <c r="A142" t="s">
         <v>251</v>
       </c>
       <c r="B142" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C142" t="s">
-        <v>115</v>
+        <v>72</v>
       </c>
       <c r="D142" t="s">
-        <v>123</v>
+        <v>250</v>
       </c>
       <c r="E142" t="s">
         <v>17</v>
       </c>
       <c r="F142" t="s">
         <v>18</v>
       </c>
       <c r="G142" t="s">
         <v>19</v>
       </c>
       <c r="H142" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="N142">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:14">
       <c r="A143" t="s">
         <v>252</v>
       </c>
       <c r="B143" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C143" t="s">
-        <v>188</v>
+        <v>115</v>
       </c>
       <c r="D143" t="s">
         <v>123</v>
       </c>
       <c r="E143" t="s">
         <v>17</v>
       </c>
       <c r="F143" t="s">
         <v>18</v>
       </c>
       <c r="G143" t="s">
         <v>19</v>
       </c>
       <c r="H143" t="s">
-        <v>189</v>
+        <v>116</v>
       </c>
       <c r="N143">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:14">
       <c r="A144" t="s">
         <v>253</v>
       </c>
       <c r="B144" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C144" t="s">
-        <v>72</v>
+        <v>188</v>
       </c>
       <c r="D144" t="s">
         <v>123</v>
       </c>
       <c r="E144" t="s">
         <v>17</v>
       </c>
       <c r="F144" t="s">
         <v>18</v>
       </c>
       <c r="G144" t="s">
         <v>19</v>
       </c>
       <c r="H144" t="s">
-        <v>73</v>
+        <v>189</v>
       </c>
       <c r="N144">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:14">
       <c r="A145" t="s">
         <v>254</v>
       </c>
       <c r="B145" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C145" t="s">
-        <v>90</v>
+        <v>72</v>
       </c>
       <c r="D145" t="s">
         <v>123</v>
       </c>
       <c r="E145" t="s">
         <v>17</v>
       </c>
       <c r="F145" t="s">
         <v>18</v>
       </c>
       <c r="G145" t="s">
         <v>19</v>
       </c>
       <c r="H145" t="s">
-        <v>91</v>
+        <v>73</v>
       </c>
       <c r="N145">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:14">
       <c r="A146" t="s">
         <v>255</v>
       </c>
       <c r="B146" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C146" t="s">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="D146" t="s">
         <v>123</v>
       </c>
       <c r="E146" t="s">
         <v>17</v>
       </c>
       <c r="F146" t="s">
         <v>18</v>
       </c>
       <c r="G146" t="s">
         <v>19</v>
       </c>
       <c r="H146" t="s">
-        <v>30</v>
+        <v>91</v>
       </c>
       <c r="N146">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:14">
       <c r="A147" t="s">
         <v>256</v>
       </c>
       <c r="B147" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C147" t="s">
-        <v>145</v>
+        <v>29</v>
       </c>
       <c r="D147" t="s">
         <v>123</v>
       </c>
       <c r="E147" t="s">
         <v>17</v>
       </c>
       <c r="F147" t="s">
         <v>18</v>
       </c>
       <c r="G147" t="s">
         <v>19</v>
       </c>
       <c r="H147" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
       <c r="N147">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:14">
       <c r="A148" t="s">
         <v>257</v>
       </c>
       <c r="B148" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C148" t="s">
-        <v>50</v>
+        <v>145</v>
       </c>
       <c r="D148" t="s">
         <v>123</v>
       </c>
       <c r="E148" t="s">
         <v>17</v>
       </c>
       <c r="F148" t="s">
         <v>18</v>
       </c>
       <c r="G148" t="s">
         <v>19</v>
       </c>
       <c r="H148" t="s">
-        <v>51</v>
+        <v>146</v>
       </c>
       <c r="N148">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:14">
       <c r="A149" t="s">
         <v>258</v>
       </c>
       <c r="B149" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C149" t="s">
-        <v>193</v>
+        <v>50</v>
       </c>
       <c r="D149" t="s">
-        <v>135</v>
+        <v>123</v>
       </c>
       <c r="E149" t="s">
         <v>17</v>
       </c>
       <c r="F149" t="s">
         <v>18</v>
       </c>
       <c r="G149" t="s">
         <v>19</v>
       </c>
       <c r="H149" t="s">
-        <v>194</v>
+        <v>51</v>
       </c>
       <c r="N149">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:14">
       <c r="A150" t="s">
         <v>259</v>
       </c>
       <c r="B150" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C150" t="s">
-        <v>145</v>
+        <v>193</v>
       </c>
       <c r="D150" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="E150" t="s">
         <v>17</v>
       </c>
       <c r="F150" t="s">
         <v>18</v>
       </c>
       <c r="G150" t="s">
         <v>19</v>
       </c>
       <c r="H150" t="s">
-        <v>146</v>
+        <v>194</v>
       </c>
       <c r="N150">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:14">
       <c r="A151" t="s">
         <v>260</v>
       </c>
       <c r="B151" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C151" t="s">
-        <v>50</v>
+        <v>145</v>
       </c>
       <c r="D151" t="s">
-        <v>112</v>
+        <v>137</v>
       </c>
       <c r="E151" t="s">
         <v>17</v>
       </c>
       <c r="F151" t="s">
         <v>18</v>
       </c>
       <c r="G151" t="s">
         <v>19</v>
       </c>
       <c r="H151" t="s">
-        <v>51</v>
+        <v>146</v>
       </c>
       <c r="N151">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:14">
       <c r="A152" t="s">
         <v>261</v>
       </c>
       <c r="B152" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C152" t="s">
-        <v>218</v>
+        <v>50</v>
       </c>
       <c r="D152" t="s">
         <v>112</v>
       </c>
       <c r="E152" t="s">
         <v>17</v>
       </c>
       <c r="F152" t="s">
         <v>18</v>
       </c>
       <c r="G152" t="s">
         <v>19</v>
       </c>
       <c r="H152" t="s">
-        <v>219</v>
+        <v>51</v>
       </c>
       <c r="N152">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:14">
       <c r="A153" t="s">
         <v>262</v>
       </c>
       <c r="B153" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C153" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="D153" t="s">
         <v>112</v>
       </c>
       <c r="E153" t="s">
         <v>17</v>
       </c>
       <c r="F153" t="s">
         <v>18</v>
       </c>
       <c r="G153" t="s">
         <v>19</v>
       </c>
       <c r="H153" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="N153">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:14">
       <c r="A154" t="s">
         <v>263</v>
       </c>
       <c r="B154" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C154" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D154" t="s">
         <v>112</v>
       </c>
       <c r="E154" t="s">
         <v>17</v>
       </c>
       <c r="F154" t="s">
         <v>18</v>
       </c>
       <c r="G154" t="s">
         <v>19</v>
       </c>
       <c r="H154" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="N154">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:14">
       <c r="A155" t="s">
         <v>264</v>
       </c>
       <c r="B155" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C155" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D155" t="s">
-        <v>88</v>
+        <v>112</v>
       </c>
       <c r="E155" t="s">
         <v>17</v>
       </c>
       <c r="F155" t="s">
         <v>18</v>
       </c>
       <c r="G155" t="s">
         <v>19</v>
       </c>
       <c r="H155" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="N155">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:14">
       <c r="A156" t="s">
         <v>265</v>
       </c>
       <c r="B156" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C156" t="s">
-        <v>53</v>
+        <v>222</v>
       </c>
       <c r="D156" t="s">
         <v>88</v>
       </c>
       <c r="E156" t="s">
         <v>17</v>
       </c>
       <c r="F156" t="s">
         <v>18</v>
       </c>
       <c r="G156" t="s">
         <v>19</v>
       </c>
       <c r="H156" t="s">
-        <v>54</v>
+        <v>223</v>
       </c>
       <c r="N156">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:14">
       <c r="A157" t="s">
         <v>266</v>
       </c>
       <c r="B157" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C157" t="s">
-        <v>90</v>
+        <v>53</v>
       </c>
       <c r="D157" t="s">
-        <v>133</v>
+        <v>88</v>
       </c>
       <c r="E157" t="s">
         <v>17</v>
       </c>
       <c r="F157" t="s">
         <v>18</v>
       </c>
       <c r="G157" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="H157" t="s">
-        <v>91</v>
+        <v>54</v>
       </c>
       <c r="N157">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:14">
       <c r="A158" t="s">
         <v>267</v>
       </c>
       <c r="B158" t="s">
-        <v>268</v>
+        <v>227</v>
       </c>
       <c r="C158" t="s">
-        <v>269</v>
+        <v>90</v>
       </c>
       <c r="D158" t="s">
-        <v>93</v>
+        <v>133</v>
       </c>
       <c r="E158" t="s">
         <v>17</v>
       </c>
       <c r="F158" t="s">
         <v>18</v>
       </c>
       <c r="G158" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="H158" t="s">
-        <v>270</v>
+        <v>91</v>
       </c>
       <c r="N158">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:14">
       <c r="A159" t="s">
+        <v>268</v>
+      </c>
+      <c r="B159" t="s">
+        <v>269</v>
+      </c>
+      <c r="C159" t="s">
+        <v>270</v>
+      </c>
+      <c r="D159" t="s">
+        <v>93</v>
+      </c>
+      <c r="E159" t="s">
+        <v>17</v>
+      </c>
+      <c r="F159" t="s">
+        <v>18</v>
+      </c>
+      <c r="G159" t="s">
+        <v>19</v>
+      </c>
+      <c r="H159" t="s">
         <v>271</v>
-      </c>
-[...19 lines deleted...]
-        <v>20</v>
       </c>
       <c r="N159">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:14">
       <c r="A160" t="s">
+        <v>272</v>
+      </c>
+      <c r="B160" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="C160" t="s">
         <v>15</v>
       </c>
       <c r="D160" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="E160" t="s">
         <v>17</v>
       </c>
       <c r="F160" t="s">
         <v>18</v>
       </c>
       <c r="G160" t="s">
         <v>19</v>
       </c>
       <c r="H160" t="s">
         <v>20</v>
       </c>
       <c r="N160">
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:14">
       <c r="A161" t="s">
         <v>274</v>
       </c>
       <c r="B161" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C161" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="D161" t="s">
-        <v>133</v>
+        <v>230</v>
       </c>
       <c r="E161" t="s">
         <v>17</v>
       </c>
       <c r="F161" t="s">
         <v>18</v>
       </c>
       <c r="G161" t="s">
         <v>19</v>
       </c>
       <c r="H161" t="s">
-        <v>91</v>
+        <v>20</v>
       </c>
       <c r="N161">
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:14">
       <c r="A162" t="s">
         <v>275</v>
       </c>
       <c r="B162" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C162" t="s">
-        <v>50</v>
+        <v>90</v>
       </c>
       <c r="D162" t="s">
         <v>133</v>
       </c>
       <c r="E162" t="s">
         <v>17</v>
       </c>
       <c r="F162" t="s">
         <v>18</v>
       </c>
       <c r="G162" t="s">
         <v>19</v>
       </c>
       <c r="H162" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="N162">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:14">
       <c r="A163" t="s">
         <v>276</v>
       </c>
       <c r="B163" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C163" t="s">
-        <v>188</v>
+        <v>50</v>
       </c>
       <c r="D163" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="E163" t="s">
         <v>17</v>
       </c>
       <c r="F163" t="s">
         <v>18</v>
       </c>
       <c r="G163" t="s">
         <v>19</v>
       </c>
       <c r="H163" t="s">
-        <v>189</v>
+        <v>51</v>
       </c>
       <c r="N163">
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:14">
       <c r="A164" t="s">
         <v>277</v>
       </c>
       <c r="B164" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C164" t="s">
-        <v>29</v>
+        <v>188</v>
       </c>
       <c r="D164" t="s">
         <v>123</v>
       </c>
       <c r="E164" t="s">
         <v>17</v>
       </c>
       <c r="F164" t="s">
         <v>18</v>
       </c>
       <c r="G164" t="s">
         <v>19</v>
       </c>
       <c r="H164" t="s">
-        <v>30</v>
+        <v>189</v>
       </c>
       <c r="N164">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:14">
       <c r="A165" t="s">
         <v>278</v>
       </c>
       <c r="B165" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C165" t="s">
-        <v>193</v>
+        <v>29</v>
       </c>
       <c r="D165" t="s">
         <v>123</v>
       </c>
       <c r="E165" t="s">
         <v>17</v>
       </c>
       <c r="F165" t="s">
         <v>18</v>
       </c>
       <c r="G165" t="s">
         <v>19</v>
       </c>
       <c r="H165" t="s">
-        <v>194</v>
+        <v>30</v>
       </c>
       <c r="N165">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:14">
       <c r="A166" t="s">
         <v>279</v>
       </c>
       <c r="B166" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C166" t="s">
-        <v>126</v>
+        <v>193</v>
       </c>
       <c r="D166" t="s">
-        <v>137</v>
+        <v>123</v>
       </c>
       <c r="E166" t="s">
         <v>17</v>
       </c>
       <c r="F166" t="s">
         <v>18</v>
       </c>
       <c r="G166" t="s">
         <v>19</v>
       </c>
       <c r="H166" t="s">
-        <v>127</v>
+        <v>194</v>
       </c>
       <c r="N166">
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:14">
       <c r="A167" t="s">
         <v>280</v>
       </c>
       <c r="B167" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C167" t="s">
-        <v>97</v>
+        <v>126</v>
       </c>
       <c r="D167" t="s">
         <v>137</v>
       </c>
       <c r="E167" t="s">
         <v>17</v>
       </c>
       <c r="F167" t="s">
         <v>18</v>
       </c>
       <c r="G167" t="s">
         <v>19</v>
       </c>
       <c r="H167" t="s">
-        <v>98</v>
+        <v>127</v>
       </c>
       <c r="N167">
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:14">
       <c r="A168" t="s">
         <v>281</v>
       </c>
       <c r="B168" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C168" t="s">
         <v>97</v>
       </c>
       <c r="D168" t="s">
-        <v>112</v>
+        <v>137</v>
       </c>
       <c r="E168" t="s">
         <v>17</v>
       </c>
       <c r="F168" t="s">
         <v>18</v>
       </c>
       <c r="G168" t="s">
         <v>19</v>
       </c>
       <c r="H168" t="s">
         <v>98</v>
       </c>
       <c r="N168">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:14">
       <c r="A169" t="s">
         <v>282</v>
       </c>
       <c r="B169" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C169" t="s">
-        <v>283</v>
+        <v>97</v>
       </c>
       <c r="D169" t="s">
-        <v>88</v>
+        <v>112</v>
       </c>
       <c r="E169" t="s">
         <v>17</v>
       </c>
       <c r="F169" t="s">
         <v>18</v>
       </c>
       <c r="G169" t="s">
         <v>19</v>
       </c>
       <c r="H169" t="s">
-        <v>284</v>
+        <v>98</v>
       </c>
       <c r="N169">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:14">
       <c r="A170" t="s">
+        <v>283</v>
+      </c>
+      <c r="B170" t="s">
+        <v>273</v>
+      </c>
+      <c r="C170" t="s">
+        <v>284</v>
+      </c>
+      <c r="D170" t="s">
+        <v>88</v>
+      </c>
+      <c r="E170" t="s">
+        <v>17</v>
+      </c>
+      <c r="F170" t="s">
+        <v>18</v>
+      </c>
+      <c r="G170" t="s">
+        <v>19</v>
+      </c>
+      <c r="H170" t="s">
         <v>285</v>
-      </c>
-[...19 lines deleted...]
-        <v>284</v>
       </c>
       <c r="N170">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:14">
       <c r="A171" t="s">
         <v>286</v>
       </c>
       <c r="B171" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C171" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D171" t="s">
         <v>93</v>
       </c>
       <c r="E171" t="s">
         <v>17</v>
       </c>
       <c r="F171" t="s">
         <v>18</v>
       </c>
       <c r="G171" t="s">
         <v>19</v>
       </c>
       <c r="H171" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="N171">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:14">
       <c r="A172" t="s">
         <v>287</v>
       </c>
       <c r="B172" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C172" t="s">
-        <v>15</v>
+        <v>284</v>
       </c>
       <c r="D172" t="s">
-        <v>229</v>
+        <v>93</v>
       </c>
       <c r="E172" t="s">
         <v>17</v>
       </c>
       <c r="F172" t="s">
         <v>18</v>
       </c>
       <c r="G172" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="H172" t="s">
-        <v>20</v>
+        <v>285</v>
       </c>
       <c r="N172">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:14">
       <c r="A173" t="s">
         <v>288</v>
       </c>
       <c r="B173" t="s">
-        <v>289</v>
+        <v>273</v>
       </c>
       <c r="C173" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="D173" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="E173" t="s">
         <v>17</v>
       </c>
       <c r="F173" t="s">
         <v>18</v>
       </c>
       <c r="G173" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="H173" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="N173">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:14">
       <c r="A174" t="s">
+        <v>289</v>
+      </c>
+      <c r="B174" t="s">
         <v>290</v>
       </c>
-      <c r="B174" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C174" t="s">
-        <v>115</v>
+        <v>291</v>
       </c>
       <c r="D174" t="s">
-        <v>133</v>
+        <v>228</v>
       </c>
       <c r="E174" t="s">
         <v>17</v>
       </c>
       <c r="F174" t="s">
         <v>18</v>
       </c>
       <c r="G174" t="s">
         <v>19</v>
       </c>
       <c r="H174" t="s">
-        <v>116</v>
+        <v>292</v>
       </c>
       <c r="N174">
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:14">
       <c r="A175" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B175" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C175" t="s">
-        <v>115</v>
+        <v>29</v>
       </c>
       <c r="D175" t="s">
-        <v>133</v>
+        <v>230</v>
       </c>
       <c r="E175" t="s">
         <v>17</v>
       </c>
       <c r="F175" t="s">
         <v>18</v>
       </c>
       <c r="G175" t="s">
         <v>19</v>
       </c>
       <c r="H175" t="s">
-        <v>116</v>
+        <v>30</v>
       </c>
       <c r="N175">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:14">
       <c r="A176" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="B176" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C176" t="s">
-        <v>188</v>
+        <v>115</v>
       </c>
       <c r="D176" t="s">
         <v>133</v>
       </c>
       <c r="E176" t="s">
         <v>17</v>
       </c>
       <c r="F176" t="s">
         <v>18</v>
       </c>
       <c r="G176" t="s">
         <v>19</v>
       </c>
       <c r="H176" t="s">
-        <v>189</v>
+        <v>116</v>
       </c>
       <c r="N176">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:14">
       <c r="A177" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B177" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C177" t="s">
-        <v>188</v>
+        <v>115</v>
       </c>
       <c r="D177" t="s">
         <v>133</v>
       </c>
       <c r="E177" t="s">
         <v>17</v>
       </c>
       <c r="F177" t="s">
         <v>18</v>
       </c>
       <c r="G177" t="s">
         <v>19</v>
       </c>
       <c r="H177" t="s">
-        <v>189</v>
+        <v>116</v>
       </c>
       <c r="N177">
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:14">
       <c r="A178" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B178" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C178" t="s">
-        <v>72</v>
+        <v>188</v>
       </c>
       <c r="D178" t="s">
         <v>133</v>
       </c>
       <c r="E178" t="s">
         <v>17</v>
       </c>
       <c r="F178" t="s">
         <v>18</v>
       </c>
       <c r="G178" t="s">
         <v>19</v>
       </c>
       <c r="H178" t="s">
-        <v>73</v>
+        <v>189</v>
       </c>
       <c r="N178">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:14">
       <c r="A179" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B179" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C179" t="s">
-        <v>29</v>
+        <v>188</v>
       </c>
       <c r="D179" t="s">
         <v>133</v>
       </c>
       <c r="E179" t="s">
         <v>17</v>
       </c>
       <c r="F179" t="s">
         <v>18</v>
       </c>
       <c r="G179" t="s">
         <v>19</v>
       </c>
       <c r="H179" t="s">
-        <v>30</v>
+        <v>189</v>
       </c>
       <c r="N179">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:14">
       <c r="A180" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B180" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C180" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="D180" t="s">
         <v>133</v>
       </c>
       <c r="E180" t="s">
         <v>17</v>
       </c>
       <c r="F180" t="s">
         <v>18</v>
       </c>
       <c r="G180" t="s">
         <v>19</v>
       </c>
       <c r="H180" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="N180">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:14">
       <c r="A181" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B181" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C181" t="s">
         <v>29</v>
       </c>
       <c r="D181" t="s">
         <v>133</v>
       </c>
       <c r="E181" t="s">
         <v>17</v>
       </c>
       <c r="F181" t="s">
         <v>18</v>
       </c>
       <c r="G181" t="s">
         <v>19</v>
       </c>
       <c r="H181" t="s">
         <v>30</v>
       </c>
       <c r="N181">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:14">
       <c r="A182" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="B182" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C182" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="D182" t="s">
         <v>133</v>
       </c>
       <c r="E182" t="s">
         <v>17</v>
       </c>
       <c r="F182" t="s">
         <v>18</v>
       </c>
       <c r="G182" t="s">
         <v>19</v>
       </c>
       <c r="H182" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="N182">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:14">
       <c r="A183" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B183" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C183" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="D183" t="s">
         <v>133</v>
       </c>
       <c r="E183" t="s">
         <v>17</v>
       </c>
       <c r="F183" t="s">
         <v>18</v>
       </c>
       <c r="G183" t="s">
         <v>19</v>
       </c>
       <c r="H183" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="N183">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:14">
       <c r="A184" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B184" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C184" t="s">
         <v>50</v>
       </c>
       <c r="D184" t="s">
         <v>133</v>
       </c>
       <c r="E184" t="s">
         <v>17</v>
       </c>
       <c r="F184" t="s">
         <v>18</v>
       </c>
       <c r="G184" t="s">
         <v>19</v>
       </c>
       <c r="H184" t="s">
         <v>51</v>
       </c>
       <c r="N184">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:14">
       <c r="A185" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B185" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C185" t="s">
         <v>50</v>
       </c>
       <c r="D185" t="s">
         <v>133</v>
       </c>
       <c r="E185" t="s">
         <v>17</v>
       </c>
       <c r="F185" t="s">
         <v>18</v>
       </c>
       <c r="G185" t="s">
         <v>19</v>
       </c>
       <c r="H185" t="s">
         <v>51</v>
       </c>
       <c r="N185">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:14">
       <c r="A186" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="B186" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C186" t="s">
         <v>50</v>
       </c>
       <c r="D186" t="s">
         <v>133</v>
       </c>
       <c r="E186" t="s">
         <v>17</v>
       </c>
       <c r="F186" t="s">
         <v>18</v>
       </c>
       <c r="G186" t="s">
         <v>19</v>
       </c>
       <c r="H186" t="s">
         <v>51</v>
       </c>
       <c r="N186">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:14">
       <c r="A187" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B187" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C187" t="s">
-        <v>193</v>
+        <v>50</v>
       </c>
       <c r="D187" t="s">
         <v>133</v>
       </c>
       <c r="E187" t="s">
         <v>17</v>
       </c>
       <c r="F187" t="s">
         <v>18</v>
       </c>
       <c r="G187" t="s">
         <v>19</v>
       </c>
       <c r="H187" t="s">
-        <v>194</v>
+        <v>51</v>
       </c>
       <c r="N187">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:14">
       <c r="A188" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B188" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C188" t="s">
-        <v>148</v>
+        <v>50</v>
       </c>
       <c r="D188" t="s">
         <v>133</v>
       </c>
       <c r="E188" t="s">
         <v>17</v>
       </c>
       <c r="F188" t="s">
         <v>18</v>
       </c>
       <c r="G188" t="s">
         <v>19</v>
       </c>
       <c r="H188" t="s">
-        <v>149</v>
+        <v>51</v>
       </c>
       <c r="N188">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:14">
       <c r="A189" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B189" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C189" t="s">
-        <v>39</v>
+        <v>193</v>
       </c>
       <c r="D189" t="s">
-        <v>249</v>
+        <v>133</v>
       </c>
       <c r="E189" t="s">
         <v>17</v>
       </c>
       <c r="F189" t="s">
         <v>18</v>
       </c>
       <c r="G189" t="s">
         <v>19</v>
       </c>
       <c r="H189" t="s">
-        <v>40</v>
+        <v>194</v>
       </c>
       <c r="N189">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:14">
       <c r="A190" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B190" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C190" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="D190" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="E190" t="s">
         <v>17</v>
       </c>
       <c r="F190" t="s">
         <v>18</v>
       </c>
       <c r="G190" t="s">
         <v>19</v>
       </c>
       <c r="H190" t="s">
-        <v>20</v>
+        <v>149</v>
       </c>
       <c r="N190">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:14">
       <c r="A191" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B191" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C191" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="D191" t="s">
-        <v>123</v>
+        <v>250</v>
       </c>
       <c r="E191" t="s">
         <v>17</v>
       </c>
       <c r="F191" t="s">
         <v>18</v>
       </c>
       <c r="G191" t="s">
         <v>19</v>
       </c>
       <c r="H191" t="s">
-        <v>73</v>
+        <v>40</v>
       </c>
       <c r="N191">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:14">
       <c r="A192" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B192" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C192" t="s">
-        <v>309</v>
+        <v>15</v>
       </c>
       <c r="D192" t="s">
         <v>123</v>
       </c>
       <c r="E192" t="s">
         <v>17</v>
       </c>
       <c r="F192" t="s">
         <v>18</v>
       </c>
       <c r="G192" t="s">
         <v>19</v>
       </c>
       <c r="H192" t="s">
-        <v>310</v>
+        <v>20</v>
       </c>
       <c r="N192">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:14">
       <c r="A193" t="s">
         <v>311</v>
       </c>
       <c r="B193" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C193" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="D193" t="s">
         <v>123</v>
       </c>
       <c r="E193" t="s">
         <v>17</v>
       </c>
       <c r="F193" t="s">
         <v>18</v>
       </c>
       <c r="G193" t="s">
         <v>19</v>
       </c>
       <c r="H193" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="N193">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:14">
       <c r="A194" t="s">
         <v>312</v>
       </c>
       <c r="B194" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C194" t="s">
-        <v>50</v>
+        <v>313</v>
       </c>
       <c r="D194" t="s">
         <v>123</v>
       </c>
       <c r="E194" t="s">
         <v>17</v>
       </c>
       <c r="F194" t="s">
         <v>18</v>
       </c>
       <c r="G194" t="s">
         <v>19</v>
       </c>
       <c r="H194" t="s">
-        <v>51</v>
+        <v>314</v>
       </c>
       <c r="N194">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:14">
       <c r="A195" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B195" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C195" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="D195" t="s">
         <v>123</v>
       </c>
       <c r="E195" t="s">
         <v>17</v>
       </c>
       <c r="F195" t="s">
         <v>18</v>
       </c>
       <c r="G195" t="s">
         <v>19</v>
       </c>
       <c r="H195" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="N195">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:14">
       <c r="A196" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B196" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C196" t="s">
-        <v>193</v>
+        <v>50</v>
       </c>
       <c r="D196" t="s">
         <v>123</v>
       </c>
       <c r="E196" t="s">
         <v>17</v>
       </c>
       <c r="F196" t="s">
         <v>18</v>
       </c>
       <c r="G196" t="s">
         <v>19</v>
       </c>
       <c r="H196" t="s">
-        <v>194</v>
+        <v>51</v>
       </c>
       <c r="N196">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:14">
       <c r="A197" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B197" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C197" t="s">
-        <v>193</v>
+        <v>50</v>
       </c>
       <c r="D197" t="s">
         <v>123</v>
       </c>
       <c r="E197" t="s">
         <v>17</v>
       </c>
       <c r="F197" t="s">
         <v>18</v>
       </c>
       <c r="G197" t="s">
         <v>19</v>
       </c>
       <c r="H197" t="s">
-        <v>194</v>
+        <v>51</v>
       </c>
       <c r="N197">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:14">
       <c r="A198" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="B198" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C198" t="s">
         <v>193</v>
       </c>
       <c r="D198" t="s">
         <v>123</v>
       </c>
       <c r="E198" t="s">
         <v>17</v>
       </c>
       <c r="F198" t="s">
         <v>18</v>
       </c>
       <c r="G198" t="s">
         <v>19</v>
       </c>
       <c r="H198" t="s">
         <v>194</v>
       </c>
       <c r="N198">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:14">
       <c r="A199" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="B199" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C199" t="s">
-        <v>148</v>
+        <v>193</v>
       </c>
       <c r="D199" t="s">
         <v>123</v>
       </c>
       <c r="E199" t="s">
         <v>17</v>
       </c>
       <c r="F199" t="s">
         <v>18</v>
       </c>
       <c r="G199" t="s">
         <v>19</v>
       </c>
       <c r="H199" t="s">
-        <v>149</v>
+        <v>194</v>
       </c>
       <c r="N199">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:14">
       <c r="A200" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="B200" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C200" t="s">
-        <v>221</v>
+        <v>193</v>
       </c>
       <c r="D200" t="s">
         <v>123</v>
       </c>
       <c r="E200" t="s">
         <v>17</v>
       </c>
       <c r="F200" t="s">
         <v>18</v>
       </c>
       <c r="G200" t="s">
         <v>19</v>
       </c>
       <c r="H200" t="s">
-        <v>222</v>
+        <v>194</v>
       </c>
       <c r="N200">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:14">
       <c r="A201" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B201" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C201" t="s">
-        <v>221</v>
+        <v>148</v>
       </c>
       <c r="D201" t="s">
         <v>123</v>
       </c>
       <c r="E201" t="s">
         <v>17</v>
       </c>
       <c r="F201" t="s">
         <v>18</v>
       </c>
       <c r="G201" t="s">
         <v>19</v>
       </c>
       <c r="H201" t="s">
-        <v>222</v>
+        <v>149</v>
       </c>
       <c r="N201">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:14">
       <c r="A202" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="B202" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C202" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D202" t="s">
         <v>123</v>
       </c>
       <c r="E202" t="s">
         <v>17</v>
       </c>
       <c r="F202" t="s">
         <v>18</v>
       </c>
       <c r="G202" t="s">
         <v>19</v>
       </c>
       <c r="H202" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="N202">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:14">
       <c r="A203" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B203" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C203" t="s">
-        <v>39</v>
+        <v>222</v>
       </c>
       <c r="D203" t="s">
         <v>123</v>
       </c>
       <c r="E203" t="s">
         <v>17</v>
       </c>
       <c r="F203" t="s">
         <v>18</v>
       </c>
       <c r="G203" t="s">
         <v>19</v>
       </c>
       <c r="H203" t="s">
-        <v>40</v>
+        <v>223</v>
       </c>
       <c r="N203">
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:14">
       <c r="A204" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="B204" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C204" t="s">
-        <v>145</v>
+        <v>222</v>
       </c>
       <c r="D204" t="s">
-        <v>135</v>
+        <v>123</v>
       </c>
       <c r="E204" t="s">
         <v>17</v>
       </c>
       <c r="F204" t="s">
         <v>18</v>
       </c>
       <c r="G204" t="s">
         <v>19</v>
       </c>
       <c r="H204" t="s">
-        <v>146</v>
+        <v>223</v>
       </c>
       <c r="N204">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:14">
       <c r="A205" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B205" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C205" t="s">
-        <v>218</v>
+        <v>39</v>
       </c>
       <c r="D205" t="s">
-        <v>135</v>
+        <v>123</v>
       </c>
       <c r="E205" t="s">
         <v>17</v>
       </c>
       <c r="F205" t="s">
         <v>18</v>
       </c>
       <c r="G205" t="s">
         <v>19</v>
       </c>
       <c r="H205" t="s">
-        <v>219</v>
+        <v>40</v>
       </c>
       <c r="N205">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:14">
       <c r="A206" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B206" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C206" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="D206" t="s">
         <v>135</v>
       </c>
       <c r="E206" t="s">
         <v>17</v>
       </c>
       <c r="F206" t="s">
         <v>18</v>
       </c>
       <c r="G206" t="s">
         <v>19</v>
       </c>
       <c r="H206" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="N206">
         <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:14">
       <c r="A207" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="B207" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C207" t="s">
-        <v>197</v>
+        <v>218</v>
       </c>
       <c r="D207" t="s">
-        <v>112</v>
+        <v>135</v>
       </c>
       <c r="E207" t="s">
         <v>17</v>
       </c>
       <c r="F207" t="s">
         <v>18</v>
       </c>
       <c r="G207" t="s">
         <v>19</v>
       </c>
       <c r="H207" t="s">
-        <v>199</v>
+        <v>219</v>
       </c>
       <c r="N207">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:14">
       <c r="A208" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B208" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C208" t="s">
-        <v>53</v>
+        <v>148</v>
       </c>
       <c r="D208" t="s">
-        <v>112</v>
+        <v>135</v>
       </c>
       <c r="E208" t="s">
         <v>17</v>
       </c>
       <c r="F208" t="s">
         <v>18</v>
       </c>
       <c r="G208" t="s">
         <v>19</v>
       </c>
       <c r="H208" t="s">
-        <v>54</v>
+        <v>149</v>
       </c>
       <c r="N208">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:14">
       <c r="A209" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B209" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C209" t="s">
-        <v>53</v>
+        <v>197</v>
       </c>
       <c r="D209" t="s">
         <v>112</v>
       </c>
       <c r="E209" t="s">
         <v>17</v>
       </c>
       <c r="F209" t="s">
         <v>18</v>
       </c>
       <c r="G209" t="s">
         <v>19</v>
       </c>
       <c r="H209" t="s">
-        <v>54</v>
+        <v>199</v>
       </c>
       <c r="N209">
         <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:14">
       <c r="A210" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B210" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C210" t="s">
-        <v>283</v>
+        <v>53</v>
       </c>
       <c r="D210" t="s">
         <v>112</v>
       </c>
       <c r="E210" t="s">
         <v>17</v>
       </c>
       <c r="F210" t="s">
         <v>18</v>
       </c>
       <c r="G210" t="s">
         <v>19</v>
       </c>
       <c r="H210" t="s">
-        <v>284</v>
+        <v>54</v>
       </c>
       <c r="N210">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:14">
       <c r="A211" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="B211" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C211" t="s">
-        <v>283</v>
+        <v>53</v>
       </c>
       <c r="D211" t="s">
         <v>112</v>
       </c>
       <c r="E211" t="s">
         <v>17</v>
       </c>
       <c r="F211" t="s">
         <v>18</v>
       </c>
       <c r="G211" t="s">
         <v>19</v>
       </c>
       <c r="H211" t="s">
-        <v>284</v>
+        <v>54</v>
       </c>
       <c r="N211">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:14">
       <c r="A212" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="B212" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C212" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D212" t="s">
-        <v>88</v>
+        <v>112</v>
       </c>
       <c r="E212" t="s">
         <v>17</v>
       </c>
       <c r="F212" t="s">
         <v>18</v>
       </c>
       <c r="G212" t="s">
         <v>19</v>
       </c>
       <c r="H212" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="N212">
         <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:14">
       <c r="A213" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B213" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C213" t="s">
-        <v>101</v>
+        <v>284</v>
       </c>
       <c r="D213" t="s">
-        <v>88</v>
+        <v>112</v>
       </c>
       <c r="E213" t="s">
         <v>17</v>
       </c>
       <c r="F213" t="s">
         <v>18</v>
       </c>
       <c r="G213" t="s">
         <v>19</v>
       </c>
       <c r="H213" t="s">
-        <v>102</v>
+        <v>285</v>
       </c>
       <c r="N213">
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:14">
       <c r="A214" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B214" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C214" t="s">
-        <v>107</v>
+        <v>284</v>
       </c>
       <c r="D214" t="s">
         <v>88</v>
       </c>
       <c r="E214" t="s">
         <v>17</v>
       </c>
       <c r="F214" t="s">
         <v>18</v>
       </c>
       <c r="G214" t="s">
         <v>19</v>
       </c>
       <c r="H214" t="s">
-        <v>109</v>
+        <v>285</v>
       </c>
       <c r="N214">
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:14">
       <c r="A215" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="B215" t="s">
-        <v>334</v>
+        <v>290</v>
       </c>
       <c r="C215" t="s">
-        <v>115</v>
+        <v>101</v>
       </c>
       <c r="D215" t="s">
-        <v>133</v>
+        <v>88</v>
       </c>
       <c r="E215" t="s">
         <v>17</v>
       </c>
       <c r="F215" t="s">
         <v>18</v>
       </c>
       <c r="G215" t="s">
         <v>19</v>
       </c>
       <c r="H215" t="s">
-        <v>116</v>
+        <v>102</v>
       </c>
       <c r="N215">
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:14">
       <c r="A216" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B216" t="s">
-        <v>334</v>
+        <v>290</v>
       </c>
       <c r="C216" t="s">
-        <v>309</v>
+        <v>107</v>
       </c>
       <c r="D216" t="s">
-        <v>133</v>
+        <v>88</v>
       </c>
       <c r="E216" t="s">
         <v>17</v>
       </c>
       <c r="F216" t="s">
         <v>18</v>
       </c>
       <c r="G216" t="s">
         <v>19</v>
       </c>
       <c r="H216" t="s">
-        <v>310</v>
+        <v>109</v>
       </c>
       <c r="N216">
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:14">
       <c r="A217" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B217" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C217" t="s">
-        <v>145</v>
+        <v>115</v>
       </c>
       <c r="D217" t="s">
         <v>133</v>
       </c>
       <c r="E217" t="s">
         <v>17</v>
       </c>
       <c r="F217" t="s">
         <v>18</v>
       </c>
       <c r="G217" t="s">
         <v>19</v>
       </c>
       <c r="H217" t="s">
-        <v>146</v>
+        <v>116</v>
       </c>
       <c r="N217">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:14">
       <c r="A218" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="B218" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C218" t="s">
-        <v>50</v>
+        <v>313</v>
       </c>
       <c r="D218" t="s">
         <v>133</v>
       </c>
       <c r="E218" t="s">
         <v>17</v>
       </c>
       <c r="F218" t="s">
         <v>18</v>
       </c>
       <c r="G218" t="s">
         <v>19</v>
       </c>
       <c r="H218" t="s">
-        <v>51</v>
+        <v>314</v>
       </c>
       <c r="N218">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:14">
       <c r="A219" t="s">
+        <v>340</v>
+      </c>
+      <c r="B219" t="s">
         <v>338</v>
       </c>
-      <c r="B219" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C219" t="s">
-        <v>50</v>
+        <v>145</v>
       </c>
       <c r="D219" t="s">
         <v>133</v>
       </c>
       <c r="E219" t="s">
         <v>17</v>
       </c>
       <c r="F219" t="s">
         <v>18</v>
       </c>
       <c r="G219" t="s">
         <v>19</v>
       </c>
       <c r="H219" t="s">
-        <v>51</v>
+        <v>146</v>
       </c>
       <c r="N219">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:14">
       <c r="A220" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B220" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C220" t="s">
-        <v>193</v>
+        <v>50</v>
       </c>
       <c r="D220" t="s">
         <v>133</v>
       </c>
       <c r="E220" t="s">
         <v>17</v>
       </c>
       <c r="F220" t="s">
         <v>18</v>
       </c>
       <c r="G220" t="s">
         <v>19</v>
       </c>
       <c r="H220" t="s">
-        <v>194</v>
+        <v>51</v>
       </c>
       <c r="N220">
         <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:14">
       <c r="A221" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B221" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C221" t="s">
-        <v>218</v>
+        <v>50</v>
       </c>
       <c r="D221" t="s">
         <v>133</v>
       </c>
       <c r="E221" t="s">
         <v>17</v>
       </c>
       <c r="F221" t="s">
         <v>18</v>
       </c>
       <c r="G221" t="s">
         <v>19</v>
       </c>
       <c r="H221" t="s">
-        <v>219</v>
+        <v>51</v>
       </c>
       <c r="N221">
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:14">
       <c r="A222" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="B222" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C222" t="s">
-        <v>218</v>
+        <v>193</v>
       </c>
       <c r="D222" t="s">
         <v>133</v>
       </c>
       <c r="E222" t="s">
         <v>17</v>
       </c>
       <c r="F222" t="s">
         <v>18</v>
       </c>
       <c r="G222" t="s">
         <v>19</v>
       </c>
       <c r="H222" t="s">
-        <v>219</v>
+        <v>194</v>
       </c>
       <c r="N222">
         <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:14">
       <c r="A223" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="B223" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C223" t="s">
-        <v>39</v>
+        <v>218</v>
       </c>
       <c r="D223" t="s">
         <v>133</v>
       </c>
       <c r="E223" t="s">
         <v>17</v>
       </c>
       <c r="F223" t="s">
         <v>18</v>
       </c>
       <c r="G223" t="s">
         <v>19</v>
       </c>
       <c r="H223" t="s">
-        <v>40</v>
+        <v>219</v>
       </c>
       <c r="N223">
         <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:14">
       <c r="A224" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B224" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C224" t="s">
-        <v>39</v>
+        <v>218</v>
       </c>
       <c r="D224" t="s">
         <v>133</v>
       </c>
       <c r="E224" t="s">
         <v>17</v>
       </c>
       <c r="F224" t="s">
         <v>18</v>
       </c>
       <c r="G224" t="s">
         <v>19</v>
       </c>
       <c r="H224" t="s">
-        <v>40</v>
+        <v>219</v>
       </c>
       <c r="N224">
         <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:14">
       <c r="A225" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B225" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C225" t="s">
-        <v>145</v>
+        <v>39</v>
       </c>
       <c r="D225" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="E225" t="s">
         <v>17</v>
       </c>
       <c r="F225" t="s">
         <v>18</v>
       </c>
       <c r="G225" t="s">
         <v>19</v>
       </c>
       <c r="H225" t="s">
-        <v>146</v>
+        <v>40</v>
       </c>
       <c r="N225">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:14">
       <c r="A226" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B226" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C226" t="s">
-        <v>218</v>
+        <v>39</v>
       </c>
       <c r="D226" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="E226" t="s">
         <v>17</v>
       </c>
       <c r="F226" t="s">
         <v>18</v>
       </c>
       <c r="G226" t="s">
         <v>19</v>
       </c>
       <c r="H226" t="s">
-        <v>219</v>
+        <v>40</v>
       </c>
       <c r="N226">
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:14">
       <c r="A227" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B227" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C227" t="s">
-        <v>218</v>
+        <v>145</v>
       </c>
       <c r="D227" t="s">
         <v>123</v>
       </c>
       <c r="E227" t="s">
         <v>17</v>
       </c>
       <c r="F227" t="s">
         <v>18</v>
       </c>
       <c r="G227" t="s">
         <v>19</v>
       </c>
       <c r="H227" t="s">
-        <v>219</v>
+        <v>146</v>
       </c>
       <c r="N227">
         <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:14">
       <c r="A228" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="B228" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C228" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="D228" t="s">
         <v>123</v>
       </c>
       <c r="E228" t="s">
         <v>17</v>
       </c>
       <c r="F228" t="s">
         <v>18</v>
       </c>
       <c r="G228" t="s">
         <v>19</v>
       </c>
       <c r="H228" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="N228">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:14">
       <c r="A229" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B229" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C229" t="s">
-        <v>53</v>
+        <v>218</v>
       </c>
       <c r="D229" t="s">
         <v>123</v>
       </c>
       <c r="E229" t="s">
         <v>17</v>
       </c>
       <c r="F229" t="s">
         <v>18</v>
       </c>
       <c r="G229" t="s">
         <v>19</v>
       </c>
       <c r="H229" t="s">
-        <v>54</v>
+        <v>219</v>
       </c>
       <c r="N229">
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:14">
       <c r="A230" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="B230" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C230" t="s">
-        <v>107</v>
+        <v>222</v>
       </c>
       <c r="D230" t="s">
-        <v>112</v>
+        <v>123</v>
       </c>
       <c r="E230" t="s">
         <v>17</v>
       </c>
       <c r="F230" t="s">
         <v>18</v>
       </c>
       <c r="G230" t="s">
         <v>19</v>
       </c>
       <c r="H230" t="s">
-        <v>109</v>
+        <v>223</v>
       </c>
       <c r="N230">
         <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:14">
       <c r="A231" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="B231" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C231" t="s">
-        <v>269</v>
+        <v>53</v>
       </c>
       <c r="D231" t="s">
-        <v>88</v>
+        <v>123</v>
       </c>
       <c r="E231" t="s">
         <v>17</v>
       </c>
       <c r="F231" t="s">
         <v>18</v>
       </c>
       <c r="G231" t="s">
         <v>19</v>
       </c>
       <c r="H231" t="s">
-        <v>270</v>
+        <v>54</v>
       </c>
       <c r="N231">
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:14">
       <c r="A232" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B232" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C232" t="s">
-        <v>269</v>
+        <v>107</v>
       </c>
       <c r="D232" t="s">
-        <v>88</v>
+        <v>112</v>
       </c>
       <c r="E232" t="s">
         <v>17</v>
       </c>
       <c r="F232" t="s">
         <v>18</v>
       </c>
       <c r="G232" t="s">
         <v>19</v>
       </c>
       <c r="H232" t="s">
-        <v>270</v>
+        <v>109</v>
       </c>
       <c r="N232">
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:14">
       <c r="A233" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="B233" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C233" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D233" t="s">
         <v>88</v>
       </c>
       <c r="E233" t="s">
         <v>17</v>
       </c>
       <c r="F233" t="s">
         <v>18</v>
       </c>
       <c r="G233" t="s">
         <v>19</v>
       </c>
       <c r="H233" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="N233">
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:14">
       <c r="A234" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B234" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C234" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D234" t="s">
         <v>88</v>
       </c>
       <c r="E234" t="s">
         <v>17</v>
       </c>
       <c r="F234" t="s">
         <v>18</v>
       </c>
       <c r="G234" t="s">
         <v>19</v>
       </c>
       <c r="H234" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="N234">
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:14">
       <c r="A235" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B235" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C235" t="s">
-        <v>107</v>
+        <v>270</v>
       </c>
       <c r="D235" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="E235" t="s">
         <v>17</v>
       </c>
       <c r="F235" t="s">
         <v>18</v>
       </c>
       <c r="G235" t="s">
         <v>19</v>
       </c>
       <c r="H235" t="s">
-        <v>109</v>
+        <v>271</v>
       </c>
       <c r="N235">
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:14">
       <c r="A236" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B236" t="s">
-        <v>356</v>
+        <v>338</v>
       </c>
       <c r="C236" t="s">
-        <v>145</v>
+        <v>270</v>
       </c>
       <c r="D236" t="s">
-        <v>229</v>
+        <v>88</v>
       </c>
       <c r="E236" t="s">
         <v>17</v>
       </c>
       <c r="F236" t="s">
         <v>18</v>
       </c>
       <c r="G236" t="s">
         <v>19</v>
       </c>
       <c r="H236" t="s">
-        <v>146</v>
+        <v>271</v>
       </c>
       <c r="N236">
         <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:14">
       <c r="A237" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B237" t="s">
-        <v>356</v>
+        <v>338</v>
       </c>
       <c r="C237" t="s">
-        <v>72</v>
+        <v>107</v>
       </c>
       <c r="D237" t="s">
-        <v>133</v>
+        <v>93</v>
       </c>
       <c r="E237" t="s">
         <v>17</v>
       </c>
       <c r="F237" t="s">
         <v>18</v>
       </c>
       <c r="G237" t="s">
         <v>19</v>
       </c>
       <c r="H237" t="s">
-        <v>73</v>
+        <v>109</v>
       </c>
       <c r="N237">
         <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:14">
       <c r="A238" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B238" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C238" t="s">
-        <v>309</v>
+        <v>145</v>
       </c>
       <c r="D238" t="s">
-        <v>133</v>
+        <v>230</v>
       </c>
       <c r="E238" t="s">
         <v>17</v>
       </c>
       <c r="F238" t="s">
         <v>18</v>
       </c>
       <c r="G238" t="s">
         <v>19</v>
       </c>
       <c r="H238" t="s">
-        <v>310</v>
+        <v>146</v>
       </c>
       <c r="N238">
         <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:14">
       <c r="A239" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B239" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C239" t="s">
-        <v>145</v>
+        <v>72</v>
       </c>
       <c r="D239" t="s">
         <v>133</v>
       </c>
       <c r="E239" t="s">
         <v>17</v>
       </c>
       <c r="F239" t="s">
         <v>18</v>
       </c>
       <c r="G239" t="s">
         <v>19</v>
       </c>
       <c r="H239" t="s">
-        <v>146</v>
+        <v>73</v>
       </c>
       <c r="N239">
         <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:14">
       <c r="A240" t="s">
+        <v>362</v>
+      </c>
+      <c r="B240" t="s">
         <v>360</v>
       </c>
-      <c r="B240" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C240" t="s">
-        <v>50</v>
+        <v>313</v>
       </c>
       <c r="D240" t="s">
         <v>133</v>
       </c>
       <c r="E240" t="s">
         <v>17</v>
       </c>
       <c r="F240" t="s">
         <v>18</v>
       </c>
       <c r="G240" t="s">
         <v>19</v>
       </c>
       <c r="H240" t="s">
-        <v>51</v>
+        <v>314</v>
       </c>
       <c r="N240">
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:14">
       <c r="A241" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="B241" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C241" t="s">
-        <v>193</v>
+        <v>145</v>
       </c>
       <c r="D241" t="s">
         <v>133</v>
       </c>
       <c r="E241" t="s">
         <v>17</v>
       </c>
       <c r="F241" t="s">
         <v>18</v>
       </c>
       <c r="G241" t="s">
         <v>19</v>
       </c>
       <c r="H241" t="s">
-        <v>194</v>
+        <v>146</v>
       </c>
       <c r="N241">
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:14">
       <c r="A242" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B242" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C242" t="s">
-        <v>193</v>
+        <v>50</v>
       </c>
       <c r="D242" t="s">
         <v>133</v>
       </c>
       <c r="E242" t="s">
         <v>17</v>
       </c>
       <c r="F242" t="s">
         <v>18</v>
       </c>
       <c r="G242" t="s">
         <v>19</v>
       </c>
       <c r="H242" t="s">
-        <v>194</v>
+        <v>51</v>
       </c>
       <c r="N242">
         <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:14">
       <c r="A243" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="B243" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C243" t="s">
-        <v>218</v>
+        <v>193</v>
       </c>
       <c r="D243" t="s">
         <v>133</v>
       </c>
       <c r="E243" t="s">
         <v>17</v>
       </c>
       <c r="F243" t="s">
         <v>18</v>
       </c>
       <c r="G243" t="s">
         <v>19</v>
       </c>
       <c r="H243" t="s">
-        <v>219</v>
+        <v>194</v>
       </c>
       <c r="N243">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:14">
       <c r="A244" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="B244" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C244" t="s">
-        <v>218</v>
+        <v>193</v>
       </c>
       <c r="D244" t="s">
         <v>133</v>
       </c>
       <c r="E244" t="s">
         <v>17</v>
       </c>
       <c r="F244" t="s">
         <v>18</v>
       </c>
       <c r="G244" t="s">
         <v>19</v>
       </c>
       <c r="H244" t="s">
-        <v>219</v>
+        <v>194</v>
       </c>
       <c r="N244">
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:14">
       <c r="A245" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="B245" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C245" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="D245" t="s">
         <v>133</v>
       </c>
       <c r="E245" t="s">
         <v>17</v>
       </c>
       <c r="F245" t="s">
         <v>18</v>
       </c>
       <c r="G245" t="s">
         <v>19</v>
       </c>
       <c r="H245" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="N245">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:14">
       <c r="A246" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B246" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C246" t="s">
-        <v>39</v>
+        <v>218</v>
       </c>
       <c r="D246" t="s">
         <v>133</v>
       </c>
       <c r="E246" t="s">
         <v>17</v>
       </c>
       <c r="F246" t="s">
         <v>18</v>
       </c>
       <c r="G246" t="s">
         <v>19</v>
       </c>
       <c r="H246" t="s">
-        <v>40</v>
+        <v>219</v>
       </c>
       <c r="N246">
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:14">
       <c r="A247" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="B247" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C247" t="s">
-        <v>39</v>
+        <v>222</v>
       </c>
       <c r="D247" t="s">
         <v>133</v>
       </c>
       <c r="E247" t="s">
         <v>17</v>
       </c>
       <c r="F247" t="s">
         <v>18</v>
       </c>
       <c r="G247" t="s">
         <v>19</v>
       </c>
       <c r="H247" t="s">
-        <v>40</v>
+        <v>223</v>
       </c>
       <c r="N247">
         <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:14">
       <c r="A248" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="B248" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C248" t="s">
         <v>39</v>
       </c>
       <c r="D248" t="s">
         <v>133</v>
       </c>
       <c r="E248" t="s">
         <v>17</v>
       </c>
       <c r="F248" t="s">
         <v>18</v>
       </c>
       <c r="G248" t="s">
         <v>19</v>
       </c>
       <c r="H248" t="s">
         <v>40</v>
       </c>
       <c r="N248">
         <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:14">
       <c r="A249" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="B249" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C249" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="D249" t="s">
         <v>133</v>
       </c>
       <c r="E249" t="s">
         <v>17</v>
       </c>
       <c r="F249" t="s">
         <v>18</v>
       </c>
       <c r="G249" t="s">
         <v>19</v>
       </c>
       <c r="H249" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="N249">
         <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:14">
       <c r="A250" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B250" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C250" t="s">
-        <v>283</v>
+        <v>39</v>
       </c>
       <c r="D250" t="s">
         <v>133</v>
       </c>
       <c r="E250" t="s">
         <v>17</v>
       </c>
       <c r="F250" t="s">
         <v>18</v>
       </c>
       <c r="G250" t="s">
         <v>19</v>
       </c>
       <c r="H250" t="s">
-        <v>284</v>
+        <v>40</v>
       </c>
       <c r="N250">
         <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:14">
       <c r="A251" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B251" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C251" t="s">
-        <v>76</v>
+        <v>53</v>
       </c>
       <c r="D251" t="s">
         <v>133</v>
       </c>
       <c r="E251" t="s">
         <v>17</v>
       </c>
       <c r="F251" t="s">
         <v>18</v>
       </c>
       <c r="G251" t="s">
         <v>19</v>
       </c>
       <c r="H251" t="s">
-        <v>77</v>
+        <v>54</v>
       </c>
       <c r="N251">
         <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:14">
       <c r="A252" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="B252" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C252" t="s">
-        <v>188</v>
+        <v>284</v>
       </c>
       <c r="D252" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="E252" t="s">
         <v>17</v>
       </c>
       <c r="F252" t="s">
         <v>18</v>
       </c>
       <c r="G252" t="s">
         <v>19</v>
       </c>
       <c r="H252" t="s">
-        <v>189</v>
+        <v>285</v>
       </c>
       <c r="N252">
         <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:14">
       <c r="A253" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B253" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C253" t="s">
-        <v>193</v>
+        <v>76</v>
       </c>
       <c r="D253" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="E253" t="s">
         <v>17</v>
       </c>
       <c r="F253" t="s">
         <v>18</v>
       </c>
       <c r="G253" t="s">
         <v>19</v>
       </c>
       <c r="H253" t="s">
-        <v>194</v>
+        <v>77</v>
       </c>
       <c r="N253">
         <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:14">
       <c r="A254" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="B254" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C254" t="s">
-        <v>218</v>
+        <v>188</v>
       </c>
       <c r="D254" t="s">
         <v>123</v>
       </c>
       <c r="E254" t="s">
         <v>17</v>
       </c>
       <c r="F254" t="s">
         <v>18</v>
       </c>
       <c r="G254" t="s">
         <v>19</v>
       </c>
       <c r="H254" t="s">
-        <v>219</v>
+        <v>189</v>
       </c>
       <c r="N254">
         <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:14">
       <c r="A255" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="B255" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C255" t="s">
-        <v>218</v>
+        <v>193</v>
       </c>
       <c r="D255" t="s">
         <v>123</v>
       </c>
       <c r="E255" t="s">
         <v>17</v>
       </c>
       <c r="F255" t="s">
         <v>18</v>
       </c>
       <c r="G255" t="s">
         <v>19</v>
       </c>
       <c r="H255" t="s">
-        <v>219</v>
+        <v>194</v>
       </c>
       <c r="N255">
         <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:14">
       <c r="A256" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="B256" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C256" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="D256" t="s">
         <v>123</v>
       </c>
       <c r="E256" t="s">
         <v>17</v>
       </c>
       <c r="F256" t="s">
         <v>18</v>
       </c>
       <c r="G256" t="s">
         <v>19</v>
       </c>
       <c r="H256" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="N256">
         <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:14">
       <c r="A257" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="B257" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C257" t="s">
-        <v>39</v>
+        <v>218</v>
       </c>
       <c r="D257" t="s">
         <v>123</v>
       </c>
       <c r="E257" t="s">
         <v>17</v>
       </c>
       <c r="F257" t="s">
         <v>18</v>
       </c>
       <c r="G257" t="s">
         <v>19</v>
       </c>
       <c r="H257" t="s">
-        <v>40</v>
+        <v>219</v>
       </c>
       <c r="N257">
         <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:14">
       <c r="A258" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="B258" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C258" t="s">
-        <v>283</v>
+        <v>222</v>
       </c>
       <c r="D258" t="s">
         <v>123</v>
       </c>
       <c r="E258" t="s">
         <v>17</v>
       </c>
       <c r="F258" t="s">
         <v>18</v>
       </c>
       <c r="G258" t="s">
         <v>19</v>
       </c>
       <c r="H258" t="s">
-        <v>284</v>
+        <v>223</v>
       </c>
       <c r="N258">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:14">
       <c r="A259" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="B259" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C259" t="s">
-        <v>283</v>
+        <v>39</v>
       </c>
       <c r="D259" t="s">
         <v>123</v>
       </c>
       <c r="E259" t="s">
         <v>17</v>
       </c>
       <c r="F259" t="s">
         <v>18</v>
       </c>
       <c r="G259" t="s">
         <v>19</v>
       </c>
       <c r="H259" t="s">
-        <v>284</v>
+        <v>40</v>
       </c>
       <c r="N259">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:14">
       <c r="A260" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="B260" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C260" t="s">
-        <v>56</v>
+        <v>284</v>
       </c>
       <c r="D260" t="s">
         <v>123</v>
       </c>
       <c r="E260" t="s">
         <v>17</v>
       </c>
       <c r="F260" t="s">
         <v>18</v>
       </c>
       <c r="G260" t="s">
         <v>19</v>
       </c>
       <c r="H260" t="s">
-        <v>57</v>
+        <v>285</v>
       </c>
       <c r="N260">
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:14">
       <c r="A261" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="B261" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C261" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D261" t="s">
-        <v>135</v>
+        <v>123</v>
       </c>
       <c r="E261" t="s">
         <v>17</v>
       </c>
       <c r="F261" t="s">
         <v>18</v>
       </c>
       <c r="G261" t="s">
         <v>19</v>
       </c>
       <c r="H261" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="N261">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:14">
       <c r="A262" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="B262" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C262" t="s">
-        <v>218</v>
+        <v>56</v>
       </c>
       <c r="D262" t="s">
-        <v>112</v>
+        <v>123</v>
       </c>
       <c r="E262" t="s">
         <v>17</v>
       </c>
       <c r="F262" t="s">
         <v>18</v>
       </c>
       <c r="G262" t="s">
         <v>19</v>
       </c>
       <c r="H262" t="s">
-        <v>219</v>
+        <v>57</v>
       </c>
       <c r="N262">
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:14">
       <c r="A263" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B263" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C263" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D263" t="s">
-        <v>112</v>
+        <v>135</v>
       </c>
       <c r="E263" t="s">
         <v>17</v>
       </c>
       <c r="F263" t="s">
         <v>18</v>
       </c>
       <c r="G263" t="s">
         <v>19</v>
       </c>
       <c r="H263" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="N263">
         <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:14">
       <c r="A264" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="B264" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C264" t="s">
-        <v>269</v>
+        <v>218</v>
       </c>
       <c r="D264" t="s">
         <v>112</v>
       </c>
       <c r="E264" t="s">
         <v>17</v>
       </c>
       <c r="F264" t="s">
         <v>18</v>
       </c>
       <c r="G264" t="s">
         <v>19</v>
       </c>
       <c r="H264" t="s">
-        <v>270</v>
+        <v>219</v>
       </c>
       <c r="N264">
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:14">
       <c r="A265" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="B265" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C265" t="s">
-        <v>107</v>
+        <v>284</v>
       </c>
       <c r="D265" t="s">
         <v>112</v>
       </c>
       <c r="E265" t="s">
         <v>17</v>
       </c>
       <c r="F265" t="s">
         <v>18</v>
       </c>
       <c r="G265" t="s">
         <v>19</v>
       </c>
       <c r="H265" t="s">
-        <v>109</v>
+        <v>285</v>
       </c>
       <c r="N265">
         <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:14">
       <c r="A266" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="B266" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C266" t="s">
-        <v>104</v>
+        <v>270</v>
       </c>
       <c r="D266" t="s">
-        <v>88</v>
+        <v>112</v>
       </c>
       <c r="E266" t="s">
         <v>17</v>
       </c>
       <c r="F266" t="s">
         <v>18</v>
       </c>
       <c r="G266" t="s">
         <v>19</v>
       </c>
       <c r="H266" t="s">
-        <v>105</v>
+        <v>271</v>
       </c>
       <c r="N266">
         <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:14">
       <c r="A267" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B267" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C267" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="D267" t="s">
-        <v>198</v>
+        <v>112</v>
       </c>
       <c r="E267" t="s">
         <v>17</v>
       </c>
       <c r="F267" t="s">
         <v>18</v>
       </c>
       <c r="G267" t="s">
         <v>19</v>
       </c>
       <c r="H267" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="N267">
         <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:14">
       <c r="A268" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="B268" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C268" t="s">
-        <v>193</v>
+        <v>104</v>
       </c>
       <c r="D268" t="s">
-        <v>133</v>
+        <v>88</v>
       </c>
       <c r="E268" t="s">
         <v>17</v>
       </c>
       <c r="F268" t="s">
         <v>18</v>
       </c>
       <c r="G268" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="H268" t="s">
-        <v>194</v>
+        <v>105</v>
       </c>
       <c r="N268">
         <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:14">
       <c r="A269" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="B269" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C269" t="s">
-        <v>218</v>
+        <v>104</v>
       </c>
       <c r="D269" t="s">
-        <v>133</v>
+        <v>198</v>
       </c>
       <c r="E269" t="s">
         <v>17</v>
       </c>
       <c r="F269" t="s">
         <v>18</v>
       </c>
       <c r="G269" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="H269" t="s">
-        <v>219</v>
+        <v>105</v>
       </c>
       <c r="N269">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:14">
       <c r="A270" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B270" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C270" t="s">
-        <v>218</v>
+        <v>193</v>
       </c>
       <c r="D270" t="s">
         <v>133</v>
       </c>
       <c r="E270" t="s">
         <v>17</v>
       </c>
       <c r="F270" t="s">
         <v>18</v>
       </c>
       <c r="G270" t="s">
         <v>44</v>
       </c>
       <c r="H270" t="s">
-        <v>219</v>
+        <v>194</v>
       </c>
       <c r="N270">
         <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:14">
       <c r="A271" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="B271" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C271" t="s">
         <v>218</v>
       </c>
       <c r="D271" t="s">
         <v>133</v>
       </c>
       <c r="E271" t="s">
         <v>17</v>
       </c>
       <c r="F271" t="s">
         <v>18</v>
       </c>
       <c r="G271" t="s">
         <v>44</v>
       </c>
       <c r="H271" t="s">
         <v>219</v>
       </c>
       <c r="N271">
         <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:14">
       <c r="A272" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="B272" t="s">
-        <v>393</v>
+        <v>360</v>
       </c>
       <c r="C272" t="s">
         <v>218</v>
       </c>
       <c r="D272" t="s">
-        <v>229</v>
+        <v>133</v>
       </c>
       <c r="E272" t="s">
         <v>17</v>
       </c>
       <c r="F272" t="s">
         <v>18</v>
       </c>
       <c r="G272" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="H272" t="s">
         <v>219</v>
       </c>
       <c r="N272">
         <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:14">
       <c r="A273" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B273" t="s">
-        <v>393</v>
+        <v>360</v>
       </c>
       <c r="C273" t="s">
-        <v>50</v>
+        <v>218</v>
       </c>
       <c r="D273" t="s">
         <v>133</v>
       </c>
       <c r="E273" t="s">
         <v>17</v>
       </c>
       <c r="F273" t="s">
         <v>18</v>
       </c>
       <c r="G273" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="H273" t="s">
-        <v>51</v>
+        <v>219</v>
       </c>
       <c r="N273">
         <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:14">
       <c r="A274" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B274" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="C274" t="s">
-        <v>193</v>
+        <v>218</v>
       </c>
       <c r="D274" t="s">
-        <v>133</v>
+        <v>230</v>
       </c>
       <c r="E274" t="s">
         <v>17</v>
       </c>
       <c r="F274" t="s">
         <v>18</v>
       </c>
       <c r="G274" t="s">
         <v>19</v>
       </c>
       <c r="H274" t="s">
-        <v>194</v>
+        <v>219</v>
       </c>
       <c r="N274">
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:14">
       <c r="A275" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="B275" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="C275" t="s">
-        <v>218</v>
+        <v>50</v>
       </c>
       <c r="D275" t="s">
         <v>133</v>
       </c>
       <c r="E275" t="s">
         <v>17</v>
       </c>
       <c r="F275" t="s">
         <v>18</v>
       </c>
       <c r="G275" t="s">
         <v>19</v>
       </c>
       <c r="H275" t="s">
-        <v>219</v>
+        <v>51</v>
       </c>
       <c r="N275">
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:14">
       <c r="A276" t="s">
+        <v>399</v>
+      </c>
+      <c r="B276" t="s">
         <v>397</v>
       </c>
-      <c r="B276" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C276" t="s">
-        <v>148</v>
+        <v>193</v>
       </c>
       <c r="D276" t="s">
         <v>133</v>
       </c>
       <c r="E276" t="s">
         <v>17</v>
       </c>
       <c r="F276" t="s">
         <v>18</v>
       </c>
       <c r="G276" t="s">
         <v>19</v>
       </c>
       <c r="H276" t="s">
-        <v>149</v>
+        <v>194</v>
       </c>
       <c r="N276">
         <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:14">
       <c r="A277" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B277" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="C277" t="s">
-        <v>53</v>
+        <v>218</v>
       </c>
       <c r="D277" t="s">
         <v>133</v>
       </c>
       <c r="E277" t="s">
         <v>17</v>
       </c>
       <c r="F277" t="s">
         <v>18</v>
       </c>
       <c r="G277" t="s">
         <v>19</v>
       </c>
       <c r="H277" t="s">
-        <v>54</v>
+        <v>219</v>
       </c>
       <c r="N277">
         <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:14">
       <c r="A278" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="B278" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="C278" t="s">
-        <v>283</v>
+        <v>148</v>
       </c>
       <c r="D278" t="s">
         <v>133</v>
       </c>
       <c r="E278" t="s">
         <v>17</v>
       </c>
       <c r="F278" t="s">
         <v>18</v>
       </c>
       <c r="G278" t="s">
         <v>19</v>
       </c>
       <c r="H278" t="s">
-        <v>284</v>
+        <v>149</v>
       </c>
       <c r="N278">
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:14">
       <c r="A279" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B279" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="C279" t="s">
-        <v>283</v>
+        <v>53</v>
       </c>
       <c r="D279" t="s">
         <v>133</v>
       </c>
       <c r="E279" t="s">
         <v>17</v>
       </c>
       <c r="F279" t="s">
         <v>18</v>
       </c>
       <c r="G279" t="s">
         <v>19</v>
       </c>
       <c r="H279" t="s">
-        <v>284</v>
+        <v>54</v>
       </c>
       <c r="N279">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:14">
       <c r="A280" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B280" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="C280" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D280" t="s">
-        <v>249</v>
+        <v>133</v>
       </c>
       <c r="E280" t="s">
         <v>17</v>
       </c>
       <c r="F280" t="s">
         <v>18</v>
       </c>
       <c r="G280" t="s">
         <v>19</v>
       </c>
       <c r="H280" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="N280">
         <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:14">
       <c r="A281" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B281" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="C281" t="s">
-        <v>53</v>
+        <v>284</v>
       </c>
       <c r="D281" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="E281" t="s">
         <v>17</v>
       </c>
       <c r="F281" t="s">
         <v>18</v>
       </c>
       <c r="G281" t="s">
         <v>19</v>
       </c>
       <c r="H281" t="s">
-        <v>54</v>
+        <v>285</v>
       </c>
       <c r="N281">
         <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:14">
       <c r="A282" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="B282" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="C282" t="s">
-        <v>269</v>
+        <v>284</v>
       </c>
       <c r="D282" t="s">
-        <v>123</v>
+        <v>250</v>
       </c>
       <c r="E282" t="s">
         <v>17</v>
       </c>
       <c r="F282" t="s">
         <v>18</v>
       </c>
       <c r="G282" t="s">
         <v>19</v>
       </c>
       <c r="H282" t="s">
-        <v>270</v>
+        <v>285</v>
       </c>
       <c r="N282">
         <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:14">
       <c r="A283" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B283" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="C283" t="s">
-        <v>148</v>
+        <v>53</v>
       </c>
       <c r="D283" t="s">
-        <v>133</v>
+        <v>123</v>
       </c>
       <c r="E283" t="s">
         <v>17</v>
       </c>
       <c r="F283" t="s">
         <v>18</v>
       </c>
       <c r="G283" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="H283" t="s">
-        <v>149</v>
+        <v>54</v>
       </c>
       <c r="N283">
         <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:14">
       <c r="A284" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B284" t="s">
-        <v>406</v>
+        <v>397</v>
       </c>
       <c r="C284" t="s">
-        <v>218</v>
+        <v>270</v>
       </c>
       <c r="D284" t="s">
-        <v>229</v>
+        <v>123</v>
       </c>
       <c r="E284" t="s">
         <v>17</v>
       </c>
       <c r="F284" t="s">
         <v>18</v>
       </c>
       <c r="G284" t="s">
         <v>19</v>
       </c>
       <c r="H284" t="s">
-        <v>219</v>
+        <v>271</v>
       </c>
       <c r="N284">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:14">
       <c r="A285" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B285" t="s">
-        <v>406</v>
+        <v>397</v>
       </c>
       <c r="C285" t="s">
-        <v>188</v>
+        <v>148</v>
       </c>
       <c r="D285" t="s">
         <v>133</v>
       </c>
       <c r="E285" t="s">
         <v>17</v>
       </c>
       <c r="F285" t="s">
         <v>18</v>
       </c>
       <c r="G285" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="H285" t="s">
-        <v>189</v>
+        <v>149</v>
       </c>
       <c r="N285">
         <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:14">
       <c r="A286" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B286" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="C286" t="s">
         <v>218</v>
       </c>
       <c r="D286" t="s">
-        <v>133</v>
+        <v>230</v>
       </c>
       <c r="E286" t="s">
         <v>17</v>
       </c>
       <c r="F286" t="s">
         <v>18</v>
       </c>
       <c r="G286" t="s">
         <v>19</v>
       </c>
       <c r="H286" t="s">
         <v>219</v>
       </c>
       <c r="N286">
         <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:14">
       <c r="A287" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B287" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="C287" t="s">
-        <v>218</v>
+        <v>188</v>
       </c>
       <c r="D287" t="s">
         <v>133</v>
       </c>
       <c r="E287" t="s">
         <v>17</v>
       </c>
       <c r="F287" t="s">
         <v>18</v>
       </c>
       <c r="G287" t="s">
         <v>19</v>
       </c>
       <c r="H287" t="s">
-        <v>219</v>
+        <v>189</v>
       </c>
       <c r="N287">
         <v>0</v>
       </c>
     </row>
     <row r="288" spans="1:14">
       <c r="A288" t="s">
+        <v>412</v>
+      </c>
+      <c r="B288" t="s">
         <v>410</v>
       </c>
-      <c r="B288" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C288" t="s">
-        <v>53</v>
+        <v>218</v>
       </c>
       <c r="D288" t="s">
         <v>133</v>
       </c>
       <c r="E288" t="s">
         <v>17</v>
       </c>
       <c r="F288" t="s">
         <v>18</v>
       </c>
       <c r="G288" t="s">
         <v>19</v>
       </c>
       <c r="H288" t="s">
-        <v>54</v>
+        <v>219</v>
       </c>
       <c r="N288">
         <v>0</v>
       </c>
     </row>
     <row r="289" spans="1:14">
       <c r="A289" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B289" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="C289" t="s">
-        <v>53</v>
+        <v>218</v>
       </c>
       <c r="D289" t="s">
         <v>133</v>
       </c>
       <c r="E289" t="s">
         <v>17</v>
       </c>
       <c r="F289" t="s">
         <v>18</v>
       </c>
       <c r="G289" t="s">
         <v>19</v>
       </c>
       <c r="H289" t="s">
-        <v>54</v>
+        <v>219</v>
       </c>
       <c r="N289">
         <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:14">
       <c r="A290" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B290" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="C290" t="s">
         <v>53</v>
       </c>
       <c r="D290" t="s">
         <v>133</v>
       </c>
       <c r="E290" t="s">
         <v>17</v>
       </c>
       <c r="F290" t="s">
         <v>18</v>
       </c>
       <c r="G290" t="s">
         <v>19</v>
       </c>
       <c r="H290" t="s">
         <v>54</v>
       </c>
       <c r="N290">
         <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:14">
       <c r="A291" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B291" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="C291" t="s">
-        <v>283</v>
+        <v>53</v>
       </c>
       <c r="D291" t="s">
         <v>133</v>
       </c>
       <c r="E291" t="s">
         <v>17</v>
       </c>
       <c r="F291" t="s">
         <v>18</v>
       </c>
       <c r="G291" t="s">
         <v>19</v>
       </c>
       <c r="H291" t="s">
-        <v>284</v>
+        <v>54</v>
       </c>
       <c r="N291">
         <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:14">
       <c r="A292" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B292" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="C292" t="s">
-        <v>283</v>
+        <v>53</v>
       </c>
       <c r="D292" t="s">
         <v>133</v>
       </c>
       <c r="E292" t="s">
         <v>17</v>
       </c>
       <c r="F292" t="s">
         <v>18</v>
       </c>
       <c r="G292" t="s">
         <v>19</v>
       </c>
       <c r="H292" t="s">
-        <v>284</v>
+        <v>54</v>
       </c>
       <c r="N292">
         <v>0</v>
       </c>
     </row>
     <row r="293" spans="1:14">
       <c r="A293" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B293" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="C293" t="s">
-        <v>101</v>
+        <v>284</v>
       </c>
       <c r="D293" t="s">
         <v>133</v>
       </c>
       <c r="E293" t="s">
         <v>17</v>
       </c>
       <c r="F293" t="s">
         <v>18</v>
       </c>
       <c r="G293" t="s">
         <v>19</v>
       </c>
       <c r="H293" t="s">
-        <v>102</v>
+        <v>285</v>
       </c>
       <c r="N293">
         <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:14">
       <c r="A294" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B294" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="C294" t="s">
-        <v>76</v>
+        <v>284</v>
       </c>
       <c r="D294" t="s">
         <v>133</v>
       </c>
       <c r="E294" t="s">
         <v>17</v>
       </c>
       <c r="F294" t="s">
         <v>18</v>
       </c>
       <c r="G294" t="s">
         <v>19</v>
       </c>
       <c r="H294" t="s">
-        <v>77</v>
+        <v>285</v>
       </c>
       <c r="N294">
         <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:14">
       <c r="A295" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B295" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="C295" t="s">
-        <v>56</v>
+        <v>101</v>
       </c>
       <c r="D295" t="s">
         <v>133</v>
       </c>
       <c r="E295" t="s">
         <v>17</v>
       </c>
       <c r="F295" t="s">
         <v>18</v>
       </c>
       <c r="G295" t="s">
         <v>19</v>
       </c>
       <c r="H295" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="N295">
         <v>0</v>
       </c>
     </row>
     <row r="296" spans="1:14">
       <c r="A296" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B296" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="C296" t="s">
-        <v>269</v>
+        <v>101</v>
       </c>
       <c r="D296" t="s">
         <v>133</v>
       </c>
       <c r="E296" t="s">
         <v>17</v>
       </c>
       <c r="F296" t="s">
         <v>18</v>
       </c>
       <c r="G296" t="s">
         <v>19</v>
       </c>
       <c r="H296" t="s">
-        <v>270</v>
+        <v>102</v>
       </c>
       <c r="N296">
         <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:14">
       <c r="A297" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B297" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="C297" t="s">
-        <v>420</v>
+        <v>76</v>
       </c>
       <c r="D297" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="E297" t="s">
         <v>17</v>
       </c>
       <c r="F297" t="s">
         <v>18</v>
       </c>
       <c r="G297" t="s">
         <v>19</v>
       </c>
       <c r="H297" t="s">
-        <v>421</v>
+        <v>77</v>
       </c>
       <c r="N297">
         <v>0</v>
       </c>
     </row>
     <row r="298" spans="1:14">
       <c r="A298" t="s">
         <v>422</v>
       </c>
       <c r="B298" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="C298" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="D298" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="E298" t="s">
         <v>17</v>
       </c>
       <c r="F298" t="s">
         <v>18</v>
       </c>
       <c r="G298" t="s">
         <v>19</v>
       </c>
       <c r="H298" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="N298">
         <v>0</v>
       </c>
     </row>
     <row r="299" spans="1:14">
       <c r="A299" t="s">
         <v>423</v>
       </c>
       <c r="B299" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="C299" t="s">
-        <v>197</v>
+        <v>270</v>
       </c>
       <c r="D299" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="E299" t="s">
         <v>17</v>
       </c>
       <c r="F299" t="s">
         <v>18</v>
       </c>
       <c r="G299" t="s">
         <v>19</v>
       </c>
       <c r="H299" t="s">
-        <v>199</v>
+        <v>271</v>
       </c>
       <c r="N299">
         <v>0</v>
       </c>
     </row>
     <row r="300" spans="1:14">
       <c r="A300" t="s">
         <v>424</v>
       </c>
       <c r="B300" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="C300" t="s">
-        <v>39</v>
+        <v>425</v>
       </c>
       <c r="D300" t="s">
         <v>123</v>
       </c>
       <c r="E300" t="s">
         <v>17</v>
       </c>
       <c r="F300" t="s">
         <v>18</v>
       </c>
       <c r="G300" t="s">
         <v>19</v>
       </c>
       <c r="H300" t="s">
-        <v>40</v>
+        <v>426</v>
       </c>
       <c r="N300">
         <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:14">
       <c r="A301" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B301" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="C301" t="s">
-        <v>283</v>
+        <v>50</v>
       </c>
       <c r="D301" t="s">
         <v>123</v>
       </c>
       <c r="E301" t="s">
         <v>17</v>
       </c>
       <c r="F301" t="s">
         <v>18</v>
       </c>
       <c r="G301" t="s">
         <v>19</v>
       </c>
       <c r="H301" t="s">
-        <v>284</v>
+        <v>51</v>
       </c>
       <c r="N301">
         <v>0</v>
       </c>
     </row>
     <row r="302" spans="1:14">
       <c r="A302" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B302" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="C302" t="s">
-        <v>101</v>
+        <v>197</v>
       </c>
       <c r="D302" t="s">
         <v>123</v>
       </c>
       <c r="E302" t="s">
         <v>17</v>
       </c>
       <c r="F302" t="s">
         <v>18</v>
       </c>
       <c r="G302" t="s">
         <v>19</v>
       </c>
       <c r="H302" t="s">
-        <v>102</v>
+        <v>199</v>
       </c>
       <c r="N302">
         <v>0</v>
       </c>
     </row>
     <row r="303" spans="1:14">
       <c r="A303" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B303" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="C303" t="s">
-        <v>101</v>
+        <v>39</v>
       </c>
       <c r="D303" t="s">
         <v>123</v>
       </c>
       <c r="E303" t="s">
         <v>17</v>
       </c>
       <c r="F303" t="s">
         <v>18</v>
       </c>
       <c r="G303" t="s">
         <v>19</v>
       </c>
       <c r="H303" t="s">
-        <v>102</v>
+        <v>40</v>
       </c>
       <c r="N303">
         <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:14">
       <c r="A304" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B304" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="C304" t="s">
-        <v>56</v>
+        <v>284</v>
       </c>
       <c r="D304" t="s">
         <v>123</v>
       </c>
       <c r="E304" t="s">
         <v>17</v>
       </c>
       <c r="F304" t="s">
         <v>18</v>
       </c>
       <c r="G304" t="s">
         <v>19</v>
       </c>
       <c r="H304" t="s">
-        <v>57</v>
+        <v>285</v>
       </c>
       <c r="N304">
         <v>0</v>
       </c>
     </row>
     <row r="305" spans="1:14">
       <c r="A305" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B305" t="s">
-        <v>430</v>
+        <v>410</v>
       </c>
       <c r="C305" t="s">
-        <v>197</v>
+        <v>101</v>
       </c>
       <c r="D305" t="s">
-        <v>229</v>
+        <v>123</v>
       </c>
       <c r="E305" t="s">
         <v>17</v>
       </c>
       <c r="F305" t="s">
         <v>18</v>
       </c>
       <c r="G305" t="s">
         <v>19</v>
       </c>
       <c r="H305" t="s">
-        <v>199</v>
+        <v>102</v>
       </c>
       <c r="N305">
         <v>0</v>
       </c>
     </row>
     <row r="306" spans="1:14">
       <c r="A306" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B306" t="s">
-        <v>430</v>
+        <v>410</v>
       </c>
       <c r="C306" t="s">
-        <v>53</v>
+        <v>101</v>
       </c>
       <c r="D306" t="s">
-        <v>229</v>
+        <v>123</v>
       </c>
       <c r="E306" t="s">
         <v>17</v>
       </c>
       <c r="F306" t="s">
         <v>18</v>
       </c>
       <c r="G306" t="s">
         <v>19</v>
       </c>
       <c r="H306" t="s">
-        <v>54</v>
+        <v>102</v>
       </c>
       <c r="N306">
         <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:14">
       <c r="A307" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B307" t="s">
-        <v>430</v>
+        <v>410</v>
       </c>
       <c r="C307" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="D307" t="s">
-        <v>133</v>
+        <v>123</v>
       </c>
       <c r="E307" t="s">
         <v>17</v>
       </c>
       <c r="F307" t="s">
         <v>18</v>
       </c>
       <c r="G307" t="s">
         <v>19</v>
       </c>
       <c r="H307" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="N307">
         <v>0</v>
       </c>
     </row>
     <row r="308" spans="1:14">
       <c r="A308" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B308" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="C308" t="s">
-        <v>283</v>
+        <v>197</v>
       </c>
       <c r="D308" t="s">
-        <v>133</v>
+        <v>230</v>
       </c>
       <c r="E308" t="s">
         <v>17</v>
       </c>
       <c r="F308" t="s">
         <v>18</v>
       </c>
       <c r="G308" t="s">
         <v>19</v>
       </c>
       <c r="H308" t="s">
-        <v>284</v>
+        <v>199</v>
       </c>
       <c r="N308">
         <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:14">
       <c r="A309" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B309" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="C309" t="s">
-        <v>101</v>
+        <v>53</v>
       </c>
       <c r="D309" t="s">
-        <v>133</v>
+        <v>230</v>
       </c>
       <c r="E309" t="s">
         <v>17</v>
       </c>
       <c r="F309" t="s">
         <v>18</v>
       </c>
       <c r="G309" t="s">
         <v>19</v>
       </c>
       <c r="H309" t="s">
-        <v>102</v>
+        <v>54</v>
       </c>
       <c r="N309">
         <v>0</v>
       </c>
     </row>
     <row r="310" spans="1:14">
       <c r="A310" t="s">
+        <v>437</v>
+      </c>
+      <c r="B310" t="s">
         <v>435</v>
       </c>
-      <c r="B310" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C310" t="s">
-        <v>269</v>
+        <v>53</v>
       </c>
       <c r="D310" t="s">
         <v>133</v>
       </c>
       <c r="E310" t="s">
         <v>17</v>
       </c>
       <c r="F310" t="s">
         <v>18</v>
       </c>
       <c r="G310" t="s">
         <v>19</v>
       </c>
       <c r="H310" t="s">
-        <v>270</v>
+        <v>54</v>
       </c>
       <c r="N310">
         <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:14">
       <c r="A311" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B311" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="C311" t="s">
-        <v>218</v>
+        <v>284</v>
       </c>
       <c r="D311" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="E311" t="s">
         <v>17</v>
       </c>
       <c r="F311" t="s">
         <v>18</v>
       </c>
       <c r="G311" t="s">
         <v>19</v>
       </c>
       <c r="H311" t="s">
-        <v>219</v>
+        <v>285</v>
       </c>
       <c r="N311">
         <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:14">
       <c r="A312" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B312" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="C312" t="s">
-        <v>283</v>
+        <v>101</v>
       </c>
       <c r="D312" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="E312" t="s">
         <v>17</v>
       </c>
       <c r="F312" t="s">
         <v>18</v>
       </c>
       <c r="G312" t="s">
         <v>19</v>
       </c>
       <c r="H312" t="s">
-        <v>284</v>
+        <v>102</v>
       </c>
       <c r="N312">
         <v>0</v>
       </c>
     </row>
     <row r="313" spans="1:14">
       <c r="A313" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B313" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="C313" t="s">
         <v>101</v>
       </c>
       <c r="D313" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="E313" t="s">
         <v>17</v>
       </c>
       <c r="F313" t="s">
         <v>18</v>
       </c>
       <c r="G313" t="s">
         <v>19</v>
       </c>
       <c r="H313" t="s">
         <v>102</v>
       </c>
       <c r="N313">
         <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:14">
       <c r="A314" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B314" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="C314" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D314" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="E314" t="s">
         <v>17</v>
       </c>
       <c r="F314" t="s">
         <v>18</v>
       </c>
       <c r="G314" t="s">
         <v>19</v>
       </c>
       <c r="H314" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="N314">
         <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:14">
       <c r="A315" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B315" t="s">
-        <v>441</v>
+        <v>435</v>
       </c>
       <c r="C315" t="s">
-        <v>53</v>
+        <v>218</v>
       </c>
       <c r="D315" t="s">
-        <v>133</v>
+        <v>123</v>
       </c>
       <c r="E315" t="s">
         <v>17</v>
       </c>
       <c r="F315" t="s">
         <v>18</v>
       </c>
       <c r="G315" t="s">
         <v>19</v>
       </c>
       <c r="H315" t="s">
-        <v>54</v>
+        <v>219</v>
       </c>
       <c r="N315">
         <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:14">
       <c r="A316" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B316" t="s">
-        <v>441</v>
+        <v>435</v>
       </c>
       <c r="C316" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D316" t="s">
-        <v>133</v>
+        <v>123</v>
       </c>
       <c r="E316" t="s">
         <v>17</v>
       </c>
       <c r="F316" t="s">
         <v>18</v>
       </c>
       <c r="G316" t="s">
         <v>19</v>
       </c>
       <c r="H316" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="N316">
         <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:14">
       <c r="A317" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B317" t="s">
-        <v>441</v>
+        <v>435</v>
       </c>
       <c r="C317" t="s">
         <v>101</v>
       </c>
       <c r="D317" t="s">
-        <v>133</v>
+        <v>123</v>
       </c>
       <c r="E317" t="s">
         <v>17</v>
       </c>
       <c r="F317" t="s">
         <v>18</v>
       </c>
       <c r="G317" t="s">
         <v>19</v>
       </c>
       <c r="H317" t="s">
         <v>102</v>
       </c>
       <c r="N317">
         <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:14">
       <c r="A318" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B318" t="s">
-        <v>441</v>
+        <v>435</v>
       </c>
       <c r="C318" t="s">
-        <v>101</v>
+        <v>270</v>
       </c>
       <c r="D318" t="s">
-        <v>133</v>
+        <v>123</v>
       </c>
       <c r="E318" t="s">
         <v>17</v>
       </c>
       <c r="F318" t="s">
         <v>18</v>
       </c>
       <c r="G318" t="s">
         <v>19</v>
       </c>
       <c r="H318" t="s">
-        <v>102</v>
+        <v>271</v>
       </c>
       <c r="N318">
         <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:14">
       <c r="A319" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="B319" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="C319" t="s">
-        <v>101</v>
+        <v>53</v>
       </c>
       <c r="D319" t="s">
         <v>133</v>
       </c>
       <c r="E319" t="s">
         <v>17</v>
       </c>
       <c r="F319" t="s">
         <v>18</v>
       </c>
       <c r="G319" t="s">
         <v>19</v>
       </c>
       <c r="H319" t="s">
-        <v>102</v>
+        <v>54</v>
       </c>
       <c r="N319">
         <v>0</v>
       </c>
     </row>
     <row r="320" spans="1:14">
       <c r="A320" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B320" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="C320" t="s">
-        <v>56</v>
+        <v>284</v>
       </c>
       <c r="D320" t="s">
         <v>133</v>
       </c>
       <c r="E320" t="s">
         <v>17</v>
       </c>
       <c r="F320" t="s">
         <v>18</v>
       </c>
       <c r="G320" t="s">
         <v>19</v>
       </c>
       <c r="H320" t="s">
-        <v>57</v>
+        <v>285</v>
       </c>
       <c r="N320">
         <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:14">
       <c r="A321" t="s">
+        <v>449</v>
+      </c>
+      <c r="B321" t="s">
         <v>447</v>
       </c>
-      <c r="B321" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C321" t="s">
-        <v>269</v>
+        <v>101</v>
       </c>
       <c r="D321" t="s">
         <v>133</v>
       </c>
       <c r="E321" t="s">
         <v>17</v>
       </c>
       <c r="F321" t="s">
         <v>18</v>
       </c>
       <c r="G321" t="s">
         <v>19</v>
       </c>
       <c r="H321" t="s">
-        <v>270</v>
+        <v>102</v>
       </c>
       <c r="N321">
         <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:14">
       <c r="A322" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B322" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="C322" t="s">
-        <v>269</v>
+        <v>101</v>
       </c>
       <c r="D322" t="s">
         <v>133</v>
       </c>
       <c r="E322" t="s">
         <v>17</v>
       </c>
       <c r="F322" t="s">
         <v>18</v>
       </c>
       <c r="G322" t="s">
         <v>19</v>
       </c>
       <c r="H322" t="s">
-        <v>270</v>
+        <v>102</v>
       </c>
       <c r="N322">
         <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:14">
       <c r="A323" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B323" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="C323" t="s">
-        <v>269</v>
+        <v>101</v>
       </c>
       <c r="D323" t="s">
         <v>133</v>
       </c>
       <c r="E323" t="s">
         <v>17</v>
       </c>
       <c r="F323" t="s">
         <v>18</v>
       </c>
       <c r="G323" t="s">
         <v>19</v>
       </c>
       <c r="H323" t="s">
-        <v>270</v>
+        <v>102</v>
       </c>
       <c r="N323">
         <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:14">
       <c r="A324" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B324" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="C324" t="s">
-        <v>107</v>
+        <v>56</v>
       </c>
       <c r="D324" t="s">
         <v>133</v>
       </c>
       <c r="E324" t="s">
         <v>17</v>
       </c>
       <c r="F324" t="s">
         <v>18</v>
       </c>
       <c r="G324" t="s">
         <v>19</v>
       </c>
       <c r="H324" t="s">
-        <v>109</v>
+        <v>57</v>
       </c>
       <c r="N324">
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:14">
       <c r="A325" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B325" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="C325" t="s">
-        <v>104</v>
+        <v>270</v>
       </c>
       <c r="D325" t="s">
         <v>133</v>
       </c>
       <c r="E325" t="s">
         <v>17</v>
       </c>
       <c r="F325" t="s">
         <v>18</v>
       </c>
       <c r="G325" t="s">
         <v>19</v>
       </c>
       <c r="H325" t="s">
-        <v>105</v>
+        <v>271</v>
       </c>
       <c r="N325">
         <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:14">
       <c r="A326" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B326" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="C326" t="s">
-        <v>283</v>
+        <v>270</v>
       </c>
       <c r="D326" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="E326" t="s">
         <v>17</v>
       </c>
       <c r="F326" t="s">
         <v>18</v>
       </c>
       <c r="G326" t="s">
         <v>19</v>
       </c>
       <c r="H326" t="s">
-        <v>284</v>
+        <v>271</v>
       </c>
       <c r="N326">
         <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:14">
       <c r="A327" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B327" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="C327" t="s">
-        <v>101</v>
+        <v>270</v>
       </c>
       <c r="D327" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="E327" t="s">
         <v>17</v>
       </c>
       <c r="F327" t="s">
         <v>18</v>
       </c>
       <c r="G327" t="s">
         <v>19</v>
       </c>
       <c r="H327" t="s">
-        <v>102</v>
+        <v>271</v>
       </c>
       <c r="N327">
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:14">
       <c r="A328" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B328" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="C328" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="D328" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="E328" t="s">
         <v>17</v>
       </c>
       <c r="F328" t="s">
         <v>18</v>
       </c>
       <c r="G328" t="s">
         <v>19</v>
       </c>
       <c r="H328" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="N328">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:14">
       <c r="A329" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B329" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="C329" t="s">
-        <v>269</v>
+        <v>104</v>
       </c>
       <c r="D329" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="E329" t="s">
         <v>17</v>
       </c>
       <c r="F329" t="s">
         <v>18</v>
       </c>
       <c r="G329" t="s">
         <v>19</v>
       </c>
       <c r="H329" t="s">
-        <v>270</v>
+        <v>105</v>
       </c>
       <c r="N329">
         <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:14">
       <c r="A330" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B330" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="C330" t="s">
-        <v>107</v>
+        <v>284</v>
       </c>
       <c r="D330" t="s">
         <v>123</v>
       </c>
       <c r="E330" t="s">
         <v>17</v>
       </c>
       <c r="F330" t="s">
         <v>18</v>
       </c>
       <c r="G330" t="s">
         <v>19</v>
       </c>
       <c r="H330" t="s">
-        <v>109</v>
+        <v>285</v>
       </c>
       <c r="N330">
         <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:14">
       <c r="A331" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B331" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="C331" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="D331" t="s">
-        <v>135</v>
+        <v>123</v>
       </c>
       <c r="E331" t="s">
         <v>17</v>
       </c>
       <c r="F331" t="s">
         <v>18</v>
       </c>
       <c r="G331" t="s">
         <v>19</v>
       </c>
       <c r="H331" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="N331">
         <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:14">
       <c r="A332" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B332" t="s">
-        <v>459</v>
+        <v>447</v>
       </c>
       <c r="C332" t="s">
         <v>101</v>
       </c>
       <c r="D332" t="s">
-        <v>229</v>
+        <v>123</v>
       </c>
       <c r="E332" t="s">
         <v>17</v>
       </c>
       <c r="F332" t="s">
         <v>18</v>
       </c>
       <c r="G332" t="s">
         <v>19</v>
       </c>
       <c r="H332" t="s">
         <v>102</v>
       </c>
       <c r="N332">
         <v>0</v>
       </c>
     </row>
     <row r="333" spans="1:14">
       <c r="A333" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B333" t="s">
-        <v>459</v>
+        <v>447</v>
       </c>
       <c r="C333" t="s">
-        <v>283</v>
+        <v>270</v>
       </c>
       <c r="D333" t="s">
-        <v>133</v>
+        <v>123</v>
       </c>
       <c r="E333" t="s">
         <v>17</v>
       </c>
       <c r="F333" t="s">
         <v>18</v>
       </c>
       <c r="G333" t="s">
         <v>19</v>
       </c>
       <c r="H333" t="s">
-        <v>284</v>
+        <v>271</v>
       </c>
       <c r="N333">
         <v>0</v>
       </c>
     </row>
     <row r="334" spans="1:14">
       <c r="A334" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B334" t="s">
-        <v>459</v>
+        <v>447</v>
       </c>
       <c r="C334" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="D334" t="s">
-        <v>133</v>
+        <v>123</v>
       </c>
       <c r="E334" t="s">
         <v>17</v>
       </c>
       <c r="F334" t="s">
         <v>18</v>
       </c>
       <c r="G334" t="s">
         <v>19</v>
       </c>
       <c r="H334" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="N334">
         <v>0</v>
       </c>
     </row>
     <row r="335" spans="1:14">
       <c r="A335" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B335" t="s">
-        <v>459</v>
+        <v>447</v>
       </c>
       <c r="C335" t="s">
-        <v>269</v>
+        <v>107</v>
       </c>
       <c r="D335" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="E335" t="s">
         <v>17</v>
       </c>
       <c r="F335" t="s">
         <v>18</v>
       </c>
       <c r="G335" t="s">
         <v>19</v>
       </c>
       <c r="H335" t="s">
-        <v>270</v>
+        <v>109</v>
       </c>
       <c r="N335">
         <v>0</v>
       </c>
     </row>
     <row r="336" spans="1:14">
       <c r="A336" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B336" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="C336" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="D336" t="s">
-        <v>133</v>
+        <v>230</v>
       </c>
       <c r="E336" t="s">
         <v>17</v>
       </c>
       <c r="F336" t="s">
         <v>18</v>
       </c>
       <c r="G336" t="s">
         <v>19</v>
       </c>
       <c r="H336" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="N336">
         <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:14">
       <c r="A337" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B337" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="C337" t="s">
-        <v>101</v>
+        <v>284</v>
       </c>
       <c r="D337" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="E337" t="s">
         <v>17</v>
       </c>
       <c r="F337" t="s">
         <v>18</v>
       </c>
       <c r="G337" t="s">
         <v>19</v>
       </c>
       <c r="H337" t="s">
-        <v>102</v>
+        <v>285</v>
       </c>
       <c r="N337">
         <v>0</v>
       </c>
     </row>
     <row r="338" spans="1:14">
       <c r="A338" t="s">
+        <v>467</v>
+      </c>
+      <c r="B338" t="s">
         <v>465</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
       <c r="C338" t="s">
         <v>101</v>
       </c>
       <c r="D338" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="E338" t="s">
         <v>17</v>
       </c>
       <c r="F338" t="s">
         <v>18</v>
       </c>
       <c r="G338" t="s">
         <v>19</v>
       </c>
       <c r="H338" t="s">
         <v>102</v>
       </c>
       <c r="N338">
         <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:14">
       <c r="A339" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B339" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="C339" t="s">
-        <v>107</v>
+        <v>270</v>
       </c>
       <c r="D339" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="E339" t="s">
         <v>17</v>
       </c>
       <c r="F339" t="s">
         <v>18</v>
       </c>
       <c r="G339" t="s">
         <v>19</v>
       </c>
       <c r="H339" t="s">
-        <v>109</v>
+        <v>271</v>
       </c>
       <c r="N339">
         <v>0</v>
       </c>
     </row>
     <row r="340" spans="1:14">
       <c r="A340" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B340" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="C340" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="D340" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="E340" t="s">
         <v>17</v>
       </c>
       <c r="F340" t="s">
         <v>18</v>
       </c>
       <c r="G340" t="s">
         <v>19</v>
       </c>
       <c r="H340" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="N340">
         <v>0</v>
       </c>
     </row>
     <row r="341" spans="1:14">
       <c r="A341" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B341" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="C341" t="s">
         <v>101</v>
       </c>
       <c r="D341" t="s">
-        <v>229</v>
+        <v>123</v>
       </c>
       <c r="E341" t="s">
         <v>17</v>
       </c>
       <c r="F341" t="s">
         <v>18</v>
       </c>
       <c r="G341" t="s">
         <v>19</v>
       </c>
       <c r="H341" t="s">
         <v>102</v>
       </c>
       <c r="N341">
         <v>0</v>
       </c>
     </row>
     <row r="342" spans="1:14">
       <c r="A342" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B342" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="C342" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="D342" t="s">
-        <v>229</v>
+        <v>123</v>
       </c>
       <c r="E342" t="s">
         <v>17</v>
       </c>
       <c r="F342" t="s">
         <v>18</v>
       </c>
       <c r="G342" t="s">
         <v>19</v>
       </c>
       <c r="H342" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="N342">
         <v>0</v>
       </c>
     </row>
     <row r="343" spans="1:14">
       <c r="A343" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B343" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="C343" t="s">
-        <v>283</v>
+        <v>107</v>
       </c>
       <c r="D343" t="s">
-        <v>133</v>
+        <v>123</v>
       </c>
       <c r="E343" t="s">
         <v>17</v>
       </c>
       <c r="F343" t="s">
         <v>18</v>
       </c>
       <c r="G343" t="s">
         <v>19</v>
       </c>
       <c r="H343" t="s">
-        <v>284</v>
+        <v>109</v>
       </c>
       <c r="N343">
         <v>0</v>
       </c>
     </row>
     <row r="344" spans="1:14">
       <c r="A344" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="B344" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="C344" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="D344" t="s">
-        <v>133</v>
+        <v>123</v>
       </c>
       <c r="E344" t="s">
         <v>17</v>
       </c>
       <c r="F344" t="s">
         <v>18</v>
       </c>
       <c r="G344" t="s">
         <v>19</v>
       </c>
       <c r="H344" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="N344">
         <v>0</v>
       </c>
     </row>
     <row r="345" spans="1:14">
       <c r="A345" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B345" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
       <c r="C345" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="D345" t="s">
-        <v>133</v>
+        <v>230</v>
       </c>
       <c r="E345" t="s">
         <v>17</v>
       </c>
       <c r="F345" t="s">
         <v>18</v>
       </c>
       <c r="G345" t="s">
         <v>19</v>
       </c>
       <c r="H345" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="N345">
         <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:14">
       <c r="A346" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B346" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
       <c r="C346" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="D346" t="s">
-        <v>133</v>
+        <v>230</v>
       </c>
       <c r="E346" t="s">
         <v>17</v>
       </c>
       <c r="F346" t="s">
         <v>18</v>
       </c>
       <c r="G346" t="s">
         <v>19</v>
       </c>
       <c r="H346" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="N346">
         <v>0</v>
       </c>
     </row>
     <row r="347" spans="1:14">
       <c r="A347" t="s">
+        <v>477</v>
+      </c>
+      <c r="B347" t="s">
         <v>475</v>
       </c>
-      <c r="B347" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C347" t="s">
-        <v>104</v>
+        <v>284</v>
       </c>
       <c r="D347" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="E347" t="s">
         <v>17</v>
       </c>
       <c r="F347" t="s">
         <v>18</v>
       </c>
       <c r="G347" t="s">
         <v>19</v>
       </c>
       <c r="H347" t="s">
-        <v>105</v>
+        <v>285</v>
       </c>
       <c r="N347">
         <v>0</v>
       </c>
     </row>
     <row r="348" spans="1:14">
       <c r="A348" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B348" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="C348" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="D348" t="s">
         <v>133</v>
       </c>
       <c r="E348" t="s">
         <v>17</v>
       </c>
       <c r="F348" t="s">
         <v>18</v>
       </c>
       <c r="G348" t="s">
         <v>19</v>
       </c>
       <c r="H348" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="N348">
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:14">
       <c r="A349" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B349" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="C349" t="s">
+        <v>107</v>
+      </c>
+      <c r="D349" t="s">
+        <v>133</v>
+      </c>
+      <c r="E349" t="s">
+        <v>17</v>
+      </c>
+      <c r="F349" t="s">
+        <v>18</v>
+      </c>
+      <c r="G349" t="s">
+        <v>19</v>
+      </c>
+      <c r="H349" t="s">
+        <v>109</v>
+      </c>
+      <c r="N349">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="350" spans="1:14">
+      <c r="A350" t="s">
+        <v>480</v>
+      </c>
+      <c r="B350" t="s">
+        <v>475</v>
+      </c>
+      <c r="C350" t="s">
+        <v>107</v>
+      </c>
+      <c r="D350" t="s">
+        <v>133</v>
+      </c>
+      <c r="E350" t="s">
+        <v>17</v>
+      </c>
+      <c r="F350" t="s">
+        <v>18</v>
+      </c>
+      <c r="G350" t="s">
+        <v>19</v>
+      </c>
+      <c r="H350" t="s">
+        <v>109</v>
+      </c>
+      <c r="N350">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="351" spans="1:14">
+      <c r="A351" t="s">
+        <v>481</v>
+      </c>
+      <c r="B351" t="s">
+        <v>475</v>
+      </c>
+      <c r="C351" t="s">
         <v>104</v>
       </c>
-      <c r="D349" t="s">
-[...11 lines deleted...]
-      <c r="H349" t="s">
+      <c r="D351" t="s">
+        <v>123</v>
+      </c>
+      <c r="E351" t="s">
+        <v>17</v>
+      </c>
+      <c r="F351" t="s">
+        <v>18</v>
+      </c>
+      <c r="G351" t="s">
+        <v>19</v>
+      </c>
+      <c r="H351" t="s">
         <v>105</v>
       </c>
-      <c r="N349">
+      <c r="N351">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="352" spans="1:14">
+      <c r="A352" t="s">
+        <v>482</v>
+      </c>
+      <c r="B352" t="s">
+        <v>483</v>
+      </c>
+      <c r="C352" t="s">
+        <v>104</v>
+      </c>
+      <c r="D352" t="s">
+        <v>133</v>
+      </c>
+      <c r="E352" t="s">
+        <v>17</v>
+      </c>
+      <c r="F352" t="s">
+        <v>18</v>
+      </c>
+      <c r="G352" t="s">
+        <v>19</v>
+      </c>
+      <c r="H352" t="s">
+        <v>105</v>
+      </c>
+      <c r="N352">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="353" spans="1:14">
+      <c r="A353" t="s">
+        <v>484</v>
+      </c>
+      <c r="B353" t="s">
+        <v>485</v>
+      </c>
+      <c r="C353" t="s">
+        <v>104</v>
+      </c>
+      <c r="D353" t="s">
+        <v>133</v>
+      </c>
+      <c r="E353" t="s">
+        <v>17</v>
+      </c>
+      <c r="F353" t="s">
+        <v>18</v>
+      </c>
+      <c r="G353" t="s">
+        <v>19</v>
+      </c>
+      <c r="H353" t="s">
+        <v>105</v>
+      </c>
+      <c r="N353">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">