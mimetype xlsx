--- v0 (2025-12-14)
+++ v1 (2026-02-02)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3640" uniqueCount="469">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3660" uniqueCount="472">
   <si>
     <t>型号</t>
   </si>
   <si>
     <t>容量</t>
   </si>
   <si>
     <t>温度特性</t>
   </si>
   <si>
     <t>额定电压</t>
   </si>
   <si>
     <t>公差</t>
   </si>
   <si>
     <t>尺寸(inch)</t>
   </si>
   <si>
     <t>长度</t>
   </si>
   <si>
     <t>宽度</t>
   </si>
   <si>
@@ -693,50 +693,53 @@
   <si>
     <t>1812B333K102AT</t>
   </si>
   <si>
     <t>1206B333K631AT</t>
   </si>
   <si>
     <t>1206B333K501AT</t>
   </si>
   <si>
     <t>1206B333K101AT</t>
   </si>
   <si>
     <t>1206B333K500AT</t>
   </si>
   <si>
     <t>0805B333K500AT</t>
   </si>
   <si>
     <t>0603B333K500AT</t>
   </si>
   <si>
     <t>0402B333K500AT</t>
   </si>
   <si>
+    <t>0603B333K101AT</t>
+  </si>
+  <si>
     <t>1206B223M631AT</t>
   </si>
   <si>
     <t>22nF</t>
   </si>
   <si>
     <t>1210B223M501AT</t>
   </si>
   <si>
     <t>0603B223M101AT</t>
   </si>
   <si>
     <t>0805B223M500AT</t>
   </si>
   <si>
     <t>0603B223M500AT</t>
   </si>
   <si>
     <t>1210B223K102AT</t>
   </si>
   <si>
     <t>1206B223K631AT</t>
   </si>
   <si>
     <t>1210B223K501AT</t>
@@ -985,50 +988,56 @@
     <t>0603B472K500AT</t>
   </si>
   <si>
     <t>0402B472K500AT</t>
   </si>
   <si>
     <t>0402B472K250AT</t>
   </si>
   <si>
     <t>1812B332K202AT</t>
   </si>
   <si>
     <t>3.3nF</t>
   </si>
   <si>
     <t>1206B332K102AT</t>
   </si>
   <si>
     <t>1206B332K501AT</t>
   </si>
   <si>
     <t>0805B332K251AT</t>
   </si>
   <si>
     <t>0603B332K251AT</t>
+  </si>
+  <si>
+    <t>0805B272M101AB</t>
+  </si>
+  <si>
+    <t>2.7nF</t>
   </si>
   <si>
     <t>1206B222M102AT</t>
   </si>
   <si>
     <t>2.2nF</t>
   </si>
   <si>
     <t>0805B222M500AT</t>
   </si>
   <si>
     <t>2220B222K502AT</t>
   </si>
   <si>
     <t>1812B222K302AT</t>
   </si>
   <si>
     <t>3000V</t>
   </si>
   <si>
     <t>1206B222K102AT</t>
   </si>
   <si>
     <t>0805B222K251AT</t>
   </si>
@@ -1752,51 +1761,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:M364"/>
+  <dimension ref="A1:M366"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -7331,7211 +7340,7281 @@
       </c>
       <c r="F159" t="s">
         <v>154</v>
       </c>
       <c r="G159" t="s">
         <v>155</v>
       </c>
       <c r="H159" t="s">
         <v>156</v>
       </c>
       <c r="I159" t="s">
         <v>156</v>
       </c>
       <c r="L159">
         <v>0</v>
       </c>
       <c r="M159" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" t="s">
         <v>227</v>
       </c>
       <c r="B160" t="s">
-        <v>228</v>
+        <v>216</v>
       </c>
       <c r="C160" t="s">
         <v>15</v>
       </c>
       <c r="D160" t="s">
-        <v>132</v>
+        <v>47</v>
       </c>
       <c r="E160" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="F160" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="G160" t="s">
-        <v>19</v>
+        <v>72</v>
       </c>
       <c r="H160" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="I160" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="L160">
         <v>0</v>
       </c>
       <c r="M160" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" t="s">
+        <v>228</v>
+      </c>
+      <c r="B161" t="s">
         <v>229</v>
       </c>
-      <c r="B161" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C161" t="s">
         <v>15</v>
       </c>
       <c r="D161" t="s">
-        <v>192</v>
+        <v>132</v>
       </c>
       <c r="E161" t="s">
         <v>30</v>
       </c>
       <c r="F161" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="G161" t="s">
         <v>19</v>
       </c>
       <c r="H161" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="I161" t="s">
         <v>40</v>
       </c>
       <c r="L161">
         <v>0</v>
       </c>
       <c r="M161" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" t="s">
         <v>230</v>
       </c>
       <c r="B162" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C162" t="s">
         <v>15</v>
       </c>
       <c r="D162" t="s">
-        <v>47</v>
+        <v>192</v>
       </c>
       <c r="E162" t="s">
         <v>30</v>
       </c>
       <c r="F162" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="G162" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="H162" t="s">
-        <v>61</v>
+        <v>35</v>
       </c>
       <c r="I162" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="L162">
         <v>0</v>
       </c>
       <c r="M162" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" t="s">
         <v>231</v>
       </c>
       <c r="B163" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C163" t="s">
         <v>15</v>
       </c>
       <c r="D163" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="E163" t="s">
         <v>30</v>
       </c>
       <c r="F163" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="G163" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="H163" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="I163" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L163">
         <v>0</v>
       </c>
       <c r="M163" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" t="s">
         <v>232</v>
       </c>
       <c r="B164" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C164" t="s">
         <v>15</v>
       </c>
       <c r="D164" t="s">
         <v>16</v>
       </c>
       <c r="E164" t="s">
         <v>30</v>
       </c>
       <c r="F164" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="G164" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="H164" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="I164" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L164">
         <v>0</v>
       </c>
       <c r="M164" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" t="s">
         <v>233</v>
       </c>
       <c r="B165" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C165" t="s">
         <v>15</v>
       </c>
       <c r="D165" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="E165" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="F165" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="G165" t="s">
-        <v>19</v>
+        <v>72</v>
       </c>
       <c r="H165" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="I165" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="L165">
         <v>0</v>
       </c>
       <c r="M165" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" t="s">
         <v>234</v>
       </c>
       <c r="B166" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C166" t="s">
         <v>15</v>
       </c>
       <c r="D166" t="s">
-        <v>132</v>
+        <v>143</v>
       </c>
       <c r="E166" t="s">
         <v>17</v>
       </c>
       <c r="F166" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="G166" t="s">
         <v>19</v>
       </c>
       <c r="H166" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="I166" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="L166">
         <v>0</v>
       </c>
       <c r="M166" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" t="s">
         <v>235</v>
       </c>
       <c r="B167" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C167" t="s">
         <v>15</v>
       </c>
       <c r="D167" t="s">
-        <v>192</v>
+        <v>132</v>
       </c>
       <c r="E167" t="s">
         <v>17</v>
       </c>
       <c r="F167" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="G167" t="s">
         <v>19</v>
       </c>
       <c r="H167" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="I167" t="s">
         <v>40</v>
       </c>
       <c r="L167">
         <v>0</v>
       </c>
       <c r="M167" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" t="s">
         <v>236</v>
       </c>
       <c r="B168" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C168" t="s">
         <v>15</v>
       </c>
       <c r="D168" t="s">
         <v>192</v>
       </c>
       <c r="E168" t="s">
         <v>17</v>
       </c>
       <c r="F168" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="G168" t="s">
         <v>19</v>
       </c>
       <c r="H168" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="I168" t="s">
         <v>40</v>
       </c>
       <c r="L168">
         <v>0</v>
       </c>
       <c r="M168" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" t="s">
         <v>237</v>
       </c>
       <c r="B169" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C169" t="s">
         <v>15</v>
       </c>
       <c r="D169" t="s">
-        <v>75</v>
+        <v>192</v>
       </c>
       <c r="E169" t="s">
         <v>17</v>
       </c>
       <c r="F169" t="s">
         <v>18</v>
       </c>
       <c r="G169" t="s">
         <v>19</v>
       </c>
       <c r="H169" t="s">
         <v>20</v>
       </c>
       <c r="I169" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="L169">
         <v>0</v>
       </c>
       <c r="M169" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" t="s">
         <v>238</v>
       </c>
       <c r="B170" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C170" t="s">
         <v>15</v>
       </c>
       <c r="D170" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="E170" t="s">
         <v>17</v>
       </c>
       <c r="F170" t="s">
         <v>18</v>
       </c>
       <c r="G170" t="s">
         <v>19</v>
       </c>
       <c r="H170" t="s">
         <v>20</v>
       </c>
       <c r="I170" t="s">
         <v>60</v>
       </c>
       <c r="L170">
         <v>0</v>
       </c>
       <c r="M170" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" t="s">
         <v>239</v>
       </c>
       <c r="B171" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C171" t="s">
         <v>15</v>
       </c>
       <c r="D171" t="s">
         <v>47</v>
       </c>
       <c r="E171" t="s">
         <v>17</v>
       </c>
       <c r="F171" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="G171" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="H171" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="I171" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L171">
         <v>0</v>
       </c>
       <c r="M171" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" t="s">
         <v>240</v>
       </c>
       <c r="B172" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C172" t="s">
         <v>15</v>
       </c>
       <c r="D172" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="E172" t="s">
         <v>17</v>
       </c>
       <c r="F172" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="G172" t="s">
-        <v>19</v>
+        <v>72</v>
       </c>
       <c r="H172" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="I172" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L172">
         <v>0</v>
       </c>
       <c r="M172" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" t="s">
         <v>241</v>
       </c>
       <c r="B173" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C173" t="s">
         <v>15</v>
       </c>
       <c r="D173" t="s">
         <v>16</v>
       </c>
       <c r="E173" t="s">
         <v>17</v>
       </c>
       <c r="F173" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="G173" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="H173" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I173" t="s">
         <v>60</v>
       </c>
       <c r="L173">
         <v>0</v>
       </c>
       <c r="M173" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" t="s">
         <v>242</v>
       </c>
       <c r="B174" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C174" t="s">
         <v>15</v>
       </c>
       <c r="D174" t="s">
         <v>16</v>
       </c>
       <c r="E174" t="s">
         <v>17</v>
       </c>
       <c r="F174" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="G174" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="H174" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="I174" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L174">
         <v>0</v>
       </c>
       <c r="M174" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" t="s">
         <v>243</v>
       </c>
       <c r="B175" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C175" t="s">
         <v>15</v>
       </c>
       <c r="D175" t="s">
         <v>16</v>
       </c>
       <c r="E175" t="s">
         <v>17</v>
       </c>
       <c r="F175" t="s">
-        <v>154</v>
+        <v>58</v>
       </c>
       <c r="G175" t="s">
-        <v>155</v>
+        <v>72</v>
       </c>
       <c r="H175" t="s">
-        <v>156</v>
+        <v>61</v>
       </c>
       <c r="I175" t="s">
-        <v>156</v>
+        <v>61</v>
       </c>
       <c r="L175">
         <v>0</v>
       </c>
       <c r="M175" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" t="s">
         <v>244</v>
       </c>
       <c r="B176" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C176" t="s">
         <v>15</v>
       </c>
       <c r="D176" t="s">
         <v>16</v>
       </c>
       <c r="E176" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="F176" t="s">
-        <v>58</v>
+        <v>154</v>
       </c>
       <c r="G176" t="s">
-        <v>72</v>
+        <v>155</v>
       </c>
       <c r="H176" t="s">
-        <v>61</v>
+        <v>156</v>
       </c>
       <c r="I176" t="s">
-        <v>61</v>
+        <v>156</v>
       </c>
       <c r="L176">
         <v>0</v>
       </c>
       <c r="M176" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" t="s">
         <v>245</v>
       </c>
       <c r="B177" t="s">
-        <v>246</v>
+        <v>229</v>
       </c>
       <c r="C177" t="s">
         <v>15</v>
       </c>
       <c r="D177" t="s">
         <v>16</v>
       </c>
       <c r="E177" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="F177" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="G177" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="H177" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="I177" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L177">
         <v>0</v>
       </c>
       <c r="M177" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" t="s">
+        <v>246</v>
+      </c>
+      <c r="B178" t="s">
         <v>247</v>
       </c>
-      <c r="B178" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C178" t="s">
         <v>15</v>
       </c>
       <c r="D178" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="E178" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="F178" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="G178" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="H178" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="I178" t="s">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="L178">
         <v>0</v>
       </c>
       <c r="M178" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" t="s">
         <v>248</v>
       </c>
       <c r="B179" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C179" t="s">
         <v>15</v>
       </c>
       <c r="D179" t="s">
-        <v>132</v>
+        <v>143</v>
       </c>
       <c r="E179" t="s">
         <v>17</v>
       </c>
       <c r="F179" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="G179" t="s">
         <v>19</v>
       </c>
       <c r="H179" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="I179" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="L179">
         <v>0</v>
       </c>
       <c r="M179" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" t="s">
         <v>249</v>
       </c>
       <c r="B180" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C180" t="s">
         <v>15</v>
       </c>
       <c r="D180" t="s">
-        <v>47</v>
+        <v>132</v>
       </c>
       <c r="E180" t="s">
         <v>17</v>
       </c>
       <c r="F180" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="G180" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="H180" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I180" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="L180">
         <v>0</v>
       </c>
       <c r="M180" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" t="s">
         <v>250</v>
       </c>
       <c r="B181" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C181" t="s">
         <v>15</v>
       </c>
       <c r="D181" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="E181" t="s">
         <v>17</v>
       </c>
       <c r="F181" t="s">
         <v>38</v>
       </c>
       <c r="G181" t="s">
         <v>39</v>
       </c>
       <c r="H181" t="s">
         <v>40</v>
       </c>
       <c r="I181" t="s">
         <v>60</v>
       </c>
       <c r="L181">
         <v>0</v>
       </c>
       <c r="M181" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" t="s">
         <v>251</v>
       </c>
       <c r="B182" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C182" t="s">
         <v>15</v>
       </c>
       <c r="D182" t="s">
         <v>16</v>
       </c>
       <c r="E182" t="s">
         <v>17</v>
       </c>
       <c r="F182" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="G182" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="H182" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="I182" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L182">
         <v>0</v>
       </c>
       <c r="M182" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183" t="s">
         <v>252</v>
       </c>
       <c r="B183" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C183" t="s">
         <v>15</v>
       </c>
       <c r="D183" t="s">
         <v>16</v>
       </c>
       <c r="E183" t="s">
         <v>17</v>
       </c>
       <c r="F183" t="s">
-        <v>154</v>
+        <v>58</v>
       </c>
       <c r="G183" t="s">
-        <v>155</v>
+        <v>72</v>
       </c>
       <c r="H183" t="s">
-        <v>156</v>
+        <v>61</v>
       </c>
       <c r="I183" t="s">
-        <v>156</v>
+        <v>61</v>
       </c>
       <c r="L183">
         <v>0</v>
       </c>
       <c r="M183" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184" t="s">
         <v>253</v>
       </c>
       <c r="B184" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="C184" t="s">
         <v>15</v>
       </c>
       <c r="D184" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="E184" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="F184" t="s">
-        <v>18</v>
+        <v>154</v>
       </c>
       <c r="G184" t="s">
-        <v>19</v>
+        <v>155</v>
       </c>
       <c r="H184" t="s">
-        <v>20</v>
+        <v>156</v>
       </c>
       <c r="I184" t="s">
-        <v>20</v>
+        <v>156</v>
       </c>
       <c r="L184">
         <v>0</v>
       </c>
       <c r="M184" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185" t="s">
+        <v>254</v>
+      </c>
+      <c r="B185" t="s">
         <v>255</v>
       </c>
-      <c r="B185" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C185" t="s">
         <v>15</v>
       </c>
       <c r="D185" t="s">
-        <v>192</v>
+        <v>143</v>
       </c>
       <c r="E185" t="s">
         <v>30</v>
       </c>
       <c r="F185" t="s">
         <v>18</v>
       </c>
       <c r="G185" t="s">
         <v>19</v>
       </c>
       <c r="H185" t="s">
         <v>20</v>
       </c>
       <c r="I185" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="L185">
         <v>0</v>
       </c>
       <c r="M185" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186" t="s">
         <v>256</v>
       </c>
       <c r="B186" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C186" t="s">
         <v>15</v>
       </c>
       <c r="D186" t="s">
-        <v>47</v>
+        <v>192</v>
       </c>
       <c r="E186" t="s">
         <v>30</v>
       </c>
       <c r="F186" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="G186" t="s">
         <v>19</v>
       </c>
       <c r="H186" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="I186" t="s">
         <v>40</v>
       </c>
       <c r="L186">
         <v>0</v>
       </c>
       <c r="M186" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187" t="s">
         <v>257</v>
       </c>
       <c r="B187" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C187" t="s">
         <v>15</v>
       </c>
       <c r="D187" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="E187" t="s">
         <v>30</v>
       </c>
       <c r="F187" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="G187" t="s">
         <v>19</v>
       </c>
       <c r="H187" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="I187" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="L187">
         <v>0</v>
       </c>
       <c r="M187" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188" t="s">
         <v>258</v>
       </c>
       <c r="B188" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C188" t="s">
         <v>15</v>
       </c>
       <c r="D188" t="s">
         <v>16</v>
       </c>
       <c r="E188" t="s">
         <v>30</v>
       </c>
       <c r="F188" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="G188" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="H188" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I188" t="s">
         <v>60</v>
       </c>
       <c r="L188">
         <v>0</v>
       </c>
       <c r="M188" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189" t="s">
         <v>259</v>
       </c>
       <c r="B189" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C189" t="s">
         <v>15</v>
       </c>
       <c r="D189" t="s">
         <v>16</v>
       </c>
       <c r="E189" t="s">
         <v>30</v>
       </c>
       <c r="F189" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="G189" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="H189" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="I189" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L189">
         <v>0</v>
       </c>
       <c r="M189" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190" t="s">
         <v>260</v>
       </c>
       <c r="B190" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C190" t="s">
         <v>15</v>
       </c>
       <c r="D190" t="s">
-        <v>200</v>
+        <v>16</v>
       </c>
       <c r="E190" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="F190" t="s">
-        <v>120</v>
+        <v>58</v>
       </c>
       <c r="G190" t="s">
-        <v>121</v>
+        <v>72</v>
       </c>
       <c r="H190" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="I190" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="L190">
         <v>0</v>
       </c>
       <c r="M190" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191" t="s">
         <v>261</v>
       </c>
       <c r="B191" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C191" t="s">
         <v>15</v>
       </c>
       <c r="D191" t="s">
-        <v>143</v>
+        <v>200</v>
       </c>
       <c r="E191" t="s">
         <v>17</v>
       </c>
       <c r="F191" t="s">
-        <v>34</v>
+        <v>120</v>
       </c>
       <c r="G191" t="s">
+        <v>121</v>
+      </c>
+      <c r="H191" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I191" t="s">
         <v>20</v>
       </c>
       <c r="L191">
         <v>0</v>
       </c>
       <c r="M191" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="192" spans="1:13">
       <c r="A192" t="s">
         <v>262</v>
       </c>
       <c r="B192" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C192" t="s">
         <v>15</v>
       </c>
       <c r="D192" t="s">
         <v>143</v>
       </c>
       <c r="E192" t="s">
         <v>17</v>
       </c>
       <c r="F192" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="G192" t="s">
         <v>19</v>
       </c>
       <c r="H192" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="I192" t="s">
         <v>20</v>
       </c>
       <c r="L192">
         <v>0</v>
       </c>
       <c r="M192" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="193" spans="1:13">
       <c r="A193" t="s">
         <v>263</v>
       </c>
       <c r="B193" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C193" t="s">
         <v>15</v>
       </c>
       <c r="D193" t="s">
-        <v>132</v>
+        <v>143</v>
       </c>
       <c r="E193" t="s">
         <v>17</v>
       </c>
       <c r="F193" t="s">
         <v>18</v>
       </c>
       <c r="G193" t="s">
         <v>19</v>
       </c>
       <c r="H193" t="s">
         <v>20</v>
       </c>
       <c r="I193" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="L193">
         <v>0</v>
       </c>
       <c r="M193" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="194" spans="1:13">
       <c r="A194" t="s">
         <v>264</v>
       </c>
       <c r="B194" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C194" t="s">
         <v>15</v>
       </c>
       <c r="D194" t="s">
-        <v>192</v>
+        <v>132</v>
       </c>
       <c r="E194" t="s">
         <v>17</v>
       </c>
       <c r="F194" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="G194" t="s">
         <v>19</v>
       </c>
       <c r="H194" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="I194" t="s">
         <v>40</v>
       </c>
       <c r="L194">
         <v>0</v>
       </c>
       <c r="M194" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="195" spans="1:13">
       <c r="A195" t="s">
         <v>265</v>
       </c>
       <c r="B195" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C195" t="s">
         <v>15</v>
       </c>
       <c r="D195" t="s">
         <v>192</v>
       </c>
       <c r="E195" t="s">
         <v>17</v>
       </c>
       <c r="F195" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="G195" t="s">
         <v>19</v>
       </c>
       <c r="H195" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="I195" t="s">
         <v>40</v>
       </c>
       <c r="L195">
         <v>0</v>
       </c>
       <c r="M195" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="196" spans="1:13">
       <c r="A196" t="s">
         <v>266</v>
       </c>
       <c r="B196" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C196" t="s">
         <v>15</v>
       </c>
       <c r="D196" t="s">
         <v>192</v>
       </c>
       <c r="E196" t="s">
         <v>17</v>
       </c>
       <c r="F196" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="G196" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="H196" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I196" t="s">
         <v>40</v>
       </c>
       <c r="L196">
         <v>0</v>
       </c>
       <c r="M196" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="197" spans="1:13">
       <c r="A197" t="s">
         <v>267</v>
       </c>
       <c r="B197" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C197" t="s">
         <v>15</v>
       </c>
       <c r="D197" t="s">
-        <v>75</v>
+        <v>192</v>
       </c>
       <c r="E197" t="s">
         <v>17</v>
       </c>
       <c r="F197" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="G197" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="H197" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I197" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="L197">
         <v>0</v>
       </c>
       <c r="M197" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="198" spans="1:13">
       <c r="A198" t="s">
         <v>268</v>
       </c>
       <c r="B198" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C198" t="s">
         <v>15</v>
       </c>
       <c r="D198" t="s">
         <v>75</v>
       </c>
       <c r="E198" t="s">
         <v>17</v>
       </c>
       <c r="F198" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="G198" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="H198" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I198" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="L198">
         <v>0</v>
       </c>
       <c r="M198" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="199" spans="1:13">
       <c r="A199" t="s">
         <v>269</v>
       </c>
       <c r="B199" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C199" t="s">
         <v>15</v>
       </c>
       <c r="D199" t="s">
         <v>75</v>
       </c>
       <c r="E199" t="s">
         <v>17</v>
       </c>
       <c r="F199" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="G199" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="H199" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="I199" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="L199">
         <v>0</v>
       </c>
       <c r="M199" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="200" spans="1:13">
       <c r="A200" t="s">
         <v>270</v>
       </c>
       <c r="B200" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C200" t="s">
         <v>15</v>
       </c>
       <c r="D200" t="s">
-        <v>205</v>
+        <v>75</v>
       </c>
       <c r="E200" t="s">
         <v>17</v>
       </c>
       <c r="F200" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="G200" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="H200" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="I200" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L200">
         <v>0</v>
       </c>
       <c r="M200" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="201" spans="1:13">
       <c r="A201" t="s">
         <v>271</v>
       </c>
       <c r="B201" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C201" t="s">
         <v>15</v>
       </c>
       <c r="D201" t="s">
         <v>205</v>
       </c>
       <c r="E201" t="s">
         <v>17</v>
       </c>
       <c r="F201" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="G201" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="H201" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="I201" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L201">
         <v>0</v>
       </c>
       <c r="M201" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="202" spans="1:13">
       <c r="A202" t="s">
         <v>272</v>
       </c>
       <c r="B202" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C202" t="s">
         <v>15</v>
       </c>
       <c r="D202" t="s">
-        <v>47</v>
+        <v>205</v>
       </c>
       <c r="E202" t="s">
         <v>17</v>
       </c>
       <c r="F202" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="G202" t="s">
-        <v>19</v>
+        <v>72</v>
       </c>
       <c r="H202" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="I202" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L202">
         <v>0</v>
       </c>
       <c r="M202" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="203" spans="1:13">
       <c r="A203" t="s">
         <v>273</v>
       </c>
       <c r="B203" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C203" t="s">
         <v>15</v>
       </c>
       <c r="D203" t="s">
         <v>47</v>
       </c>
       <c r="E203" t="s">
         <v>17</v>
       </c>
       <c r="F203" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="G203" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="H203" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I203" t="s">
         <v>60</v>
       </c>
       <c r="L203">
         <v>0</v>
       </c>
       <c r="M203" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="204" spans="1:13">
       <c r="A204" t="s">
         <v>274</v>
       </c>
       <c r="B204" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C204" t="s">
         <v>15</v>
       </c>
       <c r="D204" t="s">
         <v>47</v>
       </c>
       <c r="E204" t="s">
         <v>17</v>
       </c>
       <c r="F204" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="G204" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="H204" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="I204" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L204">
         <v>0</v>
       </c>
       <c r="M204" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="205" spans="1:13">
       <c r="A205" t="s">
         <v>275</v>
       </c>
       <c r="B205" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C205" t="s">
         <v>15</v>
       </c>
       <c r="D205" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="E205" t="s">
         <v>17</v>
       </c>
       <c r="F205" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="G205" t="s">
-        <v>19</v>
+        <v>72</v>
       </c>
       <c r="H205" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="I205" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L205">
         <v>0</v>
       </c>
       <c r="M205" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="206" spans="1:13">
       <c r="A206" t="s">
         <v>276</v>
       </c>
       <c r="B206" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C206" t="s">
         <v>15</v>
       </c>
       <c r="D206" t="s">
         <v>16</v>
       </c>
       <c r="E206" t="s">
         <v>17</v>
       </c>
       <c r="F206" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="G206" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="H206" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I206" t="s">
         <v>60</v>
       </c>
       <c r="L206">
         <v>0</v>
       </c>
       <c r="M206" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="207" spans="1:13">
       <c r="A207" t="s">
         <v>277</v>
       </c>
       <c r="B207" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C207" t="s">
         <v>15</v>
       </c>
       <c r="D207" t="s">
         <v>16</v>
       </c>
       <c r="E207" t="s">
         <v>17</v>
       </c>
       <c r="F207" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="G207" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="H207" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="I207" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L207">
         <v>0</v>
       </c>
       <c r="M207" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="208" spans="1:13">
       <c r="A208" t="s">
         <v>278</v>
       </c>
       <c r="B208" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C208" t="s">
         <v>15</v>
       </c>
       <c r="D208" t="s">
         <v>16</v>
       </c>
       <c r="E208" t="s">
         <v>17</v>
       </c>
       <c r="F208" t="s">
-        <v>154</v>
+        <v>58</v>
       </c>
       <c r="G208" t="s">
-        <v>155</v>
+        <v>72</v>
       </c>
       <c r="H208" t="s">
-        <v>156</v>
+        <v>61</v>
       </c>
       <c r="I208" t="s">
-        <v>156</v>
+        <v>61</v>
       </c>
       <c r="L208">
         <v>0</v>
       </c>
       <c r="M208" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="209" spans="1:13">
       <c r="A209" t="s">
         <v>279</v>
       </c>
       <c r="B209" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C209" t="s">
         <v>15</v>
       </c>
       <c r="D209" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E209" t="s">
         <v>17</v>
       </c>
       <c r="F209" t="s">
         <v>154</v>
       </c>
       <c r="G209" t="s">
         <v>155</v>
       </c>
       <c r="H209" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="I209" t="s">
         <v>156</v>
       </c>
       <c r="L209">
         <v>0</v>
       </c>
       <c r="M209" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="210" spans="1:13">
       <c r="A210" t="s">
         <v>280</v>
       </c>
       <c r="B210" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C210" t="s">
         <v>15</v>
       </c>
       <c r="D210" t="s">
-        <v>192</v>
+        <v>23</v>
       </c>
       <c r="E210" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="F210" t="s">
-        <v>34</v>
+        <v>154</v>
       </c>
       <c r="G210" t="s">
-        <v>19</v>
+        <v>155</v>
       </c>
       <c r="H210" t="s">
-        <v>35</v>
+        <v>159</v>
       </c>
       <c r="I210" t="s">
-        <v>40</v>
+        <v>156</v>
       </c>
       <c r="L210">
         <v>0</v>
       </c>
       <c r="M210" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="211" spans="1:13">
       <c r="A211" t="s">
         <v>281</v>
       </c>
       <c r="B211" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C211" t="s">
         <v>15</v>
       </c>
       <c r="D211" t="s">
-        <v>16</v>
+        <v>192</v>
       </c>
       <c r="E211" t="s">
         <v>65</v>
       </c>
       <c r="F211" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="G211" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="H211" t="s">
-        <v>61</v>
+        <v>35</v>
       </c>
       <c r="I211" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="L211">
         <v>0</v>
       </c>
       <c r="M211" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="212" spans="1:13">
       <c r="A212" t="s">
         <v>282</v>
       </c>
       <c r="B212" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C212" t="s">
         <v>15</v>
       </c>
       <c r="D212" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
       <c r="E212" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="F212" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="G212" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="H212" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="I212" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L212">
         <v>0</v>
+      </c>
+      <c r="M212" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="213" spans="1:13">
       <c r="A213" t="s">
         <v>283</v>
       </c>
       <c r="B213" t="s">
-        <v>284</v>
+        <v>255</v>
       </c>
       <c r="C213" t="s">
         <v>15</v>
       </c>
       <c r="D213" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="E213" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="F213" t="s">
         <v>38</v>
       </c>
       <c r="G213" t="s">
         <v>39</v>
       </c>
       <c r="H213" t="s">
         <v>40</v>
       </c>
       <c r="I213" t="s">
         <v>60</v>
       </c>
       <c r="L213">
         <v>0</v>
       </c>
-      <c r="M213" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="214" spans="1:13">
       <c r="A214" t="s">
+        <v>284</v>
+      </c>
+      <c r="B214" t="s">
         <v>285</v>
       </c>
-      <c r="B214" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C214" t="s">
         <v>15</v>
       </c>
       <c r="D214" t="s">
-        <v>200</v>
+        <v>16</v>
       </c>
       <c r="E214" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="F214" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="G214" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="H214" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I214" t="s">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="L214">
         <v>0</v>
       </c>
       <c r="M214" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="215" spans="1:13">
       <c r="A215" t="s">
         <v>286</v>
       </c>
       <c r="B215" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C215" t="s">
         <v>15</v>
       </c>
       <c r="D215" t="s">
-        <v>143</v>
+        <v>200</v>
       </c>
       <c r="E215" t="s">
         <v>17</v>
       </c>
       <c r="F215" t="s">
         <v>18</v>
       </c>
       <c r="G215" t="s">
         <v>19</v>
       </c>
       <c r="H215" t="s">
         <v>20</v>
       </c>
       <c r="I215" t="s">
         <v>20</v>
       </c>
       <c r="L215">
         <v>0</v>
       </c>
       <c r="M215" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="216" spans="1:13">
       <c r="A216" t="s">
         <v>287</v>
       </c>
       <c r="B216" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C216" t="s">
         <v>15</v>
       </c>
       <c r="D216" t="s">
-        <v>16</v>
+        <v>143</v>
       </c>
       <c r="E216" t="s">
         <v>17</v>
       </c>
       <c r="F216" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="G216" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="H216" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I216" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="L216">
         <v>0</v>
       </c>
       <c r="M216" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="217" spans="1:13">
       <c r="A217" t="s">
         <v>288</v>
       </c>
       <c r="B217" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C217" t="s">
         <v>15</v>
       </c>
       <c r="D217" t="s">
         <v>16</v>
       </c>
       <c r="E217" t="s">
         <v>17</v>
       </c>
       <c r="F217" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="G217" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="H217" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="I217" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L217">
         <v>0</v>
       </c>
       <c r="M217" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="218" spans="1:13">
       <c r="A218" t="s">
         <v>289</v>
       </c>
       <c r="B218" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C218" t="s">
         <v>15</v>
       </c>
       <c r="D218" t="s">
         <v>16</v>
       </c>
       <c r="E218" t="s">
         <v>17</v>
       </c>
       <c r="F218" t="s">
-        <v>154</v>
+        <v>58</v>
       </c>
       <c r="G218" t="s">
-        <v>155</v>
+        <v>72</v>
       </c>
       <c r="H218" t="s">
-        <v>156</v>
+        <v>61</v>
       </c>
       <c r="I218" t="s">
-        <v>156</v>
+        <v>61</v>
       </c>
       <c r="L218">
         <v>0</v>
       </c>
       <c r="M218" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="219" spans="1:13">
       <c r="A219" t="s">
         <v>290</v>
       </c>
       <c r="B219" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C219" t="s">
         <v>15</v>
       </c>
       <c r="D219" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E219" t="s">
         <v>17</v>
       </c>
       <c r="F219" t="s">
         <v>154</v>
       </c>
       <c r="G219" t="s">
         <v>155</v>
       </c>
       <c r="H219" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="I219" t="s">
         <v>156</v>
       </c>
       <c r="L219">
         <v>0</v>
       </c>
       <c r="M219" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="220" spans="1:13">
       <c r="A220" t="s">
         <v>291</v>
       </c>
       <c r="B220" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C220" t="s">
         <v>15</v>
       </c>
       <c r="D220" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="E220" t="s">
         <v>17</v>
       </c>
       <c r="F220" t="s">
-        <v>38</v>
+        <v>154</v>
       </c>
       <c r="G220" t="s">
-        <v>39</v>
+        <v>155</v>
       </c>
       <c r="H220" t="s">
-        <v>40</v>
+        <v>159</v>
       </c>
       <c r="I220" t="s">
-        <v>60</v>
+        <v>156</v>
       </c>
       <c r="L220">
         <v>0</v>
       </c>
       <c r="M220" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
     </row>
     <row r="221" spans="1:13">
       <c r="A221" t="s">
         <v>292</v>
       </c>
       <c r="B221" t="s">
-        <v>293</v>
+        <v>285</v>
       </c>
       <c r="C221" t="s">
         <v>15</v>
       </c>
       <c r="D221" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="E221" t="s">
         <v>17</v>
       </c>
       <c r="F221" t="s">
         <v>38</v>
       </c>
       <c r="G221" t="s">
         <v>39</v>
       </c>
       <c r="H221" t="s">
         <v>40</v>
       </c>
       <c r="I221" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L221">
         <v>0</v>
       </c>
       <c r="M221" t="s">
-        <v>21</v>
+        <v>103</v>
       </c>
     </row>
     <row r="222" spans="1:13">
       <c r="A222" t="s">
+        <v>293</v>
+      </c>
+      <c r="B222" t="s">
         <v>294</v>
       </c>
-      <c r="B222" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C222" t="s">
         <v>15</v>
       </c>
       <c r="D222" t="s">
         <v>16</v>
       </c>
       <c r="E222" t="s">
         <v>17</v>
       </c>
       <c r="F222" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="G222" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="H222" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="I222" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L222">
         <v>0</v>
       </c>
       <c r="M222" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="223" spans="1:13">
       <c r="A223" t="s">
         <v>295</v>
       </c>
       <c r="B223" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C223" t="s">
         <v>15</v>
       </c>
       <c r="D223" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E223" t="s">
         <v>17</v>
       </c>
       <c r="F223" t="s">
-        <v>154</v>
+        <v>58</v>
       </c>
       <c r="G223" t="s">
-        <v>155</v>
+        <v>72</v>
       </c>
       <c r="H223" t="s">
-        <v>159</v>
+        <v>61</v>
       </c>
       <c r="I223" t="s">
-        <v>156</v>
+        <v>60</v>
       </c>
       <c r="L223">
         <v>0</v>
       </c>
       <c r="M223" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="224" spans="1:13">
       <c r="A224" t="s">
         <v>296</v>
       </c>
       <c r="B224" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C224" t="s">
         <v>15</v>
       </c>
       <c r="D224" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="E224" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="F224" t="s">
-        <v>58</v>
+        <v>154</v>
       </c>
       <c r="G224" t="s">
-        <v>72</v>
+        <v>155</v>
       </c>
       <c r="H224" t="s">
-        <v>61</v>
+        <v>159</v>
       </c>
       <c r="I224" t="s">
-        <v>60</v>
+        <v>156</v>
       </c>
       <c r="L224">
         <v>0</v>
       </c>
       <c r="M224" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="225" spans="1:13">
       <c r="A225" t="s">
         <v>297</v>
       </c>
       <c r="B225" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="C225" t="s">
         <v>15</v>
       </c>
       <c r="D225" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="E225" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="F225" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="G225" t="s">
-        <v>19</v>
+        <v>72</v>
       </c>
       <c r="H225" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="I225" t="s">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="L225">
         <v>0</v>
       </c>
       <c r="M225" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="226" spans="1:13">
       <c r="A226" t="s">
+        <v>298</v>
+      </c>
+      <c r="B226" t="s">
         <v>299</v>
       </c>
-      <c r="B226" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C226" t="s">
         <v>15</v>
       </c>
       <c r="D226" t="s">
-        <v>75</v>
+        <v>143</v>
       </c>
       <c r="E226" t="s">
         <v>30</v>
       </c>
       <c r="F226" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="G226" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="H226" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I226" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="L226">
         <v>0</v>
       </c>
       <c r="M226" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="227" spans="1:13">
       <c r="A227" t="s">
         <v>300</v>
       </c>
       <c r="B227" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C227" t="s">
         <v>15</v>
       </c>
       <c r="D227" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E227" t="s">
         <v>30</v>
       </c>
       <c r="F227" t="s">
         <v>38</v>
       </c>
       <c r="G227" t="s">
         <v>39</v>
       </c>
       <c r="H227" t="s">
         <v>40</v>
       </c>
       <c r="I227" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="L227">
         <v>0</v>
       </c>
       <c r="M227" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="228" spans="1:13">
       <c r="A228" t="s">
         <v>301</v>
       </c>
       <c r="B228" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C228" t="s">
         <v>15</v>
       </c>
       <c r="D228" t="s">
         <v>16</v>
       </c>
       <c r="E228" t="s">
         <v>30</v>
       </c>
       <c r="F228" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="G228" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="H228" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="I228" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L228">
         <v>0</v>
       </c>
       <c r="M228" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="229" spans="1:13">
       <c r="A229" t="s">
         <v>302</v>
       </c>
       <c r="B229" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C229" t="s">
         <v>15</v>
       </c>
       <c r="D229" t="s">
-        <v>303</v>
+        <v>16</v>
       </c>
       <c r="E229" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="F229" t="s">
-        <v>76</v>
+        <v>58</v>
       </c>
       <c r="G229" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H229" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="I229" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="L229">
         <v>0</v>
       </c>
       <c r="M229" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="230" spans="1:13">
       <c r="A230" t="s">
+        <v>303</v>
+      </c>
+      <c r="B230" t="s">
+        <v>299</v>
+      </c>
+      <c r="C230" t="s">
+        <v>15</v>
+      </c>
+      <c r="D230" t="s">
         <v>304</v>
       </c>
-      <c r="B230" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E230" t="s">
         <v>17</v>
       </c>
       <c r="F230" t="s">
-        <v>120</v>
+        <v>76</v>
       </c>
       <c r="G230" t="s">
-        <v>121</v>
+        <v>77</v>
       </c>
       <c r="H230" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="I230" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="L230">
         <v>0</v>
       </c>
       <c r="M230" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="231" spans="1:13">
       <c r="A231" t="s">
         <v>305</v>
       </c>
       <c r="B231" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C231" t="s">
         <v>15</v>
       </c>
       <c r="D231" t="s">
         <v>200</v>
       </c>
       <c r="E231" t="s">
         <v>17</v>
       </c>
       <c r="F231" t="s">
-        <v>34</v>
+        <v>120</v>
       </c>
       <c r="G231" t="s">
+        <v>121</v>
+      </c>
+      <c r="H231" t="s">
         <v>19</v>
       </c>
-      <c r="H231" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I231" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="L231">
         <v>0</v>
       </c>
       <c r="M231" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="232" spans="1:13">
       <c r="A232" t="s">
         <v>306</v>
       </c>
       <c r="B232" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C232" t="s">
         <v>15</v>
       </c>
       <c r="D232" t="s">
-        <v>143</v>
+        <v>200</v>
       </c>
       <c r="E232" t="s">
         <v>17</v>
       </c>
       <c r="F232" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="G232" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="H232" t="s">
-        <v>78</v>
+        <v>35</v>
       </c>
       <c r="I232" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="L232">
         <v>0</v>
       </c>
       <c r="M232" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="233" spans="1:13">
       <c r="A233" t="s">
         <v>307</v>
       </c>
       <c r="B233" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C233" t="s">
         <v>15</v>
       </c>
       <c r="D233" t="s">
         <v>143</v>
       </c>
       <c r="E233" t="s">
         <v>17</v>
       </c>
       <c r="F233" t="s">
-        <v>18</v>
+        <v>76</v>
       </c>
       <c r="G233" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="H233" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="I233" t="s">
         <v>20</v>
       </c>
       <c r="L233">
         <v>0</v>
       </c>
       <c r="M233" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="234" spans="1:13">
       <c r="A234" t="s">
         <v>308</v>
       </c>
       <c r="B234" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C234" t="s">
         <v>15</v>
       </c>
       <c r="D234" t="s">
-        <v>132</v>
+        <v>143</v>
       </c>
       <c r="E234" t="s">
         <v>17</v>
       </c>
       <c r="F234" t="s">
         <v>18</v>
       </c>
       <c r="G234" t="s">
         <v>19</v>
       </c>
       <c r="H234" t="s">
         <v>20</v>
       </c>
       <c r="I234" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="L234">
         <v>0</v>
       </c>
       <c r="M234" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="235" spans="1:13">
       <c r="A235" t="s">
         <v>309</v>
       </c>
       <c r="B235" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C235" t="s">
         <v>15</v>
       </c>
       <c r="D235" t="s">
-        <v>75</v>
+        <v>132</v>
       </c>
       <c r="E235" t="s">
         <v>17</v>
       </c>
       <c r="F235" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="G235" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="H235" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I235" t="s">
         <v>40</v>
       </c>
       <c r="L235">
         <v>0</v>
       </c>
       <c r="M235" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="236" spans="1:13">
       <c r="A236" t="s">
         <v>310</v>
       </c>
       <c r="B236" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C236" t="s">
         <v>15</v>
       </c>
       <c r="D236" t="s">
         <v>75</v>
       </c>
       <c r="E236" t="s">
         <v>17</v>
       </c>
       <c r="F236" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="G236" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="H236" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="I236" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="L236">
         <v>0</v>
       </c>
       <c r="M236" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="237" spans="1:13">
       <c r="A237" t="s">
         <v>311</v>
       </c>
       <c r="B237" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C237" t="s">
         <v>15</v>
       </c>
       <c r="D237" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="E237" t="s">
         <v>17</v>
       </c>
       <c r="F237" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="G237" t="s">
-        <v>19</v>
+        <v>72</v>
       </c>
       <c r="H237" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="I237" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L237">
         <v>0</v>
       </c>
       <c r="M237" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="238" spans="1:13">
       <c r="A238" t="s">
         <v>312</v>
       </c>
       <c r="B238" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C238" t="s">
         <v>15</v>
       </c>
       <c r="D238" t="s">
         <v>47</v>
       </c>
       <c r="E238" t="s">
         <v>17</v>
       </c>
       <c r="F238" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="G238" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="H238" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I238" t="s">
         <v>60</v>
       </c>
       <c r="L238">
         <v>0</v>
       </c>
       <c r="M238" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="239" spans="1:13">
       <c r="A239" t="s">
         <v>313</v>
       </c>
       <c r="B239" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C239" t="s">
         <v>15</v>
       </c>
       <c r="D239" t="s">
         <v>47</v>
       </c>
       <c r="E239" t="s">
         <v>17</v>
       </c>
       <c r="F239" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="G239" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="H239" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="I239" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L239">
         <v>0</v>
       </c>
       <c r="M239" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="240" spans="1:13">
       <c r="A240" t="s">
         <v>314</v>
       </c>
       <c r="B240" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C240" t="s">
         <v>15</v>
       </c>
       <c r="D240" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="E240" t="s">
         <v>17</v>
       </c>
       <c r="F240" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="G240" t="s">
-        <v>19</v>
+        <v>72</v>
       </c>
       <c r="H240" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="I240" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L240">
         <v>0</v>
       </c>
       <c r="M240" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="241" spans="1:13">
       <c r="A241" t="s">
         <v>315</v>
       </c>
       <c r="B241" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C241" t="s">
         <v>15</v>
       </c>
       <c r="D241" t="s">
         <v>16</v>
       </c>
       <c r="E241" t="s">
         <v>17</v>
       </c>
       <c r="F241" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="G241" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="H241" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I241" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L241">
         <v>0</v>
       </c>
       <c r="M241" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="242" spans="1:13">
       <c r="A242" t="s">
         <v>316</v>
       </c>
       <c r="B242" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C242" t="s">
         <v>15</v>
       </c>
       <c r="D242" t="s">
         <v>16</v>
       </c>
       <c r="E242" t="s">
         <v>17</v>
       </c>
       <c r="F242" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="G242" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="H242" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="I242" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L242">
         <v>0</v>
       </c>
       <c r="M242" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="243" spans="1:13">
       <c r="A243" t="s">
         <v>317</v>
       </c>
       <c r="B243" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C243" t="s">
         <v>15</v>
       </c>
       <c r="D243" t="s">
         <v>16</v>
       </c>
       <c r="E243" t="s">
         <v>17</v>
       </c>
       <c r="F243" t="s">
-        <v>154</v>
+        <v>58</v>
       </c>
       <c r="G243" t="s">
-        <v>155</v>
+        <v>72</v>
       </c>
       <c r="H243" t="s">
-        <v>156</v>
+        <v>61</v>
       </c>
       <c r="I243" t="s">
-        <v>156</v>
+        <v>60</v>
       </c>
       <c r="L243">
         <v>0</v>
       </c>
       <c r="M243" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="244" spans="1:13">
       <c r="A244" t="s">
         <v>318</v>
       </c>
       <c r="B244" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C244" t="s">
         <v>15</v>
       </c>
       <c r="D244" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E244" t="s">
         <v>17</v>
       </c>
       <c r="F244" t="s">
         <v>154</v>
       </c>
       <c r="G244" t="s">
         <v>155</v>
       </c>
       <c r="H244" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="I244" t="s">
         <v>156</v>
       </c>
       <c r="L244">
         <v>0</v>
       </c>
       <c r="M244" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="245" spans="1:13">
       <c r="A245" t="s">
         <v>319</v>
       </c>
       <c r="B245" t="s">
-        <v>320</v>
+        <v>299</v>
       </c>
       <c r="C245" t="s">
         <v>15</v>
       </c>
       <c r="D245" t="s">
-        <v>200</v>
+        <v>23</v>
       </c>
       <c r="E245" t="s">
         <v>17</v>
       </c>
       <c r="F245" t="s">
-        <v>120</v>
+        <v>154</v>
       </c>
       <c r="G245" t="s">
-        <v>121</v>
+        <v>155</v>
       </c>
       <c r="H245" t="s">
-        <v>19</v>
+        <v>159</v>
       </c>
       <c r="I245" t="s">
-        <v>20</v>
+        <v>156</v>
       </c>
       <c r="L245">
         <v>0</v>
       </c>
       <c r="M245" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="246" spans="1:13">
       <c r="A246" t="s">
+        <v>320</v>
+      </c>
+      <c r="B246" t="s">
         <v>321</v>
       </c>
-      <c r="B246" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C246" t="s">
         <v>15</v>
       </c>
       <c r="D246" t="s">
-        <v>143</v>
+        <v>200</v>
       </c>
       <c r="E246" t="s">
         <v>17</v>
       </c>
       <c r="F246" t="s">
-        <v>18</v>
+        <v>120</v>
       </c>
       <c r="G246" t="s">
+        <v>121</v>
+      </c>
+      <c r="H246" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="I246" t="s">
         <v>20</v>
       </c>
       <c r="L246">
         <v>0</v>
       </c>
       <c r="M246" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="247" spans="1:13">
       <c r="A247" t="s">
         <v>322</v>
       </c>
       <c r="B247" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C247" t="s">
         <v>15</v>
       </c>
       <c r="D247" t="s">
-        <v>192</v>
+        <v>143</v>
       </c>
       <c r="E247" t="s">
         <v>17</v>
       </c>
       <c r="F247" t="s">
         <v>18</v>
       </c>
       <c r="G247" t="s">
         <v>19</v>
       </c>
       <c r="H247" t="s">
         <v>20</v>
       </c>
       <c r="I247" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="L247">
         <v>0</v>
       </c>
       <c r="M247" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="248" spans="1:13">
       <c r="A248" t="s">
         <v>323</v>
       </c>
       <c r="B248" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C248" t="s">
         <v>15</v>
       </c>
       <c r="D248" t="s">
-        <v>75</v>
+        <v>192</v>
       </c>
       <c r="E248" t="s">
         <v>17</v>
       </c>
       <c r="F248" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="G248" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="H248" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I248" t="s">
         <v>40</v>
       </c>
       <c r="L248">
         <v>0</v>
       </c>
       <c r="M248" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="249" spans="1:13">
       <c r="A249" t="s">
         <v>324</v>
       </c>
       <c r="B249" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C249" t="s">
         <v>15</v>
       </c>
       <c r="D249" t="s">
         <v>75</v>
       </c>
       <c r="E249" t="s">
         <v>17</v>
       </c>
       <c r="F249" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="G249" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="H249" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="I249" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="L249">
         <v>0</v>
       </c>
       <c r="M249" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="250" spans="1:13">
       <c r="A250" t="s">
         <v>325</v>
       </c>
       <c r="B250" t="s">
-        <v>326</v>
+        <v>321</v>
       </c>
       <c r="C250" t="s">
         <v>15</v>
       </c>
       <c r="D250" t="s">
-        <v>143</v>
+        <v>75</v>
       </c>
       <c r="E250" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="F250" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="G250" t="s">
-        <v>19</v>
+        <v>72</v>
       </c>
       <c r="H250" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="I250" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="L250">
         <v>0</v>
       </c>
       <c r="M250" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="251" spans="1:13">
       <c r="A251" t="s">
+        <v>326</v>
+      </c>
+      <c r="B251" t="s">
         <v>327</v>
       </c>
-      <c r="B251" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C251" t="s">
         <v>15</v>
       </c>
       <c r="D251" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="E251" t="s">
         <v>30</v>
       </c>
       <c r="F251" t="s">
         <v>38</v>
       </c>
       <c r="G251" t="s">
         <v>39</v>
       </c>
       <c r="H251" t="s">
         <v>40</v>
       </c>
       <c r="I251" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L251">
         <v>0</v>
       </c>
       <c r="M251" t="s">
-        <v>21</v>
+        <v>103</v>
       </c>
     </row>
     <row r="252" spans="1:13">
       <c r="A252" t="s">
         <v>328</v>
       </c>
       <c r="B252" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C252" t="s">
         <v>15</v>
       </c>
       <c r="D252" t="s">
-        <v>303</v>
+        <v>143</v>
       </c>
       <c r="E252" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="F252" t="s">
-        <v>76</v>
+        <v>18</v>
       </c>
       <c r="G252" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="H252" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="I252" t="s">
         <v>20</v>
       </c>
       <c r="L252">
         <v>0</v>
       </c>
       <c r="M252" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="253" spans="1:13">
       <c r="A253" t="s">
+        <v>330</v>
+      </c>
+      <c r="B253" t="s">
         <v>329</v>
       </c>
-      <c r="B253" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C253" t="s">
         <v>15</v>
       </c>
       <c r="D253" t="s">
-        <v>330</v>
+        <v>16</v>
       </c>
       <c r="E253" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="F253" t="s">
-        <v>120</v>
+        <v>38</v>
       </c>
       <c r="G253" t="s">
-        <v>121</v>
+        <v>39</v>
       </c>
       <c r="H253" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="I253" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="L253">
         <v>0</v>
       </c>
       <c r="M253" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="254" spans="1:13">
       <c r="A254" t="s">
         <v>331</v>
       </c>
       <c r="B254" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C254" t="s">
         <v>15</v>
       </c>
       <c r="D254" t="s">
-        <v>143</v>
+        <v>304</v>
       </c>
       <c r="E254" t="s">
         <v>17</v>
       </c>
       <c r="F254" t="s">
-        <v>18</v>
+        <v>76</v>
       </c>
       <c r="G254" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="H254" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="I254" t="s">
         <v>20</v>
       </c>
       <c r="L254">
         <v>0</v>
       </c>
       <c r="M254" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="255" spans="1:13">
       <c r="A255" t="s">
         <v>332</v>
       </c>
       <c r="B255" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C255" t="s">
         <v>15</v>
       </c>
       <c r="D255" t="s">
-        <v>75</v>
+        <v>333</v>
       </c>
       <c r="E255" t="s">
         <v>17</v>
       </c>
       <c r="F255" t="s">
-        <v>38</v>
+        <v>120</v>
       </c>
       <c r="G255" t="s">
-        <v>39</v>
+        <v>121</v>
       </c>
       <c r="H255" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="I255" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="L255">
         <v>0</v>
       </c>
       <c r="M255" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="256" spans="1:13">
       <c r="A256" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B256" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C256" t="s">
         <v>15</v>
       </c>
       <c r="D256" t="s">
-        <v>205</v>
+        <v>143</v>
       </c>
       <c r="E256" t="s">
         <v>17</v>
       </c>
       <c r="F256" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="G256" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="H256" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="I256" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="L256">
         <v>0</v>
       </c>
       <c r="M256" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="257" spans="1:13">
       <c r="A257" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B257" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C257" t="s">
         <v>15</v>
       </c>
       <c r="D257" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="E257" t="s">
         <v>17</v>
       </c>
       <c r="F257" t="s">
         <v>38</v>
       </c>
       <c r="G257" t="s">
         <v>39</v>
       </c>
       <c r="H257" t="s">
         <v>40</v>
       </c>
       <c r="I257" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="L257">
         <v>0</v>
       </c>
       <c r="M257" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="258" spans="1:13">
       <c r="A258" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B258" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C258" t="s">
         <v>15</v>
       </c>
       <c r="D258" t="s">
-        <v>47</v>
+        <v>205</v>
       </c>
       <c r="E258" t="s">
         <v>17</v>
       </c>
       <c r="F258" t="s">
         <v>58</v>
       </c>
       <c r="G258" t="s">
         <v>72</v>
       </c>
       <c r="H258" t="s">
         <v>61</v>
       </c>
       <c r="I258" t="s">
         <v>61</v>
       </c>
       <c r="L258">
         <v>0</v>
       </c>
       <c r="M258" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="259" spans="1:13">
       <c r="A259" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B259" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C259" t="s">
         <v>15</v>
       </c>
       <c r="D259" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="E259" t="s">
         <v>17</v>
       </c>
       <c r="F259" t="s">
         <v>38</v>
       </c>
       <c r="G259" t="s">
         <v>39</v>
       </c>
       <c r="H259" t="s">
         <v>40</v>
       </c>
       <c r="I259" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L259">
         <v>0</v>
       </c>
       <c r="M259" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="260" spans="1:13">
       <c r="A260" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B260" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C260" t="s">
         <v>15</v>
       </c>
       <c r="D260" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="E260" t="s">
         <v>17</v>
       </c>
       <c r="F260" t="s">
         <v>58</v>
       </c>
       <c r="G260" t="s">
         <v>72</v>
       </c>
       <c r="H260" t="s">
         <v>61</v>
       </c>
       <c r="I260" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L260">
         <v>0</v>
       </c>
       <c r="M260" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="261" spans="1:13">
       <c r="A261" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B261" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C261" t="s">
         <v>15</v>
       </c>
       <c r="D261" t="s">
         <v>16</v>
       </c>
       <c r="E261" t="s">
         <v>17</v>
       </c>
       <c r="F261" t="s">
-        <v>154</v>
+        <v>38</v>
       </c>
       <c r="G261" t="s">
-        <v>155</v>
+        <v>39</v>
       </c>
       <c r="H261" t="s">
-        <v>156</v>
+        <v>40</v>
       </c>
       <c r="I261" t="s">
-        <v>156</v>
+        <v>61</v>
       </c>
       <c r="L261">
         <v>0</v>
       </c>
       <c r="M261" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="262" spans="1:13">
       <c r="A262" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B262" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C262" t="s">
         <v>15</v>
       </c>
       <c r="D262" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E262" t="s">
         <v>17</v>
       </c>
       <c r="F262" t="s">
         <v>58</v>
       </c>
       <c r="G262" t="s">
         <v>72</v>
       </c>
       <c r="H262" t="s">
         <v>61</v>
       </c>
       <c r="I262" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L262">
         <v>0</v>
       </c>
       <c r="M262" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="263" spans="1:13">
       <c r="A263" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B263" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C263" t="s">
         <v>15</v>
       </c>
       <c r="D263" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E263" t="s">
         <v>17</v>
       </c>
       <c r="F263" t="s">
         <v>154</v>
       </c>
       <c r="G263" t="s">
         <v>155</v>
       </c>
       <c r="H263" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="I263" t="s">
         <v>156</v>
       </c>
       <c r="L263">
         <v>0</v>
       </c>
       <c r="M263" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="264" spans="1:13">
       <c r="A264" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B264" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C264" t="s">
         <v>15</v>
       </c>
       <c r="D264" t="s">
-        <v>200</v>
+        <v>23</v>
       </c>
       <c r="E264" t="s">
         <v>17</v>
       </c>
       <c r="F264" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="G264" t="s">
-        <v>19</v>
+        <v>72</v>
       </c>
       <c r="H264" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="I264" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="L264">
         <v>0</v>
       </c>
       <c r="M264" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
     </row>
     <row r="265" spans="1:13">
       <c r="A265" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B265" t="s">
-        <v>343</v>
+        <v>329</v>
       </c>
       <c r="C265" t="s">
         <v>15</v>
       </c>
       <c r="D265" t="s">
-        <v>143</v>
+        <v>23</v>
       </c>
       <c r="E265" t="s">
         <v>17</v>
       </c>
       <c r="F265" t="s">
-        <v>18</v>
+        <v>154</v>
       </c>
       <c r="G265" t="s">
-        <v>19</v>
+        <v>155</v>
       </c>
       <c r="H265" t="s">
-        <v>20</v>
+        <v>159</v>
       </c>
       <c r="I265" t="s">
-        <v>20</v>
+        <v>156</v>
       </c>
       <c r="L265">
         <v>0</v>
       </c>
       <c r="M265" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="266" spans="1:13">
       <c r="A266" t="s">
         <v>344</v>
       </c>
       <c r="B266" t="s">
-        <v>343</v>
+        <v>329</v>
       </c>
       <c r="C266" t="s">
         <v>15</v>
       </c>
       <c r="D266" t="s">
-        <v>75</v>
+        <v>200</v>
       </c>
       <c r="E266" t="s">
         <v>17</v>
       </c>
       <c r="F266" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="G266" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="H266" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I266" t="s">
         <v>40</v>
       </c>
       <c r="L266">
         <v>0</v>
       </c>
       <c r="M266" t="s">
-        <v>21</v>
+        <v>103</v>
       </c>
     </row>
     <row r="267" spans="1:13">
       <c r="A267" t="s">
         <v>345</v>
       </c>
       <c r="B267" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="C267" t="s">
         <v>15</v>
       </c>
       <c r="D267" t="s">
-        <v>16</v>
+        <v>143</v>
       </c>
       <c r="E267" t="s">
         <v>17</v>
       </c>
       <c r="F267" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="G267" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="H267" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="I267" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="L267">
         <v>0</v>
       </c>
       <c r="M267" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="268" spans="1:13">
       <c r="A268" t="s">
+        <v>347</v>
+      </c>
+      <c r="B268" t="s">
         <v>346</v>
       </c>
-      <c r="B268" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C268" t="s">
         <v>15</v>
       </c>
       <c r="D268" t="s">
-        <v>143</v>
+        <v>75</v>
       </c>
       <c r="E268" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="F268" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="G268" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="H268" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I268" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="L268">
         <v>0</v>
       </c>
       <c r="M268" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="269" spans="1:13">
       <c r="A269" t="s">
         <v>348</v>
       </c>
       <c r="B269" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="C269" t="s">
         <v>15</v>
       </c>
       <c r="D269" t="s">
-        <v>192</v>
+        <v>16</v>
       </c>
       <c r="E269" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="F269" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="G269" t="s">
-        <v>19</v>
+        <v>72</v>
       </c>
       <c r="H269" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="I269" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L269">
         <v>0</v>
       </c>
       <c r="M269" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="270" spans="1:13">
       <c r="A270" t="s">
         <v>349</v>
       </c>
       <c r="B270" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C270" t="s">
         <v>15</v>
       </c>
       <c r="D270" t="s">
-        <v>16</v>
+        <v>143</v>
       </c>
       <c r="E270" t="s">
         <v>30</v>
       </c>
       <c r="F270" t="s">
         <v>18</v>
       </c>
       <c r="G270" t="s">
         <v>19</v>
       </c>
       <c r="H270" t="s">
         <v>20</v>
       </c>
       <c r="I270" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="L270">
         <v>0</v>
       </c>
       <c r="M270" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="271" spans="1:13">
       <c r="A271" t="s">
+        <v>351</v>
+      </c>
+      <c r="B271" t="s">
         <v>350</v>
       </c>
-      <c r="B271" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C271" t="s">
         <v>15</v>
       </c>
       <c r="D271" t="s">
-        <v>16</v>
+        <v>192</v>
       </c>
       <c r="E271" t="s">
         <v>30</v>
       </c>
       <c r="F271" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="G271" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="H271" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I271" t="s">
         <v>60</v>
       </c>
       <c r="L271">
         <v>0</v>
       </c>
       <c r="M271" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="272" spans="1:13">
       <c r="A272" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B272" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C272" t="s">
         <v>15</v>
       </c>
       <c r="D272" t="s">
         <v>16</v>
       </c>
       <c r="E272" t="s">
         <v>30</v>
       </c>
       <c r="F272" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="G272" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="H272" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="I272" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L272">
         <v>0</v>
       </c>
       <c r="M272" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="273" spans="1:13">
       <c r="A273" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B273" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C273" t="s">
         <v>15</v>
       </c>
       <c r="D273" t="s">
         <v>16</v>
       </c>
       <c r="E273" t="s">
         <v>30</v>
       </c>
       <c r="F273" t="s">
-        <v>154</v>
+        <v>38</v>
       </c>
       <c r="G273" t="s">
-        <v>155</v>
+        <v>39</v>
       </c>
       <c r="H273" t="s">
-        <v>156</v>
+        <v>40</v>
       </c>
       <c r="I273" t="s">
-        <v>156</v>
+        <v>60</v>
       </c>
       <c r="L273">
         <v>0</v>
       </c>
       <c r="M273" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="274" spans="1:13">
       <c r="A274" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B274" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C274" t="s">
         <v>15</v>
       </c>
       <c r="D274" t="s">
-        <v>330</v>
+        <v>16</v>
       </c>
       <c r="E274" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="F274" t="s">
-        <v>76</v>
+        <v>58</v>
       </c>
       <c r="G274" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="H274" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="I274" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="L274">
         <v>0</v>
       </c>
       <c r="M274" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="275" spans="1:13">
       <c r="A275" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B275" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C275" t="s">
         <v>15</v>
       </c>
       <c r="D275" t="s">
-        <v>330</v>
+        <v>16</v>
       </c>
       <c r="E275" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="F275" t="s">
-        <v>120</v>
+        <v>154</v>
       </c>
       <c r="G275" t="s">
-        <v>121</v>
+        <v>155</v>
       </c>
       <c r="H275" t="s">
-        <v>19</v>
+        <v>156</v>
       </c>
       <c r="I275" t="s">
-        <v>20</v>
+        <v>156</v>
       </c>
       <c r="L275">
         <v>0</v>
       </c>
       <c r="M275" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="276" spans="1:13">
       <c r="A276" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B276" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C276" t="s">
         <v>15</v>
       </c>
       <c r="D276" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="E276" t="s">
         <v>17</v>
       </c>
       <c r="F276" t="s">
-        <v>356</v>
+        <v>76</v>
       </c>
       <c r="G276" t="s">
-        <v>121</v>
+        <v>77</v>
       </c>
       <c r="H276" t="s">
-        <v>39</v>
+        <v>78</v>
       </c>
       <c r="I276" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="L276">
         <v>0</v>
       </c>
       <c r="M276" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="277" spans="1:13">
       <c r="A277" t="s">
         <v>357</v>
       </c>
       <c r="B277" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C277" t="s">
         <v>15</v>
       </c>
       <c r="D277" t="s">
-        <v>143</v>
+        <v>333</v>
       </c>
       <c r="E277" t="s">
         <v>17</v>
       </c>
       <c r="F277" t="s">
-        <v>18</v>
+        <v>120</v>
       </c>
       <c r="G277" t="s">
+        <v>121</v>
+      </c>
+      <c r="H277" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="I277" t="s">
         <v>20</v>
       </c>
       <c r="L277">
         <v>0</v>
       </c>
       <c r="M277" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="278" spans="1:13">
       <c r="A278" t="s">
         <v>358</v>
       </c>
       <c r="B278" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C278" t="s">
         <v>15</v>
       </c>
       <c r="D278" t="s">
-        <v>143</v>
+        <v>333</v>
       </c>
       <c r="E278" t="s">
         <v>17</v>
       </c>
       <c r="F278" t="s">
-        <v>38</v>
+        <v>359</v>
       </c>
       <c r="G278" t="s">
+        <v>121</v>
+      </c>
+      <c r="H278" t="s">
         <v>39</v>
       </c>
-      <c r="H278" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I278" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="L278">
         <v>0</v>
       </c>
       <c r="M278" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="279" spans="1:13">
       <c r="A279" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B279" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C279" t="s">
         <v>15</v>
       </c>
       <c r="D279" t="s">
-        <v>192</v>
+        <v>143</v>
       </c>
       <c r="E279" t="s">
         <v>17</v>
       </c>
       <c r="F279" t="s">
         <v>18</v>
       </c>
       <c r="G279" t="s">
         <v>19</v>
       </c>
       <c r="H279" t="s">
         <v>20</v>
       </c>
       <c r="I279" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="L279">
         <v>0</v>
       </c>
       <c r="M279" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="280" spans="1:13">
       <c r="A280" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B280" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C280" t="s">
         <v>15</v>
       </c>
       <c r="D280" t="s">
-        <v>192</v>
+        <v>143</v>
       </c>
       <c r="E280" t="s">
         <v>17</v>
       </c>
       <c r="F280" t="s">
         <v>38</v>
       </c>
       <c r="G280" t="s">
         <v>39</v>
       </c>
       <c r="H280" t="s">
         <v>40</v>
       </c>
       <c r="I280" t="s">
         <v>40</v>
       </c>
       <c r="L280">
         <v>0</v>
       </c>
       <c r="M280" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="281" spans="1:13">
       <c r="A281" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B281" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C281" t="s">
         <v>15</v>
       </c>
       <c r="D281" t="s">
-        <v>75</v>
+        <v>192</v>
       </c>
       <c r="E281" t="s">
         <v>17</v>
       </c>
       <c r="F281" t="s">
         <v>18</v>
       </c>
       <c r="G281" t="s">
         <v>19</v>
       </c>
       <c r="H281" t="s">
         <v>20</v>
       </c>
       <c r="I281" t="s">
         <v>60</v>
       </c>
       <c r="L281">
         <v>0</v>
       </c>
       <c r="M281" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="282" spans="1:13">
       <c r="A282" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B282" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C282" t="s">
         <v>15</v>
       </c>
       <c r="D282" t="s">
-        <v>75</v>
+        <v>192</v>
       </c>
       <c r="E282" t="s">
         <v>17</v>
       </c>
       <c r="F282" t="s">
         <v>38</v>
       </c>
       <c r="G282" t="s">
         <v>39</v>
       </c>
       <c r="H282" t="s">
         <v>40</v>
       </c>
       <c r="I282" t="s">
         <v>40</v>
       </c>
       <c r="L282">
         <v>0</v>
       </c>
       <c r="M282" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="283" spans="1:13">
       <c r="A283" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B283" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C283" t="s">
         <v>15</v>
       </c>
       <c r="D283" t="s">
-        <v>205</v>
+        <v>75</v>
       </c>
       <c r="E283" t="s">
         <v>17</v>
       </c>
       <c r="F283" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="G283" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="H283" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="I283" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L283">
         <v>0</v>
       </c>
       <c r="M283" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="284" spans="1:13">
       <c r="A284" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="B284" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C284" t="s">
         <v>15</v>
       </c>
       <c r="D284" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="E284" t="s">
         <v>17</v>
       </c>
       <c r="F284" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="G284" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="H284" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I284" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="L284">
         <v>0</v>
       </c>
       <c r="M284" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="285" spans="1:13">
       <c r="A285" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B285" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C285" t="s">
         <v>15</v>
       </c>
       <c r="D285" t="s">
-        <v>47</v>
+        <v>205</v>
       </c>
       <c r="E285" t="s">
         <v>17</v>
       </c>
       <c r="F285" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="G285" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="H285" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="I285" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L285">
         <v>0</v>
       </c>
       <c r="M285" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="286" spans="1:13">
       <c r="A286" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B286" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C286" t="s">
         <v>15</v>
       </c>
       <c r="D286" t="s">
         <v>47</v>
       </c>
       <c r="E286" t="s">
         <v>17</v>
       </c>
       <c r="F286" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="G286" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="H286" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="I286" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L286">
         <v>0</v>
       </c>
       <c r="M286" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="287" spans="1:13">
       <c r="A287" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B287" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C287" t="s">
         <v>15</v>
       </c>
       <c r="D287" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="E287" t="s">
         <v>17</v>
       </c>
       <c r="F287" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="G287" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="H287" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I287" t="s">
         <v>60</v>
       </c>
       <c r="L287">
         <v>0</v>
       </c>
       <c r="M287" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="288" spans="1:13">
       <c r="A288" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B288" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C288" t="s">
         <v>15</v>
       </c>
       <c r="D288" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="E288" t="s">
         <v>17</v>
       </c>
       <c r="F288" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="G288" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="H288" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="I288" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L288">
         <v>0</v>
       </c>
       <c r="M288" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="289" spans="1:13">
       <c r="A289" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B289" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C289" t="s">
         <v>15</v>
       </c>
       <c r="D289" t="s">
         <v>16</v>
       </c>
       <c r="E289" t="s">
         <v>17</v>
       </c>
       <c r="F289" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="G289" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="H289" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="I289" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L289">
         <v>0</v>
       </c>
       <c r="M289" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="290" spans="1:13">
       <c r="A290" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B290" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C290" t="s">
         <v>15</v>
       </c>
       <c r="D290" t="s">
         <v>16</v>
       </c>
       <c r="E290" t="s">
         <v>17</v>
       </c>
       <c r="F290" t="s">
-        <v>154</v>
+        <v>38</v>
       </c>
       <c r="G290" t="s">
-        <v>155</v>
+        <v>39</v>
       </c>
       <c r="H290" t="s">
-        <v>156</v>
+        <v>40</v>
       </c>
       <c r="I290" t="s">
-        <v>156</v>
+        <v>60</v>
       </c>
       <c r="L290">
         <v>0</v>
       </c>
       <c r="M290" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="291" spans="1:13">
       <c r="A291" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B291" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C291" t="s">
         <v>15</v>
       </c>
       <c r="D291" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E291" t="s">
         <v>17</v>
       </c>
       <c r="F291" t="s">
         <v>58</v>
       </c>
       <c r="G291" t="s">
         <v>72</v>
       </c>
       <c r="H291" t="s">
         <v>61</v>
       </c>
       <c r="I291" t="s">
         <v>61</v>
       </c>
       <c r="L291">
         <v>0</v>
       </c>
       <c r="M291" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="292" spans="1:13">
       <c r="A292" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B292" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C292" t="s">
         <v>15</v>
       </c>
       <c r="D292" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E292" t="s">
         <v>17</v>
       </c>
       <c r="F292" t="s">
         <v>154</v>
       </c>
       <c r="G292" t="s">
         <v>155</v>
       </c>
       <c r="H292" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="I292" t="s">
         <v>156</v>
       </c>
       <c r="L292">
         <v>0</v>
       </c>
       <c r="M292" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="293" spans="1:13">
       <c r="A293" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B293" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C293" t="s">
         <v>15</v>
       </c>
       <c r="D293" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E293" t="s">
         <v>17</v>
       </c>
       <c r="F293" t="s">
-        <v>154</v>
+        <v>58</v>
       </c>
       <c r="G293" t="s">
-        <v>155</v>
+        <v>72</v>
       </c>
       <c r="H293" t="s">
-        <v>159</v>
+        <v>61</v>
       </c>
       <c r="I293" t="s">
-        <v>156</v>
+        <v>61</v>
       </c>
       <c r="L293">
         <v>0</v>
       </c>
       <c r="M293" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="294" spans="1:13">
       <c r="A294" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B294" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C294" t="s">
         <v>15</v>
       </c>
       <c r="D294" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="E294" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="F294" t="s">
-        <v>18</v>
+        <v>154</v>
       </c>
       <c r="G294" t="s">
-        <v>19</v>
+        <v>155</v>
       </c>
       <c r="H294" t="s">
-        <v>20</v>
+        <v>159</v>
       </c>
       <c r="I294" t="s">
-        <v>60</v>
+        <v>156</v>
       </c>
       <c r="L294">
         <v>0</v>
       </c>
       <c r="M294" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="295" spans="1:13">
       <c r="A295" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B295" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C295" t="s">
-        <v>376</v>
+        <v>15</v>
       </c>
       <c r="D295" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="E295" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="F295" t="s">
-        <v>38</v>
+        <v>154</v>
       </c>
       <c r="G295" t="s">
-        <v>39</v>
+        <v>155</v>
       </c>
       <c r="H295" t="s">
-        <v>40</v>
+        <v>159</v>
       </c>
       <c r="I295" t="s">
-        <v>60</v>
+        <v>156</v>
       </c>
       <c r="L295">
         <v>0</v>
       </c>
       <c r="M295" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="296" spans="1:13">
       <c r="A296" t="s">
         <v>377</v>
       </c>
       <c r="B296" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C296" t="s">
         <v>15</v>
       </c>
       <c r="D296" t="s">
         <v>16</v>
       </c>
       <c r="E296" t="s">
         <v>65</v>
       </c>
       <c r="F296" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="G296" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="H296" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I296" t="s">
         <v>60</v>
       </c>
       <c r="L296">
         <v>0</v>
       </c>
       <c r="M296" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="297" spans="1:13">
       <c r="A297" t="s">
         <v>378</v>
       </c>
       <c r="B297" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C297" t="s">
-        <v>15</v>
+        <v>379</v>
       </c>
       <c r="D297" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="E297" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="F297" t="s">
-        <v>154</v>
+        <v>38</v>
       </c>
       <c r="G297" t="s">
-        <v>155</v>
+        <v>39</v>
       </c>
       <c r="H297" t="s">
-        <v>159</v>
+        <v>40</v>
       </c>
       <c r="I297" t="s">
-        <v>156</v>
+        <v>60</v>
       </c>
       <c r="L297">
         <v>0</v>
       </c>
       <c r="M297" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
     </row>
     <row r="298" spans="1:13">
       <c r="A298" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B298" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C298" t="s">
         <v>15</v>
       </c>
       <c r="D298" t="s">
         <v>16</v>
       </c>
       <c r="E298" t="s">
         <v>65</v>
       </c>
       <c r="F298" t="s">
         <v>38</v>
       </c>
       <c r="G298" t="s">
         <v>39</v>
       </c>
       <c r="H298" t="s">
         <v>40</v>
       </c>
       <c r="I298" t="s">
         <v>60</v>
       </c>
       <c r="L298">
         <v>0</v>
       </c>
+      <c r="M298" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="299" spans="1:13">
       <c r="A299" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B299" t="s">
-        <v>381</v>
+        <v>350</v>
       </c>
       <c r="C299" t="s">
         <v>15</v>
       </c>
       <c r="D299" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="E299" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="F299" t="s">
-        <v>18</v>
+        <v>154</v>
       </c>
       <c r="G299" t="s">
-        <v>19</v>
+        <v>155</v>
       </c>
       <c r="H299" t="s">
-        <v>20</v>
+        <v>159</v>
       </c>
       <c r="I299" t="s">
-        <v>60</v>
+        <v>156</v>
       </c>
       <c r="L299">
         <v>0</v>
       </c>
       <c r="M299" t="s">
-        <v>21</v>
+        <v>103</v>
       </c>
     </row>
     <row r="300" spans="1:13">
       <c r="A300" t="s">
         <v>382</v>
       </c>
       <c r="B300" t="s">
-        <v>381</v>
+        <v>350</v>
       </c>
       <c r="C300" t="s">
         <v>15</v>
       </c>
       <c r="D300" t="s">
         <v>16</v>
       </c>
       <c r="E300" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="F300" t="s">
         <v>38</v>
       </c>
       <c r="G300" t="s">
         <v>39</v>
       </c>
       <c r="H300" t="s">
         <v>40</v>
       </c>
       <c r="I300" t="s">
         <v>60</v>
       </c>
       <c r="L300">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="301" spans="1:13">
       <c r="A301" t="s">
         <v>383</v>
       </c>
       <c r="B301" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="C301" t="s">
         <v>15</v>
       </c>
       <c r="D301" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="E301" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="F301" t="s">
         <v>18</v>
       </c>
       <c r="G301" t="s">
         <v>19</v>
       </c>
       <c r="H301" t="s">
         <v>20</v>
       </c>
       <c r="I301" t="s">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="L301">
         <v>0</v>
       </c>
       <c r="M301" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="302" spans="1:13">
       <c r="A302" t="s">
+        <v>385</v>
+      </c>
+      <c r="B302" t="s">
         <v>384</v>
       </c>
-      <c r="B302" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C302" t="s">
         <v>15</v>
       </c>
       <c r="D302" t="s">
-        <v>205</v>
+        <v>16</v>
       </c>
       <c r="E302" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="F302" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="G302" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="H302" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I302" t="s">
         <v>60</v>
       </c>
       <c r="L302">
         <v>0</v>
       </c>
       <c r="M302" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="303" spans="1:13">
       <c r="A303" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B303" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="C303" t="s">
         <v>15</v>
       </c>
       <c r="D303" t="s">
-        <v>16</v>
+        <v>143</v>
       </c>
       <c r="E303" t="s">
         <v>17</v>
       </c>
       <c r="F303" t="s">
         <v>18</v>
       </c>
       <c r="G303" t="s">
         <v>19</v>
       </c>
       <c r="H303" t="s">
         <v>20</v>
       </c>
       <c r="I303" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="L303">
         <v>0</v>
       </c>
       <c r="M303" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="304" spans="1:13">
       <c r="A304" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B304" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="C304" t="s">
         <v>15</v>
       </c>
       <c r="D304" t="s">
-        <v>16</v>
+        <v>205</v>
       </c>
       <c r="E304" t="s">
         <v>17</v>
       </c>
       <c r="F304" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="G304" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="H304" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I304" t="s">
         <v>60</v>
       </c>
       <c r="L304">
         <v>0</v>
       </c>
       <c r="M304" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="305" spans="1:13">
       <c r="A305" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B305" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="C305" t="s">
         <v>15</v>
       </c>
       <c r="D305" t="s">
         <v>16</v>
       </c>
       <c r="E305" t="s">
         <v>17</v>
       </c>
       <c r="F305" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="G305" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="H305" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="I305" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L305">
         <v>0</v>
       </c>
       <c r="M305" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="306" spans="1:13">
       <c r="A306" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B306" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="C306" t="s">
         <v>15</v>
       </c>
       <c r="D306" t="s">
         <v>16</v>
       </c>
       <c r="E306" t="s">
         <v>17</v>
       </c>
       <c r="F306" t="s">
-        <v>154</v>
+        <v>38</v>
       </c>
       <c r="G306" t="s">
-        <v>155</v>
+        <v>39</v>
       </c>
       <c r="H306" t="s">
-        <v>156</v>
+        <v>40</v>
       </c>
       <c r="I306" t="s">
-        <v>156</v>
+        <v>60</v>
       </c>
       <c r="L306">
         <v>0</v>
       </c>
       <c r="M306" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="307" spans="1:13">
       <c r="A307" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B307" t="s">
-        <v>390</v>
+        <v>384</v>
       </c>
       <c r="C307" t="s">
         <v>15</v>
       </c>
       <c r="D307" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="E307" t="s">
         <v>17</v>
       </c>
       <c r="F307" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="G307" t="s">
-        <v>19</v>
+        <v>72</v>
       </c>
       <c r="H307" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="I307" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="L307">
         <v>0</v>
       </c>
       <c r="M307" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="308" spans="1:13">
       <c r="A308" t="s">
         <v>391</v>
       </c>
       <c r="B308" t="s">
-        <v>390</v>
+        <v>384</v>
       </c>
       <c r="C308" t="s">
         <v>15</v>
       </c>
       <c r="D308" t="s">
         <v>16</v>
       </c>
       <c r="E308" t="s">
         <v>17</v>
       </c>
       <c r="F308" t="s">
-        <v>38</v>
+        <v>154</v>
       </c>
       <c r="G308" t="s">
-        <v>39</v>
+        <v>155</v>
       </c>
       <c r="H308" t="s">
-        <v>40</v>
+        <v>156</v>
       </c>
       <c r="I308" t="s">
-        <v>60</v>
+        <v>156</v>
       </c>
       <c r="L308">
         <v>0</v>
       </c>
       <c r="M308" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="309" spans="1:13">
       <c r="A309" t="s">
         <v>392</v>
       </c>
       <c r="B309" t="s">
         <v>393</v>
       </c>
       <c r="C309" t="s">
         <v>15</v>
       </c>
       <c r="D309" t="s">
         <v>143</v>
       </c>
       <c r="E309" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="F309" t="s">
         <v>18</v>
       </c>
       <c r="G309" t="s">
         <v>19</v>
       </c>
       <c r="H309" t="s">
         <v>20</v>
       </c>
       <c r="I309" t="s">
         <v>20</v>
       </c>
       <c r="L309">
         <v>0</v>
       </c>
       <c r="M309" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="310" spans="1:13">
       <c r="A310" t="s">
         <v>394</v>
       </c>
       <c r="B310" t="s">
         <v>393</v>
       </c>
       <c r="C310" t="s">
         <v>15</v>
       </c>
       <c r="D310" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="E310" t="s">
         <v>17</v>
       </c>
       <c r="F310" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="G310" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="H310" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I310" t="s">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="L310">
         <v>0</v>
       </c>
       <c r="M310" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="311" spans="1:13">
       <c r="A311" t="s">
         <v>395</v>
       </c>
       <c r="B311" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="C311" t="s">
         <v>15</v>
       </c>
       <c r="D311" t="s">
-        <v>192</v>
+        <v>143</v>
       </c>
       <c r="E311" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="F311" t="s">
         <v>18</v>
       </c>
       <c r="G311" t="s">
         <v>19</v>
       </c>
       <c r="H311" t="s">
         <v>20</v>
       </c>
       <c r="I311" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="L311">
         <v>0</v>
       </c>
       <c r="M311" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="312" spans="1:13">
       <c r="A312" t="s">
+        <v>397</v>
+      </c>
+      <c r="B312" t="s">
         <v>396</v>
       </c>
-      <c r="B312" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C312" t="s">
         <v>15</v>
       </c>
       <c r="D312" t="s">
-        <v>75</v>
+        <v>143</v>
       </c>
       <c r="E312" t="s">
         <v>17</v>
       </c>
       <c r="F312" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="G312" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="H312" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I312" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="L312">
         <v>0</v>
       </c>
       <c r="M312" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="313" spans="1:13">
       <c r="A313" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B313" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="C313" t="s">
         <v>15</v>
       </c>
       <c r="D313" t="s">
-        <v>205</v>
+        <v>192</v>
       </c>
       <c r="E313" t="s">
         <v>17</v>
       </c>
       <c r="F313" t="s">
         <v>18</v>
       </c>
       <c r="G313" t="s">
         <v>19</v>
       </c>
       <c r="H313" t="s">
         <v>20</v>
       </c>
       <c r="I313" t="s">
         <v>60</v>
       </c>
       <c r="L313">
         <v>0</v>
       </c>
       <c r="M313" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="314" spans="1:13">
       <c r="A314" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B314" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="C314" t="s">
         <v>15</v>
       </c>
       <c r="D314" t="s">
-        <v>205</v>
+        <v>75</v>
       </c>
       <c r="E314" t="s">
         <v>17</v>
       </c>
       <c r="F314" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="G314" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="H314" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="I314" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="L314">
         <v>0</v>
       </c>
       <c r="M314" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="315" spans="1:13">
       <c r="A315" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B315" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="C315" t="s">
         <v>15</v>
       </c>
       <c r="D315" t="s">
-        <v>16</v>
+        <v>205</v>
       </c>
       <c r="E315" t="s">
         <v>17</v>
       </c>
       <c r="F315" t="s">
         <v>18</v>
       </c>
       <c r="G315" t="s">
         <v>19</v>
       </c>
       <c r="H315" t="s">
         <v>20</v>
       </c>
       <c r="I315" t="s">
         <v>60</v>
       </c>
       <c r="L315">
         <v>0</v>
       </c>
       <c r="M315" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="316" spans="1:13">
       <c r="A316" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B316" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="C316" t="s">
         <v>15</v>
       </c>
       <c r="D316" t="s">
-        <v>16</v>
+        <v>205</v>
       </c>
       <c r="E316" t="s">
         <v>17</v>
       </c>
       <c r="F316" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="G316" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="H316" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="I316" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L316">
         <v>0</v>
       </c>
       <c r="M316" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="317" spans="1:13">
       <c r="A317" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B317" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="C317" t="s">
         <v>15</v>
       </c>
       <c r="D317" t="s">
         <v>16</v>
       </c>
       <c r="E317" t="s">
         <v>17</v>
       </c>
       <c r="F317" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="G317" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="H317" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="I317" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L317">
         <v>0</v>
       </c>
       <c r="M317" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="318" spans="1:13">
       <c r="A318" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B318" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="C318" t="s">
         <v>15</v>
       </c>
       <c r="D318" t="s">
         <v>16</v>
       </c>
       <c r="E318" t="s">
         <v>17</v>
       </c>
       <c r="F318" t="s">
-        <v>154</v>
+        <v>38</v>
       </c>
       <c r="G318" t="s">
-        <v>155</v>
+        <v>39</v>
       </c>
       <c r="H318" t="s">
-        <v>156</v>
+        <v>40</v>
       </c>
       <c r="I318" t="s">
-        <v>156</v>
+        <v>60</v>
       </c>
       <c r="L318">
         <v>0</v>
       </c>
       <c r="M318" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="319" spans="1:13">
       <c r="A319" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B319" t="s">
-        <v>404</v>
+        <v>396</v>
       </c>
       <c r="C319" t="s">
         <v>15</v>
       </c>
       <c r="D319" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="E319" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="F319" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="G319" t="s">
-        <v>19</v>
+        <v>72</v>
       </c>
       <c r="H319" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="I319" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="L319">
         <v>0</v>
       </c>
       <c r="M319" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="320" spans="1:13">
       <c r="A320" t="s">
         <v>405</v>
       </c>
       <c r="B320" t="s">
-        <v>404</v>
+        <v>396</v>
       </c>
       <c r="C320" t="s">
         <v>15</v>
       </c>
       <c r="D320" t="s">
-        <v>303</v>
+        <v>16</v>
       </c>
       <c r="E320" t="s">
         <v>17</v>
       </c>
       <c r="F320" t="s">
-        <v>356</v>
+        <v>154</v>
       </c>
       <c r="G320" t="s">
-        <v>121</v>
+        <v>155</v>
       </c>
       <c r="H320" t="s">
-        <v>39</v>
+        <v>156</v>
       </c>
       <c r="I320" t="s">
-        <v>48</v>
+        <v>156</v>
       </c>
       <c r="L320">
         <v>0</v>
       </c>
       <c r="M320" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="321" spans="1:13">
       <c r="A321" t="s">
         <v>406</v>
       </c>
       <c r="B321" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C321" t="s">
         <v>15</v>
       </c>
       <c r="D321" t="s">
         <v>143</v>
       </c>
       <c r="E321" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="F321" t="s">
         <v>18</v>
       </c>
       <c r="G321" t="s">
         <v>19</v>
       </c>
       <c r="H321" t="s">
         <v>20</v>
       </c>
       <c r="I321" t="s">
         <v>20</v>
       </c>
       <c r="L321">
         <v>0</v>
       </c>
       <c r="M321" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="322" spans="1:13">
       <c r="A322" t="s">
+        <v>408</v>
+      </c>
+      <c r="B322" t="s">
         <v>407</v>
       </c>
-      <c r="B322" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C322" t="s">
         <v>15</v>
       </c>
       <c r="D322" t="s">
-        <v>47</v>
+        <v>304</v>
       </c>
       <c r="E322" t="s">
         <v>17</v>
       </c>
       <c r="F322" t="s">
-        <v>58</v>
+        <v>359</v>
       </c>
       <c r="G322" t="s">
-        <v>72</v>
+        <v>121</v>
       </c>
       <c r="H322" t="s">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="I322" t="s">
-        <v>61</v>
+        <v>48</v>
       </c>
       <c r="L322">
         <v>0</v>
       </c>
       <c r="M322" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="323" spans="1:13">
       <c r="A323" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B323" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C323" t="s">
         <v>15</v>
       </c>
       <c r="D323" t="s">
-        <v>16</v>
+        <v>143</v>
       </c>
       <c r="E323" t="s">
         <v>17</v>
       </c>
       <c r="F323" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="G323" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="H323" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="I323" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="L323">
         <v>0</v>
       </c>
       <c r="M323" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="324" spans="1:13">
       <c r="A324" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B324" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C324" t="s">
         <v>15</v>
       </c>
       <c r="D324" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="E324" t="s">
         <v>17</v>
       </c>
       <c r="F324" t="s">
-        <v>154</v>
+        <v>58</v>
       </c>
       <c r="G324" t="s">
-        <v>155</v>
+        <v>72</v>
       </c>
       <c r="H324" t="s">
-        <v>156</v>
+        <v>61</v>
       </c>
       <c r="I324" t="s">
-        <v>156</v>
+        <v>61</v>
       </c>
       <c r="L324">
         <v>0</v>
       </c>
       <c r="M324" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="325" spans="1:13">
       <c r="A325" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B325" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C325" t="s">
-        <v>376</v>
+        <v>15</v>
       </c>
       <c r="D325" t="s">
         <v>16</v>
       </c>
       <c r="E325" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="F325" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="G325" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="H325" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="I325" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L325">
         <v>0</v>
       </c>
       <c r="M325" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="326" spans="1:13">
       <c r="A326" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B326" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
       <c r="C326" t="s">
         <v>15</v>
       </c>
       <c r="D326" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="E326" t="s">
         <v>17</v>
       </c>
       <c r="F326" t="s">
-        <v>18</v>
+        <v>154</v>
       </c>
       <c r="G326" t="s">
-        <v>19</v>
+        <v>155</v>
       </c>
       <c r="H326" t="s">
-        <v>20</v>
+        <v>156</v>
       </c>
       <c r="I326" t="s">
-        <v>20</v>
+        <v>156</v>
       </c>
       <c r="L326">
         <v>0</v>
       </c>
       <c r="M326" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="327" spans="1:13">
       <c r="A327" t="s">
         <v>413</v>
       </c>
       <c r="B327" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
       <c r="C327" t="s">
-        <v>15</v>
+        <v>379</v>
       </c>
       <c r="D327" t="s">
-        <v>192</v>
+        <v>16</v>
       </c>
       <c r="E327" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="F327" t="s">
         <v>38</v>
       </c>
       <c r="G327" t="s">
         <v>39</v>
       </c>
       <c r="H327" t="s">
         <v>40</v>
       </c>
       <c r="I327" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="L327">
         <v>0</v>
       </c>
       <c r="M327" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="328" spans="1:13">
       <c r="A328" t="s">
         <v>414</v>
       </c>
       <c r="B328" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="C328" t="s">
         <v>15</v>
       </c>
       <c r="D328" t="s">
-        <v>75</v>
+        <v>143</v>
       </c>
       <c r="E328" t="s">
         <v>17</v>
       </c>
       <c r="F328" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="G328" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="H328" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I328" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="L328">
         <v>0</v>
       </c>
       <c r="M328" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="329" spans="1:13">
       <c r="A329" t="s">
+        <v>416</v>
+      </c>
+      <c r="B329" t="s">
         <v>415</v>
       </c>
-      <c r="B329" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C329" t="s">
         <v>15</v>
       </c>
       <c r="D329" t="s">
-        <v>205</v>
+        <v>192</v>
       </c>
       <c r="E329" t="s">
         <v>17</v>
       </c>
       <c r="F329" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="G329" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="H329" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I329" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="L329">
         <v>0</v>
       </c>
       <c r="M329" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="330" spans="1:13">
       <c r="A330" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B330" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="C330" t="s">
         <v>15</v>
       </c>
       <c r="D330" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="E330" t="s">
         <v>17</v>
       </c>
       <c r="F330" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="G330" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="H330" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I330" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="L330">
         <v>0</v>
       </c>
       <c r="M330" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="331" spans="1:13">
       <c r="A331" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B331" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="C331" t="s">
         <v>15</v>
       </c>
       <c r="D331" t="s">
-        <v>47</v>
+        <v>205</v>
       </c>
       <c r="E331" t="s">
         <v>17</v>
       </c>
       <c r="F331" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="G331" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="H331" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="I331" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L331">
         <v>0</v>
       </c>
       <c r="M331" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="332" spans="1:13">
       <c r="A332" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B332" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="C332" t="s">
-        <v>376</v>
+        <v>15</v>
       </c>
       <c r="D332" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="E332" t="s">
         <v>17</v>
       </c>
       <c r="F332" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="G332" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="H332" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I332" t="s">
         <v>60</v>
       </c>
       <c r="L332">
         <v>0</v>
       </c>
       <c r="M332" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="333" spans="1:13">
       <c r="A333" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B333" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="C333" t="s">
-        <v>376</v>
+        <v>15</v>
       </c>
       <c r="D333" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="E333" t="s">
         <v>17</v>
       </c>
       <c r="F333" t="s">
         <v>58</v>
       </c>
       <c r="G333" t="s">
         <v>72</v>
       </c>
       <c r="H333" t="s">
         <v>61</v>
       </c>
       <c r="I333" t="s">
         <v>61</v>
       </c>
       <c r="L333">
         <v>0</v>
       </c>
       <c r="M333" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="334" spans="1:13">
       <c r="A334" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B334" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="C334" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D334" t="s">
         <v>16</v>
       </c>
       <c r="E334" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="F334" t="s">
         <v>38</v>
       </c>
       <c r="G334" t="s">
         <v>39</v>
       </c>
       <c r="H334" t="s">
         <v>40</v>
       </c>
       <c r="I334" t="s">
         <v>60</v>
       </c>
       <c r="L334">
         <v>0</v>
       </c>
       <c r="M334" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="335" spans="1:13">
       <c r="A335" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B335" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="C335" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D335" t="s">
         <v>16</v>
       </c>
       <c r="E335" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="F335" t="s">
         <v>58</v>
       </c>
       <c r="G335" t="s">
         <v>72</v>
       </c>
       <c r="H335" t="s">
         <v>61</v>
       </c>
       <c r="I335" t="s">
         <v>61</v>
       </c>
       <c r="L335">
         <v>0</v>
       </c>
       <c r="M335" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="336" spans="1:13">
       <c r="A336" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B336" t="s">
-        <v>423</v>
+        <v>415</v>
       </c>
       <c r="C336" t="s">
-        <v>15</v>
+        <v>379</v>
       </c>
       <c r="D336" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="E336" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="F336" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="G336" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="H336" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I336" t="s">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="L336">
         <v>0</v>
       </c>
       <c r="M336" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="337" spans="1:13">
       <c r="A337" t="s">
         <v>424</v>
       </c>
       <c r="B337" t="s">
-        <v>425</v>
+        <v>415</v>
       </c>
       <c r="C337" t="s">
-        <v>15</v>
+        <v>379</v>
       </c>
       <c r="D337" t="s">
-        <v>205</v>
+        <v>16</v>
       </c>
       <c r="E337" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="F337" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="G337" t="s">
-        <v>19</v>
+        <v>72</v>
       </c>
       <c r="H337" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="I337" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L337">
         <v>0</v>
       </c>
       <c r="M337" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="338" spans="1:13">
       <c r="A338" t="s">
+        <v>425</v>
+      </c>
+      <c r="B338" t="s">
         <v>426</v>
       </c>
-      <c r="B338" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C338" t="s">
-        <v>376</v>
+        <v>15</v>
       </c>
       <c r="D338" t="s">
-        <v>16</v>
+        <v>143</v>
       </c>
       <c r="E338" t="s">
-        <v>427</v>
+        <v>17</v>
       </c>
       <c r="F338" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="G338" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="H338" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I338" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="L338">
         <v>0</v>
       </c>
       <c r="M338" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="339" spans="1:13">
       <c r="A339" t="s">
+        <v>427</v>
+      </c>
+      <c r="B339" t="s">
         <v>428</v>
       </c>
-      <c r="B339" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C339" t="s">
         <v>15</v>
       </c>
       <c r="D339" t="s">
-        <v>143</v>
+        <v>205</v>
       </c>
       <c r="E339" t="s">
         <v>17</v>
       </c>
       <c r="F339" t="s">
         <v>18</v>
       </c>
       <c r="G339" t="s">
         <v>19</v>
       </c>
       <c r="H339" t="s">
         <v>20</v>
       </c>
       <c r="I339" t="s">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="L339">
         <v>0</v>
       </c>
       <c r="M339" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="340" spans="1:13">
       <c r="A340" t="s">
+        <v>429</v>
+      </c>
+      <c r="B340" t="s">
+        <v>428</v>
+      </c>
+      <c r="C340" t="s">
+        <v>379</v>
+      </c>
+      <c r="D340" t="s">
+        <v>16</v>
+      </c>
+      <c r="E340" t="s">
         <v>430</v>
       </c>
-      <c r="B340" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F340" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="G340" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="H340" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I340" t="s">
         <v>60</v>
       </c>
       <c r="L340">
         <v>0</v>
       </c>
       <c r="M340" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="341" spans="1:13">
       <c r="A341" t="s">
         <v>431</v>
       </c>
       <c r="B341" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="C341" t="s">
-        <v>376</v>
+        <v>15</v>
       </c>
       <c r="D341" t="s">
-        <v>16</v>
+        <v>143</v>
       </c>
       <c r="E341" t="s">
         <v>17</v>
       </c>
       <c r="F341" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="G341" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="H341" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I341" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="L341">
         <v>0</v>
       </c>
       <c r="M341" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="342" spans="1:13">
       <c r="A342" t="s">
+        <v>433</v>
+      </c>
+      <c r="B342" t="s">
         <v>432</v>
       </c>
-      <c r="B342" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C342" t="s">
-        <v>376</v>
+        <v>15</v>
       </c>
       <c r="D342" t="s">
-        <v>16</v>
+        <v>205</v>
       </c>
       <c r="E342" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="F342" t="s">
         <v>18</v>
       </c>
       <c r="G342" t="s">
         <v>19</v>
       </c>
       <c r="H342" t="s">
         <v>20</v>
       </c>
       <c r="I342" t="s">
         <v>60</v>
       </c>
       <c r="L342">
         <v>0</v>
       </c>
       <c r="M342" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="343" spans="1:13">
       <c r="A343" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B343" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="C343" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D343" t="s">
         <v>16</v>
       </c>
       <c r="E343" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="F343" t="s">
         <v>38</v>
       </c>
       <c r="G343" t="s">
         <v>39</v>
       </c>
       <c r="H343" t="s">
         <v>40</v>
       </c>
       <c r="I343" t="s">
         <v>60</v>
       </c>
       <c r="L343">
         <v>0</v>
       </c>
       <c r="M343" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="344" spans="1:13">
       <c r="A344" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B344" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="C344" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D344" t="s">
         <v>16</v>
       </c>
       <c r="E344" t="s">
         <v>65</v>
       </c>
       <c r="F344" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="G344" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="H344" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="I344" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L344">
         <v>0</v>
       </c>
       <c r="M344" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="345" spans="1:13">
       <c r="A345" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B345" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="C345" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D345" t="s">
         <v>16</v>
       </c>
       <c r="E345" t="s">
         <v>65</v>
       </c>
       <c r="F345" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="G345" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="H345" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="I345" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L345">
         <v>0</v>
       </c>
       <c r="M345" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="346" spans="1:13">
       <c r="A346" t="s">
         <v>437</v>
       </c>
       <c r="B346" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="C346" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D346" t="s">
         <v>16</v>
       </c>
       <c r="E346" t="s">
         <v>65</v>
       </c>
       <c r="F346" t="s">
         <v>58</v>
       </c>
       <c r="G346" t="s">
         <v>72</v>
       </c>
       <c r="H346" t="s">
         <v>61</v>
       </c>
       <c r="I346" t="s">
         <v>61</v>
       </c>
       <c r="L346">
         <v>0</v>
       </c>
       <c r="M346" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
     </row>
     <row r="347" spans="1:13">
       <c r="A347" t="s">
         <v>438</v>
       </c>
       <c r="B347" t="s">
         <v>439</v>
       </c>
       <c r="C347" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D347" t="s">
         <v>16</v>
       </c>
       <c r="E347" t="s">
         <v>65</v>
       </c>
       <c r="F347" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="G347" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="H347" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="I347" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L347">
         <v>0</v>
       </c>
       <c r="M347" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="348" spans="1:13">
       <c r="A348" t="s">
         <v>440</v>
       </c>
       <c r="B348" t="s">
         <v>439</v>
       </c>
       <c r="C348" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D348" t="s">
         <v>16</v>
       </c>
       <c r="E348" t="s">
         <v>65</v>
       </c>
       <c r="F348" t="s">
         <v>58</v>
       </c>
       <c r="G348" t="s">
         <v>72</v>
       </c>
       <c r="H348" t="s">
         <v>61</v>
       </c>
       <c r="I348" t="s">
         <v>61</v>
       </c>
       <c r="L348">
         <v>0</v>
       </c>
       <c r="M348" t="s">
-        <v>21</v>
+        <v>103</v>
       </c>
     </row>
     <row r="349" spans="1:13">
       <c r="A349" t="s">
         <v>441</v>
       </c>
       <c r="B349" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="C349" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D349" t="s">
         <v>16</v>
       </c>
       <c r="E349" t="s">
         <v>65</v>
       </c>
       <c r="F349" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="G349" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="H349" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="I349" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L349">
         <v>0</v>
       </c>
       <c r="M349" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
     </row>
     <row r="350" spans="1:13">
       <c r="A350" t="s">
+        <v>443</v>
+      </c>
+      <c r="B350" t="s">
         <v>442</v>
       </c>
-      <c r="B350" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C350" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D350" t="s">
         <v>16</v>
       </c>
       <c r="E350" t="s">
         <v>65</v>
       </c>
       <c r="F350" t="s">
         <v>58</v>
       </c>
       <c r="G350" t="s">
         <v>72</v>
       </c>
       <c r="H350" t="s">
         <v>61</v>
       </c>
       <c r="I350" t="s">
         <v>61</v>
       </c>
       <c r="L350">
         <v>0</v>
       </c>
       <c r="M350" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="351" spans="1:13">
       <c r="A351" t="s">
         <v>444</v>
       </c>
       <c r="B351" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="C351" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D351" t="s">
         <v>16</v>
       </c>
       <c r="E351" t="s">
-        <v>427</v>
+        <v>65</v>
       </c>
       <c r="F351" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="G351" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="H351" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="I351" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L351">
         <v>0</v>
       </c>
       <c r="M351" t="s">
-        <v>21</v>
+        <v>103</v>
       </c>
     </row>
     <row r="352" spans="1:13">
       <c r="A352" t="s">
         <v>445</v>
       </c>
       <c r="B352" t="s">
         <v>446</v>
       </c>
       <c r="C352" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D352" t="s">
         <v>16</v>
       </c>
       <c r="E352" t="s">
         <v>65</v>
       </c>
       <c r="F352" t="s">
         <v>58</v>
       </c>
       <c r="G352" t="s">
         <v>72</v>
       </c>
       <c r="H352" t="s">
         <v>61</v>
       </c>
       <c r="I352" t="s">
         <v>61</v>
       </c>
       <c r="L352">
         <v>0</v>
       </c>
       <c r="M352" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="353" spans="1:13">
       <c r="A353" t="s">
         <v>447</v>
       </c>
       <c r="B353" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="C353" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D353" t="s">
         <v>16</v>
       </c>
       <c r="E353" t="s">
-        <v>65</v>
+        <v>430</v>
       </c>
       <c r="F353" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="G353" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="H353" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="I353" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L353">
         <v>0</v>
       </c>
       <c r="M353" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="354" spans="1:13">
       <c r="A354" t="s">
+        <v>448</v>
+      </c>
+      <c r="B354" t="s">
         <v>449</v>
       </c>
-      <c r="B354" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C354" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D354" t="s">
         <v>16</v>
       </c>
       <c r="E354" t="s">
         <v>65</v>
       </c>
       <c r="F354" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="G354" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="H354" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="I354" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L354">
         <v>0</v>
       </c>
       <c r="M354" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="355" spans="1:13">
       <c r="A355" t="s">
+        <v>450</v>
+      </c>
+      <c r="B355" t="s">
         <v>451</v>
       </c>
-      <c r="B355" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C355" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D355" t="s">
         <v>16</v>
       </c>
       <c r="E355" t="s">
         <v>65</v>
       </c>
       <c r="F355" t="s">
         <v>58</v>
       </c>
       <c r="G355" t="s">
         <v>72</v>
       </c>
       <c r="H355" t="s">
         <v>61</v>
       </c>
       <c r="I355" t="s">
         <v>61</v>
       </c>
       <c r="L355">
         <v>0</v>
       </c>
       <c r="M355" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="356" spans="1:13">
       <c r="A356" t="s">
         <v>452</v>
       </c>
       <c r="B356" t="s">
         <v>453</v>
       </c>
       <c r="C356" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D356" t="s">
         <v>16</v>
       </c>
       <c r="E356" t="s">
         <v>65</v>
       </c>
       <c r="F356" t="s">
         <v>38</v>
       </c>
       <c r="G356" t="s">
         <v>39</v>
       </c>
       <c r="H356" t="s">
         <v>40</v>
       </c>
       <c r="I356" t="s">
         <v>60</v>
       </c>
       <c r="L356">
         <v>0</v>
       </c>
       <c r="M356" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="357" spans="1:13">
       <c r="A357" t="s">
         <v>454</v>
       </c>
       <c r="B357" t="s">
         <v>453</v>
       </c>
       <c r="C357" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D357" t="s">
         <v>16</v>
       </c>
       <c r="E357" t="s">
         <v>65</v>
       </c>
       <c r="F357" t="s">
         <v>58</v>
       </c>
       <c r="G357" t="s">
         <v>72</v>
       </c>
       <c r="H357" t="s">
         <v>61</v>
       </c>
       <c r="I357" t="s">
         <v>61</v>
       </c>
       <c r="L357">
         <v>0</v>
       </c>
       <c r="M357" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="358" spans="1:13">
       <c r="A358" t="s">
         <v>455</v>
       </c>
       <c r="B358" t="s">
         <v>456</v>
       </c>
       <c r="C358" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D358" t="s">
         <v>16</v>
       </c>
       <c r="E358" t="s">
-        <v>457</v>
+        <v>65</v>
       </c>
       <c r="F358" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="G358" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="H358" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="I358" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L358">
         <v>0</v>
       </c>
       <c r="M358" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="359" spans="1:13">
       <c r="A359" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="B359" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="C359" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D359" t="s">
         <v>16</v>
       </c>
       <c r="E359" t="s">
-        <v>457</v>
+        <v>65</v>
       </c>
       <c r="F359" t="s">
         <v>58</v>
       </c>
       <c r="G359" t="s">
         <v>72</v>
       </c>
       <c r="H359" t="s">
         <v>61</v>
       </c>
       <c r="I359" t="s">
         <v>61</v>
       </c>
       <c r="L359">
         <v>0</v>
       </c>
       <c r="M359" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="360" spans="1:13">
       <c r="A360" t="s">
+        <v>458</v>
+      </c>
+      <c r="B360" t="s">
+        <v>459</v>
+      </c>
+      <c r="C360" t="s">
+        <v>379</v>
+      </c>
+      <c r="D360" t="s">
+        <v>16</v>
+      </c>
+      <c r="E360" t="s">
         <v>460</v>
-      </c>
-[...10 lines deleted...]
-        <v>457</v>
       </c>
       <c r="F360" t="s">
         <v>58</v>
       </c>
       <c r="G360" t="s">
         <v>72</v>
       </c>
       <c r="H360" t="s">
         <v>61</v>
       </c>
       <c r="I360" t="s">
         <v>61</v>
       </c>
       <c r="L360">
         <v>0</v>
       </c>
       <c r="M360" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="361" spans="1:13">
       <c r="A361" t="s">
+        <v>461</v>
+      </c>
+      <c r="B361" t="s">
         <v>462</v>
       </c>
-      <c r="B361" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C361" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D361" t="s">
         <v>16</v>
       </c>
       <c r="E361" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="F361" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="G361" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="H361" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="I361" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L361">
         <v>0</v>
       </c>
       <c r="M361" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="362" spans="1:13">
       <c r="A362" t="s">
+        <v>463</v>
+      </c>
+      <c r="B362" t="s">
         <v>464</v>
       </c>
-      <c r="B362" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C362" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D362" t="s">
         <v>16</v>
       </c>
       <c r="E362" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="F362" t="s">
         <v>58</v>
       </c>
       <c r="G362" t="s">
         <v>72</v>
       </c>
       <c r="H362" t="s">
         <v>61</v>
       </c>
       <c r="I362" t="s">
         <v>61</v>
       </c>
       <c r="L362">
         <v>0</v>
       </c>
       <c r="M362" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="363" spans="1:13">
       <c r="A363" t="s">
         <v>465</v>
       </c>
       <c r="B363" t="s">
+        <v>464</v>
+      </c>
+      <c r="C363" t="s">
+        <v>379</v>
+      </c>
+      <c r="D363" t="s">
+        <v>16</v>
+      </c>
+      <c r="E363" t="s">
         <v>466</v>
-      </c>
-[...7 lines deleted...]
-        <v>457</v>
       </c>
       <c r="F363" t="s">
         <v>38</v>
       </c>
       <c r="G363" t="s">
         <v>39</v>
       </c>
       <c r="H363" t="s">
         <v>40</v>
       </c>
       <c r="I363" t="s">
         <v>60</v>
       </c>
       <c r="L363">
         <v>0</v>
       </c>
       <c r="M363" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="364" spans="1:13">
       <c r="A364" t="s">
         <v>467</v>
       </c>
       <c r="B364" t="s">
+        <v>464</v>
+      </c>
+      <c r="C364" t="s">
+        <v>379</v>
+      </c>
+      <c r="D364" t="s">
+        <v>16</v>
+      </c>
+      <c r="E364" t="s">
+        <v>466</v>
+      </c>
+      <c r="F364" t="s">
+        <v>58</v>
+      </c>
+      <c r="G364" t="s">
+        <v>72</v>
+      </c>
+      <c r="H364" t="s">
+        <v>61</v>
+      </c>
+      <c r="I364" t="s">
+        <v>61</v>
+      </c>
+      <c r="L364">
+        <v>0</v>
+      </c>
+      <c r="M364" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13">
+      <c r="A365" t="s">
         <v>468</v>
       </c>
-      <c r="C364" t="s">
-[...8 lines deleted...]
-      <c r="F364" t="s">
+      <c r="B365" t="s">
+        <v>469</v>
+      </c>
+      <c r="C365" t="s">
+        <v>379</v>
+      </c>
+      <c r="D365" t="s">
+        <v>16</v>
+      </c>
+      <c r="E365" t="s">
+        <v>460</v>
+      </c>
+      <c r="F365" t="s">
         <v>38</v>
       </c>
-      <c r="G364" t="s">
+      <c r="G365" t="s">
         <v>39</v>
       </c>
-      <c r="H364" t="s">
-[...2 lines deleted...]
-      <c r="I364" t="s">
+      <c r="H365" t="s">
+        <v>40</v>
+      </c>
+      <c r="I365" t="s">
         <v>60</v>
       </c>
-      <c r="L364">
-[...2 lines deleted...]
-      <c r="M364" t="s">
+      <c r="L365">
+        <v>0</v>
+      </c>
+      <c r="M365" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13">
+      <c r="A366" t="s">
+        <v>470</v>
+      </c>
+      <c r="B366" t="s">
+        <v>471</v>
+      </c>
+      <c r="C366" t="s">
+        <v>379</v>
+      </c>
+      <c r="D366" t="s">
+        <v>16</v>
+      </c>
+      <c r="E366" t="s">
+        <v>460</v>
+      </c>
+      <c r="F366" t="s">
+        <v>38</v>
+      </c>
+      <c r="G366" t="s">
+        <v>39</v>
+      </c>
+      <c r="H366" t="s">
+        <v>40</v>
+      </c>
+      <c r="I366" t="s">
+        <v>60</v>
+      </c>
+      <c r="L366">
+        <v>0</v>
+      </c>
+      <c r="M366" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">