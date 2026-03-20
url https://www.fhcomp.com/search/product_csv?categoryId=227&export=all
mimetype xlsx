--- v0 (2025-12-14)
+++ v1 (2026-03-20)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="290" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="295" uniqueCount="114">
   <si>
     <t>型号</t>
   </si>
   <si>
     <t>阻值(Ω)</t>
   </si>
   <si>
     <t>额定功率</t>
   </si>
   <si>
     <t>阻值精度</t>
   </si>
   <si>
     <t>尺寸(inch)</t>
   </si>
   <si>
     <t>端子形状</t>
   </si>
   <si>
     <t>温度系数值(ppm/℃)</t>
   </si>
   <si>
     <t>应用场景</t>
   </si>
   <si>
@@ -121,50 +121,53 @@
     <t>8.2KΩ</t>
   </si>
   <si>
     <t>RH-ML08W562JT</t>
   </si>
   <si>
     <t>5.6KΩ</t>
   </si>
   <si>
     <t>RH-ML08W512JT</t>
   </si>
   <si>
     <t>5.1KΩ</t>
   </si>
   <si>
     <t>RH-ML08W5101FT</t>
   </si>
   <si>
     <t>RH-ML08W472JT</t>
   </si>
   <si>
     <t>4.7KΩ</t>
   </si>
   <si>
     <t>RH-MT08W472JT</t>
+  </si>
+  <si>
+    <t>RH-ML08W4701FT</t>
   </si>
   <si>
     <t>RH-ML08W3001FT</t>
   </si>
   <si>
     <t>3KΩ</t>
   </si>
   <si>
     <t>RH-ML08W272JT</t>
   </si>
   <si>
     <t>2.7KΩ</t>
   </si>
   <si>
     <t>RH-ML08W202JT</t>
   </si>
   <si>
     <t>2KΩ</t>
   </si>
   <si>
     <t>RH-ML08W152JT</t>
   </si>
   <si>
     <t>1.5KΩ</t>
   </si>
@@ -684,51 +687,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J57"/>
+  <dimension ref="A1:J58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -987,902 +990,922 @@
     <row r="14" spans="1:10">
       <c r="A14" t="s">
         <v>36</v>
       </c>
       <c r="B14" t="s">
         <v>35</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="J14">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" t="s">
         <v>37</v>
       </c>
       <c r="B15" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
         <v>19</v>
       </c>
       <c r="E15" t="s">
         <v>13</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="J15">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" t="s">
+        <v>38</v>
+      </c>
+      <c r="B16" t="s">
         <v>39</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E16" t="s">
         <v>13</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="J16">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" t="s">
+        <v>40</v>
+      </c>
+      <c r="B17" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
         <v>13</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="J17">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
         <v>13</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="J18">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" t="s">
+        <v>44</v>
+      </c>
+      <c r="B19" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
         <v>13</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="J19">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" t="s">
+        <v>46</v>
+      </c>
+      <c r="B20" t="s">
         <v>47</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="J20">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" t="s">
         <v>48</v>
       </c>
       <c r="B21" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="J21">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" t="s">
+        <v>49</v>
+      </c>
+      <c r="B22" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
         <v>13</v>
       </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="J22">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" t="s">
+        <v>51</v>
+      </c>
+      <c r="B23" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
         <v>13</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="J23">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" t="s">
+        <v>53</v>
+      </c>
+      <c r="B24" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
         <v>13</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="J24">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" t="s">
+        <v>55</v>
+      </c>
+      <c r="B25" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
         <v>13</v>
       </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="J25">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" t="s">
+        <v>57</v>
+      </c>
+      <c r="B26" t="s">
         <v>58</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="J26">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" t="s">
         <v>59</v>
       </c>
       <c r="B27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D27" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="J27">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="D28" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E28" t="s">
         <v>13</v>
       </c>
       <c r="F28" t="s">
         <v>14</v>
       </c>
       <c r="J28">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
         <v>13</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="J29">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D30" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="J30">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>14</v>
       </c>
       <c r="J31">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" t="s">
+        <v>66</v>
+      </c>
+      <c r="B32" t="s">
         <v>67</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D32" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>14</v>
       </c>
       <c r="J32">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" t="s">
+        <v>68</v>
+      </c>
+      <c r="B33" t="s">
         <v>69</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D33" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E33" t="s">
         <v>13</v>
       </c>
       <c r="F33" t="s">
         <v>14</v>
       </c>
       <c r="J33">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" t="s">
+        <v>70</v>
+      </c>
+      <c r="B34" t="s">
         <v>71</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="J34">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" t="s">
         <v>72</v>
       </c>
       <c r="B35" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>73</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="J35">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" t="s">
+        <v>73</v>
+      </c>
+      <c r="B36" t="s">
+        <v>71</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
         <v>74</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="J36">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" t="s">
+        <v>75</v>
+      </c>
+      <c r="B37" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="D37" t="s">
         <v>19</v>
       </c>
       <c r="E37" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F37" t="s">
         <v>14</v>
       </c>
       <c r="J37">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" t="s">
         <v>77</v>
       </c>
       <c r="B38" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="D38" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E38" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="J38">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" t="s">
+        <v>78</v>
+      </c>
+      <c r="B39" t="s">
         <v>79</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D39" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="J39">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" t="s">
+        <v>80</v>
+      </c>
+      <c r="B40" t="s">
         <v>81</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="J40">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" t="s">
+        <v>82</v>
+      </c>
+      <c r="B41" t="s">
         <v>83</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>73</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="J41">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" t="s">
         <v>84</v>
       </c>
       <c r="B42" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="D42" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>20</v>
+        <v>74</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="J42">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" t="s">
+        <v>85</v>
+      </c>
+      <c r="B43" t="s">
         <v>86</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D43" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="J43">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" t="s">
+        <v>87</v>
+      </c>
+      <c r="B44" t="s">
         <v>88</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="J44">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" t="s">
+        <v>89</v>
+      </c>
+      <c r="B45" t="s">
         <v>90</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="J45">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" t="s">
         <v>91</v>
       </c>
       <c r="B46" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="J46">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" t="s">
+        <v>92</v>
+      </c>
+      <c r="B47" t="s">
         <v>93</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>14</v>
       </c>
       <c r="J47">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" t="s">
+        <v>94</v>
+      </c>
+      <c r="B48" t="s">
         <v>95</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="J48">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" t="s">
+        <v>96</v>
+      </c>
+      <c r="B49" t="s">
         <v>97</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
       <c r="E49" t="s">
-        <v>13</v>
+        <v>74</v>
       </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="J49">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" t="s">
+        <v>98</v>
+      </c>
+      <c r="B50" t="s">
         <v>99</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
       <c r="J50">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" t="s">
         <v>100</v>
       </c>
       <c r="B51" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>14</v>
       </c>
       <c r="J51">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" t="s">
+        <v>101</v>
+      </c>
+      <c r="B52" t="s">
         <v>102</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="J52">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" t="s">
+        <v>103</v>
+      </c>
+      <c r="B53" t="s">
         <v>104</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="J53">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" t="s">
+        <v>105</v>
+      </c>
+      <c r="B54" t="s">
         <v>106</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F54" t="s">
         <v>14</v>
       </c>
       <c r="J54">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" t="s">
         <v>107</v>
       </c>
       <c r="B55" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>14</v>
       </c>
       <c r="J55">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" t="s">
+        <v>108</v>
+      </c>
+      <c r="B56" t="s">
         <v>109</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
       <c r="E56" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="J56">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" t="s">
+        <v>110</v>
+      </c>
+      <c r="B57" t="s">
         <v>111</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>13</v>
+      </c>
+      <c r="F57" t="s">
+        <v>14</v>
+      </c>
+      <c r="J57">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10">
+      <c r="A58" t="s">
         <v>112</v>
       </c>
-      <c r="D57" t="s">
-[...8 lines deleted...]
-      <c r="J57">
+      <c r="B58" t="s">
+        <v>113</v>
+      </c>
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>13</v>
+      </c>
+      <c r="F58" t="s">
+        <v>14</v>
+      </c>
+      <c r="J58">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">