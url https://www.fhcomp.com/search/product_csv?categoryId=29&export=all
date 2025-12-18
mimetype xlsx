--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2135" uniqueCount="641">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2150" uniqueCount="644">
   <si>
     <t>型号</t>
   </si>
   <si>
     <t>阻值(Ω)</t>
   </si>
   <si>
     <t>额定功率</t>
   </si>
   <si>
     <t>温度系数值(ppm/℃)</t>
   </si>
   <si>
     <t>阻值精度</t>
   </si>
   <si>
     <t>尺寸(inch)</t>
   </si>
   <si>
     <t>端子形状</t>
   </si>
   <si>
     <t>应用场景</t>
   </si>
   <si>
@@ -186,50 +186,53 @@
   <si>
     <t>360KΩ</t>
   </si>
   <si>
     <t>RC-MT08W364JT</t>
   </si>
   <si>
     <t>RC-ML08W334JT</t>
   </si>
   <si>
     <t>330KΩ</t>
   </si>
   <si>
     <t>RC-ML08W304JT</t>
   </si>
   <si>
     <t>300KΩ</t>
   </si>
   <si>
     <t>RC-ML08W274JT</t>
   </si>
   <si>
     <t>270KΩ</t>
   </si>
   <si>
+    <t>RC-ML08W2703FT</t>
+  </si>
+  <si>
     <t>RC-ML08W224JT</t>
   </si>
   <si>
     <t>220KΩ</t>
   </si>
   <si>
     <t>RC-MT04W224JT</t>
   </si>
   <si>
     <t>RC-MT08W224JT</t>
   </si>
   <si>
     <t>RC-ML08V204JT</t>
   </si>
   <si>
     <t>200KΩ</t>
   </si>
   <si>
     <t>V</t>
   </si>
   <si>
     <t>RC-ML08W204JT</t>
   </si>
   <si>
     <t>RC-MT08W204JT</t>
@@ -801,56 +804,56 @@
   <si>
     <t>3.6KΩ</t>
   </si>
   <si>
     <t>RC-ML08W332JT</t>
   </si>
   <si>
     <t>3.3KΩ</t>
   </si>
   <si>
     <t>RC-MT08W332JT</t>
   </si>
   <si>
     <t>RC-ML08W3301FT</t>
   </si>
   <si>
     <t>RC-MT08W3301FT</t>
   </si>
   <si>
     <t>RC-ML08W302JT</t>
   </si>
   <si>
     <t>3KΩ</t>
   </si>
   <si>
+    <t>RC-MT08W302JT</t>
+  </si>
+  <si>
     <t>RC-MT04W302JT</t>
   </si>
   <si>
-    <t>RC-MT08W302JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RC-ML08W3001FT</t>
   </si>
   <si>
     <t>RC-MT08W2741FT</t>
   </si>
   <si>
     <t>2.74KΩ</t>
   </si>
   <si>
     <t>RC-ML08W272JT</t>
   </si>
   <si>
     <t>2.7KΩ</t>
   </si>
   <si>
     <t>RC-MT08W272JT</t>
   </si>
   <si>
     <t>RC-ML08W2701FT</t>
   </si>
   <si>
     <t>RC-MT08W2701FT</t>
   </si>
   <si>
     <t>RC-ML08W242JT</t>
@@ -864,50 +867,53 @@
   <si>
     <t>RC-ML08W2401FT</t>
   </si>
   <si>
     <t>RC-MT08W2211FT</t>
   </si>
   <si>
     <t>2.21KΩ</t>
   </si>
   <si>
     <t>RC-MC08W222JT</t>
   </si>
   <si>
     <t>2.2KΩ</t>
   </si>
   <si>
     <t>RC-ML08W222JT</t>
   </si>
   <si>
     <t>RC-MT08V222JT</t>
   </si>
   <si>
     <t>RC-MT08W222JT</t>
   </si>
   <si>
+    <t>RC-MT04W222JT</t>
+  </si>
+  <si>
     <t>RC-ML08W2201FT</t>
   </si>
   <si>
     <t>RC-MT08W2201FT</t>
   </si>
   <si>
     <t>RC-ML08W202JT</t>
   </si>
   <si>
     <t>2KΩ</t>
   </si>
   <si>
     <t>RC-MT08W202JT</t>
   </si>
   <si>
     <t>RC-ML08W2001FT</t>
   </si>
   <si>
     <t>RC-MT08W2001FT</t>
   </si>
   <si>
     <t>RC-ML08W1821FT</t>
   </si>
   <si>
     <t>1.82KΩ</t>
@@ -936,56 +942,56 @@
   <si>
     <t>RC-MT08W1501FT</t>
   </si>
   <si>
     <t>RC-ML08W122JT</t>
   </si>
   <si>
     <t>1.2KΩ</t>
   </si>
   <si>
     <t>RC-MT08W122JT</t>
   </si>
   <si>
     <t>RC-ML08W1201FT</t>
   </si>
   <si>
     <t>RC-MT08W1201FT</t>
   </si>
   <si>
     <t>RC-ML08W102JT</t>
   </si>
   <si>
     <t>1KΩ</t>
   </si>
   <si>
+    <t>RC-MT04W102JT</t>
+  </si>
+  <si>
     <t>RC-MT08W102JT</t>
   </si>
   <si>
-    <t>RC-MT04W102JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RC-ML08W1001FT</t>
   </si>
   <si>
     <t>RC-MT08W1001FT</t>
   </si>
   <si>
     <t>RC-MY08W1001FT</t>
   </si>
   <si>
     <t>0201</t>
   </si>
   <si>
     <t>RC-MT08W102JB</t>
   </si>
   <si>
     <t>RC-ML08W911JT</t>
   </si>
   <si>
     <t>910Ω</t>
   </si>
   <si>
     <t>RC-MT08W911JT</t>
   </si>
   <si>
     <t>RC-ML08W9100FT</t>
@@ -1131,56 +1137,56 @@
   <si>
     <t>RC-MT08W331JT</t>
   </si>
   <si>
     <t>RC-ML08W3300FT</t>
   </si>
   <si>
     <t>RC-MT08W3300FT</t>
   </si>
   <si>
     <t>RC-ML08W301JT</t>
   </si>
   <si>
     <t>300Ω</t>
   </si>
   <si>
     <t>RC-MT08W301JT</t>
   </si>
   <si>
     <t>RC-ML08W271JT</t>
   </si>
   <si>
     <t>270Ω</t>
   </si>
   <si>
+    <t>RC-MT04W271JT</t>
+  </si>
+  <si>
     <t>RC-MT08W271JT</t>
   </si>
   <si>
-    <t>RC-MT04W271JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RC-ML08W241JT</t>
   </si>
   <si>
     <t>240Ω</t>
   </si>
   <si>
     <t>RC-MT08W241JT</t>
   </si>
   <si>
     <t>RC-ML08W221JT</t>
   </si>
   <si>
     <t>220Ω</t>
   </si>
   <si>
     <t>RC-MT08W221JT</t>
   </si>
   <si>
     <t>RC-ML08W2200FT</t>
   </si>
   <si>
     <t>RC-MT08W2200FT</t>
   </si>
   <si>
     <t>RC-ML08W201JT</t>
@@ -1188,56 +1194,56 @@
   <si>
     <t>200Ω</t>
   </si>
   <si>
     <t>RC-MT08W201JT</t>
   </si>
   <si>
     <t>RC-ML08W2000FT</t>
   </si>
   <si>
     <t>RC-MT08W2000FT</t>
   </si>
   <si>
     <t>RC-ML08W1820FT</t>
   </si>
   <si>
     <t>182Ω</t>
   </si>
   <si>
     <t>RC-ML08W181JT</t>
   </si>
   <si>
     <t>180Ω</t>
   </si>
   <si>
+    <t>RC-MT08W181JT</t>
+  </si>
+  <si>
     <t>RC-MT04W181JT</t>
   </si>
   <si>
-    <t>RC-MT08W181JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RC-ML08W1690FT</t>
   </si>
   <si>
     <t>169Ω</t>
   </si>
   <si>
     <t>RC-ML08W161JT</t>
   </si>
   <si>
     <t>160Ω</t>
   </si>
   <si>
     <t>RC-ML08W151JT</t>
   </si>
   <si>
     <t>150Ω</t>
   </si>
   <si>
     <t>RC-MT08W151JT</t>
   </si>
   <si>
     <t>RC-ML08W1500FT</t>
   </si>
   <si>
     <t>RC-MT08W1500FT</t>
@@ -1299,59 +1305,59 @@
   <si>
     <t>RC-ML08W910JT</t>
   </si>
   <si>
     <t>91Ω</t>
   </si>
   <si>
     <t>RC-MT08W910JT</t>
   </si>
   <si>
     <t>RC-ML08W820JT</t>
   </si>
   <si>
     <t>82Ω</t>
   </si>
   <si>
     <t>RC-MT08W820JT</t>
   </si>
   <si>
     <t>RC-MT08W82R0FT</t>
   </si>
   <si>
     <t>82.0Ω</t>
   </si>
   <si>
+    <t>RC-ML08W750JT</t>
+  </si>
+  <si>
+    <t>75Ω</t>
+  </si>
+  <si>
     <t>RC-ML08V750JT</t>
   </si>
   <si>
-    <t>75Ω</t>
-[...4 lines deleted...]
-  <si>
     <t>RC-MT08W750JT</t>
   </si>
   <si>
     <t>RC-MT04W750JT</t>
   </si>
   <si>
     <t>RC-ML08W75R0FT</t>
   </si>
   <si>
     <t>75.0Ω</t>
   </si>
   <si>
     <t>RC-MT08W75R0FT</t>
   </si>
   <si>
     <t>RC-MT08W71R5FT</t>
   </si>
   <si>
     <t>71.5Ω</t>
   </si>
   <si>
     <t>RC-ML08W680JT</t>
   </si>
   <si>
     <t>68Ω</t>
@@ -1434,56 +1440,56 @@
   <si>
     <t>51.0Ω</t>
   </si>
   <si>
     <t>RC-MT08W51R0FT</t>
   </si>
   <si>
     <t>RC-ML08W49R9JT</t>
   </si>
   <si>
     <t>49.9Ω</t>
   </si>
   <si>
     <t>RC-ML08W49R9FT</t>
   </si>
   <si>
     <t>RC-MT08W49R9FT</t>
   </si>
   <si>
     <t>RC-ML08W470JT</t>
   </si>
   <si>
     <t>47Ω</t>
   </si>
   <si>
+    <t>RC-MT08W470JT</t>
+  </si>
+  <si>
     <t>RC-MT04W470JT</t>
   </si>
   <si>
-    <t>RC-MT08W470JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RC-ML08W47R0FT</t>
   </si>
   <si>
     <t>47.0Ω</t>
   </si>
   <si>
     <t>RC-MT08W47R0FT</t>
   </si>
   <si>
     <t>RC-ML08W44R2FT</t>
   </si>
   <si>
     <t>44.2Ω</t>
   </si>
   <si>
     <t>RC-MT08W43R2FT</t>
   </si>
   <si>
     <t>43.2Ω</t>
   </si>
   <si>
     <t>RC-ML08W430JT</t>
   </si>
   <si>
     <t>43Ω</t>
@@ -1581,68 +1587,68 @@
   <si>
     <t>RC-MT04W330JT</t>
   </si>
   <si>
     <t>RC-MT08W330JT</t>
   </si>
   <si>
     <t>RC-MY08W330JT</t>
   </si>
   <si>
     <t>RC-ML08W33R0FT</t>
   </si>
   <si>
     <t>33.0Ω</t>
   </si>
   <si>
     <t>RC-MT08W33R0FT</t>
   </si>
   <si>
     <t>RC-ML08W300JT</t>
   </si>
   <si>
     <t>30Ω</t>
   </si>
   <si>
+    <t>RC-MT08W300JT</t>
+  </si>
+  <si>
     <t>RC-MT04W300JT</t>
   </si>
   <si>
-    <t>RC-MT08W300JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RC-ML08W270JT</t>
   </si>
   <si>
     <t>27Ω</t>
   </si>
   <si>
+    <t>RC-MT08W270JT</t>
+  </si>
+  <si>
     <t>RC-MT04W270JT</t>
   </si>
   <si>
-    <t>RC-MT08W270JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RC-ML08W27R0FT</t>
   </si>
   <si>
     <t>27.0Ω</t>
   </si>
   <si>
     <t>RC-MT08W27R0FT</t>
   </si>
   <si>
     <t>RC-ML08W24R9FT</t>
   </si>
   <si>
     <t>24.9Ω</t>
   </si>
   <si>
     <t>RC-MT08W24R9FT</t>
   </si>
   <si>
     <t>RC-ML08W240JT</t>
   </si>
   <si>
     <t>24Ω</t>
   </si>
   <si>
     <t>RC-MT08W240JT</t>
@@ -1734,56 +1740,56 @@
   <si>
     <t>12Ω</t>
   </si>
   <si>
     <t>RC-MT08W120JT</t>
   </si>
   <si>
     <t>RC-ML08W110JT</t>
   </si>
   <si>
     <t>11Ω</t>
   </si>
   <si>
     <t>RC-MT08W11R0FT</t>
   </si>
   <si>
     <t>11.0Ω</t>
   </si>
   <si>
     <t>RC-ML08W100JT</t>
   </si>
   <si>
     <t>10Ω</t>
   </si>
   <si>
+    <t>RC-MT08W100JT</t>
+  </si>
+  <si>
     <t>RC-MT04W100JT</t>
   </si>
   <si>
-    <t>RC-MT08W100JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RC-ML08W10R0FT</t>
   </si>
   <si>
     <t>10.0Ω</t>
   </si>
   <si>
     <t>RC-MT08W10R0FT</t>
   </si>
   <si>
     <t>RC-MT08W8R2JT</t>
   </si>
   <si>
     <t>8.2Ω</t>
   </si>
   <si>
     <t>RC-ML08W7R5JT</t>
   </si>
   <si>
     <t>7.5Ω</t>
   </si>
   <si>
     <t>RC-MT08W7R5JT</t>
   </si>
   <si>
     <t>RC-ML08W6R8JT</t>
@@ -1821,89 +1827,92 @@
   <si>
     <t>RC-MT08W5R10FT</t>
   </si>
   <si>
     <t>RC-ML08W4R7JT</t>
   </si>
   <si>
     <t>4.7Ω</t>
   </si>
   <si>
     <t>RC-MT08W4R7JT</t>
   </si>
   <si>
     <t>RC-ML08W4R70FT</t>
   </si>
   <si>
     <t>4.70Ω</t>
   </si>
   <si>
     <t>RC-ML08W4R3JT</t>
   </si>
   <si>
     <t>4.3Ω</t>
   </si>
   <si>
+    <t>RC-MT08W4R3JT</t>
+  </si>
+  <si>
     <t>RC-ML08W4R02FT</t>
   </si>
   <si>
     <t>4.02Ω</t>
   </si>
   <si>
     <t>RC-ML08W3R9JT</t>
   </si>
   <si>
     <t>3.9Ω</t>
   </si>
   <si>
     <t>RC-ML08W3R3JT</t>
   </si>
   <si>
     <t>3.3Ω</t>
   </si>
   <si>
     <t>RC-MT08W3R3JT</t>
   </si>
   <si>
     <t>RC-MT08W3R30FT</t>
   </si>
   <si>
     <t>3.30Ω</t>
   </si>
   <si>
     <t>RC-ML08W3R0JT</t>
   </si>
   <si>
     <t>3.0Ω</t>
   </si>
   <si>
+    <t>RC-MT08W3R0JT</t>
+  </si>
+  <si>
     <t>RC-MT04W3R0JT</t>
   </si>
   <si>
-    <t>RC-MT08W3R0JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RC-ML08W2R2JT</t>
   </si>
   <si>
     <t>2.2Ω</t>
   </si>
   <si>
     <t>RC-MT08W2R2JT</t>
   </si>
   <si>
     <t>RC-MT08W2R20FT</t>
   </si>
   <si>
     <t>2.20Ω</t>
   </si>
   <si>
     <t>RC-ML08W2R0JT</t>
   </si>
   <si>
     <t>2.0Ω</t>
   </si>
   <si>
     <t>RC-MT08W2R0JT</t>
   </si>
   <si>
     <t>RC-MT08W2R00FT</t>
@@ -1923,57 +1932,57 @@
   <si>
     <t>1.5Ω</t>
   </si>
   <si>
     <t>RC-MT08W1R50FT</t>
   </si>
   <si>
     <t>1.50Ω</t>
   </si>
   <si>
     <t>RC-ML08W1R0JT</t>
   </si>
   <si>
     <t>1.0Ω</t>
   </si>
   <si>
     <t>RC-MT08W1R0JT</t>
   </si>
   <si>
     <t>RC-MT08W1R00FT</t>
   </si>
   <si>
     <t>1.00Ω</t>
   </si>
   <si>
+    <t>RC-ML08V000JT</t>
+  </si>
+  <si>
+    <t>0Ω</t>
+  </si>
+  <si>
     <t>RC-ML08W000JT</t>
-  </si>
-[...4 lines deleted...]
-    <t>RC-ML08V000JT</t>
   </si>
   <si>
     <t>RC-MT08W000JT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2268,51 +2277,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J426"/>
+  <dimension ref="A1:J429"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2851,8002 +2860,8062 @@
     <row r="28" spans="1:10">
       <c r="A28" t="s">
         <v>56</v>
       </c>
       <c r="B28" t="s">
         <v>57</v>
       </c>
       <c r="E28" t="s">
         <v>12</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="J28">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" t="s">
         <v>58</v>
       </c>
       <c r="B29" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="E29" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="J29">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" t="s">
+        <v>59</v>
+      </c>
+      <c r="B30" t="s">
         <v>60</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E30" t="s">
         <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="J30">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" t="s">
         <v>61</v>
       </c>
       <c r="B31" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
       <c r="F31" t="s">
         <v>19</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="J31">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" t="s">
         <v>62</v>
       </c>
       <c r="B32" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G32" t="s">
-        <v>64</v>
+        <v>14</v>
       </c>
       <c r="J32">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" t="s">
+        <v>63</v>
+      </c>
+      <c r="B33" t="s">
+        <v>64</v>
+      </c>
+      <c r="E33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
         <v>65</v>
-      </c>
-[...10 lines deleted...]
-        <v>14</v>
       </c>
       <c r="J33">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" t="s">
         <v>66</v>
       </c>
       <c r="B34" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E34" t="s">
         <v>12</v>
       </c>
       <c r="F34" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="J34">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" t="s">
         <v>67</v>
       </c>
       <c r="B35" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E35" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F35" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="J35">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" t="s">
         <v>68</v>
       </c>
       <c r="B36" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E36" t="s">
         <v>29</v>
       </c>
       <c r="F36" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
       <c r="J36">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" t="s">
         <v>69</v>
       </c>
       <c r="B37" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="E37" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F37" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="J37">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" t="s">
+        <v>70</v>
+      </c>
+      <c r="B38" t="s">
         <v>71</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E38" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="J38">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" t="s">
         <v>72</v>
       </c>
       <c r="B39" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E39" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="J39">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" t="s">
+        <v>73</v>
+      </c>
+      <c r="B40" t="s">
         <v>74</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="J40">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" t="s">
         <v>75</v>
       </c>
       <c r="B41" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E41" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G41" t="s">
         <v>14</v>
       </c>
       <c r="J41">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" t="s">
         <v>76</v>
       </c>
       <c r="B42" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E42" t="s">
         <v>29</v>
       </c>
       <c r="F42" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
       <c r="J42">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" t="s">
         <v>77</v>
       </c>
       <c r="B43" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="E43" t="s">
         <v>29</v>
       </c>
       <c r="F43" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G43" t="s">
         <v>14</v>
       </c>
       <c r="J43">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" t="s">
+        <v>78</v>
+      </c>
+      <c r="B44" t="s">
         <v>79</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E44" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="J44">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" t="s">
+        <v>80</v>
+      </c>
+      <c r="B45" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="E45" t="s">
         <v>12</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="J45">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" t="s">
+        <v>82</v>
+      </c>
+      <c r="B46" t="s">
         <v>83</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G46" t="s">
         <v>14</v>
       </c>
       <c r="J46">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" t="s">
         <v>84</v>
       </c>
       <c r="B47" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E47" t="s">
         <v>12</v>
       </c>
       <c r="F47" t="s">
         <v>19</v>
       </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="J47">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" t="s">
         <v>85</v>
       </c>
       <c r="B48" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E48" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F48" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
       <c r="J48">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" t="s">
         <v>86</v>
       </c>
       <c r="B49" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E49" t="s">
         <v>29</v>
       </c>
       <c r="F49" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="J49">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" t="s">
         <v>87</v>
       </c>
       <c r="B50" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="E50" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F50" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="J50">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" t="s">
+        <v>88</v>
+      </c>
+      <c r="B51" t="s">
         <v>89</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E51" t="s">
         <v>12</v>
       </c>
       <c r="F51" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="J51">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" t="s">
         <v>90</v>
       </c>
       <c r="B52" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="E52" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F52" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="J52">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" t="s">
+        <v>91</v>
+      </c>
+      <c r="B53" t="s">
         <v>92</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E53" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="J53">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" t="s">
+        <v>93</v>
+      </c>
+      <c r="B54" t="s">
         <v>94</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E54" t="s">
         <v>12</v>
       </c>
       <c r="F54" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="J54">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" t="s">
         <v>95</v>
       </c>
       <c r="B55" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E55" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F55" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="J55">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" t="s">
         <v>96</v>
       </c>
       <c r="B56" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="E56" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="J56">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" t="s">
+        <v>97</v>
+      </c>
+      <c r="B57" t="s">
         <v>98</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E57" t="s">
         <v>12</v>
       </c>
       <c r="F57" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G57" t="s">
         <v>14</v>
       </c>
       <c r="J57">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" t="s">
         <v>99</v>
       </c>
       <c r="B58" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E58" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F58" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G58" t="s">
         <v>14</v>
       </c>
       <c r="J58">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" t="s">
         <v>100</v>
       </c>
       <c r="B59" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="E59" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
         <v>14</v>
       </c>
       <c r="J59">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" t="s">
+        <v>101</v>
+      </c>
+      <c r="B60" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="E60" t="s">
         <v>12</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
         <v>14</v>
       </c>
       <c r="J60">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" t="s">
+        <v>103</v>
+      </c>
+      <c r="B61" t="s">
         <v>104</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E61" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
         <v>14</v>
       </c>
       <c r="J61">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" t="s">
+        <v>105</v>
+      </c>
+      <c r="B62" t="s">
         <v>106</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E62" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
         <v>14</v>
       </c>
       <c r="J62">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" t="s">
+        <v>107</v>
+      </c>
+      <c r="B63" t="s">
         <v>108</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E63" t="s">
         <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G63" t="s">
         <v>14</v>
       </c>
       <c r="J63">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" t="s">
         <v>109</v>
       </c>
       <c r="B64" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E64" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G64" t="s">
         <v>14</v>
       </c>
       <c r="J64">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" t="s">
         <v>110</v>
       </c>
       <c r="B65" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="E65" t="s">
         <v>29</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
         <v>14</v>
       </c>
       <c r="J65">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" t="s">
+        <v>111</v>
+      </c>
+      <c r="B66" t="s">
         <v>112</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E66" t="s">
         <v>29</v>
       </c>
       <c r="F66" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G66" t="s">
         <v>14</v>
       </c>
       <c r="J66">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" t="s">
         <v>113</v>
       </c>
       <c r="B67" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="E67" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F67" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G67" t="s">
         <v>14</v>
       </c>
       <c r="J67">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" t="s">
+        <v>114</v>
+      </c>
+      <c r="B68" t="s">
         <v>115</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E68" t="s">
         <v>12</v>
       </c>
       <c r="F68" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G68" t="s">
         <v>14</v>
       </c>
       <c r="J68">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" t="s">
         <v>116</v>
       </c>
       <c r="B69" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E69" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F69" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G69" t="s">
         <v>14</v>
       </c>
       <c r="J69">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" t="s">
         <v>117</v>
       </c>
       <c r="B70" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E70" t="s">
         <v>29</v>
       </c>
       <c r="F70" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G70" t="s">
         <v>14</v>
       </c>
       <c r="J70">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" t="s">
         <v>118</v>
       </c>
       <c r="B71" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="E71" t="s">
         <v>29</v>
       </c>
       <c r="F71" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G71" t="s">
         <v>14</v>
       </c>
       <c r="J71">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" t="s">
+        <v>119</v>
+      </c>
+      <c r="B72" t="s">
         <v>120</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E72" t="s">
         <v>29</v>
       </c>
       <c r="F72" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G72" t="s">
         <v>14</v>
       </c>
       <c r="J72">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" t="s">
+        <v>121</v>
+      </c>
+      <c r="B73" t="s">
         <v>122</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E73" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F73" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G73" t="s">
         <v>14</v>
       </c>
       <c r="J73">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" t="s">
+        <v>123</v>
+      </c>
+      <c r="B74" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="E74" t="s">
         <v>12</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
         <v>14</v>
       </c>
       <c r="J74">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" t="s">
+        <v>125</v>
+      </c>
+      <c r="B75" t="s">
         <v>126</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E75" t="s">
         <v>12</v>
       </c>
       <c r="F75" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G75" t="s">
         <v>14</v>
       </c>
       <c r="J75">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" t="s">
         <v>127</v>
       </c>
       <c r="B76" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E76" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F76" t="s">
         <v>19</v>
       </c>
       <c r="G76" t="s">
         <v>14</v>
       </c>
       <c r="J76">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" t="s">
         <v>128</v>
       </c>
       <c r="B77" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="E77" t="s">
         <v>29</v>
       </c>
       <c r="F77" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G77" t="s">
         <v>14</v>
       </c>
       <c r="J77">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" t="s">
+        <v>129</v>
+      </c>
+      <c r="B78" t="s">
         <v>130</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E78" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
         <v>14</v>
       </c>
       <c r="J78">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" t="s">
+        <v>131</v>
+      </c>
+      <c r="B79" t="s">
         <v>132</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E79" t="s">
         <v>12</v>
       </c>
       <c r="F79" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G79" t="s">
         <v>14</v>
       </c>
       <c r="J79">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" t="s">
         <v>133</v>
       </c>
       <c r="B80" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G80" t="s">
         <v>14</v>
       </c>
       <c r="J80">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" t="s">
+        <v>134</v>
+      </c>
+      <c r="B81" t="s">
         <v>135</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E81" t="s">
         <v>12</v>
       </c>
       <c r="F81" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G81" t="s">
         <v>14</v>
       </c>
       <c r="J81">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" t="s">
         <v>136</v>
       </c>
       <c r="B82" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E82" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F82" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G82" t="s">
         <v>14</v>
       </c>
       <c r="J82">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" t="s">
         <v>137</v>
       </c>
       <c r="B83" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="E83" t="s">
         <v>29</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
         <v>14</v>
       </c>
       <c r="J83">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" t="s">
+        <v>138</v>
+      </c>
+      <c r="B84" t="s">
         <v>139</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E84" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
         <v>14</v>
       </c>
       <c r="J84">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" t="s">
+        <v>140</v>
+      </c>
+      <c r="B85" t="s">
         <v>141</v>
       </c>
-      <c r="B85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E85" t="s">
         <v>12</v>
       </c>
       <c r="F85" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G85" t="s">
         <v>14</v>
       </c>
       <c r="J85">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" t="s">
         <v>142</v>
       </c>
       <c r="B86" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E86" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F86" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G86" t="s">
         <v>14</v>
       </c>
       <c r="J86">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" t="s">
         <v>143</v>
       </c>
       <c r="B87" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="E87" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
         <v>14</v>
       </c>
       <c r="J87">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" t="s">
+        <v>144</v>
+      </c>
+      <c r="B88" t="s">
         <v>145</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E88" t="s">
         <v>12</v>
       </c>
       <c r="F88" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G88" t="s">
         <v>14</v>
       </c>
       <c r="J88">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" t="s">
         <v>146</v>
       </c>
       <c r="B89" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E89" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F89" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G89" t="s">
         <v>14</v>
       </c>
       <c r="J89">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" t="s">
         <v>147</v>
       </c>
       <c r="B90" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="E90" t="s">
         <v>29</v>
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" t="s">
         <v>14</v>
       </c>
       <c r="J90">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" t="s">
+        <v>148</v>
+      </c>
+      <c r="B91" t="s">
         <v>149</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E91" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" t="s">
         <v>14</v>
       </c>
       <c r="J91">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" t="s">
+        <v>150</v>
+      </c>
+      <c r="B92" t="s">
         <v>151</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E92" t="s">
         <v>12</v>
       </c>
       <c r="F92" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G92" t="s">
         <v>14</v>
       </c>
       <c r="J92">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" t="s">
         <v>152</v>
       </c>
       <c r="B93" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="E93" t="s">
         <v>12</v>
       </c>
       <c r="F93" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G93" t="s">
         <v>14</v>
       </c>
       <c r="J93">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" t="s">
+        <v>153</v>
+      </c>
+      <c r="B94" t="s">
         <v>154</v>
       </c>
-      <c r="B94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E94" t="s">
         <v>12</v>
       </c>
       <c r="F94" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G94" t="s">
         <v>14</v>
       </c>
       <c r="J94">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" t="s">
         <v>155</v>
       </c>
       <c r="B95" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E95" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F95" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G95" t="s">
         <v>14</v>
       </c>
       <c r="J95">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" t="s">
         <v>156</v>
       </c>
       <c r="B96" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E96" t="s">
         <v>29</v>
       </c>
       <c r="F96" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G96" t="s">
         <v>14</v>
       </c>
       <c r="J96">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" t="s">
         <v>157</v>
       </c>
       <c r="B97" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="E97" t="s">
         <v>29</v>
       </c>
       <c r="F97" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G97" t="s">
         <v>14</v>
       </c>
       <c r="J97">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" t="s">
+        <v>158</v>
+      </c>
+      <c r="B98" t="s">
         <v>159</v>
       </c>
-      <c r="B98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E98" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" t="s">
         <v>14</v>
       </c>
       <c r="J98">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" t="s">
+        <v>160</v>
+      </c>
+      <c r="B99" t="s">
         <v>161</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E99" t="s">
         <v>12</v>
       </c>
       <c r="F99" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G99" t="s">
         <v>14</v>
       </c>
       <c r="J99">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" t="s">
         <v>162</v>
       </c>
       <c r="B100" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E100" t="s">
         <v>12</v>
       </c>
       <c r="F100" t="s">
         <v>19</v>
       </c>
       <c r="G100" t="s">
         <v>14</v>
       </c>
       <c r="J100">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" t="s">
         <v>163</v>
       </c>
       <c r="B101" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E101" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F101" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G101" t="s">
         <v>14</v>
       </c>
       <c r="J101">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" t="s">
         <v>164</v>
       </c>
       <c r="B102" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E102" t="s">
         <v>29</v>
       </c>
       <c r="F102" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G102" t="s">
         <v>14</v>
       </c>
       <c r="J102">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" t="s">
         <v>165</v>
       </c>
       <c r="B103" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="E103" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F103" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G103" t="s">
         <v>14</v>
       </c>
       <c r="J103">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" t="s">
+        <v>166</v>
+      </c>
+      <c r="B104" t="s">
         <v>167</v>
       </c>
-      <c r="B104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E104" t="s">
         <v>12</v>
       </c>
       <c r="F104" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G104" t="s">
         <v>14</v>
       </c>
       <c r="J104">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" t="s">
         <v>168</v>
       </c>
       <c r="B105" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="E105" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F105" t="s">
         <v>19</v>
       </c>
       <c r="G105" t="s">
         <v>14</v>
       </c>
       <c r="J105">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" t="s">
+        <v>169</v>
+      </c>
+      <c r="B106" t="s">
         <v>170</v>
       </c>
-      <c r="B106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E106" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F106" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G106" t="s">
         <v>14</v>
       </c>
       <c r="J106">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" t="s">
+        <v>171</v>
+      </c>
+      <c r="B107" t="s">
         <v>172</v>
       </c>
-      <c r="B107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E107" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F107" t="s">
         <v>13</v>
       </c>
       <c r="G107" t="s">
         <v>14</v>
       </c>
       <c r="J107">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" t="s">
         <v>173</v>
       </c>
       <c r="B108" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="E108" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F108" t="s">
         <v>13</v>
       </c>
       <c r="G108" t="s">
         <v>14</v>
       </c>
       <c r="J108">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" t="s">
+        <v>174</v>
+      </c>
+      <c r="B109" t="s">
         <v>175</v>
       </c>
-      <c r="B109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E109" t="s">
         <v>12</v>
       </c>
       <c r="F109" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G109" t="s">
         <v>14</v>
       </c>
       <c r="J109">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" t="s">
         <v>176</v>
       </c>
       <c r="B110" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E110" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F110" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G110" t="s">
         <v>14</v>
       </c>
       <c r="J110">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" t="s">
         <v>177</v>
       </c>
       <c r="B111" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="E111" t="s">
         <v>29</v>
       </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111" t="s">
         <v>14</v>
       </c>
       <c r="J111">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" t="s">
+        <v>178</v>
+      </c>
+      <c r="B112" t="s">
         <v>179</v>
       </c>
-      <c r="B112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E112" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F112" t="s">
         <v>13</v>
       </c>
       <c r="G112" t="s">
         <v>14</v>
       </c>
       <c r="J112">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" t="s">
+        <v>180</v>
+      </c>
+      <c r="B113" t="s">
         <v>181</v>
       </c>
-      <c r="B113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E113" t="s">
         <v>12</v>
       </c>
       <c r="F113" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G113" t="s">
         <v>14</v>
       </c>
       <c r="J113">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" t="s">
         <v>182</v>
       </c>
       <c r="B114" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="E114" t="s">
         <v>12</v>
       </c>
       <c r="F114" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G114" t="s">
         <v>14</v>
       </c>
       <c r="J114">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" t="s">
+        <v>183</v>
+      </c>
+      <c r="B115" t="s">
         <v>184</v>
       </c>
-      <c r="B115" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E115" t="s">
         <v>12</v>
       </c>
       <c r="F115" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G115" t="s">
         <v>14</v>
       </c>
       <c r="J115">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" t="s">
         <v>185</v>
       </c>
       <c r="B116" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E116" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F116" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G116" t="s">
         <v>14</v>
       </c>
       <c r="J116">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" t="s">
         <v>186</v>
       </c>
       <c r="B117" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E117" t="s">
         <v>29</v>
       </c>
       <c r="F117" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G117" t="s">
         <v>14</v>
       </c>
       <c r="J117">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" t="s">
         <v>187</v>
       </c>
       <c r="B118" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="E118" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F118" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G118" t="s">
         <v>14</v>
       </c>
       <c r="J118">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" t="s">
+        <v>188</v>
+      </c>
+      <c r="B119" t="s">
         <v>189</v>
       </c>
-      <c r="B119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E119" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F119" t="s">
         <v>13</v>
       </c>
       <c r="G119" t="s">
         <v>14</v>
       </c>
       <c r="J119">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" t="s">
         <v>190</v>
       </c>
       <c r="B120" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="E120" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F120" t="s">
         <v>13</v>
       </c>
       <c r="G120" t="s">
         <v>14</v>
       </c>
       <c r="J120">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" t="s">
+        <v>191</v>
+      </c>
+      <c r="B121" t="s">
         <v>192</v>
       </c>
-      <c r="B121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E121" t="s">
         <v>12</v>
       </c>
       <c r="F121" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G121" t="s">
         <v>14</v>
       </c>
       <c r="J121">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" t="s">
         <v>193</v>
       </c>
       <c r="B122" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E122" t="s">
         <v>12</v>
       </c>
       <c r="F122" t="s">
         <v>19</v>
       </c>
       <c r="G122" t="s">
         <v>14</v>
       </c>
       <c r="J122">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" t="s">
         <v>194</v>
       </c>
       <c r="B123" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E123" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F123" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G123" t="s">
         <v>14</v>
       </c>
       <c r="J123">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" t="s">
         <v>195</v>
       </c>
       <c r="B124" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E124" t="s">
         <v>29</v>
       </c>
       <c r="F124" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G124" t="s">
         <v>14</v>
       </c>
       <c r="J124">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" t="s">
         <v>196</v>
       </c>
       <c r="B125" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="E125" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F125" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G125" t="s">
         <v>14</v>
       </c>
       <c r="J125">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" t="s">
+        <v>197</v>
+      </c>
+      <c r="B126" t="s">
         <v>198</v>
       </c>
-      <c r="B126" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E126" t="s">
         <v>12</v>
       </c>
       <c r="F126" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G126" t="s">
         <v>14</v>
       </c>
       <c r="J126">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" t="s">
         <v>199</v>
       </c>
       <c r="B127" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="E127" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F127" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G127" t="s">
         <v>14</v>
       </c>
       <c r="J127">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" t="s">
+        <v>200</v>
+      </c>
+      <c r="B128" t="s">
         <v>201</v>
       </c>
-      <c r="B128" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E128" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F128" t="s">
         <v>13</v>
       </c>
       <c r="G128" t="s">
         <v>14</v>
       </c>
       <c r="J128">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" t="s">
+        <v>202</v>
+      </c>
+      <c r="B129" t="s">
         <v>203</v>
       </c>
-      <c r="B129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E129" t="s">
         <v>12</v>
       </c>
       <c r="F129" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G129" t="s">
         <v>14</v>
       </c>
       <c r="J129">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" t="s">
         <v>204</v>
       </c>
       <c r="B130" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="E130" t="s">
         <v>12</v>
       </c>
       <c r="F130" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G130" t="s">
         <v>14</v>
       </c>
       <c r="J130">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" t="s">
+        <v>205</v>
+      </c>
+      <c r="B131" t="s">
         <v>206</v>
       </c>
-      <c r="B131" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E131" t="s">
         <v>12</v>
       </c>
       <c r="F131" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G131" t="s">
         <v>14</v>
       </c>
       <c r="J131">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" t="s">
         <v>207</v>
       </c>
       <c r="B132" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="E132" t="s">
         <v>12</v>
       </c>
       <c r="F132" t="s">
-        <v>209</v>
+        <v>19</v>
       </c>
       <c r="G132" t="s">
-        <v>64</v>
+        <v>14</v>
       </c>
       <c r="J132">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" t="s">
+        <v>208</v>
+      </c>
+      <c r="B133" t="s">
+        <v>209</v>
+      </c>
+      <c r="E133" t="s">
+        <v>12</v>
+      </c>
+      <c r="F133" t="s">
         <v>210</v>
       </c>
-      <c r="B133" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G133" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="J133">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" t="s">
         <v>211</v>
       </c>
       <c r="B134" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E134" t="s">
         <v>12</v>
       </c>
       <c r="F134" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G134" t="s">
         <v>14</v>
       </c>
       <c r="J134">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" t="s">
         <v>212</v>
       </c>
       <c r="B135" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E135" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F135" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G135" t="s">
         <v>14</v>
       </c>
       <c r="J135">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" t="s">
         <v>213</v>
       </c>
       <c r="B136" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="E136" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F136" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G136" t="s">
         <v>14</v>
       </c>
       <c r="J136">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" t="s">
+        <v>214</v>
+      </c>
+      <c r="B137" t="s">
         <v>215</v>
       </c>
-      <c r="B137" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E137" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F137" t="s">
         <v>19</v>
       </c>
       <c r="G137" t="s">
         <v>14</v>
       </c>
       <c r="J137">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" t="s">
         <v>216</v>
       </c>
       <c r="B138" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="E138" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F138" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G138" t="s">
         <v>14</v>
       </c>
       <c r="J138">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" t="s">
+        <v>217</v>
+      </c>
+      <c r="B139" t="s">
         <v>218</v>
       </c>
-      <c r="B139" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E139" t="s">
         <v>12</v>
       </c>
       <c r="F139" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G139" t="s">
         <v>14</v>
       </c>
       <c r="J139">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" t="s">
         <v>219</v>
       </c>
       <c r="B140" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E140" t="s">
         <v>12</v>
       </c>
       <c r="F140" t="s">
         <v>19</v>
       </c>
       <c r="G140" t="s">
         <v>14</v>
       </c>
       <c r="J140">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" t="s">
         <v>220</v>
       </c>
       <c r="B141" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E141" t="s">
-        <v>221</v>
+        <v>12</v>
       </c>
       <c r="F141" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G141" t="s">
         <v>14</v>
       </c>
       <c r="J141">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" t="s">
+        <v>221</v>
+      </c>
+      <c r="B142" t="s">
+        <v>218</v>
+      </c>
+      <c r="E142" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F142" t="s">
         <v>13</v>
       </c>
       <c r="G142" t="s">
         <v>14</v>
       </c>
       <c r="J142">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" t="s">
+        <v>223</v>
+      </c>
+      <c r="B143" t="s">
         <v>224</v>
       </c>
-      <c r="B143" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E143" t="s">
         <v>12</v>
       </c>
       <c r="F143" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G143" t="s">
         <v>14</v>
       </c>
       <c r="J143">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144" t="s">
         <v>225</v>
       </c>
       <c r="B144" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E144" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F144" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G144" t="s">
         <v>14</v>
       </c>
       <c r="J144">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145" t="s">
         <v>226</v>
       </c>
       <c r="B145" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E145" t="s">
         <v>29</v>
       </c>
       <c r="F145" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G145" t="s">
         <v>14</v>
       </c>
       <c r="J145">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146" t="s">
         <v>227</v>
       </c>
       <c r="B146" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="E146" t="s">
         <v>29</v>
       </c>
       <c r="F146" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G146" t="s">
         <v>14</v>
       </c>
       <c r="J146">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" t="s">
+        <v>228</v>
+      </c>
+      <c r="B147" t="s">
         <v>229</v>
       </c>
-      <c r="B147" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E147" t="s">
         <v>29</v>
       </c>
       <c r="F147" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G147" t="s">
         <v>14</v>
       </c>
       <c r="J147">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" t="s">
         <v>230</v>
       </c>
       <c r="B148" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="E148" t="s">
         <v>29</v>
       </c>
       <c r="F148" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G148" t="s">
         <v>14</v>
       </c>
       <c r="J148">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" t="s">
+        <v>231</v>
+      </c>
+      <c r="B149" t="s">
         <v>232</v>
       </c>
-      <c r="B149" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E149" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F149" t="s">
         <v>13</v>
       </c>
       <c r="G149" t="s">
         <v>14</v>
       </c>
       <c r="J149">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" t="s">
+        <v>233</v>
+      </c>
+      <c r="B150" t="s">
         <v>234</v>
       </c>
-      <c r="B150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E150" t="s">
         <v>12</v>
       </c>
       <c r="F150" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G150" t="s">
         <v>14</v>
       </c>
       <c r="J150">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" t="s">
         <v>235</v>
       </c>
       <c r="B151" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E151" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F151" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G151" t="s">
         <v>14</v>
       </c>
       <c r="J151">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152" t="s">
         <v>236</v>
       </c>
       <c r="B152" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E152" t="s">
         <v>29</v>
       </c>
       <c r="F152" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G152" t="s">
         <v>14</v>
       </c>
       <c r="J152">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" t="s">
         <v>237</v>
       </c>
       <c r="B153" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="E153" t="s">
         <v>29</v>
       </c>
       <c r="F153" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G153" t="s">
         <v>14</v>
       </c>
       <c r="J153">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" t="s">
+        <v>238</v>
+      </c>
+      <c r="B154" t="s">
         <v>239</v>
       </c>
-      <c r="B154" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E154" t="s">
         <v>29</v>
       </c>
       <c r="F154" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G154" t="s">
         <v>14</v>
       </c>
       <c r="J154">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" t="s">
+        <v>240</v>
+      </c>
+      <c r="B155" t="s">
         <v>241</v>
       </c>
-      <c r="B155" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E155" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F155" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G155" t="s">
         <v>14</v>
       </c>
       <c r="J155">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" t="s">
+        <v>242</v>
+      </c>
+      <c r="B156" t="s">
         <v>243</v>
       </c>
-      <c r="B156" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E156" t="s">
         <v>12</v>
       </c>
       <c r="F156" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G156" t="s">
         <v>14</v>
       </c>
       <c r="J156">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157" t="s">
         <v>244</v>
       </c>
       <c r="B157" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="E157" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F157" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G157" t="s">
         <v>14</v>
       </c>
       <c r="J157">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" t="s">
+        <v>245</v>
+      </c>
+      <c r="B158" t="s">
         <v>246</v>
       </c>
-      <c r="B158" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E158" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F158" t="s">
         <v>13</v>
       </c>
       <c r="G158" t="s">
         <v>14</v>
       </c>
       <c r="J158">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" t="s">
+        <v>247</v>
+      </c>
+      <c r="B159" t="s">
         <v>248</v>
       </c>
-      <c r="B159" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E159" t="s">
         <v>12</v>
       </c>
       <c r="F159" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G159" t="s">
         <v>14</v>
       </c>
       <c r="J159">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" t="s">
         <v>249</v>
       </c>
       <c r="B160" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E160" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F160" t="s">
         <v>19</v>
       </c>
       <c r="G160" t="s">
         <v>14</v>
       </c>
       <c r="J160">
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" t="s">
         <v>250</v>
       </c>
       <c r="B161" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="E161" t="s">
         <v>29</v>
       </c>
       <c r="F161" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G161" t="s">
         <v>14</v>
       </c>
       <c r="J161">
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" t="s">
+        <v>251</v>
+      </c>
+      <c r="B162" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="E162" t="s">
         <v>29</v>
       </c>
       <c r="F162" t="s">
         <v>13</v>
       </c>
       <c r="G162" t="s">
         <v>14</v>
       </c>
       <c r="J162">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" t="s">
+        <v>253</v>
+      </c>
+      <c r="B163" t="s">
         <v>254</v>
       </c>
-      <c r="B163" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E163" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F163" t="s">
         <v>13</v>
       </c>
       <c r="G163" t="s">
         <v>14</v>
       </c>
       <c r="J163">
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164" t="s">
+        <v>255</v>
+      </c>
+      <c r="B164" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="E164" t="s">
         <v>12</v>
       </c>
       <c r="F164" t="s">
         <v>13</v>
       </c>
       <c r="G164" t="s">
         <v>14</v>
       </c>
       <c r="J164">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165" t="s">
+        <v>257</v>
+      </c>
+      <c r="B165" t="s">
         <v>258</v>
       </c>
-      <c r="B165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E165" t="s">
         <v>12</v>
       </c>
       <c r="F165" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G165" t="s">
         <v>14</v>
       </c>
       <c r="J165">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166" t="s">
         <v>259</v>
       </c>
       <c r="B166" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E166" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F166" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G166" t="s">
         <v>14</v>
       </c>
       <c r="J166">
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167" t="s">
         <v>260</v>
       </c>
       <c r="B167" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E167" t="s">
         <v>29</v>
       </c>
       <c r="F167" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G167" t="s">
         <v>14</v>
       </c>
       <c r="J167">
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" t="s">
         <v>261</v>
       </c>
       <c r="B168" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="E168" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F168" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G168" t="s">
         <v>14</v>
       </c>
       <c r="J168">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169" t="s">
+        <v>262</v>
+      </c>
+      <c r="B169" t="s">
         <v>263</v>
       </c>
-      <c r="B169" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E169" t="s">
         <v>12</v>
       </c>
       <c r="F169" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G169" t="s">
         <v>14</v>
       </c>
       <c r="J169">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" t="s">
         <v>264</v>
       </c>
       <c r="B170" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="E170" t="s">
         <v>12</v>
       </c>
       <c r="F170" t="s">
         <v>19</v>
       </c>
       <c r="G170" t="s">
         <v>14</v>
       </c>
       <c r="J170">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" t="s">
         <v>265</v>
       </c>
       <c r="B171" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="E171" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F171" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G171" t="s">
         <v>14</v>
       </c>
       <c r="J171">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" t="s">
         <v>266</v>
       </c>
       <c r="B172" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="E172" t="s">
         <v>29</v>
       </c>
       <c r="F172" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G172" t="s">
         <v>14</v>
       </c>
       <c r="J172">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" t="s">
+        <v>267</v>
+      </c>
+      <c r="B173" t="s">
         <v>268</v>
       </c>
-      <c r="B173" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E173" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F173" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G173" t="s">
         <v>14</v>
       </c>
       <c r="J173">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" t="s">
+        <v>269</v>
+      </c>
+      <c r="B174" t="s">
         <v>270</v>
       </c>
-      <c r="B174" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E174" t="s">
         <v>12</v>
       </c>
       <c r="F174" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G174" t="s">
         <v>14</v>
       </c>
       <c r="J174">
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175" t="s">
         <v>271</v>
       </c>
       <c r="B175" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E175" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F175" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G175" t="s">
         <v>14</v>
       </c>
       <c r="J175">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176" t="s">
         <v>272</v>
       </c>
       <c r="B176" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E176" t="s">
         <v>29</v>
       </c>
       <c r="F176" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G176" t="s">
         <v>14</v>
       </c>
       <c r="J176">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" t="s">
         <v>273</v>
       </c>
       <c r="B177" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="E177" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F177" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G177" t="s">
         <v>14</v>
       </c>
       <c r="J177">
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" t="s">
+        <v>274</v>
+      </c>
+      <c r="B178" t="s">
         <v>275</v>
       </c>
-      <c r="B178" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E178" t="s">
         <v>12</v>
       </c>
       <c r="F178" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G178" t="s">
         <v>14</v>
       </c>
       <c r="J178">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" t="s">
         <v>276</v>
       </c>
       <c r="B179" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="E179" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F179" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G179" t="s">
         <v>14</v>
       </c>
       <c r="J179">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" t="s">
         <v>277</v>
       </c>
       <c r="B180" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="E180" t="s">
         <v>29</v>
       </c>
       <c r="F180" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G180" t="s">
         <v>14</v>
       </c>
       <c r="J180">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181" t="s">
+        <v>278</v>
+      </c>
+      <c r="B181" t="s">
         <v>279</v>
       </c>
-      <c r="B181" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E181" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F181" t="s">
-        <v>209</v>
+        <v>19</v>
       </c>
       <c r="G181" t="s">
         <v>14</v>
       </c>
       <c r="J181">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" t="s">
+        <v>280</v>
+      </c>
+      <c r="B182" t="s">
         <v>281</v>
       </c>
-      <c r="B182" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E182" t="s">
         <v>12</v>
       </c>
       <c r="F182" t="s">
-        <v>13</v>
+        <v>210</v>
       </c>
       <c r="G182" t="s">
         <v>14</v>
       </c>
       <c r="J182">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" t="s">
         <v>282</v>
       </c>
       <c r="B183" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="E183" t="s">
         <v>12</v>
       </c>
       <c r="F183" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G183" t="s">
-        <v>64</v>
+        <v>14</v>
       </c>
       <c r="J183">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184" t="s">
         <v>283</v>
       </c>
       <c r="B184" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="E184" t="s">
         <v>12</v>
       </c>
       <c r="F184" t="s">
         <v>19</v>
       </c>
       <c r="G184" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="J184">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" t="s">
         <v>284</v>
       </c>
       <c r="B185" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="E185" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F185" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G185" t="s">
         <v>14</v>
       </c>
       <c r="J185">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" t="s">
         <v>285</v>
       </c>
       <c r="B186" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="E186" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F186" t="s">
         <v>19</v>
       </c>
       <c r="G186" t="s">
         <v>14</v>
       </c>
       <c r="J186">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" t="s">
         <v>286</v>
       </c>
       <c r="B187" t="s">
-        <v>287</v>
+        <v>281</v>
       </c>
       <c r="E187" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F187" t="s">
         <v>13</v>
       </c>
       <c r="G187" t="s">
         <v>14</v>
       </c>
       <c r="J187">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="B188" t="s">
-        <v>287</v>
+        <v>281</v>
       </c>
       <c r="E188" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F188" t="s">
         <v>19</v>
       </c>
       <c r="G188" t="s">
         <v>14</v>
       </c>
       <c r="J188">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" t="s">
+        <v>288</v>
+      </c>
+      <c r="B189" t="s">
         <v>289</v>
       </c>
-      <c r="B189" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E189" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F189" t="s">
         <v>13</v>
       </c>
       <c r="G189" t="s">
         <v>14</v>
       </c>
       <c r="J189">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" t="s">
         <v>290</v>
       </c>
       <c r="B190" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="E190" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F190" t="s">
         <v>19</v>
       </c>
       <c r="G190" t="s">
         <v>14</v>
       </c>
       <c r="J190">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" t="s">
         <v>291</v>
       </c>
       <c r="B191" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="E191" t="s">
         <v>29</v>
       </c>
       <c r="F191" t="s">
         <v>13</v>
       </c>
       <c r="G191" t="s">
         <v>14</v>
       </c>
       <c r="J191">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="B192" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="E192" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F192" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G192" t="s">
         <v>14</v>
       </c>
       <c r="J192">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="B193" t="s">
         <v>294</v>
       </c>
       <c r="E193" t="s">
         <v>29</v>
       </c>
       <c r="F193" t="s">
         <v>13</v>
       </c>
       <c r="G193" t="s">
         <v>14</v>
       </c>
       <c r="J193">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="A194" t="s">
+        <v>295</v>
+      </c>
+      <c r="B194" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="E194" t="s">
         <v>12</v>
       </c>
       <c r="F194" t="s">
         <v>13</v>
       </c>
       <c r="G194" t="s">
         <v>14</v>
       </c>
       <c r="J194">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:10">
       <c r="A195" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="B195" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="E195" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F195" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G195" t="s">
         <v>14</v>
       </c>
       <c r="J195">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="A196" t="s">
+        <v>298</v>
+      </c>
+      <c r="B196" t="s">
         <v>299</v>
       </c>
-      <c r="B196" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E196" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F196" t="s">
         <v>13</v>
       </c>
       <c r="G196" t="s">
         <v>14</v>
       </c>
       <c r="J196">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197" t="s">
         <v>300</v>
       </c>
       <c r="B197" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="E197" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F197" t="s">
         <v>19</v>
       </c>
       <c r="G197" t="s">
         <v>14</v>
       </c>
       <c r="J197">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:10">
       <c r="A198" t="s">
         <v>301</v>
       </c>
       <c r="B198" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="E198" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F198" t="s">
         <v>13</v>
       </c>
       <c r="G198" t="s">
         <v>14</v>
       </c>
       <c r="J198">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="A199" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="B199" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="E199" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F199" t="s">
         <v>19</v>
       </c>
       <c r="G199" t="s">
         <v>14</v>
       </c>
       <c r="J199">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200" t="s">
+        <v>303</v>
+      </c>
+      <c r="B200" t="s">
         <v>304</v>
       </c>
-      <c r="B200" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E200" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F200" t="s">
         <v>13</v>
       </c>
       <c r="G200" t="s">
         <v>14</v>
       </c>
       <c r="J200">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201" t="s">
         <v>305</v>
       </c>
       <c r="B201" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="E201" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F201" t="s">
         <v>19</v>
       </c>
       <c r="G201" t="s">
         <v>14</v>
       </c>
       <c r="J201">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="A202" t="s">
         <v>306</v>
       </c>
       <c r="B202" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E202" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F202" t="s">
         <v>13</v>
       </c>
       <c r="G202" t="s">
         <v>14</v>
       </c>
       <c r="J202">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:10">
       <c r="A203" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="B203" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E203" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F203" t="s">
         <v>19</v>
       </c>
       <c r="G203" t="s">
         <v>14</v>
       </c>
       <c r="J203">
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="A204" t="s">
+        <v>308</v>
+      </c>
+      <c r="B204" t="s">
         <v>309</v>
       </c>
-      <c r="B204" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E204" t="s">
         <v>12</v>
       </c>
       <c r="F204" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G204" t="s">
         <v>14</v>
       </c>
       <c r="J204">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205" t="s">
         <v>310</v>
       </c>
       <c r="B205" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="E205" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F205" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G205" t="s">
         <v>14</v>
       </c>
       <c r="J205">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206" t="s">
         <v>311</v>
       </c>
       <c r="B206" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="E206" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F206" t="s">
         <v>19</v>
       </c>
       <c r="G206" t="s">
         <v>14</v>
       </c>
       <c r="J206">
         <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207" t="s">
         <v>312</v>
       </c>
       <c r="B207" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="E207" t="s">
         <v>29</v>
       </c>
       <c r="F207" t="s">
-        <v>313</v>
+        <v>13</v>
       </c>
       <c r="G207" t="s">
         <v>14</v>
       </c>
       <c r="J207">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="B208" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="E208" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F208" t="s">
         <v>19</v>
       </c>
       <c r="G208" t="s">
         <v>14</v>
       </c>
       <c r="J208">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209" t="s">
+        <v>314</v>
+      </c>
+      <c r="B209" t="s">
+        <v>309</v>
+      </c>
+      <c r="E209" t="s">
+        <v>29</v>
+      </c>
+      <c r="F209" t="s">
         <v>315</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G209" t="s">
         <v>14</v>
       </c>
       <c r="J209">
         <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="B210" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
       <c r="E210" t="s">
         <v>12</v>
       </c>
       <c r="F210" t="s">
         <v>19</v>
       </c>
       <c r="G210" t="s">
         <v>14</v>
       </c>
       <c r="J210">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211" t="s">
+        <v>317</v>
+      </c>
+      <c r="B211" t="s">
         <v>318</v>
       </c>
-      <c r="B211" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E211" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F211" t="s">
         <v>13</v>
       </c>
       <c r="G211" t="s">
         <v>14</v>
       </c>
       <c r="J211">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" t="s">
         <v>319</v>
       </c>
       <c r="B212" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="E212" t="s">
         <v>12</v>
       </c>
       <c r="F212" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G212" t="s">
         <v>14</v>
       </c>
       <c r="J212">
         <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="B213" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="E213" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F213" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G213" t="s">
         <v>14</v>
       </c>
       <c r="J213">
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214" t="s">
+        <v>321</v>
+      </c>
+      <c r="B214" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="E214" t="s">
         <v>12</v>
       </c>
       <c r="F214" t="s">
         <v>13</v>
       </c>
       <c r="G214" t="s">
         <v>14</v>
       </c>
       <c r="J214">
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="B215" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="E215" t="s">
         <v>12</v>
       </c>
       <c r="F215" t="s">
         <v>19</v>
       </c>
       <c r="G215" t="s">
         <v>14</v>
       </c>
       <c r="J215">
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:10">
       <c r="A216" t="s">
+        <v>324</v>
+      </c>
+      <c r="B216" t="s">
         <v>325</v>
       </c>
-      <c r="B216" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E216" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F216" t="s">
         <v>13</v>
       </c>
       <c r="G216" t="s">
         <v>14</v>
       </c>
       <c r="J216">
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:10">
       <c r="A217" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="B217" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="E217" t="s">
         <v>12</v>
       </c>
       <c r="F217" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G217" t="s">
         <v>14</v>
       </c>
       <c r="J217">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="B218" t="s">
         <v>328</v>
       </c>
       <c r="E218" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F218" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G218" t="s">
         <v>14</v>
       </c>
       <c r="J218">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219" t="s">
+        <v>329</v>
+      </c>
+      <c r="B219" t="s">
         <v>330</v>
       </c>
-      <c r="B219" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E219" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F219" t="s">
         <v>13</v>
       </c>
       <c r="G219" t="s">
         <v>14</v>
       </c>
       <c r="J219">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="A220" t="s">
         <v>331</v>
       </c>
       <c r="B220" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="E220" t="s">
         <v>12</v>
       </c>
       <c r="F220" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G220" t="s">
         <v>14</v>
       </c>
       <c r="J220">
         <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:10">
       <c r="A221" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="B221" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="E221" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F221" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G221" t="s">
         <v>14</v>
       </c>
       <c r="J221">
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="A222" t="s">
+        <v>333</v>
+      </c>
+      <c r="B222" t="s">
         <v>334</v>
       </c>
-      <c r="B222" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E222" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F222" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G222" t="s">
         <v>14</v>
       </c>
       <c r="J222">
         <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:10">
       <c r="A223" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="B223" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="E223" t="s">
         <v>12</v>
       </c>
       <c r="F223" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G223" t="s">
         <v>14</v>
       </c>
       <c r="J223">
         <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:10">
       <c r="A224" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="B224" t="s">
         <v>337</v>
       </c>
       <c r="E224" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F224" t="s">
         <v>19</v>
       </c>
       <c r="G224" t="s">
         <v>14</v>
       </c>
       <c r="J224">
         <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:10">
       <c r="A225" t="s">
+        <v>338</v>
+      </c>
+      <c r="B225" t="s">
         <v>339</v>
       </c>
-      <c r="B225" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E225" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F225" t="s">
         <v>13</v>
       </c>
       <c r="G225" t="s">
         <v>14</v>
       </c>
       <c r="J225">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:10">
       <c r="A226" t="s">
         <v>340</v>
       </c>
       <c r="B226" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="E226" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F226" t="s">
         <v>19</v>
       </c>
       <c r="G226" t="s">
         <v>14</v>
       </c>
       <c r="J226">
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:10">
       <c r="A227" t="s">
         <v>341</v>
       </c>
       <c r="B227" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="E227" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F227" t="s">
         <v>13</v>
       </c>
       <c r="G227" t="s">
         <v>14</v>
       </c>
       <c r="J227">
         <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="A228" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="B228" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="E228" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F228" t="s">
         <v>19</v>
       </c>
       <c r="G228" t="s">
         <v>14</v>
       </c>
       <c r="J228">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229" t="s">
+        <v>343</v>
+      </c>
+      <c r="B229" t="s">
         <v>344</v>
       </c>
-      <c r="B229" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E229" t="s">
         <v>12</v>
       </c>
       <c r="F229" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G229" t="s">
-        <v>64</v>
+        <v>14</v>
       </c>
       <c r="J229">
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="A230" t="s">
         <v>345</v>
       </c>
       <c r="B230" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="E230" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F230" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G230" t="s">
         <v>14</v>
       </c>
       <c r="J230">
         <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231" t="s">
         <v>346</v>
       </c>
       <c r="B231" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="E231" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F231" t="s">
         <v>19</v>
       </c>
       <c r="G231" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="J231">
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232" t="s">
         <v>347</v>
       </c>
       <c r="B232" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="E232" t="s">
         <v>29</v>
       </c>
       <c r="F232" t="s">
         <v>13</v>
       </c>
       <c r="G232" t="s">
         <v>14</v>
       </c>
       <c r="J232">
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="A233" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="B233" t="s">
-        <v>350</v>
+        <v>344</v>
       </c>
       <c r="E233" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F233" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G233" t="s">
         <v>14</v>
       </c>
       <c r="J233">
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:10">
       <c r="A234" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="B234" t="s">
         <v>350</v>
       </c>
       <c r="E234" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F234" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G234" t="s">
         <v>14</v>
       </c>
       <c r="J234">
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:10">
       <c r="A235" t="s">
+        <v>351</v>
+      </c>
+      <c r="B235" t="s">
         <v>352</v>
       </c>
-      <c r="B235" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E235" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F235" t="s">
         <v>13</v>
       </c>
       <c r="G235" t="s">
         <v>14</v>
       </c>
       <c r="J235">
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:10">
       <c r="A236" t="s">
         <v>353</v>
       </c>
       <c r="B236" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="E236" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F236" t="s">
         <v>19</v>
       </c>
       <c r="G236" t="s">
         <v>14</v>
       </c>
       <c r="J236">
         <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:10">
       <c r="A237" t="s">
         <v>354</v>
       </c>
       <c r="B237" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="E237" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F237" t="s">
         <v>13</v>
       </c>
       <c r="G237" t="s">
         <v>14</v>
       </c>
       <c r="J237">
         <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:10">
       <c r="A238" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="B238" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="E238" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F238" t="s">
         <v>19</v>
       </c>
       <c r="G238" t="s">
         <v>14</v>
       </c>
       <c r="J238">
         <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:10">
       <c r="A239" t="s">
+        <v>356</v>
+      </c>
+      <c r="B239" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
       <c r="E239" t="s">
         <v>12</v>
       </c>
       <c r="F239" t="s">
         <v>13</v>
       </c>
       <c r="G239" t="s">
         <v>14</v>
       </c>
       <c r="J239">
         <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:10">
       <c r="A240" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="B240" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="E240" t="s">
         <v>12</v>
       </c>
       <c r="F240" t="s">
         <v>19</v>
       </c>
       <c r="G240" t="s">
         <v>14</v>
       </c>
       <c r="J240">
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:10">
       <c r="A241" t="s">
+        <v>359</v>
+      </c>
+      <c r="B241" t="s">
         <v>360</v>
       </c>
-      <c r="B241" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E241" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F241" t="s">
         <v>13</v>
       </c>
       <c r="G241" t="s">
         <v>14</v>
       </c>
       <c r="J241">
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:10">
       <c r="A242" t="s">
         <v>361</v>
       </c>
       <c r="B242" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="E242" t="s">
         <v>12</v>
       </c>
       <c r="F242" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G242" t="s">
         <v>14</v>
       </c>
       <c r="J242">
         <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:10">
       <c r="A243" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="B243" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="E243" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F243" t="s">
         <v>13</v>
       </c>
       <c r="G243" t="s">
         <v>14</v>
       </c>
       <c r="J243">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:10">
       <c r="A244" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="B244" t="s">
         <v>364</v>
       </c>
       <c r="E244" t="s">
         <v>12</v>
       </c>
       <c r="F244" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G244" t="s">
         <v>14</v>
       </c>
       <c r="J244">
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:10">
       <c r="A245" t="s">
+        <v>365</v>
+      </c>
+      <c r="B245" t="s">
         <v>366</v>
       </c>
-      <c r="B245" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E245" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F245" t="s">
         <v>13</v>
       </c>
       <c r="G245" t="s">
         <v>14</v>
       </c>
       <c r="J245">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:10">
       <c r="A246" t="s">
         <v>367</v>
       </c>
       <c r="B246" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="E246" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F246" t="s">
         <v>19</v>
       </c>
       <c r="G246" t="s">
         <v>14</v>
       </c>
       <c r="J246">
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:10">
       <c r="A247" t="s">
         <v>368</v>
       </c>
       <c r="B247" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="E247" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F247" t="s">
         <v>13</v>
       </c>
       <c r="G247" t="s">
         <v>14</v>
       </c>
       <c r="J247">
         <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:10">
       <c r="A248" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="B248" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="E248" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F248" t="s">
         <v>19</v>
       </c>
       <c r="G248" t="s">
         <v>14</v>
       </c>
       <c r="J248">
         <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:10">
       <c r="A249" t="s">
+        <v>370</v>
+      </c>
+      <c r="B249" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
       <c r="E249" t="s">
         <v>12</v>
       </c>
       <c r="F249" t="s">
         <v>13</v>
       </c>
       <c r="G249" t="s">
         <v>14</v>
       </c>
       <c r="J249">
         <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:10">
       <c r="A250" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="B250" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="E250" t="s">
         <v>12</v>
       </c>
       <c r="F250" t="s">
         <v>19</v>
       </c>
       <c r="G250" t="s">
         <v>14</v>
       </c>
       <c r="J250">
         <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:10">
       <c r="A251" t="s">
+        <v>373</v>
+      </c>
+      <c r="B251" t="s">
         <v>374</v>
       </c>
-      <c r="B251" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E251" t="s">
         <v>12</v>
       </c>
       <c r="F251" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G251" t="s">
         <v>14</v>
       </c>
       <c r="J251">
         <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:10">
       <c r="A252" t="s">
         <v>375</v>
       </c>
       <c r="B252" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="E252" t="s">
         <v>12</v>
       </c>
       <c r="F252" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G252" t="s">
         <v>14</v>
       </c>
       <c r="J252">
         <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:10">
       <c r="A253" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="B253" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="E253" t="s">
         <v>12</v>
       </c>
       <c r="F253" t="s">
         <v>19</v>
       </c>
       <c r="G253" t="s">
         <v>14</v>
       </c>
       <c r="J253">
         <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:10">
       <c r="A254" t="s">
+        <v>377</v>
+      </c>
+      <c r="B254" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="E254" t="s">
         <v>12</v>
       </c>
       <c r="F254" t="s">
         <v>13</v>
       </c>
       <c r="G254" t="s">
         <v>14</v>
       </c>
       <c r="J254">
         <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:10">
       <c r="A255" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="B255" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="E255" t="s">
         <v>12</v>
       </c>
       <c r="F255" t="s">
         <v>19</v>
       </c>
       <c r="G255" t="s">
         <v>14</v>
       </c>
       <c r="J255">
         <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:10">
       <c r="A256" t="s">
+        <v>380</v>
+      </c>
+      <c r="B256" t="s">
         <v>381</v>
       </c>
-      <c r="B256" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E256" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F256" t="s">
         <v>13</v>
       </c>
       <c r="G256" t="s">
         <v>14</v>
       </c>
       <c r="J256">
         <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:10">
       <c r="A257" t="s">
         <v>382</v>
       </c>
       <c r="B257" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="E257" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F257" t="s">
         <v>19</v>
       </c>
       <c r="G257" t="s">
         <v>14</v>
       </c>
       <c r="J257">
         <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:10">
       <c r="A258" t="s">
         <v>383</v>
       </c>
       <c r="B258" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="E258" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F258" t="s">
         <v>13</v>
       </c>
       <c r="G258" t="s">
         <v>14</v>
       </c>
       <c r="J258">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:10">
       <c r="A259" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="B259" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="E259" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F259" t="s">
         <v>19</v>
       </c>
       <c r="G259" t="s">
         <v>14</v>
       </c>
       <c r="J259">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:10">
       <c r="A260" t="s">
+        <v>385</v>
+      </c>
+      <c r="B260" t="s">
         <v>386</v>
       </c>
-      <c r="B260" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E260" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F260" t="s">
         <v>13</v>
       </c>
       <c r="G260" t="s">
         <v>14</v>
       </c>
       <c r="J260">
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:10">
       <c r="A261" t="s">
         <v>387</v>
       </c>
       <c r="B261" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="E261" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F261" t="s">
         <v>19</v>
       </c>
       <c r="G261" t="s">
         <v>14</v>
       </c>
       <c r="J261">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:10">
       <c r="A262" t="s">
         <v>388</v>
       </c>
       <c r="B262" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="E262" t="s">
         <v>29</v>
       </c>
       <c r="F262" t="s">
         <v>13</v>
       </c>
       <c r="G262" t="s">
         <v>14</v>
       </c>
       <c r="J262">
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:10">
       <c r="A263" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="B263" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="E263" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F263" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G263" t="s">
         <v>14</v>
       </c>
       <c r="J263">
         <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="B264" t="s">
         <v>391</v>
       </c>
       <c r="E264" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F264" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G264" t="s">
         <v>14</v>
       </c>
       <c r="J264">
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265" t="s">
+        <v>392</v>
+      </c>
+      <c r="B265" t="s">
         <v>393</v>
       </c>
-      <c r="B265" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E265" t="s">
         <v>12</v>
       </c>
       <c r="F265" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G265" t="s">
         <v>14</v>
       </c>
       <c r="J265">
         <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="A266" t="s">
         <v>394</v>
       </c>
       <c r="B266" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="E266" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F266" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G266" t="s">
         <v>14</v>
       </c>
       <c r="J266">
         <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:10">
       <c r="A267" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="B267" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="E267" t="s">
         <v>12</v>
       </c>
       <c r="F267" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G267" t="s">
         <v>14</v>
       </c>
       <c r="J267">
         <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="B268" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="E268" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F268" t="s">
         <v>13</v>
       </c>
       <c r="G268" t="s">
         <v>14</v>
       </c>
       <c r="J268">
         <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:10">
       <c r="A269" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="B269" t="s">
         <v>399</v>
       </c>
       <c r="E269" t="s">
         <v>12</v>
       </c>
       <c r="F269" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G269" t="s">
         <v>14</v>
       </c>
       <c r="J269">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270" t="s">
+        <v>400</v>
+      </c>
+      <c r="B270" t="s">
         <v>401</v>
       </c>
-      <c r="B270" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E270" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F270" t="s">
         <v>13</v>
       </c>
       <c r="G270" t="s">
         <v>14</v>
       </c>
       <c r="J270">
         <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271" t="s">
         <v>402</v>
       </c>
       <c r="B271" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="E271" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F271" t="s">
         <v>19</v>
       </c>
       <c r="G271" t="s">
         <v>14</v>
       </c>
       <c r="J271">
         <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:10">
       <c r="A272" t="s">
         <v>403</v>
       </c>
       <c r="B272" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="E272" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F272" t="s">
         <v>13</v>
       </c>
       <c r="G272" t="s">
         <v>14</v>
       </c>
       <c r="J272">
         <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:10">
       <c r="A273" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="B273" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="E273" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F273" t="s">
         <v>19</v>
       </c>
       <c r="G273" t="s">
         <v>14</v>
       </c>
       <c r="J273">
         <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:10">
       <c r="A274" t="s">
+        <v>405</v>
+      </c>
+      <c r="B274" t="s">
         <v>406</v>
       </c>
-      <c r="B274" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E274" t="s">
         <v>12</v>
       </c>
       <c r="F274" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G274" t="s">
         <v>14</v>
       </c>
       <c r="J274">
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:10">
       <c r="A275" t="s">
         <v>407</v>
       </c>
       <c r="B275" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="E275" t="s">
         <v>12</v>
       </c>
       <c r="F275" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G275" t="s">
         <v>14</v>
       </c>
       <c r="J275">
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:10">
       <c r="A276" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="B276" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="E276" t="s">
         <v>12</v>
       </c>
       <c r="F276" t="s">
         <v>19</v>
       </c>
       <c r="G276" t="s">
         <v>14</v>
       </c>
       <c r="J276">
         <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:10">
       <c r="A277" t="s">
+        <v>409</v>
+      </c>
+      <c r="B277" t="s">
         <v>410</v>
       </c>
-      <c r="B277" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E277" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F277" t="s">
         <v>13</v>
       </c>
       <c r="G277" t="s">
         <v>14</v>
       </c>
       <c r="J277">
         <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:10">
       <c r="A278" t="s">
         <v>411</v>
       </c>
       <c r="B278" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="E278" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F278" t="s">
         <v>19</v>
       </c>
       <c r="G278" t="s">
         <v>14</v>
       </c>
       <c r="J278">
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:10">
       <c r="A279" t="s">
         <v>412</v>
       </c>
       <c r="B279" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="E279" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F279" t="s">
         <v>13</v>
       </c>
       <c r="G279" t="s">
         <v>14</v>
       </c>
       <c r="J279">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:10">
       <c r="A280" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="B280" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="E280" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F280" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G280" t="s">
         <v>14</v>
       </c>
       <c r="J280">
         <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:10">
       <c r="A281" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="B281" t="s">
         <v>415</v>
       </c>
       <c r="E281" t="s">
         <v>12</v>
       </c>
       <c r="F281" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G281" t="s">
         <v>14</v>
       </c>
       <c r="J281">
         <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:10">
       <c r="A282" t="s">
+        <v>416</v>
+      </c>
+      <c r="B282" t="s">
         <v>417</v>
       </c>
-      <c r="B282" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E282" t="s">
         <v>12</v>
       </c>
       <c r="F282" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G282" t="s">
         <v>14</v>
       </c>
       <c r="J282">
         <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:10">
       <c r="A283" t="s">
         <v>418</v>
       </c>
       <c r="B283" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="E283" t="s">
         <v>12</v>
       </c>
       <c r="F283" t="s">
-        <v>313</v>
+        <v>19</v>
       </c>
       <c r="G283" t="s">
         <v>14</v>
       </c>
       <c r="J283">
         <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:10">
       <c r="A284" t="s">
         <v>419</v>
       </c>
       <c r="B284" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="E284" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F284" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G284" t="s">
         <v>14</v>
       </c>
       <c r="J284">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:10">
       <c r="A285" t="s">
         <v>420</v>
       </c>
       <c r="B285" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="E285" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F285" t="s">
-        <v>19</v>
+        <v>315</v>
       </c>
       <c r="G285" t="s">
         <v>14</v>
       </c>
       <c r="J285">
         <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:10">
       <c r="A286" t="s">
         <v>421</v>
       </c>
       <c r="B286" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
       <c r="E286" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F286" t="s">
         <v>13</v>
       </c>
       <c r="G286" t="s">
         <v>14</v>
       </c>
       <c r="J286">
         <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:10">
       <c r="A287" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="B287" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
       <c r="E287" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F287" t="s">
         <v>19</v>
       </c>
       <c r="G287" t="s">
         <v>14</v>
       </c>
       <c r="J287">
         <v>0</v>
       </c>
     </row>
     <row r="288" spans="1:10">
       <c r="A288" t="s">
+        <v>423</v>
+      </c>
+      <c r="B288" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
       <c r="E288" t="s">
         <v>12</v>
       </c>
       <c r="F288" t="s">
         <v>13</v>
       </c>
       <c r="G288" t="s">
         <v>14</v>
       </c>
       <c r="J288">
         <v>0</v>
       </c>
     </row>
     <row r="289" spans="1:10">
       <c r="A289" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="B289" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="E289" t="s">
         <v>12</v>
       </c>
       <c r="F289" t="s">
         <v>19</v>
       </c>
       <c r="G289" t="s">
         <v>14</v>
       </c>
       <c r="J289">
         <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:10">
       <c r="A290" t="s">
+        <v>426</v>
+      </c>
+      <c r="B290" t="s">
         <v>427</v>
       </c>
-      <c r="B290" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E290" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F290" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G290" t="s">
         <v>14</v>
       </c>
       <c r="J290">
         <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:10">
       <c r="A291" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="B291" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="E291" t="s">
         <v>12</v>
       </c>
       <c r="F291" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G291" t="s">
-        <v>64</v>
+        <v>14</v>
       </c>
       <c r="J291">
         <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:10">
       <c r="A292" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="B292" t="s">
         <v>430</v>
       </c>
       <c r="E292" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F292" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G292" t="s">
         <v>14</v>
       </c>
       <c r="J292">
         <v>0</v>
       </c>
     </row>
     <row r="293" spans="1:10">
       <c r="A293" t="s">
+        <v>431</v>
+      </c>
+      <c r="B293" t="s">
         <v>432</v>
       </c>
-      <c r="B293" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E293" t="s">
         <v>12</v>
       </c>
       <c r="F293" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G293" t="s">
         <v>14</v>
       </c>
       <c r="J293">
         <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:10">
       <c r="A294" t="s">
         <v>433</v>
       </c>
       <c r="B294" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="E294" t="s">
         <v>12</v>
       </c>
       <c r="F294" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G294" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="J294">
         <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:10">
       <c r="A295" t="s">
         <v>434</v>
       </c>
       <c r="B295" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="E295" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F295" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G295" t="s">
         <v>14</v>
       </c>
       <c r="J295">
         <v>0</v>
       </c>
     </row>
     <row r="296" spans="1:10">
       <c r="A296" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="B296" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="E296" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F296" t="s">
         <v>19</v>
       </c>
       <c r="G296" t="s">
         <v>14</v>
       </c>
       <c r="J296">
         <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:10">
       <c r="A297" t="s">
+        <v>436</v>
+      </c>
+      <c r="B297" t="s">
         <v>437</v>
       </c>
-      <c r="B297" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E297" t="s">
         <v>29</v>
       </c>
       <c r="F297" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G297" t="s">
         <v>14</v>
       </c>
       <c r="J297">
         <v>0</v>
       </c>
     </row>
     <row r="298" spans="1:10">
       <c r="A298" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="B298" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="E298" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F298" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G298" t="s">
         <v>14</v>
       </c>
       <c r="J298">
         <v>0</v>
       </c>
     </row>
     <row r="299" spans="1:10">
       <c r="A299" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="B299" t="s">
         <v>440</v>
       </c>
       <c r="E299" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F299" t="s">
         <v>19</v>
       </c>
       <c r="G299" t="s">
         <v>14</v>
       </c>
       <c r="J299">
         <v>0</v>
       </c>
     </row>
     <row r="300" spans="1:10">
       <c r="A300" t="s">
+        <v>441</v>
+      </c>
+      <c r="B300" t="s">
         <v>442</v>
       </c>
-      <c r="B300" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E300" t="s">
         <v>12</v>
       </c>
       <c r="F300" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G300" t="s">
         <v>14</v>
       </c>
       <c r="J300">
         <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:10">
       <c r="A301" t="s">
         <v>443</v>
       </c>
       <c r="B301" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="E301" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F301" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G301" t="s">
         <v>14</v>
       </c>
       <c r="J301">
         <v>0</v>
       </c>
     </row>
     <row r="302" spans="1:10">
       <c r="A302" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="B302" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="E302" t="s">
         <v>12</v>
       </c>
       <c r="F302" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G302" t="s">
         <v>14</v>
       </c>
       <c r="J302">
         <v>0</v>
       </c>
     </row>
     <row r="303" spans="1:10">
       <c r="A303" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="B303" t="s">
         <v>446</v>
       </c>
       <c r="E303" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F303" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G303" t="s">
         <v>14</v>
       </c>
       <c r="J303">
         <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:10">
       <c r="A304" t="s">
+        <v>447</v>
+      </c>
+      <c r="B304" t="s">
         <v>448</v>
       </c>
-      <c r="B304" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E304" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F304" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G304" t="s">
         <v>14</v>
       </c>
       <c r="J304">
         <v>0</v>
       </c>
     </row>
     <row r="305" spans="1:10">
       <c r="A305" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="B305" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="E305" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F305" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G305" t="s">
         <v>14</v>
       </c>
       <c r="J305">
         <v>0</v>
       </c>
     </row>
     <row r="306" spans="1:10">
       <c r="A306" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="B306" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="E306" t="s">
         <v>29</v>
       </c>
       <c r="F306" t="s">
         <v>19</v>
       </c>
       <c r="G306" t="s">
         <v>14</v>
       </c>
       <c r="J306">
         <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:10">
       <c r="A307" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="B307" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="E307" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F307" t="s">
         <v>13</v>
       </c>
       <c r="G307" t="s">
         <v>14</v>
       </c>
       <c r="J307">
         <v>0</v>
       </c>
     </row>
     <row r="308" spans="1:10">
       <c r="A308" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="B308" t="s">
         <v>455</v>
       </c>
       <c r="E308" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F308" t="s">
         <v>19</v>
       </c>
       <c r="G308" t="s">
         <v>14</v>
       </c>
       <c r="J308">
         <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:10">
       <c r="A309" t="s">
+        <v>456</v>
+      </c>
+      <c r="B309" t="s">
         <v>457</v>
       </c>
-      <c r="B309" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E309" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F309" t="s">
         <v>13</v>
       </c>
       <c r="G309" t="s">
         <v>14</v>
       </c>
       <c r="J309">
         <v>0</v>
       </c>
     </row>
     <row r="310" spans="1:10">
       <c r="A310" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="B310" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="E310" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F310" t="s">
         <v>19</v>
       </c>
       <c r="G310" t="s">
         <v>14</v>
       </c>
       <c r="J310">
         <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:10">
       <c r="A311" t="s">
+        <v>459</v>
+      </c>
+      <c r="B311" t="s">
         <v>460</v>
       </c>
-      <c r="B311" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E311" t="s">
         <v>29</v>
       </c>
       <c r="F311" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G311" t="s">
         <v>14</v>
       </c>
       <c r="J311">
         <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:10">
       <c r="A312" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="B312" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="E312" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F312" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G312" t="s">
         <v>14</v>
       </c>
       <c r="J312">
         <v>0</v>
       </c>
     </row>
     <row r="313" spans="1:10">
       <c r="A313" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="B313" t="s">
         <v>463</v>
       </c>
       <c r="E313" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F313" t="s">
         <v>19</v>
       </c>
       <c r="G313" t="s">
         <v>14</v>
       </c>
       <c r="J313">
         <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:10">
       <c r="A314" t="s">
+        <v>464</v>
+      </c>
+      <c r="B314" t="s">
         <v>465</v>
       </c>
-      <c r="B314" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E314" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F314" t="s">
         <v>13</v>
       </c>
       <c r="G314" t="s">
         <v>14</v>
       </c>
       <c r="J314">
         <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:10">
       <c r="A315" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="B315" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="E315" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F315" t="s">
         <v>19</v>
       </c>
       <c r="G315" t="s">
         <v>14</v>
       </c>
       <c r="J315">
         <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:10">
       <c r="A316" t="s">
+        <v>467</v>
+      </c>
+      <c r="B316" t="s">
         <v>468</v>
       </c>
-      <c r="B316" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E316" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F316" t="s">
         <v>13</v>
       </c>
       <c r="G316" t="s">
         <v>14</v>
       </c>
       <c r="J316">
         <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:10">
       <c r="A317" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="B317" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="E317" t="s">
         <v>29</v>
       </c>
       <c r="F317" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G317" t="s">
         <v>14</v>
       </c>
       <c r="J317">
         <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:10">
       <c r="A318" t="s">
+        <v>470</v>
+      </c>
+      <c r="B318" t="s">
         <v>471</v>
       </c>
-      <c r="B318" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E318" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F318" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G318" t="s">
         <v>14</v>
       </c>
       <c r="J318">
         <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:10">
       <c r="A319" t="s">
         <v>472</v>
       </c>
       <c r="B319" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="E319" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F319" t="s">
         <v>13</v>
       </c>
       <c r="G319" t="s">
         <v>14</v>
       </c>
       <c r="J319">
         <v>0</v>
       </c>
     </row>
     <row r="320" spans="1:10">
       <c r="A320" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="B320" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="E320" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F320" t="s">
         <v>19</v>
       </c>
       <c r="G320" t="s">
         <v>14</v>
       </c>
       <c r="J320">
         <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:10">
       <c r="A321" t="s">
+        <v>474</v>
+      </c>
+      <c r="B321" t="s">
         <v>475</v>
       </c>
-      <c r="B321" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E321" t="s">
         <v>12</v>
       </c>
       <c r="F321" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G321" t="s">
         <v>14</v>
       </c>
       <c r="J321">
         <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:10">
       <c r="A322" t="s">
         <v>476</v>
       </c>
       <c r="B322" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="E322" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F322" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G322" t="s">
         <v>14</v>
       </c>
       <c r="J322">
         <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:10">
       <c r="A323" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="B323" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="E323" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F323" t="s">
         <v>19</v>
       </c>
       <c r="G323" t="s">
         <v>14</v>
       </c>
       <c r="J323">
         <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:10">
       <c r="A324" t="s">
+        <v>478</v>
+      </c>
+      <c r="B324" t="s">
         <v>479</v>
-      </c>
-[...1 lines deleted...]
-        <v>480</v>
       </c>
       <c r="E324" t="s">
         <v>29</v>
       </c>
       <c r="F324" t="s">
         <v>13</v>
       </c>
       <c r="G324" t="s">
         <v>14</v>
       </c>
       <c r="J324">
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:10">
       <c r="A325" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="B325" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="E325" t="s">
         <v>29</v>
       </c>
       <c r="F325" t="s">
         <v>19</v>
       </c>
       <c r="G325" t="s">
         <v>14</v>
       </c>
       <c r="J325">
         <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:10">
       <c r="A326" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="B326" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="E326" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F326" t="s">
         <v>13</v>
       </c>
       <c r="G326" t="s">
         <v>14</v>
       </c>
       <c r="J326">
         <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:10">
       <c r="A327" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="B327" t="s">
         <v>484</v>
       </c>
       <c r="E327" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F327" t="s">
         <v>19</v>
       </c>
       <c r="G327" t="s">
         <v>14</v>
       </c>
       <c r="J327">
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:10">
       <c r="A328" t="s">
+        <v>485</v>
+      </c>
+      <c r="B328" t="s">
         <v>486</v>
       </c>
-      <c r="B328" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E328" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F328" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G328" t="s">
         <v>14</v>
       </c>
       <c r="J328">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:10">
       <c r="A329" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="B329" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="E329" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F329" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G329" t="s">
         <v>14</v>
       </c>
       <c r="J329">
         <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:10">
       <c r="A330" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="B330" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="E330" t="s">
         <v>29</v>
       </c>
       <c r="F330" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G330" t="s">
         <v>14</v>
       </c>
       <c r="J330">
         <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:10">
       <c r="A331" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="B331" t="s">
         <v>491</v>
       </c>
       <c r="E331" t="s">
         <v>29</v>
       </c>
       <c r="F331" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G331" t="s">
         <v>14</v>
       </c>
       <c r="J331">
         <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:10">
       <c r="A332" t="s">
+        <v>492</v>
+      </c>
+      <c r="B332" t="s">
         <v>493</v>
-      </c>
-[...1 lines deleted...]
-        <v>494</v>
       </c>
       <c r="E332" t="s">
         <v>29</v>
       </c>
       <c r="F332" t="s">
         <v>13</v>
       </c>
       <c r="G332" t="s">
         <v>14</v>
       </c>
       <c r="J332">
         <v>0</v>
       </c>
     </row>
     <row r="333" spans="1:10">
       <c r="A333" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="B333" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="E333" t="s">
         <v>29</v>
       </c>
       <c r="F333" t="s">
         <v>19</v>
       </c>
       <c r="G333" t="s">
         <v>14</v>
       </c>
       <c r="J333">
         <v>0</v>
       </c>
     </row>
     <row r="334" spans="1:10">
       <c r="A334" t="s">
+        <v>495</v>
+      </c>
+      <c r="B334" t="s">
         <v>496</v>
       </c>
-      <c r="B334" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E334" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F334" t="s">
         <v>13</v>
       </c>
       <c r="G334" t="s">
         <v>14</v>
       </c>
       <c r="J334">
         <v>0</v>
       </c>
     </row>
     <row r="335" spans="1:10">
       <c r="A335" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="B335" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="E335" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F335" t="s">
         <v>19</v>
       </c>
       <c r="G335" t="s">
         <v>14</v>
       </c>
       <c r="J335">
         <v>0</v>
       </c>
     </row>
     <row r="336" spans="1:10">
       <c r="A336" t="s">
+        <v>498</v>
+      </c>
+      <c r="B336" t="s">
         <v>499</v>
       </c>
-      <c r="B336" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E336" t="s">
         <v>12</v>
       </c>
       <c r="F336" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G336" t="s">
         <v>14</v>
       </c>
       <c r="J336">
         <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:10">
       <c r="A337" t="s">
         <v>500</v>
       </c>
       <c r="B337" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="E337" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F337" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G337" t="s">
         <v>14</v>
       </c>
       <c r="J337">
         <v>0</v>
       </c>
     </row>
     <row r="338" spans="1:10">
       <c r="A338" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="B338" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="E338" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F338" t="s">
         <v>19</v>
       </c>
       <c r="G338" t="s">
         <v>14</v>
       </c>
       <c r="J338">
         <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:10">
       <c r="A339" t="s">
+        <v>502</v>
+      </c>
+      <c r="B339" t="s">
         <v>503</v>
       </c>
-      <c r="B339" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E339" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F339" t="s">
         <v>13</v>
       </c>
       <c r="G339" t="s">
         <v>14</v>
       </c>
       <c r="J339">
         <v>0</v>
       </c>
     </row>
     <row r="340" spans="1:10">
       <c r="A340" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="B340" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="E340" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F340" t="s">
         <v>19</v>
       </c>
       <c r="G340" t="s">
         <v>14</v>
       </c>
       <c r="J340">
         <v>0</v>
       </c>
     </row>
     <row r="341" spans="1:10">
       <c r="A341" t="s">
+        <v>505</v>
+      </c>
+      <c r="B341" t="s">
         <v>506</v>
       </c>
-      <c r="B341" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E341" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F341" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G341" t="s">
         <v>14</v>
       </c>
       <c r="J341">
         <v>0</v>
       </c>
     </row>
     <row r="342" spans="1:10">
       <c r="A342" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="B342" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="E342" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F342" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G342" t="s">
         <v>14</v>
       </c>
       <c r="J342">
         <v>0</v>
       </c>
     </row>
     <row r="343" spans="1:10">
       <c r="A343" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="B343" t="s">
         <v>509</v>
       </c>
       <c r="E343" t="s">
         <v>29</v>
       </c>
       <c r="F343" t="s">
         <v>19</v>
       </c>
       <c r="G343" t="s">
         <v>14</v>
       </c>
       <c r="J343">
         <v>0</v>
       </c>
     </row>
     <row r="344" spans="1:10">
       <c r="A344" t="s">
+        <v>510</v>
+      </c>
+      <c r="B344" t="s">
         <v>511</v>
-      </c>
-[...1 lines deleted...]
-        <v>512</v>
       </c>
       <c r="E344" t="s">
         <v>29</v>
       </c>
       <c r="F344" t="s">
         <v>13</v>
       </c>
       <c r="G344" t="s">
         <v>14</v>
       </c>
       <c r="J344">
         <v>0</v>
       </c>
     </row>
     <row r="345" spans="1:10">
       <c r="A345" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="B345" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="E345" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F345" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G345" t="s">
         <v>14</v>
       </c>
       <c r="J345">
         <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:10">
       <c r="A346" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="B346" t="s">
         <v>514</v>
       </c>
       <c r="E346" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F346" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G346" t="s">
         <v>14</v>
       </c>
       <c r="J346">
         <v>0</v>
       </c>
     </row>
     <row r="347" spans="1:10">
       <c r="A347" t="s">
+        <v>515</v>
+      </c>
+      <c r="B347" t="s">
         <v>516</v>
       </c>
-      <c r="B347" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E347" t="s">
         <v>12</v>
       </c>
       <c r="F347" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G347" t="s">
         <v>14</v>
       </c>
       <c r="J347">
         <v>0</v>
       </c>
     </row>
     <row r="348" spans="1:10">
       <c r="A348" t="s">
         <v>517</v>
       </c>
       <c r="B348" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="E348" t="s">
         <v>12</v>
       </c>
       <c r="F348" t="s">
-        <v>313</v>
+        <v>19</v>
       </c>
       <c r="G348" t="s">
         <v>14</v>
       </c>
       <c r="J348">
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:10">
       <c r="A349" t="s">
         <v>518</v>
       </c>
       <c r="B349" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="E349" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F349" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G349" t="s">
         <v>14</v>
       </c>
       <c r="J349">
         <v>0</v>
       </c>
     </row>
     <row r="350" spans="1:10">
       <c r="A350" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="B350" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="E350" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F350" t="s">
-        <v>19</v>
+        <v>315</v>
       </c>
       <c r="G350" t="s">
         <v>14</v>
       </c>
       <c r="J350">
         <v>0</v>
       </c>
     </row>
     <row r="351" spans="1:10">
       <c r="A351" t="s">
+        <v>520</v>
+      </c>
+      <c r="B351" t="s">
         <v>521</v>
       </c>
-      <c r="B351" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E351" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F351" t="s">
         <v>13</v>
       </c>
       <c r="G351" t="s">
         <v>14</v>
       </c>
       <c r="J351">
         <v>0</v>
       </c>
     </row>
     <row r="352" spans="1:10">
       <c r="A352" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="B352" t="s">
-        <v>522</v>
+        <v>521</v>
       </c>
       <c r="E352" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F352" t="s">
         <v>19</v>
       </c>
       <c r="G352" t="s">
         <v>14</v>
       </c>
       <c r="J352">
         <v>0</v>
       </c>
     </row>
     <row r="353" spans="1:10">
       <c r="A353" t="s">
+        <v>523</v>
+      </c>
+      <c r="B353" t="s">
         <v>524</v>
       </c>
-      <c r="B353" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E353" t="s">
         <v>12</v>
       </c>
       <c r="F353" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G353" t="s">
         <v>14</v>
       </c>
       <c r="J353">
         <v>0</v>
       </c>
     </row>
     <row r="354" spans="1:10">
       <c r="A354" t="s">
         <v>525</v>
       </c>
       <c r="B354" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="E354" t="s">
         <v>12</v>
       </c>
       <c r="F354" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G354" t="s">
         <v>14</v>
       </c>
       <c r="J354">
         <v>0</v>
       </c>
     </row>
     <row r="355" spans="1:10">
       <c r="A355" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="B355" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="E355" t="s">
         <v>12</v>
       </c>
       <c r="F355" t="s">
         <v>19</v>
       </c>
       <c r="G355" t="s">
         <v>14</v>
       </c>
       <c r="J355">
         <v>0</v>
       </c>
     </row>
     <row r="356" spans="1:10">
       <c r="A356" t="s">
+        <v>527</v>
+      </c>
+      <c r="B356" t="s">
         <v>528</v>
       </c>
-      <c r="B356" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E356" t="s">
         <v>12</v>
       </c>
       <c r="F356" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G356" t="s">
         <v>14</v>
       </c>
       <c r="J356">
         <v>0</v>
       </c>
     </row>
     <row r="357" spans="1:10">
       <c r="A357" t="s">
         <v>529</v>
       </c>
       <c r="B357" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="E357" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F357" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G357" t="s">
         <v>14</v>
       </c>
       <c r="J357">
         <v>0</v>
       </c>
     </row>
     <row r="358" spans="1:10">
       <c r="A358" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="B358" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="E358" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F358" t="s">
         <v>19</v>
       </c>
       <c r="G358" t="s">
         <v>14</v>
       </c>
       <c r="J358">
         <v>0</v>
       </c>
     </row>
     <row r="359" spans="1:10">
       <c r="A359" t="s">
+        <v>531</v>
+      </c>
+      <c r="B359" t="s">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>533</v>
       </c>
       <c r="E359" t="s">
         <v>29</v>
       </c>
       <c r="F359" t="s">
         <v>13</v>
       </c>
       <c r="G359" t="s">
         <v>14</v>
       </c>
       <c r="J359">
         <v>0</v>
       </c>
     </row>
     <row r="360" spans="1:10">
       <c r="A360" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="B360" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="E360" t="s">
         <v>29</v>
       </c>
       <c r="F360" t="s">
         <v>19</v>
       </c>
       <c r="G360" t="s">
         <v>14</v>
       </c>
       <c r="J360">
         <v>0</v>
       </c>
     </row>
     <row r="361" spans="1:10">
       <c r="A361" t="s">
+        <v>534</v>
+      </c>
+      <c r="B361" t="s">
         <v>535</v>
       </c>
-      <c r="B361" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E361" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F361" t="s">
         <v>13</v>
       </c>
       <c r="G361" t="s">
         <v>14</v>
       </c>
       <c r="J361">
         <v>0</v>
       </c>
     </row>
     <row r="362" spans="1:10">
       <c r="A362" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="B362" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="E362" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F362" t="s">
         <v>19</v>
       </c>
       <c r="G362" t="s">
         <v>14</v>
       </c>
       <c r="J362">
         <v>0</v>
       </c>
     </row>
     <row r="363" spans="1:10">
       <c r="A363" t="s">
+        <v>537</v>
+      </c>
+      <c r="B363" t="s">
         <v>538</v>
       </c>
-      <c r="B363" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E363" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F363" t="s">
         <v>13</v>
       </c>
       <c r="G363" t="s">
         <v>14</v>
       </c>
       <c r="J363">
         <v>0</v>
       </c>
     </row>
     <row r="364" spans="1:10">
       <c r="A364" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="B364" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="E364" t="s">
         <v>12</v>
       </c>
       <c r="F364" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G364" t="s">
         <v>14</v>
       </c>
       <c r="J364">
         <v>0</v>
       </c>
     </row>
     <row r="365" spans="1:10">
       <c r="A365" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="B365" t="s">
         <v>541</v>
       </c>
       <c r="E365" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F365" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G365" t="s">
         <v>14</v>
       </c>
       <c r="J365">
         <v>0</v>
       </c>
     </row>
     <row r="366" spans="1:10">
       <c r="A366" t="s">
+        <v>542</v>
+      </c>
+      <c r="B366" t="s">
         <v>543</v>
       </c>
-      <c r="B366" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E366" t="s">
         <v>12</v>
       </c>
       <c r="F366" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G366" t="s">
         <v>14</v>
       </c>
       <c r="J366">
         <v>0</v>
       </c>
     </row>
     <row r="367" spans="1:10">
       <c r="A367" t="s">
         <v>544</v>
       </c>
       <c r="B367" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="E367" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F367" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G367" t="s">
         <v>14</v>
       </c>
       <c r="J367">
         <v>0</v>
       </c>
     </row>
     <row r="368" spans="1:10">
       <c r="A368" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="B368" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="E368" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F368" t="s">
         <v>19</v>
       </c>
       <c r="G368" t="s">
         <v>14</v>
       </c>
       <c r="J368">
         <v>0</v>
       </c>
     </row>
     <row r="369" spans="1:10">
       <c r="A369" t="s">
+        <v>546</v>
+      </c>
+      <c r="B369" t="s">
         <v>547</v>
       </c>
-      <c r="B369" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E369" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F369" t="s">
         <v>13</v>
       </c>
       <c r="G369" t="s">
         <v>14</v>
       </c>
       <c r="J369">
         <v>0</v>
       </c>
     </row>
     <row r="370" spans="1:10">
       <c r="A370" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="B370" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="E370" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F370" t="s">
         <v>19</v>
       </c>
       <c r="G370" t="s">
         <v>14</v>
       </c>
       <c r="J370">
         <v>0</v>
       </c>
     </row>
     <row r="371" spans="1:10">
       <c r="A371" t="s">
+        <v>549</v>
+      </c>
+      <c r="B371" t="s">
         <v>550</v>
       </c>
-      <c r="B371" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E371" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F371" t="s">
         <v>13</v>
       </c>
       <c r="G371" t="s">
         <v>14</v>
       </c>
       <c r="J371">
         <v>0</v>
       </c>
     </row>
     <row r="372" spans="1:10">
       <c r="A372" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="B372" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="E372" t="s">
         <v>12</v>
       </c>
       <c r="F372" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G372" t="s">
         <v>14</v>
       </c>
       <c r="J372">
         <v>0</v>
       </c>
     </row>
     <row r="373" spans="1:10">
       <c r="A373" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="B373" t="s">
         <v>553</v>
       </c>
       <c r="E373" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F373" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G373" t="s">
         <v>14</v>
       </c>
       <c r="J373">
         <v>0</v>
       </c>
     </row>
     <row r="374" spans="1:10">
       <c r="A374" t="s">
+        <v>554</v>
+      </c>
+      <c r="B374" t="s">
         <v>555</v>
       </c>
-      <c r="B374" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E374" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F374" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G374" t="s">
         <v>14</v>
       </c>
       <c r="J374">
         <v>0</v>
       </c>
     </row>
     <row r="375" spans="1:10">
       <c r="A375" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="B375" t="s">
-        <v>558</v>
+        <v>555</v>
       </c>
       <c r="E375" t="s">
         <v>12</v>
       </c>
       <c r="F375" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G375" t="s">
         <v>14</v>
       </c>
       <c r="J375">
         <v>0</v>
       </c>
     </row>
     <row r="376" spans="1:10">
       <c r="A376" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="B376" t="s">
         <v>558</v>
       </c>
       <c r="E376" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F376" t="s">
         <v>19</v>
       </c>
       <c r="G376" t="s">
         <v>14</v>
       </c>
       <c r="J376">
         <v>0</v>
       </c>
     </row>
     <row r="377" spans="1:10">
       <c r="A377" t="s">
+        <v>559</v>
+      </c>
+      <c r="B377" t="s">
         <v>560</v>
       </c>
-      <c r="B377" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E377" t="s">
         <v>12</v>
       </c>
       <c r="F377" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G377" t="s">
         <v>14</v>
       </c>
       <c r="J377">
         <v>0</v>
       </c>
     </row>
     <row r="378" spans="1:10">
       <c r="A378" t="s">
         <v>561</v>
       </c>
       <c r="B378" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="E378" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F378" t="s">
         <v>19</v>
       </c>
       <c r="G378" t="s">
         <v>14</v>
       </c>
       <c r="J378">
         <v>0</v>
       </c>
     </row>
     <row r="379" spans="1:10">
       <c r="A379" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="B379" t="s">
-        <v>564</v>
+        <v>560</v>
       </c>
       <c r="E379" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F379" t="s">
         <v>19</v>
       </c>
       <c r="G379" t="s">
         <v>14</v>
       </c>
       <c r="J379">
         <v>0</v>
       </c>
     </row>
     <row r="380" spans="1:10">
       <c r="A380" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="B380" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="E380" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F380" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G380" t="s">
         <v>14</v>
       </c>
       <c r="J380">
         <v>0</v>
       </c>
     </row>
     <row r="381" spans="1:10">
       <c r="A381" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="B381" t="s">
         <v>566</v>
       </c>
       <c r="E381" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F381" t="s">
         <v>19</v>
       </c>
       <c r="G381" t="s">
         <v>14</v>
       </c>
       <c r="J381">
         <v>0</v>
       </c>
     </row>
     <row r="382" spans="1:10">
       <c r="A382" t="s">
+        <v>567</v>
+      </c>
+      <c r="B382" t="s">
         <v>568</v>
-      </c>
-[...1 lines deleted...]
-        <v>569</v>
       </c>
       <c r="E382" t="s">
         <v>12</v>
       </c>
       <c r="F382" t="s">
         <v>13</v>
       </c>
       <c r="G382" t="s">
         <v>14</v>
       </c>
       <c r="J382">
         <v>0</v>
       </c>
     </row>
     <row r="383" spans="1:10">
       <c r="A383" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="B383" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="E383" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F383" t="s">
         <v>19</v>
       </c>
       <c r="G383" t="s">
         <v>14</v>
       </c>
       <c r="J383">
         <v>0</v>
       </c>
     </row>
     <row r="384" spans="1:10">
       <c r="A384" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="B384" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="E384" t="s">
         <v>12</v>
       </c>
       <c r="F384" t="s">
         <v>13</v>
       </c>
       <c r="G384" t="s">
         <v>14</v>
       </c>
       <c r="J384">
         <v>0</v>
       </c>
     </row>
     <row r="385" spans="1:10">
       <c r="A385" t="s">
-        <v>574</v>
+        <v>572</v>
       </c>
       <c r="B385" t="s">
         <v>573</v>
       </c>
       <c r="E385" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F385" t="s">
         <v>19</v>
       </c>
       <c r="G385" t="s">
         <v>14</v>
       </c>
       <c r="J385">
         <v>0</v>
       </c>
     </row>
     <row r="386" spans="1:10">
       <c r="A386" t="s">
+        <v>574</v>
+      </c>
+      <c r="B386" t="s">
         <v>575</v>
       </c>
-      <c r="B386" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E386" t="s">
         <v>12</v>
       </c>
       <c r="F386" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G386" t="s">
         <v>14</v>
       </c>
       <c r="J386">
         <v>0</v>
       </c>
     </row>
     <row r="387" spans="1:10">
       <c r="A387" t="s">
         <v>576</v>
       </c>
       <c r="B387" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="E387" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F387" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G387" t="s">
         <v>14</v>
       </c>
       <c r="J387">
         <v>0</v>
       </c>
     </row>
     <row r="388" spans="1:10">
       <c r="A388" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="B388" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="E388" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F388" t="s">
         <v>19</v>
       </c>
       <c r="G388" t="s">
         <v>14</v>
       </c>
       <c r="J388">
         <v>0</v>
       </c>
     </row>
     <row r="389" spans="1:10">
       <c r="A389" t="s">
+        <v>578</v>
+      </c>
+      <c r="B389" t="s">
         <v>579</v>
       </c>
-      <c r="B389" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E389" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F389" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G389" t="s">
         <v>14</v>
       </c>
       <c r="J389">
         <v>0</v>
       </c>
     </row>
     <row r="390" spans="1:10">
       <c r="A390" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="B390" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="E390" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F390" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G390" t="s">
         <v>14</v>
       </c>
       <c r="J390">
         <v>0</v>
       </c>
     </row>
     <row r="391" spans="1:10">
       <c r="A391" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="B391" t="s">
         <v>582</v>
       </c>
       <c r="E391" t="s">
         <v>12</v>
       </c>
       <c r="F391" t="s">
         <v>19</v>
       </c>
       <c r="G391" t="s">
         <v>14</v>
       </c>
       <c r="J391">
         <v>0</v>
       </c>
     </row>
     <row r="392" spans="1:10">
       <c r="A392" t="s">
+        <v>583</v>
+      </c>
+      <c r="B392" t="s">
         <v>584</v>
-      </c>
-[...1 lines deleted...]
-        <v>585</v>
       </c>
       <c r="E392" t="s">
         <v>12</v>
       </c>
       <c r="F392" t="s">
         <v>13</v>
       </c>
       <c r="G392" t="s">
         <v>14</v>
       </c>
       <c r="J392">
         <v>0</v>
       </c>
     </row>
     <row r="393" spans="1:10">
       <c r="A393" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="B393" t="s">
-        <v>585</v>
+        <v>584</v>
       </c>
       <c r="E393" t="s">
         <v>12</v>
       </c>
       <c r="F393" t="s">
         <v>19</v>
       </c>
       <c r="G393" t="s">
         <v>14</v>
       </c>
       <c r="J393">
         <v>0</v>
       </c>
     </row>
     <row r="394" spans="1:10">
       <c r="A394" t="s">
+        <v>586</v>
+      </c>
+      <c r="B394" t="s">
         <v>587</v>
-      </c>
-[...1 lines deleted...]
-        <v>588</v>
       </c>
       <c r="E394" t="s">
         <v>12</v>
       </c>
       <c r="F394" t="s">
         <v>13</v>
       </c>
       <c r="G394" t="s">
         <v>14</v>
       </c>
       <c r="J394">
         <v>0</v>
       </c>
     </row>
     <row r="395" spans="1:10">
       <c r="A395" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="B395" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="E395" t="s">
         <v>12</v>
       </c>
       <c r="F395" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G395" t="s">
         <v>14</v>
       </c>
       <c r="J395">
         <v>0</v>
       </c>
     </row>
     <row r="396" spans="1:10">
       <c r="A396" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="B396" t="s">
         <v>590</v>
       </c>
       <c r="E396" t="s">
         <v>12</v>
       </c>
       <c r="F396" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G396" t="s">
         <v>14</v>
       </c>
       <c r="J396">
         <v>0</v>
       </c>
     </row>
     <row r="397" spans="1:10">
       <c r="A397" t="s">
+        <v>591</v>
+      </c>
+      <c r="B397" t="s">
         <v>592</v>
       </c>
-      <c r="B397" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E397" t="s">
         <v>12</v>
       </c>
       <c r="F397" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G397" t="s">
         <v>14</v>
       </c>
       <c r="J397">
         <v>0</v>
       </c>
     </row>
     <row r="398" spans="1:10">
       <c r="A398" t="s">
         <v>593</v>
       </c>
       <c r="B398" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="E398" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F398" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G398" t="s">
         <v>14</v>
       </c>
       <c r="J398">
         <v>0</v>
       </c>
     </row>
     <row r="399" spans="1:10">
       <c r="A399" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="B399" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="E399" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F399" t="s">
         <v>19</v>
       </c>
       <c r="G399" t="s">
         <v>14</v>
       </c>
       <c r="J399">
         <v>0</v>
       </c>
     </row>
     <row r="400" spans="1:10">
       <c r="A400" t="s">
+        <v>595</v>
+      </c>
+      <c r="B400" t="s">
         <v>596</v>
       </c>
-      <c r="B400" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E400" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F400" t="s">
         <v>13</v>
       </c>
       <c r="G400" t="s">
         <v>14</v>
       </c>
       <c r="J400">
         <v>0</v>
       </c>
     </row>
     <row r="401" spans="1:10">
       <c r="A401" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="B401" t="s">
-        <v>597</v>
+        <v>596</v>
       </c>
       <c r="E401" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F401" t="s">
         <v>19</v>
       </c>
       <c r="G401" t="s">
         <v>14</v>
       </c>
       <c r="J401">
         <v>0</v>
       </c>
     </row>
     <row r="402" spans="1:10">
       <c r="A402" t="s">
+        <v>598</v>
+      </c>
+      <c r="B402" t="s">
         <v>599</v>
       </c>
-      <c r="B402" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E402" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F402" t="s">
         <v>13</v>
       </c>
       <c r="G402" t="s">
         <v>14</v>
       </c>
       <c r="J402">
         <v>0</v>
       </c>
     </row>
     <row r="403" spans="1:10">
       <c r="A403" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="B403" t="s">
-        <v>602</v>
+        <v>599</v>
       </c>
       <c r="E403" t="s">
         <v>12</v>
       </c>
       <c r="F403" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G403" t="s">
         <v>14</v>
       </c>
       <c r="J403">
         <v>0</v>
       </c>
     </row>
     <row r="404" spans="1:10">
       <c r="A404" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="B404" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="E404" t="s">
         <v>29</v>
       </c>
       <c r="F404" t="s">
         <v>13</v>
       </c>
       <c r="G404" t="s">
         <v>14</v>
       </c>
       <c r="J404">
         <v>0</v>
       </c>
     </row>
     <row r="405" spans="1:10">
       <c r="A405" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
       <c r="B405" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="E405" t="s">
         <v>12</v>
       </c>
       <c r="F405" t="s">
         <v>13</v>
       </c>
       <c r="G405" t="s">
         <v>14</v>
       </c>
       <c r="J405">
         <v>0</v>
       </c>
     </row>
     <row r="406" spans="1:10">
       <c r="A406" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
       <c r="B406" t="s">
-        <v>608</v>
+        <v>604</v>
       </c>
       <c r="E406" t="s">
         <v>12</v>
       </c>
       <c r="F406" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G406" t="s">
         <v>14</v>
       </c>
       <c r="J406">
         <v>0</v>
       </c>
     </row>
     <row r="407" spans="1:10">
       <c r="A407" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
       <c r="B407" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="E407" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F407" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G407" t="s">
         <v>14</v>
       </c>
       <c r="J407">
         <v>0</v>
       </c>
     </row>
     <row r="408" spans="1:10">
       <c r="A408" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
       <c r="B408" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="E408" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F408" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G408" t="s">
         <v>14</v>
       </c>
       <c r="J408">
         <v>0</v>
       </c>
     </row>
     <row r="409" spans="1:10">
       <c r="A409" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
       <c r="B409" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="E409" t="s">
         <v>12</v>
       </c>
       <c r="F409" t="s">
         <v>13</v>
       </c>
       <c r="G409" t="s">
         <v>14</v>
       </c>
       <c r="J409">
         <v>0</v>
       </c>
     </row>
     <row r="410" spans="1:10">
       <c r="A410" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="B410" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="E410" t="s">
         <v>12</v>
       </c>
       <c r="F410" t="s">
         <v>19</v>
       </c>
       <c r="G410" t="s">
         <v>14</v>
       </c>
       <c r="J410">
         <v>0</v>
       </c>
     </row>
     <row r="411" spans="1:10">
       <c r="A411" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="B411" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="E411" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F411" t="s">
         <v>19</v>
       </c>
       <c r="G411" t="s">
         <v>14</v>
       </c>
       <c r="J411">
         <v>0</v>
       </c>
     </row>
     <row r="412" spans="1:10">
       <c r="A412" t="s">
+        <v>615</v>
+      </c>
+      <c r="B412" t="s">
         <v>616</v>
-      </c>
-[...1 lines deleted...]
-        <v>617</v>
       </c>
       <c r="E412" t="s">
         <v>12</v>
       </c>
       <c r="F412" t="s">
         <v>13</v>
       </c>
       <c r="G412" t="s">
         <v>14</v>
       </c>
       <c r="J412">
         <v>0</v>
       </c>
     </row>
     <row r="413" spans="1:10">
       <c r="A413" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="B413" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="E413" t="s">
         <v>12</v>
       </c>
       <c r="F413" t="s">
         <v>19</v>
       </c>
       <c r="G413" t="s">
         <v>14</v>
       </c>
       <c r="J413">
         <v>0</v>
       </c>
     </row>
     <row r="414" spans="1:10">
       <c r="A414" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="B414" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="E414" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F414" t="s">
         <v>19</v>
       </c>
       <c r="G414" t="s">
         <v>14</v>
       </c>
       <c r="J414">
         <v>0</v>
       </c>
     </row>
     <row r="415" spans="1:10">
       <c r="A415" t="s">
-        <v>621</v>
+        <v>619</v>
       </c>
       <c r="B415" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="E415" t="s">
         <v>12</v>
       </c>
       <c r="F415" t="s">
         <v>13</v>
       </c>
       <c r="G415" t="s">
         <v>14</v>
       </c>
       <c r="J415">
         <v>0</v>
       </c>
     </row>
     <row r="416" spans="1:10">
       <c r="A416" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="B416" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="E416" t="s">
         <v>12</v>
       </c>
       <c r="F416" t="s">
         <v>19</v>
       </c>
       <c r="G416" t="s">
         <v>14</v>
       </c>
       <c r="J416">
         <v>0</v>
       </c>
     </row>
     <row r="417" spans="1:10">
       <c r="A417" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="B417" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="E417" t="s">
         <v>29</v>
       </c>
       <c r="F417" t="s">
         <v>19</v>
       </c>
       <c r="G417" t="s">
         <v>14</v>
       </c>
       <c r="J417">
         <v>0</v>
       </c>
     </row>
     <row r="418" spans="1:10">
       <c r="A418" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="B418" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="E418" t="s">
         <v>12</v>
       </c>
       <c r="F418" t="s">
         <v>13</v>
       </c>
       <c r="G418" t="s">
         <v>14</v>
       </c>
       <c r="J418">
         <v>0</v>
       </c>
     </row>
     <row r="419" spans="1:10">
       <c r="A419" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="B419" t="s">
-        <v>629</v>
+        <v>625</v>
       </c>
       <c r="E419" t="s">
         <v>12</v>
       </c>
       <c r="F419" t="s">
         <v>19</v>
       </c>
       <c r="G419" t="s">
         <v>14</v>
       </c>
       <c r="J419">
         <v>0</v>
       </c>
     </row>
     <row r="420" spans="1:10">
       <c r="A420" t="s">
-        <v>630</v>
+        <v>627</v>
       </c>
       <c r="B420" t="s">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="E420" t="s">
         <v>29</v>
       </c>
       <c r="F420" t="s">
         <v>19</v>
       </c>
       <c r="G420" t="s">
         <v>14</v>
       </c>
       <c r="J420">
         <v>0</v>
       </c>
     </row>
     <row r="421" spans="1:10">
       <c r="A421" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="B421" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="E421" t="s">
         <v>12</v>
       </c>
       <c r="F421" t="s">
         <v>13</v>
       </c>
       <c r="G421" t="s">
         <v>14</v>
       </c>
       <c r="J421">
         <v>0</v>
       </c>
     </row>
     <row r="422" spans="1:10">
       <c r="A422" t="s">
-        <v>634</v>
+        <v>631</v>
       </c>
       <c r="B422" t="s">
-        <v>633</v>
+        <v>632</v>
       </c>
       <c r="E422" t="s">
         <v>12</v>
       </c>
       <c r="F422" t="s">
         <v>19</v>
       </c>
       <c r="G422" t="s">
         <v>14</v>
       </c>
       <c r="J422">
         <v>0</v>
       </c>
     </row>
     <row r="423" spans="1:10">
       <c r="A423" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
       <c r="B423" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="E423" t="s">
         <v>29</v>
       </c>
       <c r="F423" t="s">
         <v>19</v>
       </c>
       <c r="G423" t="s">
         <v>14</v>
       </c>
       <c r="J423">
         <v>0</v>
       </c>
     </row>
     <row r="424" spans="1:10">
       <c r="A424" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="B424" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="E424" t="s">
         <v>12</v>
       </c>
       <c r="F424" t="s">
         <v>13</v>
       </c>
       <c r="G424" t="s">
         <v>14</v>
       </c>
       <c r="J424">
         <v>0</v>
       </c>
     </row>
     <row r="425" spans="1:10">
       <c r="A425" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="B425" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="E425" t="s">
         <v>12</v>
       </c>
       <c r="F425" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G425" t="s">
-        <v>64</v>
+        <v>14</v>
       </c>
       <c r="J425">
         <v>0</v>
       </c>
     </row>
     <row r="426" spans="1:10">
       <c r="A426" t="s">
+        <v>638</v>
+      </c>
+      <c r="B426" t="s">
+        <v>639</v>
+      </c>
+      <c r="E426" t="s">
+        <v>29</v>
+      </c>
+      <c r="F426" t="s">
+        <v>19</v>
+      </c>
+      <c r="G426" t="s">
+        <v>14</v>
+      </c>
+      <c r="J426">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="427" spans="1:10">
+      <c r="A427" t="s">
         <v>640</v>
       </c>
-      <c r="B426" t="s">
-[...11 lines deleted...]
-      <c r="J426">
+      <c r="B427" t="s">
+        <v>641</v>
+      </c>
+      <c r="E427" t="s">
+        <v>12</v>
+      </c>
+      <c r="F427" t="s">
+        <v>13</v>
+      </c>
+      <c r="G427" t="s">
+        <v>65</v>
+      </c>
+      <c r="J427">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="428" spans="1:10">
+      <c r="A428" t="s">
+        <v>642</v>
+      </c>
+      <c r="B428" t="s">
+        <v>641</v>
+      </c>
+      <c r="E428" t="s">
+        <v>12</v>
+      </c>
+      <c r="F428" t="s">
+        <v>13</v>
+      </c>
+      <c r="G428" t="s">
+        <v>14</v>
+      </c>
+      <c r="J428">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="429" spans="1:10">
+      <c r="A429" t="s">
+        <v>643</v>
+      </c>
+      <c r="B429" t="s">
+        <v>641</v>
+      </c>
+      <c r="E429" t="s">
+        <v>12</v>
+      </c>
+      <c r="F429" t="s">
+        <v>19</v>
+      </c>
+      <c r="G429" t="s">
+        <v>14</v>
+      </c>
+      <c r="J429">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">