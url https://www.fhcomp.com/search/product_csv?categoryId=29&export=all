--- v1 (2025-12-18)
+++ v2 (2026-03-20)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2150" uniqueCount="644">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2395" uniqueCount="716">
   <si>
     <t>型号</t>
   </si>
   <si>
     <t>阻值(Ω)</t>
   </si>
   <si>
     <t>额定功率</t>
   </si>
   <si>
     <t>温度系数值(ppm/℃)</t>
   </si>
   <si>
     <t>阻值精度</t>
   </si>
   <si>
     <t>尺寸(inch)</t>
   </si>
   <si>
     <t>端子形状</t>
   </si>
   <si>
     <t>应用场景</t>
   </si>
   <si>
@@ -87,284 +87,374 @@
   <si>
     <t>RC-MT08W335JT</t>
   </si>
   <si>
     <t>3.3MΩ</t>
   </si>
   <si>
     <t>0402</t>
   </si>
   <si>
     <t>RC-ML08W225JT</t>
   </si>
   <si>
     <t>2.2MΩ</t>
   </si>
   <si>
     <t>RC-MT08W225JT</t>
   </si>
   <si>
     <t>RC-ML08W205JT</t>
   </si>
   <si>
     <t>2MΩ</t>
   </si>
   <si>
+    <t>RC-ML08W165JT</t>
+  </si>
+  <si>
+    <t>1.6MΩ</t>
+  </si>
+  <si>
     <t>RC-ML08W105JT</t>
   </si>
   <si>
     <t>1MΩ</t>
   </si>
   <si>
     <t>RC-MT08W105JT</t>
   </si>
   <si>
     <t>RC-ML08W1004FT</t>
   </si>
   <si>
     <t>±1%</t>
   </si>
   <si>
     <t>RC-MT08W105FT</t>
   </si>
   <si>
+    <t>RC-MT08W914JT</t>
+  </si>
+  <si>
+    <t>910KΩ</t>
+  </si>
+  <si>
+    <t>RC-MT08W824JT</t>
+  </si>
+  <si>
+    <t>820KΩ</t>
+  </si>
+  <si>
+    <t>RC-MT08W754JT</t>
+  </si>
+  <si>
+    <t>750KΩ</t>
+  </si>
+  <si>
     <t>RC-ML08W684JT</t>
   </si>
   <si>
     <t>680KΩ</t>
   </si>
   <si>
+    <t>RC-MT08W684JT</t>
+  </si>
+  <si>
     <t>RC-ML08W6803FT</t>
   </si>
   <si>
+    <t>RC-MT08W624JT</t>
+  </si>
+  <si>
+    <t>620KΩ</t>
+  </si>
+  <si>
     <t>RC-ML08W564JT</t>
   </si>
   <si>
     <t>560KΩ</t>
   </si>
   <si>
+    <t>RC-MT08W564JT</t>
+  </si>
+  <si>
     <t>RC-ML08W514JT</t>
   </si>
   <si>
     <t>510KΩ</t>
   </si>
   <si>
     <t>RC-ML08W5103FT</t>
   </si>
   <si>
     <t>RC-MT08W5103FT</t>
   </si>
   <si>
     <t>RC-ML08W474JT</t>
   </si>
   <si>
     <t>470KΩ</t>
   </si>
   <si>
     <t>RC-MT08W474JT</t>
   </si>
   <si>
     <t>RC-ML08W4703FT</t>
   </si>
   <si>
     <t>RC-MT08W4703FT</t>
   </si>
   <si>
     <t>RC-ML08W434JT</t>
   </si>
   <si>
     <t>430KΩ</t>
   </si>
   <si>
+    <t>RC-MT08W434JT</t>
+  </si>
+  <si>
     <t>RC-ML08W4023FT</t>
   </si>
   <si>
     <t>402KΩ</t>
   </si>
   <si>
+    <t>RC-MT08W394JT</t>
+  </si>
+  <si>
+    <t>390KΩ</t>
+  </si>
+  <si>
     <t>RC-ML08W364JT</t>
   </si>
   <si>
     <t>360KΩ</t>
   </si>
   <si>
     <t>RC-MT08W364JT</t>
   </si>
   <si>
     <t>RC-ML08W334JT</t>
   </si>
   <si>
     <t>330KΩ</t>
   </si>
   <si>
     <t>RC-ML08W304JT</t>
   </si>
   <si>
     <t>300KΩ</t>
   </si>
   <si>
     <t>RC-ML08W274JT</t>
   </si>
   <si>
     <t>270KΩ</t>
   </si>
   <si>
+    <t>RC-MT08W274JT</t>
+  </si>
+  <si>
     <t>RC-ML08W2703FT</t>
   </si>
   <si>
+    <t>RC-MT08W244JT</t>
+  </si>
+  <si>
+    <t>240KΩ</t>
+  </si>
+  <si>
     <t>RC-ML08W224JT</t>
   </si>
   <si>
     <t>220KΩ</t>
   </si>
   <si>
     <t>RC-MT04W224JT</t>
   </si>
   <si>
     <t>RC-MT08W224JT</t>
   </si>
   <si>
+    <t>RC-ML08W204JT</t>
+  </si>
+  <si>
+    <t>200KΩ</t>
+  </si>
+  <si>
     <t>RC-ML08V204JT</t>
   </si>
   <si>
-    <t>200KΩ</t>
-[...1 lines deleted...]
-  <si>
     <t>V</t>
   </si>
   <si>
-    <t>RC-ML08W204JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RC-MT08W204JT</t>
   </si>
   <si>
     <t>RC-ML08W2003FT</t>
   </si>
   <si>
     <t>RC-MT08W2003FT</t>
   </si>
   <si>
     <t>RC-ML08W184JT</t>
   </si>
   <si>
     <t>180KΩ</t>
   </si>
   <si>
+    <t>RC-MT08W184JT</t>
+  </si>
+  <si>
     <t>RC-ML08W1803FT</t>
   </si>
   <si>
+    <t>RC-MT08W164JT</t>
+  </si>
+  <si>
+    <t>160KΩ</t>
+  </si>
+  <si>
     <t>RC-ML08W154JT</t>
   </si>
   <si>
     <t>150KΩ</t>
   </si>
   <si>
     <t>RC-MT08W154JT</t>
   </si>
   <si>
     <t>RC-ML08W1503FT</t>
   </si>
   <si>
     <t>RC-MT08W1503FT</t>
   </si>
   <si>
+    <t>RC-ML08W134JT</t>
+  </si>
+  <si>
+    <t>130KΩ</t>
+  </si>
+  <si>
+    <t>RC-MT08W134JT</t>
+  </si>
+  <si>
     <t>RC-ML08W1273FT</t>
   </si>
   <si>
     <t>127KΩ</t>
   </si>
   <si>
     <t>RC-ML08W124JT</t>
   </si>
   <si>
     <t>120KΩ</t>
   </si>
   <si>
+    <t>RC-MT08W114JT</t>
+  </si>
+  <si>
+    <t>110KΩ</t>
+  </si>
+  <si>
     <t>RC-ML08W104JT</t>
   </si>
   <si>
     <t>100KΩ</t>
   </si>
   <si>
     <t>RC-MT04W104JT</t>
   </si>
   <si>
     <t>RC-MT08W104JT</t>
   </si>
   <si>
     <t>RC-ML08W1003FT</t>
   </si>
   <si>
     <t>RC-MT08W1003FT</t>
   </si>
   <si>
+    <t>RC-ML08W913JT</t>
+  </si>
+  <si>
+    <t>91KΩ</t>
+  </si>
+  <si>
+    <t>RC-MT08W913JT</t>
+  </si>
+  <si>
     <t>RC-ML08W823JT</t>
   </si>
   <si>
     <t>82KΩ</t>
   </si>
   <si>
     <t>RC-MT08W823JT</t>
   </si>
   <si>
     <t>RC-ML08W7872FT</t>
   </si>
   <si>
     <t>78.7KΩ</t>
   </si>
   <si>
     <t>RC-ML08W753JT</t>
   </si>
   <si>
     <t>75KΩ</t>
   </si>
   <si>
     <t>RC-MT08W753JT</t>
   </si>
   <si>
     <t>RC-ML08W7502FT</t>
   </si>
   <si>
     <t>RC-ML08W683JT</t>
   </si>
   <si>
     <t>68KΩ</t>
   </si>
   <si>
     <t>RC-MT08W683JT</t>
   </si>
   <si>
     <t>RC-ML08W6802FT</t>
   </si>
   <si>
     <t>RC-ML08W623JT</t>
   </si>
   <si>
     <t>62KΩ</t>
   </si>
   <si>
+    <t>RC-MT08W623JT</t>
+  </si>
+  <si>
     <t>RC-ML08W563JT</t>
   </si>
   <si>
     <t>56KΩ</t>
   </si>
   <si>
     <t>RC-ML08W5112FT</t>
   </si>
   <si>
     <t>51.1KΩ</t>
   </si>
   <si>
     <t>RC-ML08W513JT</t>
   </si>
   <si>
     <t>51KΩ</t>
   </si>
   <si>
     <t>RC-MT08W513JT</t>
   </si>
   <si>
     <t>RC-ML08W5102FT</t>
   </si>
   <si>
     <t>RC-ML08W4992FT</t>
@@ -387,50 +477,53 @@
   <si>
     <t>RC-ML08W4702FT</t>
   </si>
   <si>
     <t>RC-MT08W4702FT</t>
   </si>
   <si>
     <t>RC-ML08W4642FT</t>
   </si>
   <si>
     <t>46.4KΩ</t>
   </si>
   <si>
     <t>RC-MT08W4492FT</t>
   </si>
   <si>
     <t>44.9KΩ</t>
   </si>
   <si>
     <t>RC-ML08W433JT</t>
   </si>
   <si>
     <t>43KΩ</t>
   </si>
   <si>
+    <t>RC-MT08W433JT</t>
+  </si>
+  <si>
     <t>RC-ML08W393JT</t>
   </si>
   <si>
     <t>39KΩ</t>
   </si>
   <si>
     <t>RC-MT08W393JT</t>
   </si>
   <si>
     <t>RC-MT08W3902FT</t>
   </si>
   <si>
     <t>RC-ML08W3652FT</t>
   </si>
   <si>
     <t>36.5KΩ</t>
   </si>
   <si>
     <t>RC-ML08W363JT</t>
   </si>
   <si>
     <t>36KΩ</t>
   </si>
   <si>
     <t>RC-MT08W363JT</t>
@@ -498,83 +591,86 @@
   <si>
     <t>22KΩ</t>
   </si>
   <si>
     <t>RC-MT08W223JT</t>
   </si>
   <si>
     <t>RC-ML08W2202FT</t>
   </si>
   <si>
     <t>RC-MT08W2202FT</t>
   </si>
   <si>
     <t>RC-ML08W2152FT</t>
   </si>
   <si>
     <t>21.5KΩ</t>
   </si>
   <si>
     <t>RC-ML08W203JT</t>
   </si>
   <si>
     <t>20KΩ</t>
   </si>
   <si>
+    <t>RC-MT08W203JT</t>
+  </si>
+  <si>
     <t>RC-MT04W203JT</t>
   </si>
   <si>
-    <t>RC-MT08W203JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RC-ML08W2002FT</t>
   </si>
   <si>
     <t>RC-MT08W2002FT</t>
   </si>
   <si>
     <t>RC-ML08W183JT</t>
   </si>
   <si>
     <t>18KΩ</t>
   </si>
   <si>
     <t>RC-MT08W183JT</t>
   </si>
   <si>
     <t>RC-MT08W1622FT</t>
   </si>
   <si>
     <t>16.2KΩ</t>
   </si>
   <si>
     <t>RC-ML08W163JT</t>
   </si>
   <si>
     <t>16KΩ</t>
   </si>
   <si>
+    <t>RC-MT08W163JT</t>
+  </si>
+  <si>
     <t>RC-ML08W1602FT</t>
   </si>
   <si>
     <t>RC-ML08W153JT</t>
   </si>
   <si>
     <t>15KΩ</t>
   </si>
   <si>
     <t>RC-MT08W153JT</t>
   </si>
   <si>
     <t>RC-ML08W1502FT</t>
   </si>
   <si>
     <t>RC-ML08W1332FT</t>
   </si>
   <si>
     <t>13.3KΩ</t>
   </si>
   <si>
     <t>RC-ML08W133JT</t>
   </si>
   <si>
     <t>13KΩ</t>
@@ -582,65 +678,68 @@
   <si>
     <t>RC-MT08W133JT</t>
   </si>
   <si>
     <t>RC-ML08W123JT</t>
   </si>
   <si>
     <t>12KΩ</t>
   </si>
   <si>
     <t>RC-MT08W123JT</t>
   </si>
   <si>
     <t>RC-ML08W1202FT</t>
   </si>
   <si>
     <t>RC-MT08W1202FT</t>
   </si>
   <si>
     <t>RC-ML08W113JT</t>
   </si>
   <si>
     <t>11KΩ</t>
   </si>
   <si>
+    <t>RC-MT08W113JT</t>
+  </si>
+  <si>
     <t>RC-ML08W1102FT</t>
   </si>
   <si>
     <t>RC-ML08W103JT</t>
   </si>
   <si>
     <t>10KΩ</t>
   </si>
   <si>
+    <t>RC-MT04W103JT</t>
+  </si>
+  <si>
     <t>RC-MT08W103JT</t>
   </si>
   <si>
-    <t>RC-MT04W103JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RC-ML08W1002FT</t>
   </si>
   <si>
     <t>RC-MT08W1002FT</t>
   </si>
   <si>
     <t>RC-ML08W912JT</t>
   </si>
   <si>
     <t>9.1KΩ</t>
   </si>
   <si>
     <t>RC-MT08W912JT</t>
   </si>
   <si>
     <t>RC-ML08W8251FT</t>
   </si>
   <si>
     <t>8.25KΩ</t>
   </si>
   <si>
     <t>RC-ML08W822JT</t>
   </si>
   <si>
     <t>8.2KΩ</t>
@@ -669,56 +768,56 @@
   <si>
     <t>RC-ML08W682JT</t>
   </si>
   <si>
     <t>RC-MT08W682JT</t>
   </si>
   <si>
     <t>RC-ML08W6801FT</t>
   </si>
   <si>
     <t>RC-MT08W622JT</t>
   </si>
   <si>
     <t>6.2KΩ</t>
   </si>
   <si>
     <t>RC-MT08W6201FT</t>
   </si>
   <si>
     <t>RC-ML08W562JT</t>
   </si>
   <si>
     <t>5.6KΩ</t>
   </si>
   <si>
+    <t>RC-MT08W562JT</t>
+  </si>
+  <si>
     <t>RC-MT04W562JT</t>
   </si>
   <si>
-    <t>RC-MT08W562JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RC-ML08W562DT</t>
   </si>
   <si>
     <t>±0.5%</t>
   </si>
   <si>
     <t>RC-ML08W512JT</t>
   </si>
   <si>
     <t>5.1KΩ</t>
   </si>
   <si>
     <t>RC-MT08W512JT</t>
   </si>
   <si>
     <t>RC-ML08W5101FT</t>
   </si>
   <si>
     <t>RC-MT08W5101FT</t>
   </si>
   <si>
     <t>RC-ML08W4991FT</t>
   </si>
   <si>
     <t>4.99KΩ</t>
@@ -783,257 +882,284 @@
   <si>
     <t>RC-MT08W392JT</t>
   </si>
   <si>
     <t>RC-MT08W3901FT</t>
   </si>
   <si>
     <t>RC-ML08W3831FT</t>
   </si>
   <si>
     <t>3.83KΩ</t>
   </si>
   <si>
     <t>RC-ML08W3651FT</t>
   </si>
   <si>
     <t>3.65KΩ</t>
   </si>
   <si>
     <t>RC-ML08W362JT</t>
   </si>
   <si>
     <t>3.6KΩ</t>
   </si>
   <si>
+    <t>RC-MT08W362JT</t>
+  </si>
+  <si>
     <t>RC-ML08W332JT</t>
   </si>
   <si>
     <t>3.3KΩ</t>
   </si>
   <si>
     <t>RC-MT08W332JT</t>
   </si>
   <si>
     <t>RC-ML08W3301FT</t>
   </si>
   <si>
     <t>RC-MT08W3301FT</t>
   </si>
   <si>
     <t>RC-ML08W302JT</t>
   </si>
   <si>
     <t>3KΩ</t>
   </si>
   <si>
+    <t>RC-MT04W302JT</t>
+  </si>
+  <si>
     <t>RC-MT08W302JT</t>
   </si>
   <si>
-    <t>RC-MT04W302JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RC-ML08W3001FT</t>
   </si>
   <si>
+    <t>RC-MT08W3001FT</t>
+  </si>
+  <si>
     <t>RC-MT08W2741FT</t>
   </si>
   <si>
     <t>2.74KΩ</t>
   </si>
   <si>
     <t>RC-ML08W272JT</t>
   </si>
   <si>
     <t>2.7KΩ</t>
   </si>
   <si>
     <t>RC-MT08W272JT</t>
   </si>
   <si>
     <t>RC-ML08W2701FT</t>
   </si>
   <si>
     <t>RC-MT08W2701FT</t>
   </si>
   <si>
     <t>RC-ML08W242JT</t>
   </si>
   <si>
     <t>2.4KΩ</t>
   </si>
   <si>
     <t>RC-MT08W242JT</t>
   </si>
   <si>
     <t>RC-ML08W2401FT</t>
   </si>
   <si>
     <t>RC-MT08W2211FT</t>
   </si>
   <si>
     <t>2.21KΩ</t>
   </si>
   <si>
     <t>RC-MC08W222JT</t>
   </si>
   <si>
     <t>2.2KΩ</t>
   </si>
   <si>
     <t>RC-ML08W222JT</t>
   </si>
   <si>
+    <t>RC-MT04W222JT</t>
+  </si>
+  <si>
     <t>RC-MT08V222JT</t>
   </si>
   <si>
     <t>RC-MT08W222JT</t>
   </si>
   <si>
-    <t>RC-MT04W222JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RC-ML08W2201FT</t>
   </si>
   <si>
     <t>RC-MT08W2201FT</t>
   </si>
   <si>
     <t>RC-ML08W202JT</t>
   </si>
   <si>
     <t>2KΩ</t>
   </si>
   <si>
     <t>RC-MT08W202JT</t>
   </si>
   <si>
     <t>RC-ML08W2001FT</t>
   </si>
   <si>
     <t>RC-MT08W2001FT</t>
   </si>
   <si>
     <t>RC-ML08W1821FT</t>
   </si>
   <si>
     <t>1.82KΩ</t>
   </si>
   <si>
     <t>RC-ML08W182JT</t>
   </si>
   <si>
     <t>1.8KΩ</t>
   </si>
   <si>
     <t>RC-ML08W1801FT</t>
   </si>
   <si>
+    <t>RC-MT08W162JT</t>
+  </si>
+  <si>
+    <t>1.6KΩ</t>
+  </si>
+  <si>
     <t>RC-ML08W152JT</t>
   </si>
   <si>
     <t>1.5KΩ</t>
   </si>
   <si>
     <t>RC-MT08W152JT</t>
   </si>
   <si>
     <t>RC-ML08W1501FT</t>
   </si>
   <si>
     <t>RC-MT08W1501FT</t>
   </si>
   <si>
+    <t>RC-MT08W132JT</t>
+  </si>
+  <si>
+    <t>1.3KΩ</t>
+  </si>
+  <si>
     <t>RC-ML08W122JT</t>
   </si>
   <si>
     <t>1.2KΩ</t>
   </si>
   <si>
     <t>RC-MT08W122JT</t>
   </si>
   <si>
     <t>RC-ML08W1201FT</t>
   </si>
   <si>
     <t>RC-MT08W1201FT</t>
   </si>
   <si>
+    <t>RC-MT08W112JT</t>
+  </si>
+  <si>
+    <t>1.1KΩ</t>
+  </si>
+  <si>
     <t>RC-ML08W102JT</t>
   </si>
   <si>
     <t>1KΩ</t>
   </si>
   <si>
+    <t>RC-MT08W102JT</t>
+  </si>
+  <si>
     <t>RC-MT04W102JT</t>
   </si>
   <si>
-    <t>RC-MT08W102JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RC-ML08W1001FT</t>
   </si>
   <si>
     <t>RC-MT08W1001FT</t>
   </si>
   <si>
     <t>RC-MY08W1001FT</t>
   </si>
   <si>
     <t>0201</t>
   </si>
   <si>
     <t>RC-MT08W102JB</t>
   </si>
   <si>
     <t>RC-ML08W911JT</t>
   </si>
   <si>
     <t>910Ω</t>
   </si>
   <si>
     <t>RC-MT08W911JT</t>
   </si>
   <si>
     <t>RC-ML08W9100FT</t>
   </si>
   <si>
     <t>RC-ML08W821JT</t>
   </si>
   <si>
     <t>820Ω</t>
   </si>
   <si>
     <t>RC-MT08W821JT</t>
   </si>
   <si>
     <t>RC-ML08W751JT</t>
   </si>
   <si>
     <t>750Ω</t>
   </si>
   <si>
+    <t>RC-MT08W751JT</t>
+  </si>
+  <si>
     <t>RC-MT08W751JB</t>
   </si>
   <si>
     <t>RC-ML08W6980FT</t>
   </si>
   <si>
     <t>698Ω</t>
   </si>
   <si>
     <t>RC-ML08W681JT</t>
   </si>
   <si>
     <t>680Ω</t>
   </si>
   <si>
     <t>RC-MT08W681JT</t>
   </si>
   <si>
     <t>RC-ML08W6800FT</t>
   </si>
   <si>
     <t>RC-ML08W621JT</t>
   </si>
   <si>
     <t>620Ω</t>
@@ -1107,50 +1233,53 @@
   <si>
     <t>430Ω</t>
   </si>
   <si>
     <t>RC-MT08W431JT</t>
   </si>
   <si>
     <t>RC-ML08W391JT</t>
   </si>
   <si>
     <t>390Ω</t>
   </si>
   <si>
     <t>RC-MT08W391JT</t>
   </si>
   <si>
     <t>RC-ML08W3900FT</t>
   </si>
   <si>
     <t>RC-ML08W361JT</t>
   </si>
   <si>
     <t>360Ω</t>
   </si>
   <si>
+    <t>RC-MT08W361JT</t>
+  </si>
+  <si>
     <t>RC-ML08W331JT</t>
   </si>
   <si>
     <t>330Ω</t>
   </si>
   <si>
     <t>RC-MT08W331JT</t>
   </si>
   <si>
     <t>RC-ML08W3300FT</t>
   </si>
   <si>
     <t>RC-MT08W3300FT</t>
   </si>
   <si>
     <t>RC-ML08W301JT</t>
   </si>
   <si>
     <t>300Ω</t>
   </si>
   <si>
     <t>RC-MT08W301JT</t>
   </si>
   <si>
     <t>RC-ML08W271JT</t>
@@ -1194,128 +1323,134 @@
   <si>
     <t>200Ω</t>
   </si>
   <si>
     <t>RC-MT08W201JT</t>
   </si>
   <si>
     <t>RC-ML08W2000FT</t>
   </si>
   <si>
     <t>RC-MT08W2000FT</t>
   </si>
   <si>
     <t>RC-ML08W1820FT</t>
   </si>
   <si>
     <t>182Ω</t>
   </si>
   <si>
     <t>RC-ML08W181JT</t>
   </si>
   <si>
     <t>180Ω</t>
   </si>
   <si>
+    <t>RC-MT04W181JT</t>
+  </si>
+  <si>
     <t>RC-MT08W181JT</t>
   </si>
   <si>
-    <t>RC-MT04W181JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RC-ML08W1690FT</t>
   </si>
   <si>
     <t>169Ω</t>
   </si>
   <si>
     <t>RC-ML08W161JT</t>
   </si>
   <si>
     <t>160Ω</t>
   </si>
   <si>
+    <t>RC-MT08W161JT</t>
+  </si>
+  <si>
     <t>RC-ML08W151JT</t>
   </si>
   <si>
     <t>150Ω</t>
   </si>
   <si>
     <t>RC-MT08W151JT</t>
   </si>
   <si>
     <t>RC-ML08W1500FT</t>
   </si>
   <si>
     <t>RC-MT08W1500FT</t>
   </si>
   <si>
     <t>RC-ML08W131JT</t>
   </si>
   <si>
     <t>130Ω</t>
   </si>
   <si>
+    <t>RC-MT04W131JT</t>
+  </si>
+  <si>
     <t>RC-MT08W131JT</t>
   </si>
   <si>
-    <t>RC-MT04W131JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RC-ML08W121JT</t>
   </si>
   <si>
     <t>120Ω</t>
   </si>
   <si>
     <t>RC-MT08W121JT</t>
   </si>
   <si>
     <t>RC-ML08W1200FT</t>
   </si>
   <si>
     <t>RC-MT08W1200FT</t>
   </si>
   <si>
     <t>RC-ML08W111JT</t>
   </si>
   <si>
     <t>110Ω</t>
   </si>
   <si>
+    <t>RC-MT08W111JT</t>
+  </si>
+  <si>
     <t>RC-ML08W101JT</t>
   </si>
   <si>
     <t>100Ω</t>
   </si>
   <si>
+    <t>RC-MT04W101JT</t>
+  </si>
+  <si>
     <t>RC-MT08W101JT</t>
   </si>
   <si>
-    <t>RC-MT04W101JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RC-MY08W101JT</t>
   </si>
   <si>
     <t>RC-ML08W1000FT</t>
   </si>
   <si>
     <t>RC-MT08W1000FT</t>
   </si>
   <si>
     <t>RC-ML08W910JT</t>
   </si>
   <si>
     <t>91Ω</t>
   </si>
   <si>
     <t>RC-MT08W910JT</t>
   </si>
   <si>
     <t>RC-ML08W820JT</t>
   </si>
   <si>
     <t>82Ω</t>
   </si>
   <si>
     <t>RC-MT08W820JT</t>
@@ -1440,56 +1575,56 @@
   <si>
     <t>51.0Ω</t>
   </si>
   <si>
     <t>RC-MT08W51R0FT</t>
   </si>
   <si>
     <t>RC-ML08W49R9JT</t>
   </si>
   <si>
     <t>49.9Ω</t>
   </si>
   <si>
     <t>RC-ML08W49R9FT</t>
   </si>
   <si>
     <t>RC-MT08W49R9FT</t>
   </si>
   <si>
     <t>RC-ML08W470JT</t>
   </si>
   <si>
     <t>47Ω</t>
   </si>
   <si>
+    <t>RC-MT04W470JT</t>
+  </si>
+  <si>
     <t>RC-MT08W470JT</t>
   </si>
   <si>
-    <t>RC-MT04W470JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RC-ML08W47R0FT</t>
   </si>
   <si>
     <t>47.0Ω</t>
   </si>
   <si>
     <t>RC-MT08W47R0FT</t>
   </si>
   <si>
     <t>RC-ML08W44R2FT</t>
   </si>
   <si>
     <t>44.2Ω</t>
   </si>
   <si>
     <t>RC-MT08W43R2FT</t>
   </si>
   <si>
     <t>43.2Ω</t>
   </si>
   <si>
     <t>RC-ML08W430JT</t>
   </si>
   <si>
     <t>43Ω</t>
@@ -1512,453 +1647,534 @@
   <si>
     <t>RC-ML08W40R2FT</t>
   </si>
   <si>
     <t>40.2Ω</t>
   </si>
   <si>
     <t>RC-MT08W40R2FT</t>
   </si>
   <si>
     <t>RC-ML08W39R2FT</t>
   </si>
   <si>
     <t>39.2Ω</t>
   </si>
   <si>
     <t>RC-MT08W39R2FT</t>
   </si>
   <si>
     <t>RC-ML08W390JT</t>
   </si>
   <si>
     <t>39Ω</t>
   </si>
   <si>
+    <t>RC-MT08W390JT</t>
+  </si>
+  <si>
     <t>RC-MT04W390JT</t>
   </si>
   <si>
-    <t>RC-MT08W390JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RC-ML08W39R0FT</t>
   </si>
   <si>
     <t>39.0Ω</t>
   </si>
   <si>
     <t>RC-MT08W39R0FT</t>
   </si>
   <si>
     <t>RC-ML08W360JT</t>
   </si>
   <si>
     <t>36Ω</t>
   </si>
   <si>
     <t>RC-MT08W360JT</t>
   </si>
   <si>
     <t>RC-MT08W36R0FT</t>
   </si>
   <si>
     <t>36.0Ω</t>
   </si>
   <si>
     <t>RC-ML08W35R7FT</t>
   </si>
   <si>
     <t>35.7Ω</t>
   </si>
   <si>
     <t>RC-MT08W35R7FT</t>
   </si>
   <si>
     <t>RC-ML08W33R2FT</t>
   </si>
   <si>
     <t>33.2Ω</t>
   </si>
   <si>
     <t>RC-ML08W330JT</t>
   </si>
   <si>
     <t>33Ω</t>
   </si>
   <si>
+    <t>RC-MT08W330JT</t>
+  </si>
+  <si>
     <t>RC-MT04W330JT</t>
   </si>
   <si>
-    <t>RC-MT08W330JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RC-MY08W330JT</t>
   </si>
   <si>
     <t>RC-ML08W33R0FT</t>
   </si>
   <si>
     <t>33.0Ω</t>
   </si>
   <si>
     <t>RC-MT08W33R0FT</t>
   </si>
   <si>
     <t>RC-ML08W300JT</t>
   </si>
   <si>
     <t>30Ω</t>
   </si>
   <si>
     <t>RC-MT08W300JT</t>
   </si>
   <si>
     <t>RC-MT04W300JT</t>
   </si>
   <si>
     <t>RC-ML08W270JT</t>
   </si>
   <si>
     <t>27Ω</t>
   </si>
   <si>
+    <t>RC-MT04W270JT</t>
+  </si>
+  <si>
     <t>RC-MT08W270JT</t>
   </si>
   <si>
-    <t>RC-MT04W270JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RC-ML08W27R0FT</t>
   </si>
   <si>
     <t>27.0Ω</t>
   </si>
   <si>
     <t>RC-MT08W27R0FT</t>
   </si>
   <si>
     <t>RC-ML08W24R9FT</t>
   </si>
   <si>
     <t>24.9Ω</t>
   </si>
   <si>
     <t>RC-MT08W24R9FT</t>
   </si>
   <si>
     <t>RC-ML08W240JT</t>
   </si>
   <si>
     <t>24Ω</t>
   </si>
   <si>
     <t>RC-MT08W240JT</t>
   </si>
   <si>
     <t>RC-ML08W22R1FT</t>
   </si>
   <si>
     <t>22.1Ω</t>
   </si>
   <si>
     <t>RC-ML08W220JT</t>
   </si>
   <si>
     <t>22Ω</t>
   </si>
   <si>
+    <t>RC-MT08W220JT</t>
+  </si>
+  <si>
     <t>RC-MT04W220JT</t>
   </si>
   <si>
-    <t>RC-MT08W220JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RC-ML08W22R0FT</t>
   </si>
   <si>
     <t>22.0Ω</t>
   </si>
   <si>
     <t>RC-MT08W22R0FT</t>
   </si>
   <si>
     <t>RC-ML08W200JT</t>
   </si>
   <si>
     <t>20Ω</t>
   </si>
   <si>
     <t>RC-MT08W200JT</t>
   </si>
   <si>
     <t>RC-ML08W20R0FT</t>
   </si>
   <si>
     <t>20.0Ω</t>
   </si>
   <si>
     <t>RC-ML08W180JT</t>
   </si>
   <si>
     <t>18Ω</t>
   </si>
   <si>
     <t>RC-MT08W180JT</t>
   </si>
   <si>
     <t>RC-MT08W18R0FT</t>
   </si>
   <si>
     <t>18.0Ω</t>
   </si>
   <si>
+    <t>RC-ML08W160JT</t>
+  </si>
+  <si>
+    <t>16Ω</t>
+  </si>
+  <si>
+    <t>RC-MT08W160JT</t>
+  </si>
+  <si>
     <t>RC-ML08W150JT</t>
   </si>
   <si>
     <t>15Ω</t>
   </si>
   <si>
     <t>RC-MT04W150JT</t>
   </si>
   <si>
     <t>RC-MT08W150JT</t>
   </si>
   <si>
     <t>RC-MT08W15R0FT</t>
   </si>
   <si>
     <t>15.0Ω</t>
   </si>
   <si>
+    <t>RC-MT08W130JT</t>
+  </si>
+  <si>
+    <t>13Ω</t>
+  </si>
+  <si>
     <t>RC-MT08W13R0FT</t>
   </si>
   <si>
     <t>13.0Ω</t>
   </si>
   <si>
     <t>RC-ML08W120JT</t>
   </si>
   <si>
     <t>12Ω</t>
   </si>
   <si>
     <t>RC-MT08W120JT</t>
   </si>
   <si>
     <t>RC-ML08W110JT</t>
   </si>
   <si>
     <t>11Ω</t>
   </si>
   <si>
+    <t>RC-MT08W110JT</t>
+  </si>
+  <si>
     <t>RC-MT08W11R0FT</t>
   </si>
   <si>
     <t>11.0Ω</t>
   </si>
   <si>
     <t>RC-ML08W100JT</t>
   </si>
   <si>
     <t>10Ω</t>
   </si>
   <si>
     <t>RC-MT08W100JT</t>
   </si>
   <si>
     <t>RC-MT04W100JT</t>
   </si>
   <si>
     <t>RC-ML08W10R0FT</t>
   </si>
   <si>
     <t>10.0Ω</t>
   </si>
   <si>
     <t>RC-MT08W10R0FT</t>
   </si>
   <si>
+    <t>RC-ML08W9R1JT</t>
+  </si>
+  <si>
+    <t>9.1Ω</t>
+  </si>
+  <si>
+    <t>RC-MT08W9R1JT</t>
+  </si>
+  <si>
     <t>RC-MT08W8R2JT</t>
   </si>
   <si>
     <t>8.2Ω</t>
   </si>
   <si>
     <t>RC-ML08W7R5JT</t>
   </si>
   <si>
     <t>7.5Ω</t>
   </si>
   <si>
     <t>RC-MT08W7R5JT</t>
   </si>
   <si>
     <t>RC-ML08W6R8JT</t>
   </si>
   <si>
     <t>6.8Ω</t>
   </si>
   <si>
     <t>RC-MT08W6R8JT</t>
   </si>
   <si>
+    <t>RC-ML08W6R2JT</t>
+  </si>
+  <si>
+    <t>6.2Ω</t>
+  </si>
+  <si>
+    <t>RC-MT08W6R2JT</t>
+  </si>
+  <si>
     <t>RC-ML08W5R6JT</t>
   </si>
   <si>
     <t>5.6Ω</t>
   </si>
   <si>
+    <t>RC-MT08W5R6JT</t>
+  </si>
+  <si>
     <t>RC-ML08W5R1JT</t>
   </si>
   <si>
     <t>5.1Ω</t>
   </si>
   <si>
+    <t>RC-MT04W5R1JT</t>
+  </si>
+  <si>
     <t>RC-MT08W5R1JT</t>
   </si>
   <si>
-    <t>RC-MT04W5R1JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RC-ML08W5R10FT</t>
   </si>
   <si>
     <t>5.10Ω</t>
   </si>
   <si>
     <t>RC-MT08W5R10FT</t>
   </si>
   <si>
     <t>RC-ML08W4R7JT</t>
   </si>
   <si>
     <t>4.7Ω</t>
   </si>
   <si>
     <t>RC-MT08W4R7JT</t>
   </si>
   <si>
     <t>RC-ML08W4R70FT</t>
   </si>
   <si>
     <t>4.70Ω</t>
   </si>
   <si>
+    <t>RC-MT08W4R70FT</t>
+  </si>
+  <si>
     <t>RC-ML08W4R3JT</t>
   </si>
   <si>
     <t>4.3Ω</t>
   </si>
   <si>
     <t>RC-MT08W4R3JT</t>
   </si>
   <si>
     <t>RC-ML08W4R02FT</t>
   </si>
   <si>
     <t>4.02Ω</t>
   </si>
   <si>
     <t>RC-ML08W3R9JT</t>
   </si>
   <si>
     <t>3.9Ω</t>
   </si>
   <si>
+    <t>RC-MT08W3R9JT</t>
+  </si>
+  <si>
+    <t>RC-ML08W3R6JT</t>
+  </si>
+  <si>
+    <t>3.6Ω</t>
+  </si>
+  <si>
     <t>RC-ML08W3R3JT</t>
   </si>
   <si>
     <t>3.3Ω</t>
   </si>
   <si>
     <t>RC-MT08W3R3JT</t>
   </si>
   <si>
     <t>RC-MT08W3R30FT</t>
   </si>
   <si>
     <t>3.30Ω</t>
   </si>
   <si>
     <t>RC-ML08W3R0JT</t>
   </si>
   <si>
     <t>3.0Ω</t>
   </si>
   <si>
+    <t>RC-MT04W3R0JT</t>
+  </si>
+  <si>
     <t>RC-MT08W3R0JT</t>
   </si>
   <si>
-    <t>RC-MT04W3R0JT</t>
+    <t>RC-MT08W2R7JT</t>
+  </si>
+  <si>
+    <t>2.7Ω</t>
   </si>
   <si>
     <t>RC-ML08W2R2JT</t>
   </si>
   <si>
     <t>2.2Ω</t>
   </si>
   <si>
     <t>RC-MT08W2R2JT</t>
   </si>
   <si>
     <t>RC-MT08W2R20FT</t>
   </si>
   <si>
     <t>2.20Ω</t>
   </si>
   <si>
     <t>RC-ML08W2R0JT</t>
   </si>
   <si>
     <t>2.0Ω</t>
   </si>
   <si>
     <t>RC-MT08W2R0JT</t>
   </si>
   <si>
     <t>RC-MT08W2R00FT</t>
   </si>
   <si>
     <t>2.00Ω</t>
   </si>
   <si>
     <t>RC-ML08W1R8JT</t>
   </si>
   <si>
     <t>1.8Ω</t>
   </si>
   <si>
+    <t>RC-MT08W1R8JT</t>
+  </si>
+  <si>
+    <t>RC-ML08W1R6JT</t>
+  </si>
+  <si>
+    <t>1.6Ω</t>
+  </si>
+  <si>
+    <t>RC-MT08W1R6JT</t>
+  </si>
+  <si>
     <t>RC-MT08W1R5JT</t>
   </si>
   <si>
     <t>1.5Ω</t>
   </si>
   <si>
     <t>RC-MT08W1R50FT</t>
   </si>
   <si>
     <t>1.50Ω</t>
+  </si>
+  <si>
+    <t>RC-ML08W1R3JT</t>
+  </si>
+  <si>
+    <t>1.3Ω</t>
+  </si>
+  <si>
+    <t>RC-ML08W1R1JT</t>
+  </si>
+  <si>
+    <t>1.1Ω</t>
   </si>
   <si>
     <t>RC-ML08W1R0JT</t>
   </si>
   <si>
     <t>1.0Ω</t>
   </si>
   <si>
     <t>RC-MT08W1R0JT</t>
   </si>
   <si>
     <t>RC-MT08W1R00FT</t>
   </si>
   <si>
     <t>1.00Ω</t>
   </si>
   <si>
     <t>RC-ML08V000JT</t>
   </si>
   <si>
     <t>0Ω</t>
   </si>
   <si>
     <t>RC-ML08W000JT</t>
   </si>
@@ -2277,51 +2493,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J429"/>
+  <dimension ref="A1:J478"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2460,8462 +2676,9442 @@
     <row r="8" spans="1:10">
       <c r="A8" t="s">
         <v>25</v>
       </c>
       <c r="B8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="J8">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" t="s">
         <v>27</v>
       </c>
       <c r="B9" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="J9">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B10" t="s">
         <v>28</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="J10">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" t="s">
         <v>30</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="J11">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B12" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="J12">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" t="s">
         <v>33</v>
       </c>
       <c r="B13" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="J13">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
         <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="J14">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="J15">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B16" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="J16">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F17" t="s">
         <v>19</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="J17">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" t="s">
         <v>40</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="J18">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19" t="s">
         <v>19</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="J19">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B20" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="E20" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="J20">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B21" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="E21" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F21" t="s">
         <v>19</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="J21">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="E22" t="s">
         <v>12</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="J22">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E23" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="J23">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>49</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E24" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F24" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="J24">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B25" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="E25" t="s">
         <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="J25">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>53</v>
       </c>
       <c r="E26" t="s">
         <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="J26">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B27" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="E27" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="J27">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" t="s">
         <v>56</v>
       </c>
       <c r="B28" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="E28" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F28" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="J28">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" t="s">
+        <v>57</v>
+      </c>
+      <c r="B29" t="s">
         <v>58</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E29" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="J29">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" t="s">
         <v>59</v>
       </c>
       <c r="B30" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E30" t="s">
         <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="J30">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" t="s">
+        <v>60</v>
+      </c>
+      <c r="B31" t="s">
         <v>61</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E31" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F31" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="J31">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" t="s">
         <v>62</v>
       </c>
       <c r="B32" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="E32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
         <v>19</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="J32">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B33" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E33" t="s">
         <v>12</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>65</v>
+        <v>14</v>
       </c>
       <c r="J33">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" t="s">
         <v>66</v>
       </c>
       <c r="B34" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E34" t="s">
         <v>12</v>
       </c>
       <c r="F34" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="J34">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" t="s">
         <v>67</v>
       </c>
       <c r="B35" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="E35" t="s">
         <v>12</v>
       </c>
       <c r="F35" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="J35">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B36" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="E36" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
       <c r="J36">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B37" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="E37" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F37" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="J37">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B38" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E38" t="s">
         <v>12</v>
       </c>
       <c r="F38" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="J38">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" t="s">
+        <v>74</v>
+      </c>
+      <c r="B39" t="s">
         <v>72</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E39" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="J39">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B40" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="E40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="J40">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B41" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="E41" t="s">
         <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G41" t="s">
         <v>14</v>
       </c>
       <c r="J41">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B42" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="E42" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
       <c r="J42">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B43" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="E43" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F43" t="s">
         <v>19</v>
       </c>
       <c r="G43" t="s">
         <v>14</v>
       </c>
       <c r="J43">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B44" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="E44" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="J44">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B45" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E45" t="s">
         <v>12</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>14</v>
+        <v>84</v>
       </c>
       <c r="J45">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" t="s">
+        <v>85</v>
+      </c>
+      <c r="B46" t="s">
         <v>82</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G46" t="s">
         <v>14</v>
       </c>
       <c r="J46">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B47" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E47" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F47" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="J47">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B48" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E48" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F48" t="s">
         <v>19</v>
       </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
       <c r="J48">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B49" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E49" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="J49">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B50" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E50" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F50" t="s">
         <v>19</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="J50">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B51" t="s">
         <v>89</v>
       </c>
       <c r="E51" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="J51">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B52" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="E52" t="s">
         <v>12</v>
       </c>
       <c r="F52" t="s">
         <v>19</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="J52">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B53" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="E53" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="J53">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B54" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E54" t="s">
         <v>12</v>
       </c>
       <c r="F54" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="J54">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" t="s">
+        <v>97</v>
+      </c>
+      <c r="B55" t="s">
         <v>95</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E55" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F55" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="J55">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B56" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E56" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F56" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="J56">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B57" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E57" t="s">
         <v>12</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
         <v>14</v>
       </c>
       <c r="J57">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B58" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
         <v>19</v>
       </c>
       <c r="G58" t="s">
         <v>14</v>
       </c>
       <c r="J58">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B59" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="E59" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
         <v>14</v>
       </c>
       <c r="J59">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B60" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E60" t="s">
         <v>12</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
         <v>14</v>
       </c>
       <c r="J60">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B61" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="E61" t="s">
         <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G61" t="s">
         <v>14</v>
       </c>
       <c r="J61">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B62" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="E62" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
         <v>14</v>
       </c>
       <c r="J62">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B63" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E63" t="s">
         <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G63" t="s">
         <v>14</v>
       </c>
       <c r="J63">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" t="s">
+        <v>111</v>
+      </c>
+      <c r="B64" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="E64" t="s">
         <v>12</v>
       </c>
       <c r="F64" t="s">
         <v>19</v>
       </c>
       <c r="G64" t="s">
         <v>14</v>
       </c>
       <c r="J64">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B65" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E65" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
         <v>14</v>
       </c>
       <c r="J65">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B66" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="E66" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F66" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G66" t="s">
         <v>14</v>
       </c>
       <c r="J66">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B67" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="E67" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F67" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G67" t="s">
         <v>14</v>
       </c>
       <c r="J67">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B68" t="s">
         <v>115</v>
       </c>
       <c r="E68" t="s">
         <v>12</v>
       </c>
       <c r="F68" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G68" t="s">
         <v>14</v>
       </c>
       <c r="J68">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B69" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="E69" t="s">
         <v>12</v>
       </c>
       <c r="F69" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G69" t="s">
         <v>14</v>
       </c>
       <c r="J69">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B70" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="E70" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G70" t="s">
         <v>14</v>
       </c>
       <c r="J70">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B71" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="E71" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F71" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G71" t="s">
         <v>14</v>
       </c>
       <c r="J71">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="B72" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="E72" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
         <v>14</v>
       </c>
       <c r="J72">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B73" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E73" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F73" t="s">
         <v>19</v>
       </c>
       <c r="G73" t="s">
         <v>14</v>
       </c>
       <c r="J73">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" t="s">
+        <v>125</v>
+      </c>
+      <c r="B74" t="s">
         <v>123</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E74" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
         <v>14</v>
       </c>
       <c r="J74">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B75" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E75" t="s">
         <v>12</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
         <v>14</v>
       </c>
       <c r="J75">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" t="s">
+        <v>128</v>
+      </c>
+      <c r="B76" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="E76" t="s">
         <v>12</v>
       </c>
       <c r="F76" t="s">
         <v>19</v>
       </c>
       <c r="G76" t="s">
         <v>14</v>
       </c>
       <c r="J76">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B77" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E77" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F77" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G77" t="s">
         <v>14</v>
       </c>
       <c r="J77">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B78" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E78" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
         <v>14</v>
       </c>
       <c r="J78">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" t="s">
+        <v>132</v>
+      </c>
+      <c r="B79" t="s">
         <v>131</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E79" t="s">
         <v>12</v>
       </c>
       <c r="F79" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G79" t="s">
         <v>14</v>
       </c>
       <c r="J79">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" t="s">
         <v>133</v>
       </c>
       <c r="B80" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G80" t="s">
         <v>14</v>
       </c>
       <c r="J80">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B81" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E81" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
         <v>14</v>
       </c>
       <c r="J81">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B82" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="E82" t="s">
         <v>12</v>
       </c>
       <c r="F82" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G82" t="s">
         <v>14</v>
       </c>
       <c r="J82">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B83" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="E83" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F83" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G83" t="s">
         <v>14</v>
       </c>
       <c r="J83">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" t="s">
+        <v>140</v>
+      </c>
+      <c r="B84" t="s">
         <v>138</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E84" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
         <v>14</v>
       </c>
       <c r="J84">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B85" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E85" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
         <v>14</v>
       </c>
       <c r="J85">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" t="s">
+        <v>143</v>
+      </c>
+      <c r="B86" t="s">
         <v>142</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E86" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F86" t="s">
         <v>19</v>
       </c>
       <c r="G86" t="s">
         <v>14</v>
       </c>
       <c r="J86">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B87" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="E87" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
         <v>14</v>
       </c>
       <c r="J87">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B88" t="s">
         <v>145</v>
       </c>
       <c r="E88" t="s">
         <v>12</v>
       </c>
       <c r="F88" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G88" t="s">
         <v>14</v>
       </c>
       <c r="J88">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B89" t="s">
         <v>145</v>
       </c>
       <c r="E89" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F89" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G89" t="s">
         <v>14</v>
       </c>
       <c r="J89">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B90" t="s">
         <v>145</v>
       </c>
       <c r="E90" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F90" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G90" t="s">
         <v>14</v>
       </c>
       <c r="J90">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B91" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E91" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" t="s">
         <v>14</v>
       </c>
       <c r="J91">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B92" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E92" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F92" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G92" t="s">
         <v>14</v>
       </c>
       <c r="J92">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B93" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="E93" t="s">
         <v>12</v>
       </c>
       <c r="F93" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G93" t="s">
         <v>14</v>
       </c>
       <c r="J93">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B94" t="s">
         <v>154</v>
       </c>
       <c r="E94" t="s">
         <v>12</v>
       </c>
       <c r="F94" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G94" t="s">
         <v>14</v>
       </c>
       <c r="J94">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B95" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="E95" t="s">
         <v>12</v>
       </c>
       <c r="F95" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G95" t="s">
         <v>14</v>
       </c>
       <c r="J95">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B96" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="E96" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F96" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G96" t="s">
         <v>14</v>
       </c>
       <c r="J96">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" t="s">
+        <v>159</v>
+      </c>
+      <c r="B97" t="s">
         <v>157</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E97" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F97" t="s">
         <v>19</v>
       </c>
       <c r="G97" t="s">
         <v>14</v>
       </c>
       <c r="J97">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B98" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="E98" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" t="s">
         <v>14</v>
       </c>
       <c r="J98">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B99" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E99" t="s">
         <v>12</v>
       </c>
       <c r="F99" t="s">
         <v>13</v>
       </c>
       <c r="G99" t="s">
         <v>14</v>
       </c>
       <c r="J99">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B100" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E100" t="s">
         <v>12</v>
       </c>
       <c r="F100" t="s">
         <v>19</v>
       </c>
       <c r="G100" t="s">
         <v>14</v>
       </c>
       <c r="J100">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B101" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="E101" t="s">
         <v>12</v>
       </c>
       <c r="F101" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G101" t="s">
         <v>14</v>
       </c>
       <c r="J101">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="B102" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="E102" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F102" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G102" t="s">
         <v>14</v>
       </c>
       <c r="J102">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B103" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="E103" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F103" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G103" t="s">
         <v>14</v>
       </c>
       <c r="J103">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="B104" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="E104" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F104" t="s">
         <v>13</v>
       </c>
       <c r="G104" t="s">
         <v>14</v>
       </c>
       <c r="J104">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B105" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="E105" t="s">
         <v>12</v>
       </c>
       <c r="F105" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G105" t="s">
         <v>14</v>
       </c>
       <c r="J105">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="B106" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="E106" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F106" t="s">
         <v>19</v>
       </c>
       <c r="G106" t="s">
         <v>14</v>
       </c>
       <c r="J106">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B107" t="s">
         <v>172</v>
       </c>
       <c r="E107" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F107" t="s">
         <v>13</v>
       </c>
       <c r="G107" t="s">
         <v>14</v>
       </c>
       <c r="J107">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B108" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="E108" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F108" t="s">
         <v>13</v>
       </c>
       <c r="G108" t="s">
         <v>14</v>
       </c>
       <c r="J108">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B109" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E109" t="s">
         <v>12</v>
       </c>
       <c r="F109" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G109" t="s">
         <v>14</v>
       </c>
       <c r="J109">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" t="s">
+        <v>178</v>
+      </c>
+      <c r="B110" t="s">
         <v>176</v>
       </c>
-      <c r="B110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E110" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F110" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G110" t="s">
         <v>14</v>
       </c>
       <c r="J110">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B111" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="E111" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111" t="s">
         <v>14</v>
       </c>
       <c r="J111">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B112" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="E112" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F112" t="s">
         <v>13</v>
       </c>
       <c r="G112" t="s">
         <v>14</v>
       </c>
       <c r="J112">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B113" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E113" t="s">
         <v>12</v>
       </c>
       <c r="F113" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G113" t="s">
         <v>14</v>
       </c>
       <c r="J113">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B114" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="E114" t="s">
         <v>12</v>
       </c>
       <c r="F114" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G114" t="s">
         <v>14</v>
       </c>
       <c r="J114">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="B115" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E115" t="s">
         <v>12</v>
       </c>
       <c r="F115" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G115" t="s">
         <v>14</v>
       </c>
       <c r="J115">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" t="s">
+        <v>187</v>
+      </c>
+      <c r="B116" t="s">
         <v>185</v>
       </c>
-      <c r="B116" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E116" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F116" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G116" t="s">
         <v>14</v>
       </c>
       <c r="J116">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B117" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E117" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F117" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G117" t="s">
         <v>14</v>
       </c>
       <c r="J117">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B118" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="E118" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F118" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G118" t="s">
         <v>14</v>
       </c>
       <c r="J118">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="B119" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="E119" t="s">
         <v>12</v>
       </c>
       <c r="F119" t="s">
         <v>13</v>
       </c>
       <c r="G119" t="s">
         <v>14</v>
       </c>
       <c r="J119">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="B120" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="E120" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F120" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G120" t="s">
         <v>14</v>
       </c>
       <c r="J120">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B121" t="s">
         <v>192</v>
       </c>
       <c r="E121" t="s">
         <v>12</v>
       </c>
       <c r="F121" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G121" t="s">
         <v>14</v>
       </c>
       <c r="J121">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B122" t="s">
         <v>192</v>
       </c>
       <c r="E122" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F122" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G122" t="s">
         <v>14</v>
       </c>
       <c r="J122">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B123" t="s">
         <v>192</v>
       </c>
       <c r="E123" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F123" t="s">
         <v>19</v>
       </c>
       <c r="G123" t="s">
         <v>14</v>
       </c>
       <c r="J123">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B124" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="E124" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F124" t="s">
         <v>13</v>
       </c>
       <c r="G124" t="s">
         <v>14</v>
       </c>
       <c r="J124">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B125" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="E125" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F125" t="s">
         <v>19</v>
       </c>
       <c r="G125" t="s">
         <v>14</v>
       </c>
       <c r="J125">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B126" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="E126" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F126" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G126" t="s">
         <v>14</v>
       </c>
       <c r="J126">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B127" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="E127" t="s">
         <v>12</v>
       </c>
       <c r="F127" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G127" t="s">
         <v>14</v>
       </c>
       <c r="J127">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B128" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="E128" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F128" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G128" t="s">
         <v>14</v>
       </c>
       <c r="J128">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B129" t="s">
         <v>203</v>
       </c>
       <c r="E129" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F129" t="s">
         <v>13</v>
       </c>
       <c r="G129" t="s">
         <v>14</v>
       </c>
       <c r="J129">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B130" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="E130" t="s">
         <v>12</v>
       </c>
       <c r="F130" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G130" t="s">
         <v>14</v>
       </c>
       <c r="J130">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="B131" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E131" t="s">
         <v>12</v>
       </c>
       <c r="F131" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G131" t="s">
         <v>14</v>
       </c>
       <c r="J131">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" t="s">
+        <v>209</v>
+      </c>
+      <c r="B132" t="s">
         <v>207</v>
       </c>
-      <c r="B132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E132" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F132" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G132" t="s">
         <v>14</v>
       </c>
       <c r="J132">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B133" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="E133" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F133" t="s">
-        <v>210</v>
+        <v>13</v>
       </c>
       <c r="G133" t="s">
-        <v>65</v>
+        <v>14</v>
       </c>
       <c r="J133">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B134" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="E134" t="s">
         <v>12</v>
       </c>
       <c r="F134" t="s">
         <v>13</v>
       </c>
       <c r="G134" t="s">
         <v>14</v>
       </c>
       <c r="J134">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B135" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="E135" t="s">
         <v>12</v>
       </c>
       <c r="F135" t="s">
         <v>19</v>
       </c>
       <c r="G135" t="s">
         <v>14</v>
       </c>
       <c r="J135">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B136" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="E136" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F136" t="s">
         <v>13</v>
       </c>
       <c r="G136" t="s">
         <v>14</v>
       </c>
       <c r="J136">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B137" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E137" t="s">
         <v>12</v>
       </c>
       <c r="F137" t="s">
         <v>19</v>
       </c>
       <c r="G137" t="s">
         <v>14</v>
       </c>
       <c r="J137">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" t="s">
+        <v>218</v>
+      </c>
+      <c r="B138" t="s">
         <v>216</v>
       </c>
-      <c r="B138" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E138" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F138" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G138" t="s">
         <v>14</v>
       </c>
       <c r="J138">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B139" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="E139" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F139" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G139" t="s">
         <v>14</v>
       </c>
       <c r="J139">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B140" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="E140" t="s">
         <v>12</v>
       </c>
       <c r="F140" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G140" t="s">
         <v>14</v>
       </c>
       <c r="J140">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B141" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="E141" t="s">
         <v>12</v>
       </c>
       <c r="F141" t="s">
         <v>19</v>
       </c>
       <c r="G141" t="s">
         <v>14</v>
       </c>
       <c r="J141">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" t="s">
+        <v>223</v>
+      </c>
+      <c r="B142" t="s">
         <v>221</v>
       </c>
-      <c r="B142" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E142" t="s">
-        <v>222</v>
+        <v>31</v>
       </c>
       <c r="F142" t="s">
         <v>13</v>
       </c>
       <c r="G142" t="s">
         <v>14</v>
       </c>
       <c r="J142">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B143" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E143" t="s">
         <v>12</v>
       </c>
       <c r="F143" t="s">
         <v>13</v>
       </c>
       <c r="G143" t="s">
         <v>14</v>
       </c>
       <c r="J143">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144" t="s">
+        <v>226</v>
+      </c>
+      <c r="B144" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="E144" t="s">
         <v>12</v>
       </c>
       <c r="F144" t="s">
         <v>19</v>
       </c>
       <c r="G144" t="s">
         <v>14</v>
       </c>
       <c r="J144">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B145" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E145" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F145" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G145" t="s">
         <v>14</v>
       </c>
       <c r="J145">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B146" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E146" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F146" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G146" t="s">
         <v>14</v>
       </c>
       <c r="J146">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B147" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="E147" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F147" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G147" t="s">
         <v>14</v>
       </c>
       <c r="J147">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" t="s">
         <v>230</v>
       </c>
       <c r="B148" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="E148" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F148" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G148" t="s">
         <v>14</v>
       </c>
       <c r="J148">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" t="s">
+        <v>232</v>
+      </c>
+      <c r="B149" t="s">
         <v>231</v>
       </c>
-      <c r="B149" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E149" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F149" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G149" t="s">
         <v>14</v>
       </c>
       <c r="J149">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" t="s">
         <v>233</v>
       </c>
       <c r="B150" t="s">
         <v>234</v>
       </c>
       <c r="E150" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F150" t="s">
         <v>13</v>
       </c>
       <c r="G150" t="s">
         <v>14</v>
       </c>
       <c r="J150">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" t="s">
         <v>235</v>
       </c>
       <c r="B151" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="E151" t="s">
         <v>12</v>
       </c>
       <c r="F151" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G151" t="s">
         <v>14</v>
       </c>
       <c r="J151">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152" t="s">
+        <v>237</v>
+      </c>
+      <c r="B152" t="s">
         <v>236</v>
       </c>
-      <c r="B152" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E152" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F152" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G152" t="s">
         <v>14</v>
       </c>
       <c r="J152">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B153" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="E153" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F153" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G153" t="s">
         <v>14</v>
       </c>
       <c r="J153">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B154" t="s">
         <v>239</v>
       </c>
       <c r="E154" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F154" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G154" t="s">
         <v>14</v>
       </c>
       <c r="J154">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B155" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E155" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F155" t="s">
-        <v>19</v>
+        <v>243</v>
       </c>
       <c r="G155" t="s">
-        <v>14</v>
+        <v>84</v>
       </c>
       <c r="J155">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" t="s">
+        <v>244</v>
+      </c>
+      <c r="B156" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="E156" t="s">
         <v>12</v>
       </c>
       <c r="F156" t="s">
         <v>13</v>
       </c>
       <c r="G156" t="s">
         <v>14</v>
       </c>
       <c r="J156">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B157" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E157" t="s">
         <v>12</v>
       </c>
       <c r="F157" t="s">
         <v>19</v>
       </c>
       <c r="G157" t="s">
         <v>14</v>
       </c>
       <c r="J157">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B158" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="E158" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F158" t="s">
         <v>13</v>
       </c>
       <c r="G158" t="s">
         <v>14</v>
       </c>
       <c r="J158">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" t="s">
         <v>247</v>
       </c>
       <c r="B159" t="s">
         <v>248</v>
       </c>
       <c r="E159" t="s">
         <v>12</v>
       </c>
       <c r="F159" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G159" t="s">
         <v>14</v>
       </c>
       <c r="J159">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" t="s">
         <v>249</v>
       </c>
       <c r="B160" t="s">
         <v>248</v>
       </c>
       <c r="E160" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F160" t="s">
         <v>19</v>
       </c>
       <c r="G160" t="s">
         <v>14</v>
       </c>
       <c r="J160">
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" t="s">
         <v>250</v>
       </c>
       <c r="B161" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="E161" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F161" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G161" t="s">
         <v>14</v>
       </c>
       <c r="J161">
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" t="s">
+        <v>252</v>
+      </c>
+      <c r="B162" t="s">
         <v>251</v>
       </c>
-      <c r="B162" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E162" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F162" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G162" t="s">
         <v>14</v>
       </c>
       <c r="J162">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" t="s">
         <v>253</v>
       </c>
       <c r="B163" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="E163" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F163" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G163" t="s">
         <v>14</v>
       </c>
       <c r="J163">
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164" t="s">
+        <v>254</v>
+      </c>
+      <c r="B164" t="s">
+        <v>251</v>
+      </c>
+      <c r="E164" t="s">
         <v>255</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F164" t="s">
         <v>13</v>
       </c>
       <c r="G164" t="s">
         <v>14</v>
       </c>
       <c r="J164">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165" t="s">
+        <v>256</v>
+      </c>
+      <c r="B165" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="E165" t="s">
         <v>12</v>
       </c>
       <c r="F165" t="s">
         <v>13</v>
       </c>
       <c r="G165" t="s">
         <v>14</v>
       </c>
       <c r="J165">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="B166" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="E166" t="s">
         <v>12</v>
       </c>
       <c r="F166" t="s">
         <v>19</v>
       </c>
       <c r="G166" t="s">
         <v>14</v>
       </c>
       <c r="J166">
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="B167" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="E167" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F167" t="s">
         <v>13</v>
       </c>
       <c r="G167" t="s">
         <v>14</v>
       </c>
       <c r="J167">
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="B168" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="E168" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F168" t="s">
         <v>19</v>
       </c>
       <c r="G168" t="s">
         <v>14</v>
       </c>
       <c r="J168">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169" t="s">
+        <v>261</v>
+      </c>
+      <c r="B169" t="s">
         <v>262</v>
       </c>
-      <c r="B169" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E169" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F169" t="s">
         <v>13</v>
       </c>
       <c r="G169" t="s">
         <v>14</v>
       </c>
       <c r="J169">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="B170" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="E170" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F170" t="s">
         <v>19</v>
       </c>
       <c r="G170" t="s">
         <v>14</v>
       </c>
       <c r="J170">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" t="s">
+        <v>264</v>
+      </c>
+      <c r="B171" t="s">
         <v>265</v>
       </c>
-      <c r="B171" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E171" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F171" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G171" t="s">
         <v>14</v>
       </c>
       <c r="J171">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" t="s">
         <v>266</v>
       </c>
       <c r="B172" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="E172" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F172" t="s">
         <v>13</v>
       </c>
       <c r="G172" t="s">
         <v>14</v>
       </c>
       <c r="J172">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" t="s">
+        <v>268</v>
+      </c>
+      <c r="B173" t="s">
         <v>267</v>
       </c>
-      <c r="B173" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E173" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F173" t="s">
         <v>19</v>
       </c>
       <c r="G173" t="s">
         <v>14</v>
       </c>
       <c r="J173">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" t="s">
         <v>269</v>
       </c>
       <c r="B174" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="E174" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F174" t="s">
         <v>13</v>
       </c>
       <c r="G174" t="s">
         <v>14</v>
       </c>
       <c r="J174">
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="B175" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="E175" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F175" t="s">
         <v>19</v>
       </c>
       <c r="G175" t="s">
         <v>14</v>
       </c>
       <c r="J175">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176" t="s">
+        <v>271</v>
+      </c>
+      <c r="B176" t="s">
         <v>272</v>
       </c>
-      <c r="B176" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E176" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F176" t="s">
         <v>13</v>
       </c>
       <c r="G176" t="s">
         <v>14</v>
       </c>
       <c r="J176">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" t="s">
         <v>273</v>
       </c>
       <c r="B177" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="E177" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F177" t="s">
         <v>19</v>
       </c>
       <c r="G177" t="s">
         <v>14</v>
       </c>
       <c r="J177">
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B178" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E178" t="s">
         <v>12</v>
       </c>
       <c r="F178" t="s">
         <v>13</v>
       </c>
       <c r="G178" t="s">
         <v>14</v>
       </c>
       <c r="J178">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" t="s">
+        <v>277</v>
+      </c>
+      <c r="B179" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="E179" t="s">
         <v>12</v>
       </c>
       <c r="F179" t="s">
         <v>19</v>
       </c>
       <c r="G179" t="s">
         <v>14</v>
       </c>
       <c r="J179">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B180" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="E180" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F180" t="s">
         <v>13</v>
       </c>
       <c r="G180" t="s">
         <v>14</v>
       </c>
       <c r="J180">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B181" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="E181" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F181" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G181" t="s">
         <v>14</v>
       </c>
       <c r="J181">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="B182" t="s">
         <v>281</v>
       </c>
       <c r="E182" t="s">
         <v>12</v>
       </c>
       <c r="F182" t="s">
-        <v>210</v>
+        <v>19</v>
       </c>
       <c r="G182" t="s">
         <v>14</v>
       </c>
       <c r="J182">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B183" t="s">
         <v>281</v>
       </c>
       <c r="E183" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F183" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G183" t="s">
         <v>14</v>
       </c>
       <c r="J183">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B184" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="E184" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F184" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G184" t="s">
-        <v>65</v>
+        <v>14</v>
       </c>
       <c r="J184">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="B185" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="E185" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F185" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G185" t="s">
         <v>14</v>
       </c>
       <c r="J185">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="B186" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
       <c r="E186" t="s">
         <v>12</v>
       </c>
       <c r="F186" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G186" t="s">
         <v>14</v>
       </c>
       <c r="J186">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="B187" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
       <c r="E187" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F187" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G187" t="s">
         <v>14</v>
       </c>
       <c r="J187">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="B188" t="s">
-        <v>281</v>
+        <v>292</v>
       </c>
       <c r="E188" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F188" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G188" t="s">
         <v>14</v>
       </c>
       <c r="J188">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="B189" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E189" t="s">
         <v>12</v>
       </c>
       <c r="F189" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G189" t="s">
         <v>14</v>
       </c>
       <c r="J189">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B190" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E190" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F190" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G190" t="s">
         <v>14</v>
       </c>
       <c r="J190">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="B191" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E191" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F191" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G191" t="s">
         <v>14</v>
       </c>
       <c r="J191">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="B192" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="E192" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F192" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G192" t="s">
         <v>14</v>
       </c>
       <c r="J192">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="B193" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="E193" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F193" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G193" t="s">
         <v>14</v>
       </c>
       <c r="J193">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="A194" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="B194" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="E194" t="s">
         <v>12</v>
       </c>
       <c r="F194" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G194" t="s">
         <v>14</v>
       </c>
       <c r="J194">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:10">
       <c r="A195" t="s">
+        <v>300</v>
+      </c>
+      <c r="B195" t="s">
         <v>297</v>
       </c>
-      <c r="B195" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E195" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F195" t="s">
         <v>13</v>
       </c>
       <c r="G195" t="s">
         <v>14</v>
       </c>
       <c r="J195">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="A196" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B196" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="E196" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F196" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G196" t="s">
         <v>14</v>
       </c>
       <c r="J196">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B197" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="E197" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F197" t="s">
         <v>19</v>
       </c>
       <c r="G197" t="s">
         <v>14</v>
       </c>
       <c r="J197">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:10">
       <c r="A198" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="B198" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="E198" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F198" t="s">
         <v>13</v>
       </c>
       <c r="G198" t="s">
         <v>14</v>
       </c>
       <c r="J198">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="A199" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="B199" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="E199" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F199" t="s">
         <v>19</v>
       </c>
       <c r="G199" t="s">
         <v>14</v>
       </c>
       <c r="J199">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B200" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E200" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F200" t="s">
         <v>13</v>
       </c>
       <c r="G200" t="s">
         <v>14</v>
       </c>
       <c r="J200">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201" t="s">
+        <v>308</v>
+      </c>
+      <c r="B201" t="s">
         <v>305</v>
       </c>
-      <c r="B201" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E201" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F201" t="s">
         <v>19</v>
       </c>
       <c r="G201" t="s">
         <v>14</v>
       </c>
       <c r="J201">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="A202" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="B202" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="E202" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F202" t="s">
         <v>13</v>
       </c>
       <c r="G202" t="s">
         <v>14</v>
       </c>
       <c r="J202">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:10">
       <c r="A203" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="B203" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="E203" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F203" t="s">
         <v>19</v>
       </c>
       <c r="G203" t="s">
         <v>14</v>
       </c>
       <c r="J203">
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="A204" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="B204" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E204" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F204" t="s">
         <v>13</v>
       </c>
       <c r="G204" t="s">
         <v>14</v>
       </c>
       <c r="J204">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B205" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="E205" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F205" t="s">
         <v>19</v>
       </c>
       <c r="G205" t="s">
         <v>14</v>
       </c>
       <c r="J205">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="B206" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
       <c r="E206" t="s">
         <v>12</v>
       </c>
       <c r="F206" t="s">
-        <v>19</v>
+        <v>243</v>
       </c>
       <c r="G206" t="s">
         <v>14</v>
       </c>
       <c r="J206">
         <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="B207" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
       <c r="E207" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F207" t="s">
         <v>13</v>
       </c>
       <c r="G207" t="s">
         <v>14</v>
       </c>
       <c r="J207">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="B208" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
       <c r="E208" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F208" t="s">
         <v>19</v>
       </c>
       <c r="G208" t="s">
         <v>14</v>
       </c>
       <c r="J208">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="B209" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
       <c r="E209" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F209" t="s">
-        <v>315</v>
+        <v>19</v>
       </c>
       <c r="G209" t="s">
-        <v>14</v>
+        <v>84</v>
       </c>
       <c r="J209">
         <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210" t="s">
+        <v>320</v>
+      </c>
+      <c r="B210" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="E210" t="s">
         <v>12</v>
       </c>
       <c r="F210" t="s">
         <v>19</v>
       </c>
       <c r="G210" t="s">
         <v>14</v>
       </c>
       <c r="J210">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="B211" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="E211" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F211" t="s">
         <v>13</v>
       </c>
       <c r="G211" t="s">
         <v>14</v>
       </c>
       <c r="J211">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="B212" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="E212" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F212" t="s">
         <v>19</v>
       </c>
       <c r="G212" t="s">
         <v>14</v>
       </c>
       <c r="J212">
         <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="B213" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="E213" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F213" t="s">
         <v>13</v>
       </c>
       <c r="G213" t="s">
         <v>14</v>
       </c>
       <c r="J213">
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="B214" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="E214" t="s">
         <v>12</v>
       </c>
       <c r="F214" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G214" t="s">
         <v>14</v>
       </c>
       <c r="J214">
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="B215" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="E215" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F215" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G215" t="s">
         <v>14</v>
       </c>
       <c r="J215">
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:10">
       <c r="A216" t="s">
+        <v>327</v>
+      </c>
+      <c r="B216" t="s">
         <v>324</v>
       </c>
-      <c r="B216" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E216" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F216" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G216" t="s">
         <v>14</v>
       </c>
       <c r="J216">
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:10">
       <c r="A217" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B217" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="E217" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F217" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G217" t="s">
         <v>14</v>
       </c>
       <c r="J217">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="B218" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="E218" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F218" t="s">
         <v>13</v>
       </c>
       <c r="G218" t="s">
         <v>14</v>
       </c>
       <c r="J218">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="B219" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="E219" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F219" t="s">
         <v>13</v>
       </c>
       <c r="G219" t="s">
         <v>14</v>
       </c>
       <c r="J219">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="A220" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B220" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="E220" t="s">
         <v>12</v>
       </c>
       <c r="F220" t="s">
         <v>19</v>
       </c>
       <c r="G220" t="s">
         <v>14</v>
       </c>
       <c r="J220">
         <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:10">
       <c r="A221" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="B221" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="E221" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F221" t="s">
         <v>13</v>
       </c>
       <c r="G221" t="s">
         <v>14</v>
       </c>
       <c r="J221">
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="A222" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B222" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="E222" t="s">
         <v>12</v>
       </c>
       <c r="F222" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G222" t="s">
         <v>14</v>
       </c>
       <c r="J222">
         <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:10">
       <c r="A223" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="B223" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="E223" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F223" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G223" t="s">
         <v>14</v>
       </c>
       <c r="J223">
         <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:10">
       <c r="A224" t="s">
+        <v>339</v>
+      </c>
+      <c r="B224" t="s">
         <v>336</v>
       </c>
-      <c r="B224" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E224" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F224" t="s">
         <v>19</v>
       </c>
       <c r="G224" t="s">
         <v>14</v>
       </c>
       <c r="J224">
         <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:10">
       <c r="A225" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="B225" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E225" t="s">
         <v>12</v>
       </c>
       <c r="F225" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G225" t="s">
         <v>14</v>
       </c>
       <c r="J225">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:10">
       <c r="A226" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B226" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="E226" t="s">
         <v>12</v>
       </c>
       <c r="F226" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G226" t="s">
         <v>14</v>
       </c>
       <c r="J226">
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:10">
       <c r="A227" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B227" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="E227" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F227" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G227" t="s">
         <v>14</v>
       </c>
       <c r="J227">
         <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="A228" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="B228" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="E228" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F228" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G228" t="s">
         <v>14</v>
       </c>
       <c r="J228">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229" t="s">
+        <v>346</v>
+      </c>
+      <c r="B229" t="s">
         <v>343</v>
       </c>
-      <c r="B229" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E229" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F229" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G229" t="s">
         <v>14</v>
       </c>
       <c r="J229">
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="A230" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B230" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="E230" t="s">
         <v>12</v>
       </c>
       <c r="F230" t="s">
         <v>19</v>
       </c>
       <c r="G230" t="s">
         <v>14</v>
       </c>
       <c r="J230">
         <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="B231" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="E231" t="s">
         <v>12</v>
       </c>
       <c r="F231" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G231" t="s">
-        <v>65</v>
+        <v>14</v>
       </c>
       <c r="J231">
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="B232" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="E232" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F232" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G232" t="s">
         <v>14</v>
       </c>
       <c r="J232">
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="A233" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="B233" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="E233" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F233" t="s">
         <v>19</v>
       </c>
       <c r="G233" t="s">
         <v>14</v>
       </c>
       <c r="J233">
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:10">
       <c r="A234" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="B234" t="s">
         <v>350</v>
       </c>
       <c r="E234" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F234" t="s">
         <v>13</v>
       </c>
       <c r="G234" t="s">
         <v>14</v>
       </c>
       <c r="J234">
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:10">
       <c r="A235" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B235" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="E235" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F235" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G235" t="s">
         <v>14</v>
       </c>
       <c r="J235">
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:10">
       <c r="A236" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B236" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="E236" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F236" t="s">
-        <v>19</v>
+        <v>356</v>
       </c>
       <c r="G236" t="s">
         <v>14</v>
       </c>
       <c r="J236">
         <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:10">
       <c r="A237" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="B237" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="E237" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F237" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G237" t="s">
         <v>14</v>
       </c>
       <c r="J237">
         <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:10">
       <c r="A238" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B238" t="s">
-        <v>352</v>
+        <v>359</v>
       </c>
       <c r="E238" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F238" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G238" t="s">
         <v>14</v>
       </c>
       <c r="J238">
         <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:10">
       <c r="A239" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="B239" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="E239" t="s">
         <v>12</v>
       </c>
       <c r="F239" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G239" t="s">
         <v>14</v>
       </c>
       <c r="J239">
         <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:10">
       <c r="A240" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="B240" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="E240" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F240" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G240" t="s">
         <v>14</v>
       </c>
       <c r="J240">
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:10">
       <c r="A241" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="B241" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="E241" t="s">
         <v>12</v>
       </c>
       <c r="F241" t="s">
         <v>13</v>
       </c>
       <c r="G241" t="s">
         <v>14</v>
       </c>
       <c r="J241">
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:10">
       <c r="A242" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="B242" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="E242" t="s">
         <v>12</v>
       </c>
       <c r="F242" t="s">
         <v>19</v>
       </c>
       <c r="G242" t="s">
         <v>14</v>
       </c>
       <c r="J242">
         <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:10">
       <c r="A243" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B243" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="E243" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F243" t="s">
         <v>13</v>
       </c>
       <c r="G243" t="s">
         <v>14</v>
       </c>
       <c r="J243">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:10">
       <c r="A244" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="B244" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="E244" t="s">
         <v>12</v>
       </c>
       <c r="F244" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G244" t="s">
         <v>14</v>
       </c>
       <c r="J244">
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:10">
       <c r="A245" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="B245" t="s">
         <v>366</v>
       </c>
       <c r="E245" t="s">
         <v>12</v>
       </c>
       <c r="F245" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G245" t="s">
         <v>14</v>
       </c>
       <c r="J245">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:10">
       <c r="A246" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="B246" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="E246" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F246" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G246" t="s">
         <v>14</v>
       </c>
       <c r="J246">
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:10">
       <c r="A247" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="B247" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="E247" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F247" t="s">
         <v>13</v>
       </c>
       <c r="G247" t="s">
         <v>14</v>
       </c>
       <c r="J247">
         <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:10">
       <c r="A248" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="B248" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="E248" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F248" t="s">
         <v>19</v>
       </c>
       <c r="G248" t="s">
         <v>14</v>
       </c>
       <c r="J248">
         <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:10">
       <c r="A249" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="B249" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="E249" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F249" t="s">
         <v>13</v>
       </c>
       <c r="G249" t="s">
         <v>14</v>
       </c>
       <c r="J249">
         <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:10">
       <c r="A250" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B250" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="E250" t="s">
         <v>12</v>
       </c>
       <c r="F250" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G250" t="s">
         <v>14</v>
       </c>
       <c r="J250">
         <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:10">
       <c r="A251" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="B251" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="E251" t="s">
         <v>12</v>
       </c>
       <c r="F251" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G251" t="s">
         <v>14</v>
       </c>
       <c r="J251">
         <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:10">
       <c r="A252" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B252" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="E252" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F252" t="s">
         <v>19</v>
       </c>
       <c r="G252" t="s">
         <v>14</v>
       </c>
       <c r="J252">
         <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:10">
       <c r="A253" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="B253" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="E253" t="s">
         <v>12</v>
       </c>
       <c r="F253" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G253" t="s">
         <v>14</v>
       </c>
       <c r="J253">
         <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:10">
       <c r="A254" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="B254" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="E254" t="s">
         <v>12</v>
       </c>
       <c r="F254" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G254" t="s">
         <v>14</v>
       </c>
       <c r="J254">
         <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:10">
       <c r="A255" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="B255" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="E255" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F255" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G255" t="s">
         <v>14</v>
       </c>
       <c r="J255">
         <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:10">
       <c r="A256" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="B256" t="s">
         <v>381</v>
       </c>
       <c r="E256" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F256" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G256" t="s">
         <v>14</v>
       </c>
       <c r="J256">
         <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:10">
       <c r="A257" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="B257" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="E257" t="s">
         <v>12</v>
       </c>
       <c r="F257" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G257" t="s">
         <v>14</v>
       </c>
       <c r="J257">
         <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:10">
       <c r="A258" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="B258" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="E258" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F258" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G258" t="s">
         <v>14</v>
       </c>
       <c r="J258">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:10">
       <c r="A259" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="B259" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="E259" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F259" t="s">
         <v>19</v>
       </c>
       <c r="G259" t="s">
-        <v>14</v>
+        <v>84</v>
       </c>
       <c r="J259">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:10">
       <c r="A260" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="B260" t="s">
         <v>386</v>
       </c>
       <c r="E260" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F260" t="s">
         <v>13</v>
       </c>
       <c r="G260" t="s">
         <v>14</v>
       </c>
       <c r="J260">
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:10">
       <c r="A261" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="B261" t="s">
         <v>386</v>
       </c>
       <c r="E261" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F261" t="s">
         <v>19</v>
       </c>
       <c r="G261" t="s">
         <v>14</v>
       </c>
       <c r="J261">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:10">
       <c r="A262" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="B262" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="E262" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F262" t="s">
         <v>13</v>
       </c>
       <c r="G262" t="s">
         <v>14</v>
       </c>
       <c r="J262">
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:10">
       <c r="A263" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="B263" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="E263" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F263" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G263" t="s">
         <v>14</v>
       </c>
       <c r="J263">
         <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="B264" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="E264" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F264" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G264" t="s">
         <v>14</v>
       </c>
       <c r="J264">
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="B265" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="E265" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F265" t="s">
         <v>13</v>
       </c>
       <c r="G265" t="s">
         <v>14</v>
       </c>
       <c r="J265">
         <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="A266" t="s">
+        <v>397</v>
+      </c>
+      <c r="B266" t="s">
         <v>394</v>
       </c>
-      <c r="B266" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E266" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F266" t="s">
         <v>19</v>
       </c>
       <c r="G266" t="s">
         <v>14</v>
       </c>
       <c r="J266">
         <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:10">
       <c r="A267" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="B267" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="E267" t="s">
         <v>12</v>
       </c>
       <c r="F267" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G267" t="s">
         <v>14</v>
       </c>
       <c r="J267">
         <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="B268" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="E268" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F268" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G268" t="s">
         <v>14</v>
       </c>
       <c r="J268">
         <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:10">
       <c r="A269" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="B269" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="E269" t="s">
         <v>12</v>
       </c>
       <c r="F269" t="s">
         <v>13</v>
       </c>
       <c r="G269" t="s">
         <v>14</v>
       </c>
       <c r="J269">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="B270" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="E270" t="s">
         <v>12</v>
       </c>
       <c r="F270" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G270" t="s">
         <v>14</v>
       </c>
       <c r="J270">
         <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271" t="s">
+        <v>404</v>
+      </c>
+      <c r="B271" t="s">
         <v>402</v>
       </c>
-      <c r="B271" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E271" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F271" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G271" t="s">
         <v>14</v>
       </c>
       <c r="J271">
         <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:10">
       <c r="A272" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="B272" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="E272" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F272" t="s">
         <v>13</v>
       </c>
       <c r="G272" t="s">
         <v>14</v>
       </c>
       <c r="J272">
         <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:10">
       <c r="A273" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="B273" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="E273" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F273" t="s">
         <v>19</v>
       </c>
       <c r="G273" t="s">
         <v>14</v>
       </c>
       <c r="J273">
         <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:10">
       <c r="A274" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="B274" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="E274" t="s">
         <v>12</v>
       </c>
       <c r="F274" t="s">
         <v>13</v>
       </c>
       <c r="G274" t="s">
         <v>14</v>
       </c>
       <c r="J274">
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:10">
       <c r="A275" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B275" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="E275" t="s">
         <v>12</v>
       </c>
       <c r="F275" t="s">
         <v>19</v>
       </c>
       <c r="G275" t="s">
         <v>14</v>
       </c>
       <c r="J275">
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:10">
       <c r="A276" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="B276" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="E276" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F276" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G276" t="s">
         <v>14</v>
       </c>
       <c r="J276">
         <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:10">
       <c r="A277" t="s">
+        <v>412</v>
+      </c>
+      <c r="B277" t="s">
         <v>409</v>
       </c>
-      <c r="B277" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E277" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F277" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G277" t="s">
         <v>14</v>
       </c>
       <c r="J277">
         <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:10">
       <c r="A278" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B278" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="E278" t="s">
         <v>12</v>
       </c>
       <c r="F278" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G278" t="s">
         <v>14</v>
       </c>
       <c r="J278">
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:10">
       <c r="A279" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B279" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="E279" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F279" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G279" t="s">
         <v>14</v>
       </c>
       <c r="J279">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:10">
       <c r="A280" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B280" t="s">
-        <v>410</v>
+        <v>417</v>
       </c>
       <c r="E280" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F280" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G280" t="s">
         <v>14</v>
       </c>
       <c r="J280">
         <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:10">
       <c r="A281" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="B281" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="E281" t="s">
         <v>12</v>
       </c>
       <c r="F281" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G281" t="s">
         <v>14</v>
       </c>
       <c r="J281">
         <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:10">
       <c r="A282" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B282" t="s">
         <v>417</v>
       </c>
       <c r="E282" t="s">
         <v>12</v>
       </c>
       <c r="F282" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G282" t="s">
         <v>14</v>
       </c>
       <c r="J282">
         <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:10">
       <c r="A283" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B283" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="E283" t="s">
         <v>12</v>
       </c>
       <c r="F283" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G283" t="s">
         <v>14</v>
       </c>
       <c r="J283">
         <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:10">
       <c r="A284" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B284" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="E284" t="s">
         <v>12</v>
       </c>
       <c r="F284" t="s">
         <v>19</v>
       </c>
       <c r="G284" t="s">
         <v>14</v>
       </c>
       <c r="J284">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:10">
       <c r="A285" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B285" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
       <c r="E285" t="s">
         <v>12</v>
       </c>
       <c r="F285" t="s">
-        <v>315</v>
+        <v>13</v>
       </c>
       <c r="G285" t="s">
         <v>14</v>
       </c>
       <c r="J285">
         <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:10">
       <c r="A286" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="B286" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
       <c r="E286" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F286" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G286" t="s">
         <v>14</v>
       </c>
       <c r="J286">
         <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:10">
       <c r="A287" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="B287" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
       <c r="E287" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F287" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G287" t="s">
         <v>14</v>
       </c>
       <c r="J287">
         <v>0</v>
       </c>
     </row>
     <row r="288" spans="1:10">
       <c r="A288" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="B288" t="s">
         <v>424</v>
       </c>
       <c r="E288" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F288" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G288" t="s">
         <v>14</v>
       </c>
       <c r="J288">
         <v>0</v>
       </c>
     </row>
     <row r="289" spans="1:10">
       <c r="A289" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B289" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="E289" t="s">
         <v>12</v>
       </c>
       <c r="F289" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G289" t="s">
         <v>14</v>
       </c>
       <c r="J289">
         <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:10">
       <c r="A290" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="B290" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="E290" t="s">
         <v>12</v>
       </c>
       <c r="F290" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G290" t="s">
         <v>14</v>
       </c>
       <c r="J290">
         <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:10">
       <c r="A291" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B291" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="E291" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F291" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G291" t="s">
         <v>14</v>
       </c>
       <c r="J291">
         <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:10">
       <c r="A292" t="s">
+        <v>432</v>
+      </c>
+      <c r="B292" t="s">
         <v>429</v>
       </c>
-      <c r="B292" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E292" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F292" t="s">
         <v>19</v>
       </c>
       <c r="G292" t="s">
         <v>14</v>
       </c>
       <c r="J292">
         <v>0</v>
       </c>
     </row>
     <row r="293" spans="1:10">
       <c r="A293" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B293" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="E293" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F293" t="s">
         <v>13</v>
       </c>
       <c r="G293" t="s">
         <v>14</v>
       </c>
       <c r="J293">
         <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:10">
       <c r="A294" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B294" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="E294" t="s">
         <v>12</v>
       </c>
       <c r="F294" t="s">
         <v>13</v>
       </c>
       <c r="G294" t="s">
-        <v>65</v>
+        <v>14</v>
       </c>
       <c r="J294">
         <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:10">
       <c r="A295" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B295" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="E295" t="s">
         <v>12</v>
       </c>
       <c r="F295" t="s">
         <v>19</v>
       </c>
       <c r="G295" t="s">
         <v>14</v>
       </c>
       <c r="J295">
         <v>0</v>
       </c>
     </row>
     <row r="296" spans="1:10">
       <c r="A296" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B296" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="E296" t="s">
         <v>12</v>
       </c>
       <c r="F296" t="s">
         <v>19</v>
       </c>
       <c r="G296" t="s">
         <v>14</v>
       </c>
       <c r="J296">
         <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:10">
       <c r="A297" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B297" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="E297" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F297" t="s">
         <v>13</v>
       </c>
       <c r="G297" t="s">
         <v>14</v>
       </c>
       <c r="J297">
         <v>0</v>
       </c>
     </row>
     <row r="298" spans="1:10">
       <c r="A298" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B298" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="E298" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F298" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G298" t="s">
         <v>14</v>
       </c>
       <c r="J298">
         <v>0</v>
       </c>
     </row>
     <row r="299" spans="1:10">
       <c r="A299" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="B299" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="E299" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F299" t="s">
         <v>19</v>
       </c>
       <c r="G299" t="s">
         <v>14</v>
       </c>
       <c r="J299">
         <v>0</v>
       </c>
     </row>
     <row r="300" spans="1:10">
       <c r="A300" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B300" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="E300" t="s">
         <v>12</v>
       </c>
       <c r="F300" t="s">
         <v>13</v>
       </c>
       <c r="G300" t="s">
         <v>14</v>
       </c>
       <c r="J300">
         <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:10">
       <c r="A301" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B301" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="E301" t="s">
         <v>12</v>
       </c>
       <c r="F301" t="s">
         <v>19</v>
       </c>
       <c r="G301" t="s">
         <v>14</v>
       </c>
       <c r="J301">
         <v>0</v>
       </c>
     </row>
     <row r="302" spans="1:10">
       <c r="A302" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B302" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="E302" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F302" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G302" t="s">
         <v>14</v>
       </c>
       <c r="J302">
         <v>0</v>
       </c>
     </row>
     <row r="303" spans="1:10">
       <c r="A303" t="s">
+        <v>448</v>
+      </c>
+      <c r="B303" t="s">
         <v>445</v>
       </c>
-      <c r="B303" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E303" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F303" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G303" t="s">
         <v>14</v>
       </c>
       <c r="J303">
         <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:10">
       <c r="A304" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B304" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E304" t="s">
         <v>12</v>
       </c>
       <c r="F304" t="s">
         <v>13</v>
       </c>
       <c r="G304" t="s">
         <v>14</v>
       </c>
       <c r="J304">
         <v>0</v>
       </c>
     </row>
     <row r="305" spans="1:10">
       <c r="A305" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B305" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E305" t="s">
         <v>12</v>
       </c>
       <c r="F305" t="s">
         <v>19</v>
       </c>
       <c r="G305" t="s">
         <v>14</v>
       </c>
       <c r="J305">
         <v>0</v>
       </c>
     </row>
     <row r="306" spans="1:10">
       <c r="A306" t="s">
+        <v>452</v>
+      </c>
+      <c r="B306" t="s">
         <v>450</v>
       </c>
-      <c r="B306" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E306" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F306" t="s">
         <v>19</v>
       </c>
       <c r="G306" t="s">
         <v>14</v>
       </c>
       <c r="J306">
         <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:10">
       <c r="A307" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B307" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="E307" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F307" t="s">
         <v>13</v>
       </c>
       <c r="G307" t="s">
         <v>14</v>
       </c>
       <c r="J307">
         <v>0</v>
       </c>
     </row>
     <row r="308" spans="1:10">
       <c r="A308" t="s">
+        <v>455</v>
+      </c>
+      <c r="B308" t="s">
         <v>454</v>
       </c>
-      <c r="B308" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E308" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F308" t="s">
         <v>19</v>
       </c>
       <c r="G308" t="s">
         <v>14</v>
       </c>
       <c r="J308">
         <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:10">
       <c r="A309" t="s">
         <v>456</v>
       </c>
       <c r="B309" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="E309" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F309" t="s">
         <v>13</v>
       </c>
       <c r="G309" t="s">
         <v>14</v>
       </c>
       <c r="J309">
         <v>0</v>
       </c>
     </row>
     <row r="310" spans="1:10">
       <c r="A310" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="B310" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="E310" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F310" t="s">
         <v>19</v>
       </c>
       <c r="G310" t="s">
         <v>14</v>
       </c>
       <c r="J310">
         <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:10">
       <c r="A311" t="s">
+        <v>458</v>
+      </c>
+      <c r="B311" t="s">
         <v>459</v>
       </c>
-      <c r="B311" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E311" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F311" t="s">
         <v>13</v>
       </c>
       <c r="G311" t="s">
         <v>14</v>
       </c>
       <c r="J311">
         <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:10">
       <c r="A312" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="B312" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="E312" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F312" t="s">
         <v>19</v>
       </c>
       <c r="G312" t="s">
         <v>14</v>
       </c>
       <c r="J312">
         <v>0</v>
       </c>
     </row>
     <row r="313" spans="1:10">
       <c r="A313" t="s">
+        <v>461</v>
+      </c>
+      <c r="B313" t="s">
         <v>462</v>
       </c>
-      <c r="B313" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E313" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F313" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G313" t="s">
         <v>14</v>
       </c>
       <c r="J313">
         <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:10">
       <c r="A314" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="B314" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="E314" t="s">
         <v>12</v>
       </c>
       <c r="F314" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G314" t="s">
         <v>14</v>
       </c>
       <c r="J314">
         <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:10">
       <c r="A315" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B315" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="E315" t="s">
         <v>12</v>
       </c>
       <c r="F315" t="s">
         <v>19</v>
       </c>
       <c r="G315" t="s">
         <v>14</v>
       </c>
       <c r="J315">
         <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:10">
       <c r="A316" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="B316" t="s">
-        <v>468</v>
+        <v>462</v>
       </c>
       <c r="E316" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F316" t="s">
-        <v>13</v>
+        <v>356</v>
       </c>
       <c r="G316" t="s">
         <v>14</v>
       </c>
       <c r="J316">
         <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:10">
       <c r="A317" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="B317" t="s">
-        <v>468</v>
+        <v>462</v>
       </c>
       <c r="E317" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F317" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G317" t="s">
         <v>14</v>
       </c>
       <c r="J317">
         <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:10">
       <c r="A318" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="B318" t="s">
-        <v>471</v>
+        <v>462</v>
       </c>
       <c r="E318" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F318" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G318" t="s">
         <v>14</v>
       </c>
       <c r="J318">
         <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:10">
       <c r="A319" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="B319" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="E319" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F319" t="s">
         <v>13</v>
       </c>
       <c r="G319" t="s">
         <v>14</v>
       </c>
       <c r="J319">
         <v>0</v>
       </c>
     </row>
     <row r="320" spans="1:10">
       <c r="A320" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="B320" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="E320" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F320" t="s">
         <v>19</v>
       </c>
       <c r="G320" t="s">
         <v>14</v>
       </c>
       <c r="J320">
         <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:10">
       <c r="A321" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="B321" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="E321" t="s">
         <v>12</v>
       </c>
       <c r="F321" t="s">
         <v>13</v>
       </c>
       <c r="G321" t="s">
         <v>14</v>
       </c>
       <c r="J321">
         <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:10">
       <c r="A322" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="B322" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="E322" t="s">
         <v>12</v>
       </c>
       <c r="F322" t="s">
         <v>19</v>
       </c>
       <c r="G322" t="s">
         <v>14</v>
       </c>
       <c r="J322">
         <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:10">
       <c r="A323" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="B323" t="s">
         <v>475</v>
       </c>
       <c r="E323" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F323" t="s">
         <v>19</v>
       </c>
       <c r="G323" t="s">
         <v>14</v>
       </c>
       <c r="J323">
         <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:10">
       <c r="A324" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="B324" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="E324" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F324" t="s">
         <v>13</v>
       </c>
       <c r="G324" t="s">
         <v>14</v>
       </c>
       <c r="J324">
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:10">
       <c r="A325" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="B325" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="E325" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F325" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G325" t="s">
-        <v>14</v>
+        <v>84</v>
       </c>
       <c r="J325">
         <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:10">
       <c r="A326" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B326" t="s">
-        <v>482</v>
+        <v>477</v>
       </c>
       <c r="E326" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F326" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G326" t="s">
         <v>14</v>
       </c>
       <c r="J326">
         <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:10">
       <c r="A327" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="B327" t="s">
-        <v>484</v>
+        <v>477</v>
       </c>
       <c r="E327" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F327" t="s">
         <v>19</v>
       </c>
       <c r="G327" t="s">
         <v>14</v>
       </c>
       <c r="J327">
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:10">
       <c r="A328" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
       <c r="B328" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="E328" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F328" t="s">
         <v>13</v>
       </c>
       <c r="G328" t="s">
         <v>14</v>
       </c>
       <c r="J328">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:10">
       <c r="A329" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="B329" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="E329" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F329" t="s">
         <v>19</v>
       </c>
       <c r="G329" t="s">
         <v>14</v>
       </c>
       <c r="J329">
         <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:10">
       <c r="A330" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="B330" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="E330" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F330" t="s">
         <v>19</v>
       </c>
       <c r="G330" t="s">
         <v>14</v>
       </c>
       <c r="J330">
         <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:10">
       <c r="A331" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
       <c r="B331" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="E331" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F331" t="s">
         <v>13</v>
       </c>
       <c r="G331" t="s">
         <v>14</v>
       </c>
       <c r="J331">
         <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:10">
       <c r="A332" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
       <c r="B332" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E332" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F332" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G332" t="s">
         <v>14</v>
       </c>
       <c r="J332">
         <v>0</v>
       </c>
     </row>
     <row r="333" spans="1:10">
       <c r="A333" t="s">
-        <v>494</v>
+        <v>489</v>
       </c>
       <c r="B333" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E333" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F333" t="s">
         <v>19</v>
       </c>
       <c r="G333" t="s">
         <v>14</v>
       </c>
       <c r="J333">
         <v>0</v>
       </c>
     </row>
     <row r="334" spans="1:10">
       <c r="A334" t="s">
-        <v>495</v>
+        <v>490</v>
       </c>
       <c r="B334" t="s">
-        <v>496</v>
+        <v>491</v>
       </c>
       <c r="E334" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F334" t="s">
         <v>13</v>
       </c>
       <c r="G334" t="s">
         <v>14</v>
       </c>
       <c r="J334">
         <v>0</v>
       </c>
     </row>
     <row r="335" spans="1:10">
       <c r="A335" t="s">
-        <v>497</v>
+        <v>492</v>
       </c>
       <c r="B335" t="s">
-        <v>496</v>
+        <v>493</v>
       </c>
       <c r="E335" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F335" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G335" t="s">
         <v>14</v>
       </c>
       <c r="J335">
         <v>0</v>
       </c>
     </row>
     <row r="336" spans="1:10">
       <c r="A336" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="B336" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
       <c r="E336" t="s">
         <v>12</v>
       </c>
       <c r="F336" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G336" t="s">
         <v>14</v>
       </c>
       <c r="J336">
         <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:10">
       <c r="A337" t="s">
-        <v>500</v>
+        <v>495</v>
       </c>
       <c r="B337" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="E337" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F337" t="s">
         <v>19</v>
       </c>
       <c r="G337" t="s">
         <v>14</v>
       </c>
       <c r="J337">
         <v>0</v>
       </c>
     </row>
     <row r="338" spans="1:10">
       <c r="A338" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="B338" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="E338" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F338" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G338" t="s">
         <v>14</v>
       </c>
       <c r="J338">
         <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:10">
       <c r="A339" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="B339" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="E339" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F339" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G339" t="s">
         <v>14</v>
       </c>
       <c r="J339">
         <v>0</v>
       </c>
     </row>
     <row r="340" spans="1:10">
       <c r="A340" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="B340" t="s">
-        <v>503</v>
+        <v>502</v>
       </c>
       <c r="E340" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F340" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G340" t="s">
         <v>14</v>
       </c>
       <c r="J340">
         <v>0</v>
       </c>
     </row>
     <row r="341" spans="1:10">
       <c r="A341" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="B341" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
       <c r="E341" t="s">
         <v>12</v>
       </c>
       <c r="F341" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G341" t="s">
         <v>14</v>
       </c>
       <c r="J341">
         <v>0</v>
       </c>
     </row>
     <row r="342" spans="1:10">
       <c r="A342" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="B342" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="E342" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F342" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G342" t="s">
         <v>14</v>
       </c>
       <c r="J342">
         <v>0</v>
       </c>
     </row>
     <row r="343" spans="1:10">
       <c r="A343" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="B343" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="E343" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F343" t="s">
         <v>19</v>
       </c>
       <c r="G343" t="s">
         <v>14</v>
       </c>
       <c r="J343">
         <v>0</v>
       </c>
     </row>
     <row r="344" spans="1:10">
       <c r="A344" t="s">
-        <v>510</v>
+        <v>507</v>
       </c>
       <c r="B344" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="E344" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F344" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G344" t="s">
         <v>14</v>
       </c>
       <c r="J344">
         <v>0</v>
       </c>
     </row>
     <row r="345" spans="1:10">
       <c r="A345" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="B345" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="E345" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F345" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G345" t="s">
         <v>14</v>
       </c>
       <c r="J345">
         <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:10">
       <c r="A346" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="B346" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="E346" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F346" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G346" t="s">
         <v>14</v>
       </c>
       <c r="J346">
         <v>0</v>
       </c>
     </row>
     <row r="347" spans="1:10">
       <c r="A347" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="B347" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="E347" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F347" t="s">
         <v>13</v>
       </c>
       <c r="G347" t="s">
         <v>14</v>
       </c>
       <c r="J347">
         <v>0</v>
       </c>
     </row>
     <row r="348" spans="1:10">
       <c r="A348" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="B348" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="E348" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F348" t="s">
         <v>19</v>
       </c>
       <c r="G348" t="s">
         <v>14</v>
       </c>
       <c r="J348">
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:10">
       <c r="A349" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="B349" t="s">
         <v>516</v>
       </c>
       <c r="E349" t="s">
         <v>12</v>
       </c>
       <c r="F349" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G349" t="s">
         <v>14</v>
       </c>
       <c r="J349">
         <v>0</v>
       </c>
     </row>
     <row r="350" spans="1:10">
       <c r="A350" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="B350" t="s">
         <v>516</v>
       </c>
       <c r="E350" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F350" t="s">
-        <v>315</v>
+        <v>13</v>
       </c>
       <c r="G350" t="s">
         <v>14</v>
       </c>
       <c r="J350">
         <v>0</v>
       </c>
     </row>
     <row r="351" spans="1:10">
       <c r="A351" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="B351" t="s">
-        <v>521</v>
+        <v>516</v>
       </c>
       <c r="E351" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F351" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G351" t="s">
         <v>14</v>
       </c>
       <c r="J351">
         <v>0</v>
       </c>
     </row>
     <row r="352" spans="1:10">
       <c r="A352" t="s">
-        <v>522</v>
+        <v>519</v>
       </c>
       <c r="B352" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="E352" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F352" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G352" t="s">
         <v>14</v>
       </c>
       <c r="J352">
         <v>0</v>
       </c>
     </row>
     <row r="353" spans="1:10">
       <c r="A353" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="B353" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="E353" t="s">
         <v>12</v>
       </c>
       <c r="F353" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G353" t="s">
         <v>14</v>
       </c>
       <c r="J353">
         <v>0</v>
       </c>
     </row>
     <row r="354" spans="1:10">
       <c r="A354" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="B354" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="E354" t="s">
         <v>12</v>
       </c>
       <c r="F354" t="s">
         <v>19</v>
       </c>
       <c r="G354" t="s">
         <v>14</v>
       </c>
       <c r="J354">
         <v>0</v>
       </c>
     </row>
     <row r="355" spans="1:10">
       <c r="A355" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="B355" t="s">
         <v>524</v>
       </c>
       <c r="E355" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F355" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G355" t="s">
         <v>14</v>
       </c>
       <c r="J355">
         <v>0</v>
       </c>
     </row>
     <row r="356" spans="1:10">
       <c r="A356" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="B356" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
       <c r="E356" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F356" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G356" t="s">
         <v>14</v>
       </c>
       <c r="J356">
         <v>0</v>
       </c>
     </row>
     <row r="357" spans="1:10">
       <c r="A357" t="s">
-        <v>529</v>
+        <v>526</v>
       </c>
       <c r="B357" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="E357" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F357" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G357" t="s">
         <v>14</v>
       </c>
       <c r="J357">
         <v>0</v>
       </c>
     </row>
     <row r="358" spans="1:10">
       <c r="A358" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="B358" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="E358" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F358" t="s">
         <v>19</v>
       </c>
       <c r="G358" t="s">
         <v>14</v>
       </c>
       <c r="J358">
         <v>0</v>
       </c>
     </row>
     <row r="359" spans="1:10">
       <c r="A359" t="s">
+        <v>530</v>
+      </c>
+      <c r="B359" t="s">
         <v>531</v>
       </c>
-      <c r="B359" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E359" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F359" t="s">
         <v>13</v>
       </c>
       <c r="G359" t="s">
         <v>14</v>
       </c>
       <c r="J359">
         <v>0</v>
       </c>
     </row>
     <row r="360" spans="1:10">
       <c r="A360" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="B360" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="E360" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F360" t="s">
         <v>19</v>
       </c>
       <c r="G360" t="s">
         <v>14</v>
       </c>
       <c r="J360">
         <v>0</v>
       </c>
     </row>
     <row r="361" spans="1:10">
       <c r="A361" t="s">
+        <v>533</v>
+      </c>
+      <c r="B361" t="s">
         <v>534</v>
       </c>
-      <c r="B361" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E361" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F361" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G361" t="s">
         <v>14</v>
       </c>
       <c r="J361">
         <v>0</v>
       </c>
     </row>
     <row r="362" spans="1:10">
       <c r="A362" t="s">
+        <v>535</v>
+      </c>
+      <c r="B362" t="s">
         <v>536</v>
       </c>
-      <c r="B362" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E362" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F362" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G362" t="s">
         <v>14</v>
       </c>
       <c r="J362">
         <v>0</v>
       </c>
     </row>
     <row r="363" spans="1:10">
       <c r="A363" t="s">
         <v>537</v>
       </c>
       <c r="B363" t="s">
         <v>538</v>
       </c>
       <c r="E363" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F363" t="s">
         <v>13</v>
       </c>
       <c r="G363" t="s">
         <v>14</v>
       </c>
       <c r="J363">
         <v>0</v>
       </c>
     </row>
     <row r="364" spans="1:10">
       <c r="A364" t="s">
         <v>539</v>
       </c>
       <c r="B364" t="s">
         <v>538</v>
       </c>
       <c r="E364" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F364" t="s">
         <v>19</v>
       </c>
       <c r="G364" t="s">
         <v>14</v>
       </c>
       <c r="J364">
         <v>0</v>
       </c>
     </row>
     <row r="365" spans="1:10">
       <c r="A365" t="s">
         <v>540</v>
       </c>
       <c r="B365" t="s">
         <v>541</v>
       </c>
       <c r="E365" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F365" t="s">
         <v>13</v>
       </c>
       <c r="G365" t="s">
         <v>14</v>
       </c>
       <c r="J365">
         <v>0</v>
       </c>
     </row>
     <row r="366" spans="1:10">
       <c r="A366" t="s">
         <v>542</v>
       </c>
       <c r="B366" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="E366" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F366" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G366" t="s">
         <v>14</v>
       </c>
       <c r="J366">
         <v>0</v>
       </c>
     </row>
     <row r="367" spans="1:10">
       <c r="A367" t="s">
+        <v>543</v>
+      </c>
+      <c r="B367" t="s">
         <v>544</v>
       </c>
-      <c r="B367" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E367" t="s">
         <v>12</v>
       </c>
       <c r="F367" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G367" t="s">
         <v>14</v>
       </c>
       <c r="J367">
         <v>0</v>
       </c>
     </row>
     <row r="368" spans="1:10">
       <c r="A368" t="s">
         <v>545</v>
       </c>
       <c r="B368" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="E368" t="s">
         <v>12</v>
       </c>
       <c r="F368" t="s">
         <v>19</v>
       </c>
       <c r="G368" t="s">
         <v>14</v>
       </c>
       <c r="J368">
         <v>0</v>
       </c>
     </row>
     <row r="369" spans="1:10">
       <c r="A369" t="s">
         <v>546</v>
       </c>
       <c r="B369" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="E369" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F369" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G369" t="s">
         <v>14</v>
       </c>
       <c r="J369">
         <v>0</v>
       </c>
     </row>
     <row r="370" spans="1:10">
       <c r="A370" t="s">
+        <v>547</v>
+      </c>
+      <c r="B370" t="s">
         <v>548</v>
       </c>
-      <c r="B370" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E370" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F370" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G370" t="s">
         <v>14</v>
       </c>
       <c r="J370">
         <v>0</v>
       </c>
     </row>
     <row r="371" spans="1:10">
       <c r="A371" t="s">
         <v>549</v>
       </c>
       <c r="B371" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="E371" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F371" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G371" t="s">
         <v>14</v>
       </c>
       <c r="J371">
         <v>0</v>
       </c>
     </row>
     <row r="372" spans="1:10">
       <c r="A372" t="s">
+        <v>550</v>
+      </c>
+      <c r="B372" t="s">
         <v>551</v>
       </c>
-      <c r="B372" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E372" t="s">
         <v>12</v>
       </c>
       <c r="F372" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G372" t="s">
         <v>14</v>
       </c>
       <c r="J372">
         <v>0</v>
       </c>
     </row>
     <row r="373" spans="1:10">
       <c r="A373" t="s">
         <v>552</v>
       </c>
       <c r="B373" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="E373" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F373" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G373" t="s">
         <v>14</v>
       </c>
       <c r="J373">
         <v>0</v>
       </c>
     </row>
     <row r="374" spans="1:10">
       <c r="A374" t="s">
+        <v>553</v>
+      </c>
+      <c r="B374" t="s">
         <v>554</v>
       </c>
-      <c r="B374" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E374" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F374" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G374" t="s">
         <v>14</v>
       </c>
       <c r="J374">
         <v>0</v>
       </c>
     </row>
     <row r="375" spans="1:10">
       <c r="A375" t="s">
+        <v>555</v>
+      </c>
+      <c r="B375" t="s">
         <v>556</v>
       </c>
-      <c r="B375" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E375" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F375" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G375" t="s">
         <v>14</v>
       </c>
       <c r="J375">
         <v>0</v>
       </c>
     </row>
     <row r="376" spans="1:10">
       <c r="A376" t="s">
         <v>557</v>
       </c>
       <c r="B376" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="E376" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F376" t="s">
         <v>19</v>
       </c>
       <c r="G376" t="s">
         <v>14</v>
       </c>
       <c r="J376">
         <v>0</v>
       </c>
     </row>
     <row r="377" spans="1:10">
       <c r="A377" t="s">
+        <v>558</v>
+      </c>
+      <c r="B377" t="s">
         <v>559</v>
       </c>
-      <c r="B377" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E377" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F377" t="s">
         <v>13</v>
       </c>
       <c r="G377" t="s">
         <v>14</v>
       </c>
       <c r="J377">
         <v>0</v>
       </c>
     </row>
     <row r="378" spans="1:10">
       <c r="A378" t="s">
+        <v>560</v>
+      </c>
+      <c r="B378" t="s">
         <v>561</v>
       </c>
-      <c r="B378" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E378" t="s">
         <v>12</v>
       </c>
       <c r="F378" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G378" t="s">
         <v>14</v>
       </c>
       <c r="J378">
         <v>0</v>
       </c>
     </row>
     <row r="379" spans="1:10">
       <c r="A379" t="s">
         <v>562</v>
       </c>
       <c r="B379" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="E379" t="s">
         <v>12</v>
       </c>
       <c r="F379" t="s">
         <v>19</v>
       </c>
       <c r="G379" t="s">
         <v>14</v>
       </c>
       <c r="J379">
         <v>0</v>
       </c>
     </row>
     <row r="380" spans="1:10">
       <c r="A380" t="s">
         <v>563</v>
       </c>
       <c r="B380" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="E380" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F380" t="s">
         <v>19</v>
       </c>
       <c r="G380" t="s">
         <v>14</v>
       </c>
       <c r="J380">
         <v>0</v>
       </c>
     </row>
     <row r="381" spans="1:10">
       <c r="A381" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="B381" t="s">
-        <v>566</v>
+        <v>561</v>
       </c>
       <c r="E381" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F381" t="s">
-        <v>19</v>
+        <v>356</v>
       </c>
       <c r="G381" t="s">
         <v>14</v>
       </c>
       <c r="J381">
         <v>0</v>
       </c>
     </row>
     <row r="382" spans="1:10">
       <c r="A382" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="B382" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="E382" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F382" t="s">
         <v>13</v>
       </c>
       <c r="G382" t="s">
         <v>14</v>
       </c>
       <c r="J382">
         <v>0</v>
       </c>
     </row>
     <row r="383" spans="1:10">
       <c r="A383" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="B383" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="E383" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F383" t="s">
         <v>19</v>
       </c>
       <c r="G383" t="s">
         <v>14</v>
       </c>
       <c r="J383">
         <v>0</v>
       </c>
     </row>
     <row r="384" spans="1:10">
       <c r="A384" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="B384" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="E384" t="s">
         <v>12</v>
       </c>
       <c r="F384" t="s">
         <v>13</v>
       </c>
       <c r="G384" t="s">
         <v>14</v>
       </c>
       <c r="J384">
         <v>0</v>
       </c>
     </row>
     <row r="385" spans="1:10">
       <c r="A385" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="B385" t="s">
-        <v>573</v>
+        <v>569</v>
       </c>
       <c r="E385" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F385" t="s">
         <v>19</v>
       </c>
       <c r="G385" t="s">
         <v>14</v>
       </c>
       <c r="J385">
         <v>0</v>
       </c>
     </row>
     <row r="386" spans="1:10">
       <c r="A386" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="B386" t="s">
-        <v>575</v>
+        <v>569</v>
       </c>
       <c r="E386" t="s">
         <v>12</v>
       </c>
       <c r="F386" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G386" t="s">
         <v>14</v>
       </c>
       <c r="J386">
         <v>0</v>
       </c>
     </row>
     <row r="387" spans="1:10">
       <c r="A387" t="s">
-        <v>576</v>
+        <v>572</v>
       </c>
       <c r="B387" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
       <c r="E387" t="s">
         <v>12</v>
       </c>
       <c r="F387" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G387" t="s">
         <v>14</v>
       </c>
       <c r="J387">
         <v>0</v>
       </c>
     </row>
     <row r="388" spans="1:10">
       <c r="A388" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="B388" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
       <c r="E388" t="s">
         <v>12</v>
       </c>
       <c r="F388" t="s">
         <v>19</v>
       </c>
       <c r="G388" t="s">
         <v>14</v>
       </c>
       <c r="J388">
         <v>0</v>
       </c>
     </row>
     <row r="389" spans="1:10">
       <c r="A389" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="B389" t="s">
-        <v>579</v>
+        <v>573</v>
       </c>
       <c r="E389" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F389" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G389" t="s">
         <v>14</v>
       </c>
       <c r="J389">
         <v>0</v>
       </c>
     </row>
     <row r="390" spans="1:10">
       <c r="A390" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c r="B390" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="E390" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F390" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G390" t="s">
         <v>14</v>
       </c>
       <c r="J390">
         <v>0</v>
       </c>
     </row>
     <row r="391" spans="1:10">
       <c r="A391" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="B391" t="s">
-        <v>582</v>
+        <v>577</v>
       </c>
       <c r="E391" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F391" t="s">
         <v>19</v>
       </c>
       <c r="G391" t="s">
         <v>14</v>
       </c>
       <c r="J391">
         <v>0</v>
       </c>
     </row>
     <row r="392" spans="1:10">
       <c r="A392" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="B392" t="s">
-        <v>584</v>
+        <v>580</v>
       </c>
       <c r="E392" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F392" t="s">
         <v>13</v>
       </c>
       <c r="G392" t="s">
         <v>14</v>
       </c>
       <c r="J392">
         <v>0</v>
       </c>
     </row>
     <row r="393" spans="1:10">
       <c r="A393" t="s">
-        <v>585</v>
+        <v>581</v>
       </c>
       <c r="B393" t="s">
-        <v>584</v>
+        <v>580</v>
       </c>
       <c r="E393" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F393" t="s">
         <v>19</v>
       </c>
       <c r="G393" t="s">
         <v>14</v>
       </c>
       <c r="J393">
         <v>0</v>
       </c>
     </row>
     <row r="394" spans="1:10">
       <c r="A394" t="s">
-        <v>586</v>
+        <v>582</v>
       </c>
       <c r="B394" t="s">
-        <v>587</v>
+        <v>583</v>
       </c>
       <c r="E394" t="s">
         <v>12</v>
       </c>
       <c r="F394" t="s">
         <v>13</v>
       </c>
       <c r="G394" t="s">
         <v>14</v>
       </c>
       <c r="J394">
         <v>0</v>
       </c>
     </row>
     <row r="395" spans="1:10">
       <c r="A395" t="s">
-        <v>588</v>
+        <v>584</v>
       </c>
       <c r="B395" t="s">
-        <v>587</v>
+        <v>583</v>
       </c>
       <c r="E395" t="s">
         <v>12</v>
       </c>
       <c r="F395" t="s">
         <v>19</v>
       </c>
       <c r="G395" t="s">
         <v>14</v>
       </c>
       <c r="J395">
         <v>0</v>
       </c>
     </row>
     <row r="396" spans="1:10">
       <c r="A396" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="B396" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="E396" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F396" t="s">
         <v>13</v>
       </c>
       <c r="G396" t="s">
         <v>14</v>
       </c>
       <c r="J396">
         <v>0</v>
       </c>
     </row>
     <row r="397" spans="1:10">
       <c r="A397" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
       <c r="B397" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
       <c r="E397" t="s">
         <v>12</v>
       </c>
       <c r="F397" t="s">
         <v>13</v>
       </c>
       <c r="G397" t="s">
         <v>14</v>
       </c>
       <c r="J397">
         <v>0</v>
       </c>
     </row>
     <row r="398" spans="1:10">
       <c r="A398" t="s">
-        <v>593</v>
+        <v>589</v>
       </c>
       <c r="B398" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
       <c r="E398" t="s">
         <v>12</v>
       </c>
       <c r="F398" t="s">
         <v>19</v>
       </c>
       <c r="G398" t="s">
         <v>14</v>
       </c>
       <c r="J398">
         <v>0</v>
       </c>
     </row>
     <row r="399" spans="1:10">
       <c r="A399" t="s">
-        <v>594</v>
+        <v>590</v>
       </c>
       <c r="B399" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
       <c r="E399" t="s">
         <v>12</v>
       </c>
       <c r="F399" t="s">
         <v>19</v>
       </c>
       <c r="G399" t="s">
         <v>14</v>
       </c>
       <c r="J399">
         <v>0</v>
       </c>
     </row>
     <row r="400" spans="1:10">
       <c r="A400" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="B400" t="s">
-        <v>596</v>
+        <v>592</v>
       </c>
       <c r="E400" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F400" t="s">
         <v>13</v>
       </c>
       <c r="G400" t="s">
         <v>14</v>
       </c>
       <c r="J400">
         <v>0</v>
       </c>
     </row>
     <row r="401" spans="1:10">
       <c r="A401" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B401" t="s">
-        <v>596</v>
+        <v>592</v>
       </c>
       <c r="E401" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F401" t="s">
         <v>19</v>
       </c>
       <c r="G401" t="s">
         <v>14</v>
       </c>
       <c r="J401">
         <v>0</v>
       </c>
     </row>
     <row r="402" spans="1:10">
       <c r="A402" t="s">
-        <v>598</v>
+        <v>594</v>
       </c>
       <c r="B402" t="s">
-        <v>599</v>
+        <v>595</v>
       </c>
       <c r="E402" t="s">
         <v>12</v>
       </c>
       <c r="F402" t="s">
         <v>13</v>
       </c>
       <c r="G402" t="s">
         <v>14</v>
       </c>
       <c r="J402">
         <v>0</v>
       </c>
     </row>
     <row r="403" spans="1:10">
       <c r="A403" t="s">
-        <v>600</v>
+        <v>596</v>
       </c>
       <c r="B403" t="s">
-        <v>599</v>
+        <v>595</v>
       </c>
       <c r="E403" t="s">
         <v>12</v>
       </c>
       <c r="F403" t="s">
         <v>19</v>
       </c>
       <c r="G403" t="s">
         <v>14</v>
       </c>
       <c r="J403">
         <v>0</v>
       </c>
     </row>
     <row r="404" spans="1:10">
       <c r="A404" t="s">
-        <v>601</v>
+        <v>597</v>
       </c>
       <c r="B404" t="s">
-        <v>602</v>
+        <v>598</v>
       </c>
       <c r="E404" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F404" t="s">
         <v>13</v>
       </c>
       <c r="G404" t="s">
         <v>14</v>
       </c>
       <c r="J404">
         <v>0</v>
       </c>
     </row>
     <row r="405" spans="1:10">
       <c r="A405" t="s">
-        <v>603</v>
+        <v>599</v>
       </c>
       <c r="B405" t="s">
-        <v>604</v>
+        <v>600</v>
       </c>
       <c r="E405" t="s">
         <v>12</v>
       </c>
       <c r="F405" t="s">
         <v>13</v>
       </c>
       <c r="G405" t="s">
         <v>14</v>
       </c>
       <c r="J405">
         <v>0</v>
       </c>
     </row>
     <row r="406" spans="1:10">
       <c r="A406" t="s">
-        <v>605</v>
+        <v>601</v>
       </c>
       <c r="B406" t="s">
-        <v>604</v>
+        <v>600</v>
       </c>
       <c r="E406" t="s">
         <v>12</v>
       </c>
       <c r="F406" t="s">
         <v>19</v>
       </c>
       <c r="G406" t="s">
         <v>14</v>
       </c>
       <c r="J406">
         <v>0</v>
       </c>
     </row>
     <row r="407" spans="1:10">
       <c r="A407" t="s">
-        <v>606</v>
+        <v>602</v>
       </c>
       <c r="B407" t="s">
-        <v>607</v>
+        <v>603</v>
       </c>
       <c r="E407" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F407" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G407" t="s">
         <v>14</v>
       </c>
       <c r="J407">
         <v>0</v>
       </c>
     </row>
     <row r="408" spans="1:10">
       <c r="A408" t="s">
-        <v>608</v>
+        <v>604</v>
       </c>
       <c r="B408" t="s">
-        <v>609</v>
+        <v>605</v>
       </c>
       <c r="E408" t="s">
         <v>12</v>
       </c>
       <c r="F408" t="s">
         <v>13</v>
       </c>
       <c r="G408" t="s">
         <v>14</v>
       </c>
       <c r="J408">
         <v>0</v>
       </c>
     </row>
     <row r="409" spans="1:10">
       <c r="A409" t="s">
-        <v>610</v>
+        <v>606</v>
       </c>
       <c r="B409" t="s">
-        <v>611</v>
+        <v>605</v>
       </c>
       <c r="E409" t="s">
         <v>12</v>
       </c>
       <c r="F409" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G409" t="s">
         <v>14</v>
       </c>
       <c r="J409">
         <v>0</v>
       </c>
     </row>
     <row r="410" spans="1:10">
       <c r="A410" t="s">
-        <v>612</v>
+        <v>607</v>
       </c>
       <c r="B410" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="E410" t="s">
         <v>12</v>
       </c>
       <c r="F410" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G410" t="s">
         <v>14</v>
       </c>
       <c r="J410">
         <v>0</v>
       </c>
     </row>
     <row r="411" spans="1:10">
       <c r="A411" t="s">
-        <v>613</v>
+        <v>609</v>
       </c>
       <c r="B411" t="s">
-        <v>614</v>
+        <v>608</v>
       </c>
       <c r="E411" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F411" t="s">
         <v>19</v>
       </c>
       <c r="G411" t="s">
         <v>14</v>
       </c>
       <c r="J411">
         <v>0</v>
       </c>
     </row>
     <row r="412" spans="1:10">
       <c r="A412" t="s">
-        <v>615</v>
+        <v>610</v>
       </c>
       <c r="B412" t="s">
-        <v>616</v>
+        <v>608</v>
       </c>
       <c r="E412" t="s">
         <v>12</v>
       </c>
       <c r="F412" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G412" t="s">
         <v>14</v>
       </c>
       <c r="J412">
         <v>0</v>
       </c>
     </row>
     <row r="413" spans="1:10">
       <c r="A413" t="s">
-        <v>617</v>
+        <v>611</v>
       </c>
       <c r="B413" t="s">
-        <v>616</v>
+        <v>612</v>
       </c>
       <c r="E413" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F413" t="s">
         <v>19</v>
       </c>
       <c r="G413" t="s">
         <v>14</v>
       </c>
       <c r="J413">
         <v>0</v>
       </c>
     </row>
     <row r="414" spans="1:10">
       <c r="A414" t="s">
-        <v>618</v>
+        <v>613</v>
       </c>
       <c r="B414" t="s">
-        <v>616</v>
+        <v>614</v>
       </c>
       <c r="E414" t="s">
         <v>12</v>
       </c>
       <c r="F414" t="s">
         <v>19</v>
       </c>
       <c r="G414" t="s">
         <v>14</v>
       </c>
       <c r="J414">
         <v>0</v>
       </c>
     </row>
     <row r="415" spans="1:10">
       <c r="A415" t="s">
-        <v>619</v>
+        <v>615</v>
       </c>
       <c r="B415" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="E415" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F415" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G415" t="s">
         <v>14</v>
       </c>
       <c r="J415">
         <v>0</v>
       </c>
     </row>
     <row r="416" spans="1:10">
       <c r="A416" t="s">
-        <v>621</v>
+        <v>617</v>
       </c>
       <c r="B416" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="E416" t="s">
         <v>12</v>
       </c>
       <c r="F416" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G416" t="s">
         <v>14</v>
       </c>
       <c r="J416">
         <v>0</v>
       </c>
     </row>
     <row r="417" spans="1:10">
       <c r="A417" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="B417" t="s">
-        <v>623</v>
+        <v>618</v>
       </c>
       <c r="E417" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F417" t="s">
         <v>19</v>
       </c>
       <c r="G417" t="s">
         <v>14</v>
       </c>
       <c r="J417">
         <v>0</v>
       </c>
     </row>
     <row r="418" spans="1:10">
       <c r="A418" t="s">
-        <v>624</v>
+        <v>620</v>
       </c>
       <c r="B418" t="s">
-        <v>625</v>
+        <v>621</v>
       </c>
       <c r="E418" t="s">
         <v>12</v>
       </c>
       <c r="F418" t="s">
         <v>13</v>
       </c>
       <c r="G418" t="s">
         <v>14</v>
       </c>
       <c r="J418">
         <v>0</v>
       </c>
     </row>
     <row r="419" spans="1:10">
       <c r="A419" t="s">
-        <v>626</v>
+        <v>622</v>
       </c>
       <c r="B419" t="s">
-        <v>625</v>
+        <v>621</v>
       </c>
       <c r="E419" t="s">
         <v>12</v>
       </c>
       <c r="F419" t="s">
         <v>19</v>
       </c>
       <c r="G419" t="s">
         <v>14</v>
       </c>
       <c r="J419">
         <v>0</v>
       </c>
     </row>
     <row r="420" spans="1:10">
       <c r="A420" t="s">
-        <v>627</v>
+        <v>623</v>
       </c>
       <c r="B420" t="s">
-        <v>628</v>
+        <v>624</v>
       </c>
       <c r="E420" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F420" t="s">
         <v>19</v>
       </c>
       <c r="G420" t="s">
         <v>14</v>
       </c>
       <c r="J420">
         <v>0</v>
       </c>
     </row>
     <row r="421" spans="1:10">
       <c r="A421" t="s">
-        <v>629</v>
+        <v>625</v>
       </c>
       <c r="B421" t="s">
-        <v>630</v>
+        <v>626</v>
       </c>
       <c r="E421" t="s">
         <v>12</v>
       </c>
       <c r="F421" t="s">
         <v>13</v>
       </c>
       <c r="G421" t="s">
         <v>14</v>
       </c>
       <c r="J421">
         <v>0</v>
       </c>
     </row>
     <row r="422" spans="1:10">
       <c r="A422" t="s">
-        <v>631</v>
+        <v>627</v>
       </c>
       <c r="B422" t="s">
-        <v>632</v>
+        <v>626</v>
       </c>
       <c r="E422" t="s">
         <v>12</v>
       </c>
       <c r="F422" t="s">
         <v>19</v>
       </c>
       <c r="G422" t="s">
         <v>14</v>
       </c>
       <c r="J422">
         <v>0</v>
       </c>
     </row>
     <row r="423" spans="1:10">
       <c r="A423" t="s">
-        <v>633</v>
+        <v>628</v>
       </c>
       <c r="B423" t="s">
-        <v>634</v>
+        <v>626</v>
       </c>
       <c r="E423" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F423" t="s">
         <v>19</v>
       </c>
       <c r="G423" t="s">
         <v>14</v>
       </c>
       <c r="J423">
         <v>0</v>
       </c>
     </row>
     <row r="424" spans="1:10">
       <c r="A424" t="s">
-        <v>635</v>
+        <v>629</v>
       </c>
       <c r="B424" t="s">
-        <v>636</v>
+        <v>630</v>
       </c>
       <c r="E424" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F424" t="s">
         <v>13</v>
       </c>
       <c r="G424" t="s">
         <v>14</v>
       </c>
       <c r="J424">
         <v>0</v>
       </c>
     </row>
     <row r="425" spans="1:10">
       <c r="A425" t="s">
-        <v>637</v>
+        <v>631</v>
       </c>
       <c r="B425" t="s">
-        <v>636</v>
+        <v>630</v>
       </c>
       <c r="E425" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F425" t="s">
         <v>19</v>
       </c>
       <c r="G425" t="s">
         <v>14</v>
       </c>
       <c r="J425">
         <v>0</v>
       </c>
     </row>
     <row r="426" spans="1:10">
       <c r="A426" t="s">
-        <v>638</v>
+        <v>632</v>
       </c>
       <c r="B426" t="s">
-        <v>639</v>
+        <v>633</v>
       </c>
       <c r="E426" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F426" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G426" t="s">
         <v>14</v>
       </c>
       <c r="J426">
         <v>0</v>
       </c>
     </row>
     <row r="427" spans="1:10">
       <c r="A427" t="s">
-        <v>640</v>
+        <v>634</v>
       </c>
       <c r="B427" t="s">
-        <v>641</v>
+        <v>633</v>
       </c>
       <c r="E427" t="s">
         <v>12</v>
       </c>
       <c r="F427" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G427" t="s">
-        <v>65</v>
+        <v>14</v>
       </c>
       <c r="J427">
         <v>0</v>
       </c>
     </row>
     <row r="428" spans="1:10">
       <c r="A428" t="s">
-        <v>642</v>
+        <v>635</v>
       </c>
       <c r="B428" t="s">
-        <v>641</v>
+        <v>636</v>
       </c>
       <c r="E428" t="s">
         <v>12</v>
       </c>
       <c r="F428" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G428" t="s">
         <v>14</v>
       </c>
       <c r="J428">
         <v>0</v>
       </c>
     </row>
     <row r="429" spans="1:10">
       <c r="A429" t="s">
+        <v>637</v>
+      </c>
+      <c r="B429" t="s">
+        <v>638</v>
+      </c>
+      <c r="E429" t="s">
+        <v>12</v>
+      </c>
+      <c r="F429" t="s">
+        <v>13</v>
+      </c>
+      <c r="G429" t="s">
+        <v>14</v>
+      </c>
+      <c r="J429">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="430" spans="1:10">
+      <c r="A430" t="s">
+        <v>639</v>
+      </c>
+      <c r="B430" t="s">
+        <v>638</v>
+      </c>
+      <c r="E430" t="s">
+        <v>12</v>
+      </c>
+      <c r="F430" t="s">
+        <v>19</v>
+      </c>
+      <c r="G430" t="s">
+        <v>14</v>
+      </c>
+      <c r="J430">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="431" spans="1:10">
+      <c r="A431" t="s">
+        <v>640</v>
+      </c>
+      <c r="B431" t="s">
+        <v>641</v>
+      </c>
+      <c r="E431" t="s">
+        <v>12</v>
+      </c>
+      <c r="F431" t="s">
+        <v>13</v>
+      </c>
+      <c r="G431" t="s">
+        <v>14</v>
+      </c>
+      <c r="J431">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="432" spans="1:10">
+      <c r="A432" t="s">
+        <v>642</v>
+      </c>
+      <c r="B432" t="s">
+        <v>641</v>
+      </c>
+      <c r="E432" t="s">
+        <v>12</v>
+      </c>
+      <c r="F432" t="s">
+        <v>19</v>
+      </c>
+      <c r="G432" t="s">
+        <v>14</v>
+      </c>
+      <c r="J432">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="433" spans="1:10">
+      <c r="A433" t="s">
         <v>643</v>
       </c>
-      <c r="B429" t="s">
-[...11 lines deleted...]
-      <c r="J429">
+      <c r="B433" t="s">
+        <v>644</v>
+      </c>
+      <c r="E433" t="s">
+        <v>12</v>
+      </c>
+      <c r="F433" t="s">
+        <v>13</v>
+      </c>
+      <c r="G433" t="s">
+        <v>14</v>
+      </c>
+      <c r="J433">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="434" spans="1:10">
+      <c r="A434" t="s">
+        <v>645</v>
+      </c>
+      <c r="B434" t="s">
+        <v>644</v>
+      </c>
+      <c r="E434" t="s">
+        <v>12</v>
+      </c>
+      <c r="F434" t="s">
+        <v>19</v>
+      </c>
+      <c r="G434" t="s">
+        <v>14</v>
+      </c>
+      <c r="J434">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="435" spans="1:10">
+      <c r="A435" t="s">
+        <v>646</v>
+      </c>
+      <c r="B435" t="s">
+        <v>647</v>
+      </c>
+      <c r="E435" t="s">
+        <v>12</v>
+      </c>
+      <c r="F435" t="s">
+        <v>13</v>
+      </c>
+      <c r="G435" t="s">
+        <v>14</v>
+      </c>
+      <c r="J435">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="436" spans="1:10">
+      <c r="A436" t="s">
+        <v>648</v>
+      </c>
+      <c r="B436" t="s">
+        <v>647</v>
+      </c>
+      <c r="E436" t="s">
+        <v>12</v>
+      </c>
+      <c r="F436" t="s">
+        <v>19</v>
+      </c>
+      <c r="G436" t="s">
+        <v>14</v>
+      </c>
+      <c r="J436">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="437" spans="1:10">
+      <c r="A437" t="s">
+        <v>649</v>
+      </c>
+      <c r="B437" t="s">
+        <v>650</v>
+      </c>
+      <c r="E437" t="s">
+        <v>12</v>
+      </c>
+      <c r="F437" t="s">
+        <v>13</v>
+      </c>
+      <c r="G437" t="s">
+        <v>14</v>
+      </c>
+      <c r="J437">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="438" spans="1:10">
+      <c r="A438" t="s">
+        <v>651</v>
+      </c>
+      <c r="B438" t="s">
+        <v>650</v>
+      </c>
+      <c r="E438" t="s">
+        <v>12</v>
+      </c>
+      <c r="F438" t="s">
+        <v>19</v>
+      </c>
+      <c r="G438" t="s">
+        <v>14</v>
+      </c>
+      <c r="J438">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="439" spans="1:10">
+      <c r="A439" t="s">
+        <v>652</v>
+      </c>
+      <c r="B439" t="s">
+        <v>650</v>
+      </c>
+      <c r="E439" t="s">
+        <v>12</v>
+      </c>
+      <c r="F439" t="s">
+        <v>19</v>
+      </c>
+      <c r="G439" t="s">
+        <v>14</v>
+      </c>
+      <c r="J439">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="440" spans="1:10">
+      <c r="A440" t="s">
+        <v>653</v>
+      </c>
+      <c r="B440" t="s">
+        <v>654</v>
+      </c>
+      <c r="E440" t="s">
+        <v>31</v>
+      </c>
+      <c r="F440" t="s">
+        <v>13</v>
+      </c>
+      <c r="G440" t="s">
+        <v>14</v>
+      </c>
+      <c r="J440">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="441" spans="1:10">
+      <c r="A441" t="s">
+        <v>655</v>
+      </c>
+      <c r="B441" t="s">
+        <v>654</v>
+      </c>
+      <c r="E441" t="s">
+        <v>31</v>
+      </c>
+      <c r="F441" t="s">
+        <v>19</v>
+      </c>
+      <c r="G441" t="s">
+        <v>14</v>
+      </c>
+      <c r="J441">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="442" spans="1:10">
+      <c r="A442" t="s">
+        <v>656</v>
+      </c>
+      <c r="B442" t="s">
+        <v>657</v>
+      </c>
+      <c r="E442" t="s">
+        <v>12</v>
+      </c>
+      <c r="F442" t="s">
+        <v>13</v>
+      </c>
+      <c r="G442" t="s">
+        <v>14</v>
+      </c>
+      <c r="J442">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="443" spans="1:10">
+      <c r="A443" t="s">
+        <v>658</v>
+      </c>
+      <c r="B443" t="s">
+        <v>657</v>
+      </c>
+      <c r="E443" t="s">
+        <v>12</v>
+      </c>
+      <c r="F443" t="s">
+        <v>19</v>
+      </c>
+      <c r="G443" t="s">
+        <v>14</v>
+      </c>
+      <c r="J443">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="444" spans="1:10">
+      <c r="A444" t="s">
+        <v>659</v>
+      </c>
+      <c r="B444" t="s">
+        <v>660</v>
+      </c>
+      <c r="E444" t="s">
+        <v>31</v>
+      </c>
+      <c r="F444" t="s">
+        <v>13</v>
+      </c>
+      <c r="G444" t="s">
+        <v>14</v>
+      </c>
+      <c r="J444">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="445" spans="1:10">
+      <c r="A445" t="s">
+        <v>661</v>
+      </c>
+      <c r="B445" t="s">
+        <v>660</v>
+      </c>
+      <c r="E445" t="s">
+        <v>31</v>
+      </c>
+      <c r="F445" t="s">
+        <v>19</v>
+      </c>
+      <c r="G445" t="s">
+        <v>14</v>
+      </c>
+      <c r="J445">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="446" spans="1:10">
+      <c r="A446" t="s">
+        <v>662</v>
+      </c>
+      <c r="B446" t="s">
+        <v>663</v>
+      </c>
+      <c r="E446" t="s">
+        <v>12</v>
+      </c>
+      <c r="F446" t="s">
+        <v>13</v>
+      </c>
+      <c r="G446" t="s">
+        <v>14</v>
+      </c>
+      <c r="J446">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="447" spans="1:10">
+      <c r="A447" t="s">
+        <v>664</v>
+      </c>
+      <c r="B447" t="s">
+        <v>663</v>
+      </c>
+      <c r="E447" t="s">
+        <v>12</v>
+      </c>
+      <c r="F447" t="s">
+        <v>19</v>
+      </c>
+      <c r="G447" t="s">
+        <v>14</v>
+      </c>
+      <c r="J447">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="448" spans="1:10">
+      <c r="A448" t="s">
+        <v>665</v>
+      </c>
+      <c r="B448" t="s">
+        <v>666</v>
+      </c>
+      <c r="E448" t="s">
+        <v>31</v>
+      </c>
+      <c r="F448" t="s">
+        <v>13</v>
+      </c>
+      <c r="G448" t="s">
+        <v>14</v>
+      </c>
+      <c r="J448">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="449" spans="1:10">
+      <c r="A449" t="s">
+        <v>667</v>
+      </c>
+      <c r="B449" t="s">
+        <v>668</v>
+      </c>
+      <c r="E449" t="s">
+        <v>12</v>
+      </c>
+      <c r="F449" t="s">
+        <v>13</v>
+      </c>
+      <c r="G449" t="s">
+        <v>14</v>
+      </c>
+      <c r="J449">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="450" spans="1:10">
+      <c r="A450" t="s">
+        <v>669</v>
+      </c>
+      <c r="B450" t="s">
+        <v>668</v>
+      </c>
+      <c r="E450" t="s">
+        <v>12</v>
+      </c>
+      <c r="F450" t="s">
+        <v>19</v>
+      </c>
+      <c r="G450" t="s">
+        <v>14</v>
+      </c>
+      <c r="J450">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="451" spans="1:10">
+      <c r="A451" t="s">
+        <v>670</v>
+      </c>
+      <c r="B451" t="s">
+        <v>671</v>
+      </c>
+      <c r="E451" t="s">
+        <v>12</v>
+      </c>
+      <c r="F451" t="s">
+        <v>13</v>
+      </c>
+      <c r="G451" t="s">
+        <v>14</v>
+      </c>
+      <c r="J451">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="452" spans="1:10">
+      <c r="A452" t="s">
+        <v>672</v>
+      </c>
+      <c r="B452" t="s">
+        <v>673</v>
+      </c>
+      <c r="E452" t="s">
+        <v>12</v>
+      </c>
+      <c r="F452" t="s">
+        <v>13</v>
+      </c>
+      <c r="G452" t="s">
+        <v>14</v>
+      </c>
+      <c r="J452">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="453" spans="1:10">
+      <c r="A453" t="s">
+        <v>674</v>
+      </c>
+      <c r="B453" t="s">
+        <v>673</v>
+      </c>
+      <c r="E453" t="s">
+        <v>12</v>
+      </c>
+      <c r="F453" t="s">
+        <v>19</v>
+      </c>
+      <c r="G453" t="s">
+        <v>14</v>
+      </c>
+      <c r="J453">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="454" spans="1:10">
+      <c r="A454" t="s">
+        <v>675</v>
+      </c>
+      <c r="B454" t="s">
+        <v>676</v>
+      </c>
+      <c r="E454" t="s">
+        <v>31</v>
+      </c>
+      <c r="F454" t="s">
+        <v>19</v>
+      </c>
+      <c r="G454" t="s">
+        <v>14</v>
+      </c>
+      <c r="J454">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="455" spans="1:10">
+      <c r="A455" t="s">
+        <v>677</v>
+      </c>
+      <c r="B455" t="s">
+        <v>678</v>
+      </c>
+      <c r="E455" t="s">
+        <v>12</v>
+      </c>
+      <c r="F455" t="s">
+        <v>13</v>
+      </c>
+      <c r="G455" t="s">
+        <v>14</v>
+      </c>
+      <c r="J455">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="456" spans="1:10">
+      <c r="A456" t="s">
+        <v>679</v>
+      </c>
+      <c r="B456" t="s">
+        <v>678</v>
+      </c>
+      <c r="E456" t="s">
+        <v>12</v>
+      </c>
+      <c r="F456" t="s">
+        <v>19</v>
+      </c>
+      <c r="G456" t="s">
+        <v>14</v>
+      </c>
+      <c r="J456">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="457" spans="1:10">
+      <c r="A457" t="s">
+        <v>680</v>
+      </c>
+      <c r="B457" t="s">
+        <v>678</v>
+      </c>
+      <c r="E457" t="s">
+        <v>12</v>
+      </c>
+      <c r="F457" t="s">
+        <v>19</v>
+      </c>
+      <c r="G457" t="s">
+        <v>14</v>
+      </c>
+      <c r="J457">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="458" spans="1:10">
+      <c r="A458" t="s">
+        <v>681</v>
+      </c>
+      <c r="B458" t="s">
+        <v>682</v>
+      </c>
+      <c r="E458" t="s">
+        <v>12</v>
+      </c>
+      <c r="F458" t="s">
+        <v>19</v>
+      </c>
+      <c r="G458" t="s">
+        <v>14</v>
+      </c>
+      <c r="J458">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="459" spans="1:10">
+      <c r="A459" t="s">
+        <v>683</v>
+      </c>
+      <c r="B459" t="s">
+        <v>684</v>
+      </c>
+      <c r="E459" t="s">
+        <v>12</v>
+      </c>
+      <c r="F459" t="s">
+        <v>13</v>
+      </c>
+      <c r="G459" t="s">
+        <v>14</v>
+      </c>
+      <c r="J459">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="460" spans="1:10">
+      <c r="A460" t="s">
+        <v>685</v>
+      </c>
+      <c r="B460" t="s">
+        <v>684</v>
+      </c>
+      <c r="E460" t="s">
+        <v>12</v>
+      </c>
+      <c r="F460" t="s">
+        <v>19</v>
+      </c>
+      <c r="G460" t="s">
+        <v>14</v>
+      </c>
+      <c r="J460">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="461" spans="1:10">
+      <c r="A461" t="s">
+        <v>686</v>
+      </c>
+      <c r="B461" t="s">
+        <v>687</v>
+      </c>
+      <c r="E461" t="s">
+        <v>31</v>
+      </c>
+      <c r="F461" t="s">
+        <v>19</v>
+      </c>
+      <c r="G461" t="s">
+        <v>14</v>
+      </c>
+      <c r="J461">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="462" spans="1:10">
+      <c r="A462" t="s">
+        <v>688</v>
+      </c>
+      <c r="B462" t="s">
+        <v>689</v>
+      </c>
+      <c r="E462" t="s">
+        <v>12</v>
+      </c>
+      <c r="F462" t="s">
+        <v>13</v>
+      </c>
+      <c r="G462" t="s">
+        <v>14</v>
+      </c>
+      <c r="J462">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="463" spans="1:10">
+      <c r="A463" t="s">
+        <v>690</v>
+      </c>
+      <c r="B463" t="s">
+        <v>689</v>
+      </c>
+      <c r="E463" t="s">
+        <v>12</v>
+      </c>
+      <c r="F463" t="s">
+        <v>19</v>
+      </c>
+      <c r="G463" t="s">
+        <v>14</v>
+      </c>
+      <c r="J463">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="464" spans="1:10">
+      <c r="A464" t="s">
+        <v>691</v>
+      </c>
+      <c r="B464" t="s">
+        <v>692</v>
+      </c>
+      <c r="E464" t="s">
+        <v>31</v>
+      </c>
+      <c r="F464" t="s">
+        <v>19</v>
+      </c>
+      <c r="G464" t="s">
+        <v>14</v>
+      </c>
+      <c r="J464">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="465" spans="1:10">
+      <c r="A465" t="s">
+        <v>693</v>
+      </c>
+      <c r="B465" t="s">
+        <v>694</v>
+      </c>
+      <c r="E465" t="s">
+        <v>12</v>
+      </c>
+      <c r="F465" t="s">
+        <v>13</v>
+      </c>
+      <c r="G465" t="s">
+        <v>14</v>
+      </c>
+      <c r="J465">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="466" spans="1:10">
+      <c r="A466" t="s">
+        <v>695</v>
+      </c>
+      <c r="B466" t="s">
+        <v>694</v>
+      </c>
+      <c r="E466" t="s">
+        <v>12</v>
+      </c>
+      <c r="F466" t="s">
+        <v>19</v>
+      </c>
+      <c r="G466" t="s">
+        <v>14</v>
+      </c>
+      <c r="J466">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="467" spans="1:10">
+      <c r="A467" t="s">
+        <v>696</v>
+      </c>
+      <c r="B467" t="s">
+        <v>697</v>
+      </c>
+      <c r="E467" t="s">
+        <v>12</v>
+      </c>
+      <c r="F467" t="s">
+        <v>13</v>
+      </c>
+      <c r="G467" t="s">
+        <v>14</v>
+      </c>
+      <c r="J467">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="468" spans="1:10">
+      <c r="A468" t="s">
+        <v>698</v>
+      </c>
+      <c r="B468" t="s">
+        <v>697</v>
+      </c>
+      <c r="E468" t="s">
+        <v>12</v>
+      </c>
+      <c r="F468" t="s">
+        <v>19</v>
+      </c>
+      <c r="G468" t="s">
+        <v>14</v>
+      </c>
+      <c r="J468">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="469" spans="1:10">
+      <c r="A469" t="s">
+        <v>699</v>
+      </c>
+      <c r="B469" t="s">
+        <v>700</v>
+      </c>
+      <c r="E469" t="s">
+        <v>12</v>
+      </c>
+      <c r="F469" t="s">
+        <v>19</v>
+      </c>
+      <c r="G469" t="s">
+        <v>14</v>
+      </c>
+      <c r="J469">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="470" spans="1:10">
+      <c r="A470" t="s">
+        <v>701</v>
+      </c>
+      <c r="B470" t="s">
+        <v>702</v>
+      </c>
+      <c r="E470" t="s">
+        <v>31</v>
+      </c>
+      <c r="F470" t="s">
+        <v>19</v>
+      </c>
+      <c r="G470" t="s">
+        <v>14</v>
+      </c>
+      <c r="J470">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="471" spans="1:10">
+      <c r="A471" t="s">
+        <v>703</v>
+      </c>
+      <c r="B471" t="s">
+        <v>704</v>
+      </c>
+      <c r="E471" t="s">
+        <v>12</v>
+      </c>
+      <c r="F471" t="s">
+        <v>13</v>
+      </c>
+      <c r="G471" t="s">
+        <v>14</v>
+      </c>
+      <c r="J471">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="472" spans="1:10">
+      <c r="A472" t="s">
+        <v>705</v>
+      </c>
+      <c r="B472" t="s">
+        <v>706</v>
+      </c>
+      <c r="E472" t="s">
+        <v>12</v>
+      </c>
+      <c r="F472" t="s">
+        <v>13</v>
+      </c>
+      <c r="G472" t="s">
+        <v>14</v>
+      </c>
+      <c r="J472">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="473" spans="1:10">
+      <c r="A473" t="s">
+        <v>707</v>
+      </c>
+      <c r="B473" t="s">
+        <v>708</v>
+      </c>
+      <c r="E473" t="s">
+        <v>12</v>
+      </c>
+      <c r="F473" t="s">
+        <v>13</v>
+      </c>
+      <c r="G473" t="s">
+        <v>14</v>
+      </c>
+      <c r="J473">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="474" spans="1:10">
+      <c r="A474" t="s">
+        <v>709</v>
+      </c>
+      <c r="B474" t="s">
+        <v>708</v>
+      </c>
+      <c r="E474" t="s">
+        <v>12</v>
+      </c>
+      <c r="F474" t="s">
+        <v>19</v>
+      </c>
+      <c r="G474" t="s">
+        <v>14</v>
+      </c>
+      <c r="J474">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="475" spans="1:10">
+      <c r="A475" t="s">
+        <v>710</v>
+      </c>
+      <c r="B475" t="s">
+        <v>711</v>
+      </c>
+      <c r="E475" t="s">
+        <v>31</v>
+      </c>
+      <c r="F475" t="s">
+        <v>19</v>
+      </c>
+      <c r="G475" t="s">
+        <v>14</v>
+      </c>
+      <c r="J475">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="476" spans="1:10">
+      <c r="A476" t="s">
+        <v>712</v>
+      </c>
+      <c r="B476" t="s">
+        <v>713</v>
+      </c>
+      <c r="E476" t="s">
+        <v>12</v>
+      </c>
+      <c r="F476" t="s">
+        <v>13</v>
+      </c>
+      <c r="G476" t="s">
+        <v>84</v>
+      </c>
+      <c r="J476">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="477" spans="1:10">
+      <c r="A477" t="s">
+        <v>714</v>
+      </c>
+      <c r="B477" t="s">
+        <v>713</v>
+      </c>
+      <c r="E477" t="s">
+        <v>12</v>
+      </c>
+      <c r="F477" t="s">
+        <v>13</v>
+      </c>
+      <c r="G477" t="s">
+        <v>14</v>
+      </c>
+      <c r="J477">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="478" spans="1:10">
+      <c r="A478" t="s">
+        <v>715</v>
+      </c>
+      <c r="B478" t="s">
+        <v>713</v>
+      </c>
+      <c r="E478" t="s">
+        <v>12</v>
+      </c>
+      <c r="F478" t="s">
+        <v>19</v>
+      </c>
+      <c r="G478" t="s">
+        <v>14</v>
+      </c>
+      <c r="J478">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">