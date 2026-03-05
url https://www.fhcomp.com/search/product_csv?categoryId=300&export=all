--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -114,105 +114,105 @@
   <si>
     <t>1/10W</t>
   </si>
   <si>
     <t>RC-02000JT</t>
   </si>
   <si>
     <t>0402</t>
   </si>
   <si>
     <t>1/16W</t>
   </si>
   <si>
     <t>RC-01000JT</t>
   </si>
   <si>
     <t>0201</t>
   </si>
   <si>
     <t>1/20W</t>
   </si>
   <si>
     <t>RC-01000JT13</t>
   </si>
   <si>
+    <t>RS10000JTG</t>
+  </si>
+  <si>
+    <t>±5%</t>
+  </si>
+  <si>
+    <t>RS06000JTG</t>
+  </si>
+  <si>
     <t>RC-005000JT</t>
   </si>
   <si>
     <t>01005</t>
   </si>
   <si>
     <t>1/32W</t>
   </si>
   <si>
     <t>RS-10000FT</t>
   </si>
   <si>
     <t>≤10mΩ</t>
   </si>
   <si>
     <t>RS-1210000FT</t>
   </si>
   <si>
     <t>RS-06000FT</t>
   </si>
   <si>
     <t>RS-05000FT</t>
   </si>
   <si>
     <t>±1%</t>
   </si>
   <si>
     <t>RS-03000FT</t>
   </si>
   <si>
     <t>RS03000FTG</t>
   </si>
   <si>
     <t>RC-02000FT</t>
   </si>
   <si>
     <t>RC-01000FT</t>
   </si>
   <si>
     <t>≤35mΩ</t>
   </si>
   <si>
     <t>RC-005000FT</t>
   </si>
   <si>
-    <t>RS10000JTG</t>
-[...4 lines deleted...]
-  <si>
     <t>RS-03000JB</t>
-  </si>
-[...1 lines deleted...]
-    <t>±5%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -731,336 +731,336 @@
       </c>
       <c r="C9" t="s">
         <v>31</v>
       </c>
       <c r="D9" t="s">
         <v>32</v>
       </c>
       <c r="E9" t="s">
         <v>13</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="I9">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>34</v>
       </c>
       <c r="B10" t="s">
         <v>10</v>
       </c>
       <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>13</v>
+      </c>
+      <c r="F10" t="s">
         <v>35</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
       <c r="I10">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
       <c r="C11" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E11" t="s">
         <v>13</v>
       </c>
       <c r="F11" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="I11">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>37</v>
+      </c>
+      <c r="B12" t="s">
+        <v>10</v>
+      </c>
+      <c r="C12" t="s">
+        <v>38</v>
+      </c>
+      <c r="D12" t="s">
         <v>39</v>
       </c>
-      <c r="B12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E12" t="s">
         <v>13</v>
       </c>
       <c r="F12" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="I12">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>40</v>
       </c>
       <c r="B13" t="s">
         <v>10</v>
       </c>
       <c r="C13" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="D13" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E13" t="s">
         <v>13</v>
       </c>
       <c r="F13" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="I13">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>42</v>
+      </c>
+      <c r="B14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C14" t="s">
+        <v>16</v>
+      </c>
+      <c r="D14" t="s">
+        <v>17</v>
+      </c>
+      <c r="E14" t="s">
+        <v>13</v>
+      </c>
+      <c r="F14" t="s">
         <v>41</v>
-      </c>
-[...13 lines deleted...]
-        <v>42</v>
       </c>
       <c r="I14">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>43</v>
       </c>
       <c r="B15" t="s">
         <v>10</v>
       </c>
       <c r="C15" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D15" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E15" t="s">
         <v>13</v>
       </c>
       <c r="F15" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="I15">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>44</v>
       </c>
       <c r="B16" t="s">
         <v>10</v>
       </c>
       <c r="C16" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D16" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>13</v>
       </c>
       <c r="F16" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="I16">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B17" t="s">
         <v>10</v>
       </c>
       <c r="C17" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D17" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E17" t="s">
         <v>13</v>
       </c>
       <c r="F17" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="I17">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B18" t="s">
         <v>10</v>
       </c>
       <c r="C18" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="D18" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E18" t="s">
         <v>13</v>
       </c>
       <c r="F18" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="I18">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>48</v>
       </c>
       <c r="B19" t="s">
         <v>10</v>
       </c>
       <c r="C19" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="D19" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="E19" t="s">
         <v>13</v>
       </c>
       <c r="F19" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="I19">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>49</v>
       </c>
       <c r="B20" t="s">
         <v>10</v>
       </c>
       <c r="C20" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="E20" t="s">
         <v>13</v>
       </c>
       <c r="F20" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="I20">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>51</v>
+      </c>
+      <c r="B21" t="s">
+        <v>10</v>
+      </c>
+      <c r="C21" t="s">
+        <v>38</v>
+      </c>
+      <c r="D21" t="s">
+        <v>39</v>
+      </c>
+      <c r="E21" t="s">
+        <v>13</v>
+      </c>
+      <c r="F21" t="s">
         <v>50</v>
-      </c>
-[...13 lines deleted...]
-        <v>14</v>
       </c>
       <c r="I21">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B22" t="s">
         <v>10</v>
       </c>
       <c r="C22" t="s">
         <v>25</v>
       </c>
       <c r="D22" t="s">
         <v>26</v>
       </c>
       <c r="E22" t="s">
         <v>13</v>
       </c>
       <c r="F22" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="I22">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>