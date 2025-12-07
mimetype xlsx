--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2262" uniqueCount="413">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2270" uniqueCount="414">
   <si>
     <t>Part Number</t>
   </si>
   <si>
     <t>Capacitance</t>
   </si>
   <si>
     <t>Time</t>
   </si>
   <si>
     <t>Size Code</t>
   </si>
   <si>
     <t>T.C.R(ppm/°C)</t>
   </si>
   <si>
     <t>Rated Vdc</t>
   </si>
   <si>
     <t>Tolerance</t>
   </si>
   <si>
     <t>Applications</t>
   </si>
   <si>
@@ -273,59 +273,59 @@
   <si>
     <t>8121VBM1835RYN91E0</t>
   </si>
   <si>
     <t>8121VAM1840RYN0110</t>
   </si>
   <si>
     <t>400V</t>
   </si>
   <si>
     <t>8121VAM1830RYN91E0</t>
   </si>
   <si>
     <t>8121MFM1830RYN91E0</t>
   </si>
   <si>
     <t>8121MCMAB30RYN91E0</t>
   </si>
   <si>
     <t>Φ12.5×30mm</t>
   </si>
   <si>
     <t>AB30</t>
   </si>
   <si>
+    <t>8101VBM1840RYQ0150</t>
+  </si>
+  <si>
+    <t>100μF</t>
+  </si>
+  <si>
     <t>8101VBM1840RYN91E0</t>
   </si>
   <si>
-    <t>100μF</t>
-[...4 lines deleted...]
-  <si>
     <t>8101VBM1835RYN91E0</t>
   </si>
   <si>
     <t>8101VBM1830RYN91E0</t>
   </si>
   <si>
     <t>8101VAM1830RYN0110</t>
   </si>
   <si>
     <t>8101VAM1830RYN91E0</t>
   </si>
   <si>
     <t>8101VAM1635RYN91E0</t>
   </si>
   <si>
     <t>Φ16×35mm</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
     <t>8101MDM1625RYN91E0</t>
   </si>
   <si>
     <t>8101MCMAB25RYN91E0</t>
@@ -399,419 +399,422 @@
   <si>
     <t>8820MDMAB25RYN91E0</t>
   </si>
   <si>
     <t>8820MDM1825RYN0110</t>
   </si>
   <si>
     <t>8820MCMAB25RYN0110</t>
   </si>
   <si>
     <t>8680VBM2030RYN0110</t>
   </si>
   <si>
     <t>68μF</t>
   </si>
   <si>
     <t>Φ20×30mm</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>8680VBM1830RYN91E0</t>
   </si>
   <si>
+    <t>8680VBM1825RYN91E0</t>
+  </si>
+  <si>
     <t>8680VBM1825RYN91EC</t>
   </si>
   <si>
-    <t>8680VBM1825RYN91E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8680VAM1825RYN91E0</t>
   </si>
   <si>
     <t>8680VAM1625RYN91E0</t>
   </si>
   <si>
     <t>8680MDMAB25RYN91E0</t>
   </si>
   <si>
     <t>8680MDM1625RYN0110</t>
   </si>
   <si>
     <t>8680MCMAB20RYN91E0</t>
   </si>
   <si>
     <t>8680MCM1030RYN91E0</t>
   </si>
   <si>
     <t>Φ10×30mm</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>8560VAMAB35RYN91E0</t>
   </si>
   <si>
     <t>56μF</t>
   </si>
   <si>
     <t>8560MFMAB35RYN91E0</t>
   </si>
   <si>
     <t>8560MFMAB25RYN91E0</t>
   </si>
   <si>
     <t>8470VBMAB40RYN91E0</t>
   </si>
   <si>
     <t>47μF</t>
   </si>
   <si>
+    <t>8470VBM1830RYN91EC</t>
+  </si>
+  <si>
+    <t>8470VBM1830RYN91F0</t>
+  </si>
+  <si>
     <t>8470VBM1830RYN91FC</t>
   </si>
   <si>
-    <t>8470VBM1830RYN91F0</t>
-[...2 lines deleted...]
-    <t>8470VBM1830RYN91EC</t>
+    <t>8470VBM1830RYN91E0</t>
   </si>
   <si>
     <t>8470VBM1830RYN0110</t>
   </si>
   <si>
-    <t>8470VBM1830RYN91E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8470VBM1825RYN91E0</t>
   </si>
   <si>
     <t>8470VBM1625RYN91E0</t>
   </si>
   <si>
     <t>8470VAMAB30RYN91E0</t>
   </si>
   <si>
     <t>8470VAM1825RYN01F0</t>
   </si>
   <si>
     <t>8470VAM1820RYN91E0</t>
   </si>
   <si>
     <t>Φ18×20mm</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>8470VAM1625RYN91E0</t>
   </si>
   <si>
     <t>8470MFM1820RYN0110</t>
   </si>
   <si>
     <t>8470MFM1820RYN011C</t>
   </si>
   <si>
     <t>8470MDMAB25RYN0110</t>
   </si>
   <si>
     <t>8470MDMAB25RYN1110</t>
   </si>
   <si>
     <t>8470MDMAB20RYN91E0</t>
   </si>
   <si>
     <t>8470MCMAB25RYN91E0</t>
   </si>
   <si>
+    <t>8470MCMAB20RYN91E0</t>
+  </si>
+  <si>
     <t>8470MCMAB20RYN0110</t>
   </si>
   <si>
-    <t>8470MCMAB20RYN91E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8470MCM1020RYN91E0</t>
   </si>
   <si>
     <t>Φ10×20mm</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>8470MBM1020RYN0110</t>
   </si>
   <si>
     <t>8470MAM1012RYN0110</t>
   </si>
   <si>
     <t>8470LEMAA11RYN91E0</t>
   </si>
   <si>
     <t>8390VAMAB25RYN91E0</t>
   </si>
   <si>
     <t>39μF</t>
   </si>
   <si>
     <t>8390VAM1620RYN91E0</t>
   </si>
   <si>
     <t>Φ16×20mm</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
     <t>8330VAQ1635RYN91E0</t>
   </si>
   <si>
     <t>33μF</t>
   </si>
   <si>
     <t>-10%~+30%</t>
   </si>
   <si>
     <t>8330VBMAB30RYN91E0</t>
   </si>
   <si>
+    <t>8330VBMAB25RYN91E0</t>
+  </si>
+  <si>
     <t>8330VBMAB25RYN91EC</t>
   </si>
   <si>
-    <t>8330VBMAB25RYN91E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8330VBM1825RYN0110</t>
   </si>
   <si>
     <t>8330VBM1625RYN0110</t>
   </si>
   <si>
     <t>8330VBM1620RYN91E0</t>
   </si>
   <si>
     <t>8330VBM1040RYN91E0</t>
   </si>
   <si>
     <t>Φ10×40mm</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
+    <t>8330VAMAB25RYN91B0</t>
+  </si>
+  <si>
     <t>8330VAMAB25RYN91E0</t>
   </si>
   <si>
-    <t>8330VAMAB25RYN91B0</t>
-[...1 lines deleted...]
-  <si>
     <t>8330VAMAB20RYN91E0</t>
   </si>
   <si>
     <t>8330VAM1825RYN0110</t>
   </si>
   <si>
     <t>8330VAM1820RYN01F0</t>
   </si>
   <si>
     <t>8330VAM1620RYN91E0</t>
   </si>
   <si>
     <t>8330MFMAB25RYN91E0</t>
   </si>
   <si>
     <t>8330MFMAB20RYN91E0</t>
   </si>
   <si>
+    <t>8330MDMAB20RYN0110</t>
+  </si>
+  <si>
+    <t>8330MDMAB20RYN1110</t>
+  </si>
+  <si>
     <t>8330MDMAB20RYN0150</t>
   </si>
   <si>
-    <t>8330MDMAB20RYN0110</t>
-[...4 lines deleted...]
-  <si>
     <t>8330MDM1020RYN91E0</t>
   </si>
   <si>
     <t>8330MCMAB16RYN0110</t>
   </si>
   <si>
     <t>8330MCM1020RYN0110</t>
   </si>
   <si>
     <t>8330MBM1020RYN0110</t>
   </si>
   <si>
     <t>8330MBM1020RYN0170</t>
   </si>
   <si>
+    <t>8270VBM1030RYN91E0</t>
+  </si>
+  <si>
+    <t>27μF</t>
+  </si>
+  <si>
     <t>8270VAMAB20RYN91E0</t>
   </si>
   <si>
-    <t>27μF</t>
-[...1 lines deleted...]
-  <si>
     <t>8220VBMAB30RYN91E0</t>
   </si>
   <si>
     <t>22μF</t>
   </si>
   <si>
     <t>8220VBMAB25RYN91E0</t>
   </si>
   <si>
+    <t>8220VBMAB20RYN91EP</t>
+  </si>
+  <si>
     <t>8220VBMAB20RYN91E0</t>
   </si>
   <si>
-    <t>8220VBMAB20RYN91EP</t>
-[...1 lines deleted...]
-  <si>
     <t>8220VBM1820RYN0110</t>
   </si>
   <si>
+    <t>8220VBM1820RYN01F0</t>
+  </si>
+  <si>
+    <t>8220VBM1820RYN0150</t>
+  </si>
+  <si>
     <t>8220VBM1820RYN01E0</t>
   </si>
   <si>
-    <t>8220VBM1820RYN01F0</t>
-[...4 lines deleted...]
-  <si>
     <t>8220VBM1625RYN91E0</t>
   </si>
   <si>
     <t>8220VBM1625RYN0110</t>
   </si>
   <si>
+    <t>8220VBM1620RYN91E0</t>
+  </si>
+  <si>
     <t>8220VBM1620RYN0110</t>
   </si>
   <si>
-    <t>8220VBM1620RYN91E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8220VAMAB25RYN91E0</t>
   </si>
   <si>
     <t>8220VAMAB20RYN0110</t>
   </si>
   <si>
     <t>8220VAMAB20RYN91E0</t>
   </si>
   <si>
     <t>8220VAM1625RYN0110</t>
   </si>
   <si>
     <t>8220VAM1025RYN91E0</t>
   </si>
   <si>
     <t>Φ10×25mm</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
+    <t>8220MFMAB25RYN91E0</t>
+  </si>
+  <si>
     <t>8220MFMAB25RYN0110</t>
   </si>
   <si>
-    <t>8220MFMAB25RYN91E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8220MFMAB20RYN91E0</t>
   </si>
   <si>
+    <t>8220MDMAB20RYN0150</t>
+  </si>
+  <si>
     <t>8220MDMAB20RYN0110</t>
   </si>
   <si>
-    <t>8220MDMAB20RYN0150</t>
-[...1 lines deleted...]
-  <si>
     <t>8220MDM1020RYN0110</t>
   </si>
   <si>
     <t>8220MCMAB20RYN0110</t>
   </si>
   <si>
+    <t>8220MCM1020RYN0110</t>
+  </si>
+  <si>
     <t>8220MCM1020RYN0150</t>
   </si>
   <si>
     <t>8220MCM1020RYN91E0</t>
   </si>
   <si>
-    <t>8220MCM1020RYN0110</t>
+    <t>8220MCM1016RYN91EP</t>
   </si>
   <si>
     <t>8220MCM1016RYN0110</t>
   </si>
   <si>
-    <t>8220MCM1016RYN91EP</t>
-[...1 lines deleted...]
-  <si>
     <t>8220MBM0816RYN0110</t>
   </si>
   <si>
     <t>8220LFMAA11RYN0110</t>
   </si>
   <si>
     <t>8220LEM0511RYN91E0</t>
   </si>
   <si>
     <t>Φ5×11mm</t>
   </si>
   <si>
     <t>0511</t>
   </si>
   <si>
     <t>8180MCM1016RYN91E0</t>
   </si>
   <si>
     <t>18μF</t>
   </si>
   <si>
     <t>8150VCMAB25RYN91E0</t>
   </si>
   <si>
     <t>15μF</t>
   </si>
   <si>
     <t>500V</t>
   </si>
   <si>
     <t>8150VCMAB20RYN91EP</t>
   </si>
   <si>
+    <t>8150VBMAB25RYN0110</t>
+  </si>
+  <si>
     <t>8150VBMAB25RYN91E0</t>
   </si>
   <si>
-    <t>8150VBMAB25RYN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8150VBMAB20RYN91EP</t>
   </si>
   <si>
     <t>8150VBMAB20RYN91E0</t>
   </si>
   <si>
     <t>8150VBMAB16RYN91E0</t>
   </si>
   <si>
     <t>8150VBM1020RYN91E0</t>
   </si>
   <si>
     <t>8150VAMAB20RYN0110</t>
   </si>
   <si>
     <t>8150VAM1020RYN91E0</t>
   </si>
   <si>
     <t>8150VAM1020RYN91EL</t>
   </si>
   <si>
     <t>8150MDMAB20RYN0110</t>
   </si>
   <si>
     <t>8150MDM1020RYN0110</t>
@@ -834,444 +837,444 @@
   <si>
     <t>8150MCK1020RYN0110</t>
   </si>
   <si>
     <t>8150MBK1016RYN0110</t>
   </si>
   <si>
     <t>8120VAM1016RYN91E0</t>
   </si>
   <si>
     <t>12μF</t>
   </si>
   <si>
     <t>8120MCM0810RYN91EL</t>
   </si>
   <si>
     <t>Φ8×10mm</t>
   </si>
   <si>
     <t>0810</t>
   </si>
   <si>
     <t>8120MCM0810RYN91E0</t>
   </si>
   <si>
+    <t>8100VCMAB20RYN0110</t>
+  </si>
+  <si>
+    <t>10μF</t>
+  </si>
+  <si>
+    <t>8100VCMAB20RYN91EP</t>
+  </si>
+  <si>
     <t>8100VCMAB20RYN91E0</t>
   </si>
   <si>
-    <t>10μF</t>
-[...7 lines deleted...]
-  <si>
     <t>8100VBMAB25RYN0110</t>
   </si>
   <si>
     <t>8100VBMAB20RYN01E0</t>
   </si>
   <si>
+    <t>8100VBMAB20RYN0110</t>
+  </si>
+  <si>
+    <t>8100VBMAB20RYN01F0</t>
+  </si>
+  <si>
+    <t>8100VBMAB20RYN0150</t>
+  </si>
+  <si>
     <t>8100VBMAB20RYN91E0</t>
   </si>
   <si>
-    <t>8100VBMAB20RYN0150</t>
-[...7 lines deleted...]
-  <si>
     <t>8100VBMAB16RYN91E0</t>
   </si>
   <si>
     <t>8100VBM1020RYN91E0</t>
   </si>
   <si>
+    <t>8100VBM1016RYN91E0</t>
+  </si>
+  <si>
     <t>8100VBM1016RYN91EP</t>
   </si>
   <si>
-    <t>8100VBM1016RYN91E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8100VAMAB20RYN0110</t>
   </si>
   <si>
+    <t>8100VAM1020RYN011P</t>
+  </si>
+  <si>
     <t>8100VAM1020RYN0110</t>
   </si>
   <si>
     <t>8100VAM1020RYN91E0</t>
   </si>
   <si>
-    <t>8100VAM1020RYN011P</t>
+    <t>8100VAM1016RYN91E0</t>
+  </si>
+  <si>
+    <t>8100VAM1016RYN01SC</t>
   </si>
   <si>
     <t>8100VAM1016RYN01S0</t>
   </si>
   <si>
-    <t>8100VAM1016RYN01SC</t>
-[...4 lines deleted...]
-  <si>
     <t>8100VAM1014RYN011C</t>
   </si>
   <si>
     <t>Φ10×14mm</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>8100VAM1014RYN0110</t>
   </si>
   <si>
+    <t>8100MFM1020RYN0110</t>
+  </si>
+  <si>
     <t>8100MFM1020RYN91E0</t>
   </si>
   <si>
-    <t>8100MFM1020RYN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8100MDM1016RYN0110</t>
   </si>
   <si>
     <t>8100MDM0816RYN0110</t>
   </si>
   <si>
     <t>8100MCM1020RYN0110</t>
   </si>
   <si>
+    <t>8100MCM1016RYN91E0</t>
+  </si>
+  <si>
     <t>8100MCM1016RYN0110</t>
   </si>
   <si>
-    <t>8100MCM1016RYN91E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8100LFM0511RYN0110</t>
   </si>
   <si>
+    <t>8100VAV1016RYN011C</t>
+  </si>
+  <si>
+    <t>±15%</t>
+  </si>
+  <si>
     <t>8100VAV1016RYN017C</t>
   </si>
   <si>
-    <t>±15%</t>
-[...4 lines deleted...]
-  <si>
     <t>8100MCK1016RYN0110</t>
   </si>
   <si>
     <t>8100MBK1016RYN0110</t>
   </si>
   <si>
     <t>88R2VAM1016RYN91E0</t>
   </si>
   <si>
     <t>8.2μF</t>
   </si>
   <si>
     <t>88R2MCM1016RYN91E0</t>
   </si>
   <si>
     <t>86R8VAQAB20RYN91E0</t>
   </si>
   <si>
     <t>6.8μF</t>
   </si>
   <si>
     <t>86R8VBM1012RYN91E0</t>
   </si>
   <si>
     <t>86R8VAMAB20RYN0110</t>
   </si>
   <si>
     <t>86R8VAM1020RYN91E0</t>
   </si>
   <si>
     <t>86R8VAM1020RYN0110</t>
   </si>
   <si>
+    <t>86R8VAM1016RYN011P</t>
+  </si>
+  <si>
+    <t>86R8VAM1016RYN91E0</t>
+  </si>
+  <si>
     <t>86R8VAM1016RYN0110</t>
   </si>
   <si>
-    <t>86R8VAM1016RYN011P</t>
-[...4 lines deleted...]
-  <si>
     <t>86R8MFMAB20RYN0110</t>
   </si>
   <si>
     <t>86R8MDM0812RYN91E0</t>
   </si>
   <si>
     <t>86R8MCM1016RYN91E0</t>
   </si>
   <si>
     <t>86R8MCM1012RYN91E0</t>
   </si>
   <si>
     <t>85R6VAMAB20RYN0110</t>
   </si>
   <si>
     <t>5.6μF</t>
   </si>
   <si>
     <t>85R6VAM1020RYN0110</t>
   </si>
   <si>
     <t>85R6VAM1020RYN91E0</t>
   </si>
   <si>
+    <t>85R6VAM1016RYN91E0</t>
+  </si>
+  <si>
     <t>85R6VAM1016RYN0110</t>
   </si>
   <si>
-    <t>85R6VAM1016RYN91E0</t>
-[...1 lines deleted...]
-  <si>
     <t>85R6MFMAB20RYN0110</t>
   </si>
   <si>
     <t>84R7VBM1016RYN91E0</t>
   </si>
   <si>
     <t>4.7μF</t>
   </si>
   <si>
     <t>84R7VBM1012RYN91E0</t>
   </si>
   <si>
+    <t>84R7VAM1020RYN0110</t>
+  </si>
+  <si>
     <t>84R7VAM1020RYN91E0</t>
   </si>
   <si>
-    <t>84R7VAM1020RYN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>84R7VAM1016RYN91E0</t>
   </si>
   <si>
     <t>84R7VAM1016RYN0110</t>
   </si>
   <si>
+    <t>84R7VAM1012RYN0110</t>
+  </si>
+  <si>
+    <t>84R7VAM1012RYN011P</t>
+  </si>
+  <si>
     <t>84R7VAM1012RYN91E0</t>
   </si>
   <si>
-    <t>84R7VAM1012RYN0110</t>
-[...4 lines deleted...]
-  <si>
     <t>84R7VAM0820RYN0110</t>
   </si>
   <si>
     <t>Φ8×20mm</t>
   </si>
   <si>
     <t>0820</t>
   </si>
   <si>
     <t>84R7VAM0812RYN01S0</t>
   </si>
   <si>
     <t>84R7VAM0812RYN01SC</t>
   </si>
   <si>
     <t>84R7MDMAA12RYN91E0</t>
   </si>
   <si>
     <t>Φ6.3×12mm</t>
   </si>
   <si>
     <t>AA12</t>
   </si>
   <si>
+    <t>84R7VAV0812RYN011C</t>
+  </si>
+  <si>
     <t>84R7VAV0812RYN017C</t>
   </si>
   <si>
-    <t>84R7VAV0812RYN011C</t>
-[...1 lines deleted...]
-  <si>
     <t>84R7VAK1016RYN0110</t>
   </si>
   <si>
+    <t>83R3VBM0812RYN91E0</t>
+  </si>
+  <si>
+    <t>3.3μF</t>
+  </si>
+  <si>
     <t>83R3VBM0812RYN91EC</t>
   </si>
   <si>
-    <t>3.3μF</t>
-[...2 lines deleted...]
-    <t>83R3VBM0812RYN91E0</t>
+    <t>83R3VAM1020RYN0110</t>
   </si>
   <si>
     <t>83R3VAM1020RYN0150</t>
   </si>
   <si>
-    <t>83R3VAM1020RYN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>83R3VAM1016RYN91E0</t>
   </si>
   <si>
     <t>83R3VAM1016RYN0110</t>
   </si>
   <si>
     <t>83R3VAM1012RYN91E0</t>
   </si>
   <si>
+    <t>83R3VAM0816RYN0110</t>
+  </si>
+  <si>
     <t>83R3VAM0816RYN91E0</t>
   </si>
   <si>
-    <t>83R3VAM0816RYN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>83R3VAM0812RYN0110</t>
   </si>
   <si>
     <t>83R3VAM0812RYN011C</t>
   </si>
   <si>
+    <t>83R3VAV0816RYN017K</t>
+  </si>
+  <si>
     <t>83R3VAV0816RYN0170</t>
   </si>
   <si>
-    <t>83R3VAV0816RYN017K</t>
-[...1 lines deleted...]
-  <si>
     <t>83R3VAK1016RYN0110</t>
   </si>
   <si>
     <t>82R8VAM0816RYN0110</t>
   </si>
   <si>
     <t>2.8μF</t>
   </si>
   <si>
     <t>82R8VAV0816RYN0170</t>
   </si>
   <si>
     <t>82R8VAV0816RYN017K</t>
   </si>
   <si>
+    <t>82R8VAV0812RYN017K</t>
+  </si>
+  <si>
     <t>82R8VAV0812RYN0170</t>
   </si>
   <si>
-    <t>82R8VAV0812RYN017K</t>
-[...1 lines deleted...]
-  <si>
     <t>82R7VAM1016RYN91E0</t>
   </si>
   <si>
     <t>2.7μF</t>
   </si>
   <si>
     <t>82R7VAM1012RYN0110</t>
   </si>
   <si>
     <t>82R7VAM1012RYN91E0</t>
   </si>
   <si>
     <t>82R7VAM0816RYN91E0</t>
   </si>
   <si>
     <t>82R2VAQ1016RYN91E0</t>
   </si>
   <si>
     <t>2.2μF</t>
   </si>
   <si>
+    <t>82R2VBMAA15RYN011C</t>
+  </si>
+  <si>
+    <t>Φ6.3×15mm</t>
+  </si>
+  <si>
+    <t>AA15</t>
+  </si>
+  <si>
     <t>82R2VBMAA15RYN0110</t>
   </si>
   <si>
-    <t>Φ6.3×15mm</t>
-[...7 lines deleted...]
-  <si>
     <t>82R2VBM0812RYN91E0</t>
   </si>
   <si>
+    <t>82R2VAMAA12RYN01S0</t>
+  </si>
+  <si>
+    <t>82R2VAMAA12RYN01SC</t>
+  </si>
+  <si>
     <t>82R2VAMAA12RYN0110</t>
   </si>
   <si>
     <t>82R2VAMAA12RYN91E0</t>
   </si>
   <si>
-    <t>82R2VAMAA12RYN01S0</t>
-[...4 lines deleted...]
-  <si>
     <t>82R2VAM1016RYN91E0</t>
   </si>
   <si>
     <t>82R2VAM1016RYN0110</t>
   </si>
   <si>
+    <t>82R2VAM1012RYN0110</t>
+  </si>
+  <si>
     <t>82R2VAM1012RYN91E0</t>
   </si>
   <si>
-    <t>82R2VAM1012RYN0110</t>
+    <t>82R2VAM0816RYN91E0</t>
   </si>
   <si>
     <t>82R2VAM0816RYN0110</t>
   </si>
   <si>
-    <t>82R2VAM0816RYN91E0</t>
-[...1 lines deleted...]
-  <si>
     <t>82R2VAM0812RYN0110</t>
   </si>
   <si>
     <t>82R2VAM0809RYN91E0</t>
   </si>
   <si>
     <t>Φ8×9mm</t>
   </si>
   <si>
     <t>0809</t>
   </si>
   <si>
     <t>82R2MDMAA12RYN91E0</t>
   </si>
   <si>
+    <t>82R2VAVAA12RYN011C</t>
+  </si>
+  <si>
     <t>82R2VAVAA12RYN017C</t>
-  </si>
-[...1 lines deleted...]
-    <t>82R2VAVAA12RYN011C</t>
   </si>
   <si>
     <t>82R2VAK1016RYN0110</t>
   </si>
   <si>
     <t>81R8VAM1016RYN0110</t>
   </si>
   <si>
     <t>1.8μF</t>
   </si>
   <si>
     <t>81R5VAK1012RYN0110</t>
   </si>
   <si>
     <t>1.5μF</t>
   </si>
   <si>
     <t>81R0VAMAA12RYN91E0</t>
   </si>
   <si>
     <t>1.0μF</t>
   </si>
 </sst>
 </file>
 
@@ -1584,51 +1587,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:N282"/>
+  <dimension ref="A1:N283"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -4806,5024 +4809,5053 @@
       </c>
       <c r="F110" t="s">
         <v>35</v>
       </c>
       <c r="G110" t="s">
         <v>19</v>
       </c>
       <c r="H110" t="s">
         <v>168</v>
       </c>
       <c r="N110">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:14">
       <c r="A111" t="s">
         <v>205</v>
       </c>
       <c r="B111" t="s">
         <v>206</v>
       </c>
       <c r="C111" t="s">
         <v>15</v>
       </c>
       <c r="D111" t="s">
-        <v>48</v>
+        <v>137</v>
       </c>
       <c r="E111" t="s">
         <v>17</v>
       </c>
       <c r="F111" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="G111" t="s">
         <v>19</v>
       </c>
       <c r="H111" t="s">
-        <v>50</v>
+        <v>138</v>
       </c>
       <c r="N111">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:14">
       <c r="A112" t="s">
         <v>207</v>
       </c>
       <c r="B112" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="C112" t="s">
         <v>15</v>
       </c>
       <c r="D112" t="s">
-        <v>85</v>
+        <v>48</v>
       </c>
       <c r="E112" t="s">
         <v>17</v>
       </c>
       <c r="F112" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="G112" t="s">
         <v>19</v>
       </c>
       <c r="H112" t="s">
-        <v>86</v>
+        <v>50</v>
       </c>
       <c r="N112">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:14">
       <c r="A113" t="s">
+        <v>208</v>
+      </c>
+      <c r="B113" t="s">
         <v>209</v>
       </c>
-      <c r="B113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C113" t="s">
         <v>15</v>
       </c>
       <c r="D113" t="s">
-        <v>99</v>
+        <v>85</v>
       </c>
       <c r="E113" t="s">
         <v>17</v>
       </c>
       <c r="F113" t="s">
         <v>70</v>
       </c>
       <c r="G113" t="s">
         <v>19</v>
       </c>
       <c r="H113" t="s">
-        <v>100</v>
+        <v>86</v>
       </c>
       <c r="N113">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:14">
       <c r="A114" t="s">
         <v>210</v>
       </c>
       <c r="B114" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C114" t="s">
         <v>15</v>
       </c>
       <c r="D114" t="s">
-        <v>48</v>
+        <v>99</v>
       </c>
       <c r="E114" t="s">
         <v>17</v>
       </c>
       <c r="F114" t="s">
         <v>70</v>
       </c>
       <c r="G114" t="s">
         <v>19</v>
       </c>
       <c r="H114" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="N114">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:14">
       <c r="A115" t="s">
         <v>211</v>
       </c>
       <c r="B115" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C115" t="s">
         <v>15</v>
       </c>
       <c r="D115" t="s">
         <v>48</v>
       </c>
       <c r="E115" t="s">
         <v>17</v>
       </c>
       <c r="F115" t="s">
         <v>70</v>
       </c>
       <c r="G115" t="s">
         <v>19</v>
       </c>
       <c r="H115" t="s">
         <v>50</v>
       </c>
       <c r="N115">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:14">
       <c r="A116" t="s">
         <v>212</v>
       </c>
       <c r="B116" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C116" t="s">
         <v>15</v>
       </c>
       <c r="D116" t="s">
-        <v>155</v>
+        <v>48</v>
       </c>
       <c r="E116" t="s">
         <v>17</v>
       </c>
       <c r="F116" t="s">
         <v>70</v>
       </c>
       <c r="G116" t="s">
         <v>19</v>
       </c>
       <c r="H116" t="s">
-        <v>156</v>
+        <v>50</v>
       </c>
       <c r="N116">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:14">
       <c r="A117" t="s">
         <v>213</v>
       </c>
       <c r="B117" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C117" t="s">
         <v>15</v>
       </c>
       <c r="D117" t="s">
         <v>155</v>
       </c>
       <c r="E117" t="s">
         <v>17</v>
       </c>
       <c r="F117" t="s">
         <v>70</v>
       </c>
       <c r="G117" t="s">
         <v>19</v>
       </c>
       <c r="H117" t="s">
         <v>156</v>
       </c>
       <c r="N117">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:14">
       <c r="A118" t="s">
         <v>214</v>
       </c>
       <c r="B118" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C118" t="s">
         <v>15</v>
       </c>
       <c r="D118" t="s">
         <v>155</v>
       </c>
       <c r="E118" t="s">
         <v>17</v>
       </c>
       <c r="F118" t="s">
         <v>70</v>
       </c>
       <c r="G118" t="s">
         <v>19</v>
       </c>
       <c r="H118" t="s">
         <v>156</v>
       </c>
       <c r="N118">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:14">
       <c r="A119" t="s">
         <v>215</v>
       </c>
       <c r="B119" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C119" t="s">
         <v>15</v>
       </c>
       <c r="D119" t="s">
         <v>155</v>
       </c>
       <c r="E119" t="s">
         <v>17</v>
       </c>
       <c r="F119" t="s">
         <v>70</v>
       </c>
       <c r="G119" t="s">
         <v>19</v>
       </c>
       <c r="H119" t="s">
         <v>156</v>
       </c>
       <c r="N119">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" t="s">
         <v>216</v>
       </c>
       <c r="B120" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C120" t="s">
         <v>15</v>
       </c>
       <c r="D120" t="s">
-        <v>62</v>
+        <v>155</v>
       </c>
       <c r="E120" t="s">
         <v>17</v>
       </c>
       <c r="F120" t="s">
         <v>70</v>
       </c>
       <c r="G120" t="s">
         <v>19</v>
       </c>
       <c r="H120" t="s">
-        <v>63</v>
+        <v>156</v>
       </c>
       <c r="N120">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:14">
       <c r="A121" t="s">
         <v>217</v>
       </c>
       <c r="B121" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C121" t="s">
         <v>15</v>
       </c>
       <c r="D121" t="s">
         <v>62</v>
       </c>
       <c r="E121" t="s">
         <v>17</v>
       </c>
       <c r="F121" t="s">
         <v>70</v>
       </c>
       <c r="G121" t="s">
         <v>19</v>
       </c>
       <c r="H121" t="s">
         <v>63</v>
       </c>
       <c r="N121">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:14">
       <c r="A122" t="s">
         <v>218</v>
       </c>
       <c r="B122" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C122" t="s">
         <v>15</v>
       </c>
       <c r="D122" t="s">
-        <v>175</v>
+        <v>62</v>
       </c>
       <c r="E122" t="s">
         <v>17</v>
       </c>
       <c r="F122" t="s">
         <v>70</v>
       </c>
       <c r="G122" t="s">
         <v>19</v>
       </c>
       <c r="H122" t="s">
-        <v>176</v>
+        <v>63</v>
       </c>
       <c r="N122">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:14">
       <c r="A123" t="s">
         <v>219</v>
       </c>
       <c r="B123" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C123" t="s">
         <v>15</v>
       </c>
       <c r="D123" t="s">
         <v>175</v>
       </c>
       <c r="E123" t="s">
         <v>17</v>
       </c>
       <c r="F123" t="s">
         <v>70</v>
       </c>
       <c r="G123" t="s">
         <v>19</v>
       </c>
       <c r="H123" t="s">
         <v>176</v>
       </c>
       <c r="N123">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:14">
       <c r="A124" t="s">
         <v>220</v>
       </c>
       <c r="B124" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C124" t="s">
         <v>15</v>
       </c>
       <c r="D124" t="s">
-        <v>99</v>
+        <v>175</v>
       </c>
       <c r="E124" t="s">
         <v>17</v>
       </c>
       <c r="F124" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="G124" t="s">
         <v>19</v>
       </c>
       <c r="H124" t="s">
-        <v>100</v>
+        <v>176</v>
       </c>
       <c r="N124">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:14">
       <c r="A125" t="s">
         <v>221</v>
       </c>
       <c r="B125" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C125" t="s">
         <v>15</v>
       </c>
       <c r="D125" t="s">
-        <v>48</v>
+        <v>99</v>
       </c>
       <c r="E125" t="s">
         <v>17</v>
       </c>
       <c r="F125" t="s">
         <v>81</v>
       </c>
       <c r="G125" t="s">
         <v>19</v>
       </c>
       <c r="H125" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="N125">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:14">
       <c r="A126" t="s">
         <v>222</v>
       </c>
       <c r="B126" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C126" t="s">
         <v>15</v>
       </c>
       <c r="D126" t="s">
         <v>48</v>
       </c>
       <c r="E126" t="s">
         <v>17</v>
       </c>
       <c r="F126" t="s">
         <v>81</v>
       </c>
       <c r="G126" t="s">
         <v>19</v>
       </c>
       <c r="H126" t="s">
         <v>50</v>
       </c>
       <c r="N126">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:14">
       <c r="A127" t="s">
         <v>223</v>
       </c>
       <c r="B127" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C127" t="s">
         <v>15</v>
       </c>
       <c r="D127" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="E127" t="s">
         <v>17</v>
       </c>
       <c r="F127" t="s">
         <v>81</v>
       </c>
       <c r="G127" t="s">
         <v>19</v>
       </c>
       <c r="H127" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
       <c r="N127">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:14">
       <c r="A128" t="s">
         <v>224</v>
       </c>
       <c r="B128" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C128" t="s">
         <v>15</v>
       </c>
       <c r="D128" t="s">
-        <v>225</v>
+        <v>62</v>
       </c>
       <c r="E128" t="s">
         <v>17</v>
       </c>
       <c r="F128" t="s">
         <v>81</v>
       </c>
       <c r="G128" t="s">
         <v>19</v>
       </c>
       <c r="H128" t="s">
-        <v>226</v>
+        <v>63</v>
       </c>
       <c r="N128">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:14">
       <c r="A129" t="s">
+        <v>225</v>
+      </c>
+      <c r="B129" t="s">
+        <v>209</v>
+      </c>
+      <c r="C129" t="s">
+        <v>15</v>
+      </c>
+      <c r="D129" t="s">
+        <v>226</v>
+      </c>
+      <c r="E129" t="s">
+        <v>17</v>
+      </c>
+      <c r="F129" t="s">
+        <v>81</v>
+      </c>
+      <c r="G129" t="s">
+        <v>19</v>
+      </c>
+      <c r="H129" t="s">
         <v>227</v>
-      </c>
-[...19 lines deleted...]
-        <v>100</v>
       </c>
       <c r="N129">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:14">
       <c r="A130" t="s">
         <v>228</v>
       </c>
       <c r="B130" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C130" t="s">
         <v>15</v>
       </c>
       <c r="D130" t="s">
         <v>99</v>
       </c>
       <c r="E130" t="s">
         <v>17</v>
       </c>
       <c r="F130" t="s">
         <v>75</v>
       </c>
       <c r="G130" t="s">
         <v>19</v>
       </c>
       <c r="H130" t="s">
         <v>100</v>
       </c>
       <c r="N130">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:14">
       <c r="A131" t="s">
         <v>229</v>
       </c>
       <c r="B131" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C131" t="s">
         <v>15</v>
       </c>
       <c r="D131" t="s">
-        <v>48</v>
+        <v>99</v>
       </c>
       <c r="E131" t="s">
         <v>17</v>
       </c>
       <c r="F131" t="s">
         <v>75</v>
       </c>
       <c r="G131" t="s">
         <v>19</v>
       </c>
       <c r="H131" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="N131">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:14">
       <c r="A132" t="s">
         <v>230</v>
       </c>
       <c r="B132" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C132" t="s">
         <v>15</v>
       </c>
       <c r="D132" t="s">
         <v>48</v>
       </c>
       <c r="E132" t="s">
         <v>17</v>
       </c>
       <c r="F132" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="G132" t="s">
         <v>19</v>
       </c>
       <c r="H132" t="s">
         <v>50</v>
       </c>
       <c r="N132">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:14">
       <c r="A133" t="s">
         <v>231</v>
       </c>
       <c r="B133" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C133" t="s">
         <v>15</v>
       </c>
       <c r="D133" t="s">
         <v>48</v>
       </c>
       <c r="E133" t="s">
         <v>17</v>
       </c>
       <c r="F133" t="s">
         <v>39</v>
       </c>
       <c r="G133" t="s">
         <v>19</v>
       </c>
       <c r="H133" t="s">
         <v>50</v>
       </c>
       <c r="N133">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:14">
       <c r="A134" t="s">
         <v>232</v>
       </c>
       <c r="B134" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C134" t="s">
         <v>15</v>
       </c>
       <c r="D134" t="s">
-        <v>167</v>
+        <v>48</v>
       </c>
       <c r="E134" t="s">
         <v>17</v>
       </c>
       <c r="F134" t="s">
         <v>39</v>
       </c>
       <c r="G134" t="s">
         <v>19</v>
       </c>
       <c r="H134" t="s">
-        <v>168</v>
+        <v>50</v>
       </c>
       <c r="N134">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:14">
       <c r="A135" t="s">
         <v>233</v>
       </c>
       <c r="B135" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C135" t="s">
         <v>15</v>
       </c>
       <c r="D135" t="s">
-        <v>48</v>
+        <v>167</v>
       </c>
       <c r="E135" t="s">
         <v>17</v>
       </c>
       <c r="F135" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="G135" t="s">
         <v>19</v>
       </c>
       <c r="H135" t="s">
-        <v>50</v>
+        <v>168</v>
       </c>
       <c r="N135">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:14">
       <c r="A136" t="s">
         <v>234</v>
       </c>
       <c r="B136" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C136" t="s">
         <v>15</v>
       </c>
       <c r="D136" t="s">
-        <v>167</v>
+        <v>48</v>
       </c>
       <c r="E136" t="s">
         <v>17</v>
       </c>
       <c r="F136" t="s">
         <v>42</v>
       </c>
       <c r="G136" t="s">
         <v>19</v>
       </c>
       <c r="H136" t="s">
-        <v>168</v>
+        <v>50</v>
       </c>
       <c r="N136">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:14">
       <c r="A137" t="s">
         <v>235</v>
       </c>
       <c r="B137" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C137" t="s">
         <v>15</v>
       </c>
       <c r="D137" t="s">
         <v>167</v>
       </c>
       <c r="E137" t="s">
         <v>17</v>
       </c>
       <c r="F137" t="s">
         <v>42</v>
       </c>
       <c r="G137" t="s">
         <v>19</v>
       </c>
       <c r="H137" t="s">
         <v>168</v>
       </c>
       <c r="N137">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:14">
       <c r="A138" t="s">
         <v>236</v>
       </c>
       <c r="B138" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C138" t="s">
         <v>15</v>
       </c>
       <c r="D138" t="s">
         <v>167</v>
       </c>
       <c r="E138" t="s">
         <v>17</v>
       </c>
       <c r="F138" t="s">
         <v>42</v>
       </c>
       <c r="G138" t="s">
         <v>19</v>
       </c>
       <c r="H138" t="s">
         <v>168</v>
       </c>
       <c r="N138">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:14">
       <c r="A139" t="s">
         <v>237</v>
       </c>
       <c r="B139" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C139" t="s">
         <v>15</v>
       </c>
       <c r="D139" t="s">
-        <v>52</v>
+        <v>167</v>
       </c>
       <c r="E139" t="s">
         <v>17</v>
       </c>
       <c r="F139" t="s">
         <v>42</v>
       </c>
       <c r="G139" t="s">
         <v>19</v>
       </c>
       <c r="H139" t="s">
-        <v>54</v>
+        <v>168</v>
       </c>
       <c r="N139">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:14">
       <c r="A140" t="s">
         <v>238</v>
       </c>
       <c r="B140" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C140" t="s">
         <v>15</v>
       </c>
       <c r="D140" t="s">
         <v>52</v>
       </c>
       <c r="E140" t="s">
         <v>17</v>
       </c>
       <c r="F140" t="s">
         <v>42</v>
       </c>
       <c r="G140" t="s">
         <v>19</v>
       </c>
       <c r="H140" t="s">
         <v>54</v>
       </c>
       <c r="N140">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:14">
       <c r="A141" t="s">
         <v>239</v>
       </c>
       <c r="B141" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C141" t="s">
         <v>15</v>
       </c>
       <c r="D141" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="E141" t="s">
         <v>17</v>
       </c>
       <c r="F141" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G141" t="s">
         <v>19</v>
       </c>
       <c r="H141" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="N141">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:14">
       <c r="A142" t="s">
         <v>240</v>
       </c>
       <c r="B142" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C142" t="s">
         <v>15</v>
       </c>
       <c r="D142" t="s">
-        <v>108</v>
+        <v>65</v>
       </c>
       <c r="E142" t="s">
         <v>17</v>
       </c>
       <c r="F142" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="G142" t="s">
         <v>19</v>
       </c>
       <c r="H142" t="s">
-        <v>110</v>
+        <v>66</v>
       </c>
       <c r="N142">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:14">
       <c r="A143" t="s">
         <v>241</v>
       </c>
       <c r="B143" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C143" t="s">
         <v>15</v>
       </c>
       <c r="D143" t="s">
-        <v>242</v>
+        <v>108</v>
       </c>
       <c r="E143" t="s">
         <v>17</v>
       </c>
       <c r="F143" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="G143" t="s">
         <v>19</v>
       </c>
       <c r="H143" t="s">
-        <v>243</v>
+        <v>110</v>
       </c>
       <c r="N143">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:14">
       <c r="A144" t="s">
+        <v>242</v>
+      </c>
+      <c r="B144" t="s">
+        <v>209</v>
+      </c>
+      <c r="C144" t="s">
+        <v>15</v>
+      </c>
+      <c r="D144" t="s">
+        <v>243</v>
+      </c>
+      <c r="E144" t="s">
+        <v>17</v>
+      </c>
+      <c r="F144" t="s">
+        <v>53</v>
+      </c>
+      <c r="G144" t="s">
+        <v>19</v>
+      </c>
+      <c r="H144" t="s">
         <v>244</v>
-      </c>
-[...19 lines deleted...]
-        <v>54</v>
       </c>
       <c r="N144">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:14">
       <c r="A145" t="s">
+        <v>245</v>
+      </c>
+      <c r="B145" t="s">
         <v>246</v>
       </c>
-      <c r="B145" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C145" t="s">
         <v>15</v>
       </c>
       <c r="D145" t="s">
-        <v>99</v>
+        <v>52</v>
       </c>
       <c r="E145" t="s">
         <v>17</v>
       </c>
       <c r="F145" t="s">
-        <v>248</v>
+        <v>42</v>
       </c>
       <c r="G145" t="s">
         <v>19</v>
       </c>
       <c r="H145" t="s">
-        <v>100</v>
+        <v>54</v>
       </c>
       <c r="N145">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:14">
       <c r="A146" t="s">
+        <v>247</v>
+      </c>
+      <c r="B146" t="s">
+        <v>248</v>
+      </c>
+      <c r="C146" t="s">
+        <v>15</v>
+      </c>
+      <c r="D146" t="s">
+        <v>99</v>
+      </c>
+      <c r="E146" t="s">
+        <v>17</v>
+      </c>
+      <c r="F146" t="s">
         <v>249</v>
       </c>
-      <c r="B146" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G146" t="s">
         <v>19</v>
       </c>
       <c r="H146" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="N146">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:14">
       <c r="A147" t="s">
         <v>250</v>
       </c>
       <c r="B147" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C147" t="s">
         <v>15</v>
       </c>
       <c r="D147" t="s">
-        <v>99</v>
+        <v>48</v>
       </c>
       <c r="E147" t="s">
         <v>17</v>
       </c>
       <c r="F147" t="s">
-        <v>70</v>
+        <v>249</v>
       </c>
       <c r="G147" t="s">
         <v>19</v>
       </c>
       <c r="H147" t="s">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="N147">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:14">
       <c r="A148" t="s">
         <v>251</v>
       </c>
       <c r="B148" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C148" t="s">
         <v>15</v>
       </c>
       <c r="D148" t="s">
         <v>99</v>
       </c>
       <c r="E148" t="s">
         <v>17</v>
       </c>
       <c r="F148" t="s">
         <v>70</v>
       </c>
       <c r="G148" t="s">
         <v>19</v>
       </c>
       <c r="H148" t="s">
         <v>100</v>
       </c>
       <c r="N148">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:14">
       <c r="A149" t="s">
         <v>252</v>
       </c>
       <c r="B149" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C149" t="s">
         <v>15</v>
       </c>
       <c r="D149" t="s">
-        <v>48</v>
+        <v>99</v>
       </c>
       <c r="E149" t="s">
         <v>17</v>
       </c>
       <c r="F149" t="s">
         <v>70</v>
       </c>
       <c r="G149" t="s">
         <v>19</v>
       </c>
       <c r="H149" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="N149">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:14">
       <c r="A150" t="s">
         <v>253</v>
       </c>
       <c r="B150" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C150" t="s">
         <v>15</v>
       </c>
       <c r="D150" t="s">
         <v>48</v>
       </c>
       <c r="E150" t="s">
         <v>17</v>
       </c>
       <c r="F150" t="s">
         <v>70</v>
       </c>
       <c r="G150" t="s">
         <v>19</v>
       </c>
       <c r="H150" t="s">
         <v>50</v>
       </c>
       <c r="N150">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:14">
       <c r="A151" t="s">
         <v>254</v>
       </c>
       <c r="B151" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C151" t="s">
         <v>15</v>
       </c>
       <c r="D151" t="s">
-        <v>103</v>
+        <v>48</v>
       </c>
       <c r="E151" t="s">
         <v>17</v>
       </c>
       <c r="F151" t="s">
         <v>70</v>
       </c>
       <c r="G151" t="s">
         <v>19</v>
       </c>
       <c r="H151" t="s">
-        <v>105</v>
+        <v>50</v>
       </c>
       <c r="N151">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:14">
       <c r="A152" t="s">
         <v>255</v>
       </c>
       <c r="B152" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C152" t="s">
         <v>15</v>
       </c>
       <c r="D152" t="s">
-        <v>167</v>
+        <v>103</v>
       </c>
       <c r="E152" t="s">
         <v>17</v>
       </c>
       <c r="F152" t="s">
         <v>70</v>
       </c>
       <c r="G152" t="s">
         <v>19</v>
       </c>
       <c r="H152" t="s">
-        <v>168</v>
+        <v>105</v>
       </c>
       <c r="N152">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:14">
       <c r="A153" t="s">
         <v>256</v>
       </c>
       <c r="B153" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C153" t="s">
         <v>15</v>
       </c>
       <c r="D153" t="s">
-        <v>48</v>
+        <v>167</v>
       </c>
       <c r="E153" t="s">
         <v>17</v>
       </c>
       <c r="F153" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="G153" t="s">
         <v>19</v>
       </c>
       <c r="H153" t="s">
-        <v>50</v>
+        <v>168</v>
       </c>
       <c r="N153">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:14">
       <c r="A154" t="s">
         <v>257</v>
       </c>
       <c r="B154" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C154" t="s">
         <v>15</v>
       </c>
       <c r="D154" t="s">
-        <v>167</v>
+        <v>48</v>
       </c>
       <c r="E154" t="s">
         <v>17</v>
       </c>
       <c r="F154" t="s">
         <v>81</v>
       </c>
       <c r="G154" t="s">
         <v>19</v>
       </c>
       <c r="H154" t="s">
-        <v>168</v>
+        <v>50</v>
       </c>
       <c r="N154">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:14">
       <c r="A155" t="s">
         <v>258</v>
       </c>
       <c r="B155" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C155" t="s">
         <v>15</v>
       </c>
       <c r="D155" t="s">
         <v>167</v>
       </c>
       <c r="E155" t="s">
         <v>17</v>
       </c>
       <c r="F155" t="s">
         <v>81</v>
       </c>
       <c r="G155" t="s">
         <v>19</v>
       </c>
       <c r="H155" t="s">
         <v>168</v>
       </c>
       <c r="N155">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:14">
       <c r="A156" t="s">
         <v>259</v>
       </c>
       <c r="B156" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C156" t="s">
         <v>15</v>
       </c>
       <c r="D156" t="s">
-        <v>48</v>
+        <v>167</v>
       </c>
       <c r="E156" t="s">
         <v>17</v>
       </c>
       <c r="F156" t="s">
-        <v>39</v>
+        <v>81</v>
       </c>
       <c r="G156" t="s">
         <v>19</v>
       </c>
       <c r="H156" t="s">
-        <v>50</v>
+        <v>168</v>
       </c>
       <c r="N156">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:14">
       <c r="A157" t="s">
         <v>260</v>
       </c>
       <c r="B157" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C157" t="s">
         <v>15</v>
       </c>
       <c r="D157" t="s">
-        <v>167</v>
+        <v>48</v>
       </c>
       <c r="E157" t="s">
         <v>17</v>
       </c>
       <c r="F157" t="s">
         <v>39</v>
       </c>
       <c r="G157" t="s">
         <v>19</v>
       </c>
       <c r="H157" t="s">
-        <v>168</v>
+        <v>50</v>
       </c>
       <c r="N157">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:14">
       <c r="A158" t="s">
         <v>261</v>
       </c>
       <c r="B158" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C158" t="s">
         <v>15</v>
       </c>
       <c r="D158" t="s">
         <v>167</v>
       </c>
       <c r="E158" t="s">
         <v>17</v>
       </c>
       <c r="F158" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="G158" t="s">
         <v>19</v>
       </c>
       <c r="H158" t="s">
         <v>168</v>
       </c>
       <c r="N158">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:14">
       <c r="A159" t="s">
         <v>262</v>
       </c>
       <c r="B159" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C159" t="s">
         <v>15</v>
       </c>
       <c r="D159" t="s">
         <v>167</v>
       </c>
       <c r="E159" t="s">
         <v>17</v>
       </c>
       <c r="F159" t="s">
         <v>42</v>
       </c>
       <c r="G159" t="s">
         <v>19</v>
       </c>
       <c r="H159" t="s">
         <v>168</v>
       </c>
       <c r="N159">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:14">
       <c r="A160" t="s">
         <v>263</v>
       </c>
       <c r="B160" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C160" t="s">
         <v>15</v>
       </c>
       <c r="D160" t="s">
-        <v>52</v>
+        <v>167</v>
       </c>
       <c r="E160" t="s">
         <v>17</v>
       </c>
       <c r="F160" t="s">
         <v>42</v>
       </c>
       <c r="G160" t="s">
         <v>19</v>
       </c>
       <c r="H160" t="s">
-        <v>54</v>
+        <v>168</v>
       </c>
       <c r="N160">
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:14">
       <c r="A161" t="s">
         <v>264</v>
       </c>
       <c r="B161" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C161" t="s">
         <v>15</v>
       </c>
       <c r="D161" t="s">
-        <v>167</v>
+        <v>52</v>
       </c>
       <c r="E161" t="s">
         <v>17</v>
       </c>
       <c r="F161" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G161" t="s">
-        <v>265</v>
+        <v>19</v>
       </c>
       <c r="H161" t="s">
-        <v>168</v>
+        <v>54</v>
       </c>
       <c r="N161">
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:14">
       <c r="A162" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="B162" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C162" t="s">
         <v>15</v>
       </c>
       <c r="D162" t="s">
         <v>167</v>
       </c>
       <c r="E162" t="s">
         <v>17</v>
       </c>
       <c r="F162" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="G162" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="H162" t="s">
         <v>168</v>
       </c>
       <c r="N162">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:14">
       <c r="A163" t="s">
         <v>267</v>
       </c>
       <c r="B163" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C163" t="s">
         <v>15</v>
       </c>
       <c r="D163" t="s">
-        <v>52</v>
+        <v>167</v>
       </c>
       <c r="E163" t="s">
         <v>17</v>
       </c>
       <c r="F163" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G163" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="H163" t="s">
-        <v>54</v>
+        <v>168</v>
       </c>
       <c r="N163">
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:14">
       <c r="A164" t="s">
         <v>268</v>
       </c>
       <c r="B164" t="s">
-        <v>269</v>
+        <v>248</v>
       </c>
       <c r="C164" t="s">
         <v>15</v>
       </c>
       <c r="D164" t="s">
         <v>52</v>
       </c>
       <c r="E164" t="s">
         <v>17</v>
       </c>
       <c r="F164" t="s">
-        <v>81</v>
+        <v>35</v>
       </c>
       <c r="G164" t="s">
-        <v>19</v>
+        <v>266</v>
       </c>
       <c r="H164" t="s">
         <v>54</v>
       </c>
       <c r="N164">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:14">
       <c r="A165" t="s">
+        <v>269</v>
+      </c>
+      <c r="B165" t="s">
         <v>270</v>
       </c>
-      <c r="B165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C165" t="s">
         <v>15</v>
       </c>
       <c r="D165" t="s">
-        <v>271</v>
+        <v>52</v>
       </c>
       <c r="E165" t="s">
         <v>17</v>
       </c>
       <c r="F165" t="s">
-        <v>42</v>
+        <v>81</v>
       </c>
       <c r="G165" t="s">
         <v>19</v>
       </c>
       <c r="H165" t="s">
-        <v>272</v>
+        <v>54</v>
       </c>
       <c r="N165">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:14">
       <c r="A166" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="B166" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C166" t="s">
         <v>15</v>
       </c>
       <c r="D166" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E166" t="s">
         <v>17</v>
       </c>
       <c r="F166" t="s">
         <v>42</v>
       </c>
       <c r="G166" t="s">
         <v>19</v>
       </c>
       <c r="H166" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="N166">
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:14">
       <c r="A167" t="s">
         <v>274</v>
       </c>
       <c r="B167" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="C167" t="s">
         <v>15</v>
       </c>
       <c r="D167" t="s">
-        <v>48</v>
+        <v>272</v>
       </c>
       <c r="E167" t="s">
         <v>17</v>
       </c>
       <c r="F167" t="s">
-        <v>248</v>
+        <v>42</v>
       </c>
       <c r="G167" t="s">
         <v>19</v>
       </c>
       <c r="H167" t="s">
-        <v>50</v>
+        <v>273</v>
       </c>
       <c r="N167">
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:14">
       <c r="A168" t="s">
+        <v>275</v>
+      </c>
+      <c r="B168" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="C168" t="s">
         <v>15</v>
       </c>
       <c r="D168" t="s">
         <v>48</v>
       </c>
       <c r="E168" t="s">
         <v>17</v>
       </c>
       <c r="F168" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="G168" t="s">
         <v>19</v>
       </c>
       <c r="H168" t="s">
         <v>50</v>
       </c>
       <c r="N168">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:14">
       <c r="A169" t="s">
         <v>277</v>
       </c>
       <c r="B169" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C169" t="s">
         <v>15</v>
       </c>
       <c r="D169" t="s">
         <v>48</v>
       </c>
       <c r="E169" t="s">
         <v>17</v>
       </c>
       <c r="F169" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="G169" t="s">
         <v>19</v>
       </c>
       <c r="H169" t="s">
         <v>50</v>
       </c>
       <c r="N169">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:14">
       <c r="A170" t="s">
         <v>278</v>
       </c>
       <c r="B170" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C170" t="s">
         <v>15</v>
       </c>
       <c r="D170" t="s">
-        <v>99</v>
+        <v>48</v>
       </c>
       <c r="E170" t="s">
         <v>17</v>
       </c>
       <c r="F170" t="s">
-        <v>70</v>
+        <v>249</v>
       </c>
       <c r="G170" t="s">
         <v>19</v>
       </c>
       <c r="H170" t="s">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="N170">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:14">
       <c r="A171" t="s">
         <v>279</v>
       </c>
       <c r="B171" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C171" t="s">
         <v>15</v>
       </c>
       <c r="D171" t="s">
-        <v>48</v>
+        <v>99</v>
       </c>
       <c r="E171" t="s">
         <v>17</v>
       </c>
       <c r="F171" t="s">
         <v>70</v>
       </c>
       <c r="G171" t="s">
         <v>19</v>
       </c>
       <c r="H171" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="N171">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:14">
       <c r="A172" t="s">
         <v>280</v>
       </c>
       <c r="B172" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C172" t="s">
         <v>15</v>
       </c>
       <c r="D172" t="s">
         <v>48</v>
       </c>
       <c r="E172" t="s">
         <v>17</v>
       </c>
       <c r="F172" t="s">
         <v>70</v>
       </c>
       <c r="G172" t="s">
         <v>19</v>
       </c>
       <c r="H172" t="s">
         <v>50</v>
       </c>
       <c r="N172">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:14">
       <c r="A173" t="s">
         <v>281</v>
       </c>
       <c r="B173" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C173" t="s">
         <v>15</v>
       </c>
       <c r="D173" t="s">
         <v>48</v>
       </c>
       <c r="E173" t="s">
         <v>17</v>
       </c>
       <c r="F173" t="s">
         <v>70</v>
       </c>
       <c r="G173" t="s">
         <v>19</v>
       </c>
       <c r="H173" t="s">
         <v>50</v>
       </c>
       <c r="N173">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:14">
       <c r="A174" t="s">
         <v>282</v>
       </c>
       <c r="B174" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C174" t="s">
         <v>15</v>
       </c>
       <c r="D174" t="s">
         <v>48</v>
       </c>
       <c r="E174" t="s">
         <v>17</v>
       </c>
       <c r="F174" t="s">
         <v>70</v>
       </c>
       <c r="G174" t="s">
         <v>19</v>
       </c>
       <c r="H174" t="s">
         <v>50</v>
       </c>
       <c r="N174">
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:14">
       <c r="A175" t="s">
         <v>283</v>
       </c>
       <c r="B175" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C175" t="s">
         <v>15</v>
       </c>
       <c r="D175" t="s">
         <v>48</v>
       </c>
       <c r="E175" t="s">
         <v>17</v>
       </c>
       <c r="F175" t="s">
         <v>70</v>
       </c>
       <c r="G175" t="s">
         <v>19</v>
       </c>
       <c r="H175" t="s">
         <v>50</v>
       </c>
       <c r="N175">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:14">
       <c r="A176" t="s">
         <v>284</v>
       </c>
       <c r="B176" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C176" t="s">
         <v>15</v>
       </c>
       <c r="D176" t="s">
-        <v>103</v>
+        <v>48</v>
       </c>
       <c r="E176" t="s">
         <v>17</v>
       </c>
       <c r="F176" t="s">
         <v>70</v>
       </c>
       <c r="G176" t="s">
         <v>19</v>
       </c>
       <c r="H176" t="s">
-        <v>105</v>
+        <v>50</v>
       </c>
       <c r="N176">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:14">
       <c r="A177" t="s">
         <v>285</v>
       </c>
       <c r="B177" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C177" t="s">
         <v>15</v>
       </c>
       <c r="D177" t="s">
-        <v>167</v>
+        <v>103</v>
       </c>
       <c r="E177" t="s">
         <v>17</v>
       </c>
       <c r="F177" t="s">
         <v>70</v>
       </c>
       <c r="G177" t="s">
         <v>19</v>
       </c>
       <c r="H177" t="s">
-        <v>168</v>
+        <v>105</v>
       </c>
       <c r="N177">
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:14">
       <c r="A178" t="s">
         <v>286</v>
       </c>
       <c r="B178" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C178" t="s">
         <v>15</v>
       </c>
       <c r="D178" t="s">
-        <v>52</v>
+        <v>167</v>
       </c>
       <c r="E178" t="s">
         <v>17</v>
       </c>
       <c r="F178" t="s">
         <v>70</v>
       </c>
       <c r="G178" t="s">
         <v>19</v>
       </c>
       <c r="H178" t="s">
-        <v>54</v>
+        <v>168</v>
       </c>
       <c r="N178">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:14">
       <c r="A179" t="s">
         <v>287</v>
       </c>
       <c r="B179" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C179" t="s">
         <v>15</v>
       </c>
       <c r="D179" t="s">
         <v>52</v>
       </c>
       <c r="E179" t="s">
         <v>17</v>
       </c>
       <c r="F179" t="s">
         <v>70</v>
       </c>
       <c r="G179" t="s">
         <v>19</v>
       </c>
       <c r="H179" t="s">
         <v>54</v>
       </c>
       <c r="N179">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:14">
       <c r="A180" t="s">
         <v>288</v>
       </c>
       <c r="B180" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C180" t="s">
         <v>15</v>
       </c>
       <c r="D180" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="E180" t="s">
         <v>17</v>
       </c>
       <c r="F180" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="G180" t="s">
         <v>19</v>
       </c>
       <c r="H180" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="N180">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:14">
       <c r="A181" t="s">
         <v>289</v>
       </c>
       <c r="B181" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C181" t="s">
         <v>15</v>
       </c>
       <c r="D181" t="s">
-        <v>167</v>
+        <v>48</v>
       </c>
       <c r="E181" t="s">
         <v>17</v>
       </c>
       <c r="F181" t="s">
         <v>81</v>
       </c>
       <c r="G181" t="s">
         <v>19</v>
       </c>
       <c r="H181" t="s">
-        <v>168</v>
+        <v>50</v>
       </c>
       <c r="N181">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:14">
       <c r="A182" t="s">
         <v>290</v>
       </c>
       <c r="B182" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C182" t="s">
         <v>15</v>
       </c>
       <c r="D182" t="s">
         <v>167</v>
       </c>
       <c r="E182" t="s">
         <v>17</v>
       </c>
       <c r="F182" t="s">
         <v>81</v>
       </c>
       <c r="G182" t="s">
         <v>19</v>
       </c>
       <c r="H182" t="s">
         <v>168</v>
       </c>
       <c r="N182">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:14">
       <c r="A183" t="s">
         <v>291</v>
       </c>
       <c r="B183" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C183" t="s">
         <v>15</v>
       </c>
       <c r="D183" t="s">
         <v>167</v>
       </c>
       <c r="E183" t="s">
         <v>17</v>
       </c>
       <c r="F183" t="s">
         <v>81</v>
       </c>
       <c r="G183" t="s">
         <v>19</v>
       </c>
       <c r="H183" t="s">
         <v>168</v>
       </c>
       <c r="N183">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:14">
       <c r="A184" t="s">
         <v>292</v>
       </c>
       <c r="B184" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C184" t="s">
         <v>15</v>
       </c>
       <c r="D184" t="s">
-        <v>52</v>
+        <v>167</v>
       </c>
       <c r="E184" t="s">
         <v>17</v>
       </c>
       <c r="F184" t="s">
         <v>81</v>
       </c>
       <c r="G184" t="s">
         <v>19</v>
       </c>
       <c r="H184" t="s">
-        <v>54</v>
+        <v>168</v>
       </c>
       <c r="N184">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:14">
       <c r="A185" t="s">
         <v>293</v>
       </c>
       <c r="B185" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C185" t="s">
         <v>15</v>
       </c>
       <c r="D185" t="s">
         <v>52</v>
       </c>
       <c r="E185" t="s">
         <v>17</v>
       </c>
       <c r="F185" t="s">
         <v>81</v>
       </c>
       <c r="G185" t="s">
         <v>19</v>
       </c>
       <c r="H185" t="s">
         <v>54</v>
       </c>
       <c r="N185">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:14">
       <c r="A186" t="s">
         <v>294</v>
       </c>
       <c r="B186" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C186" t="s">
         <v>15</v>
       </c>
       <c r="D186" t="s">
         <v>52</v>
       </c>
       <c r="E186" t="s">
         <v>17</v>
       </c>
       <c r="F186" t="s">
         <v>81</v>
       </c>
       <c r="G186" t="s">
         <v>19</v>
       </c>
       <c r="H186" t="s">
         <v>54</v>
       </c>
       <c r="N186">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:14">
       <c r="A187" t="s">
         <v>295</v>
       </c>
       <c r="B187" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C187" t="s">
         <v>15</v>
       </c>
       <c r="D187" t="s">
-        <v>296</v>
+        <v>52</v>
       </c>
       <c r="E187" t="s">
         <v>17</v>
       </c>
       <c r="F187" t="s">
         <v>81</v>
       </c>
       <c r="G187" t="s">
         <v>19</v>
       </c>
       <c r="H187" t="s">
-        <v>297</v>
+        <v>54</v>
       </c>
       <c r="N187">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:14">
       <c r="A188" t="s">
+        <v>296</v>
+      </c>
+      <c r="B188" t="s">
+        <v>276</v>
+      </c>
+      <c r="C188" t="s">
+        <v>15</v>
+      </c>
+      <c r="D188" t="s">
+        <v>297</v>
+      </c>
+      <c r="E188" t="s">
+        <v>17</v>
+      </c>
+      <c r="F188" t="s">
+        <v>81</v>
+      </c>
+      <c r="G188" t="s">
+        <v>19</v>
+      </c>
+      <c r="H188" t="s">
         <v>298</v>
-      </c>
-[...19 lines deleted...]
-        <v>297</v>
       </c>
       <c r="N188">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:14">
       <c r="A189" t="s">
         <v>299</v>
       </c>
       <c r="B189" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C189" t="s">
         <v>15</v>
       </c>
       <c r="D189" t="s">
-        <v>167</v>
+        <v>297</v>
       </c>
       <c r="E189" t="s">
         <v>17</v>
       </c>
       <c r="F189" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="G189" t="s">
         <v>19</v>
       </c>
       <c r="H189" t="s">
-        <v>168</v>
+        <v>298</v>
       </c>
       <c r="N189">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:14">
       <c r="A190" t="s">
         <v>300</v>
       </c>
       <c r="B190" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C190" t="s">
         <v>15</v>
       </c>
       <c r="D190" t="s">
         <v>167</v>
       </c>
       <c r="E190" t="s">
         <v>17</v>
       </c>
       <c r="F190" t="s">
         <v>75</v>
       </c>
       <c r="G190" t="s">
         <v>19</v>
       </c>
       <c r="H190" t="s">
         <v>168</v>
       </c>
       <c r="N190">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:14">
       <c r="A191" t="s">
         <v>301</v>
       </c>
       <c r="B191" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C191" t="s">
         <v>15</v>
       </c>
       <c r="D191" t="s">
-        <v>52</v>
+        <v>167</v>
       </c>
       <c r="E191" t="s">
         <v>17</v>
       </c>
       <c r="F191" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="G191" t="s">
         <v>19</v>
       </c>
       <c r="H191" t="s">
-        <v>54</v>
+        <v>168</v>
       </c>
       <c r="N191">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:14">
       <c r="A192" t="s">
         <v>302</v>
       </c>
       <c r="B192" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C192" t="s">
         <v>15</v>
       </c>
       <c r="D192" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="E192" t="s">
         <v>17</v>
       </c>
       <c r="F192" t="s">
         <v>39</v>
       </c>
       <c r="G192" t="s">
         <v>19</v>
       </c>
       <c r="H192" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="N192">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:14">
       <c r="A193" t="s">
         <v>303</v>
       </c>
       <c r="B193" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C193" t="s">
         <v>15</v>
       </c>
       <c r="D193" t="s">
-        <v>167</v>
+        <v>65</v>
       </c>
       <c r="E193" t="s">
         <v>17</v>
       </c>
       <c r="F193" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="G193" t="s">
         <v>19</v>
       </c>
       <c r="H193" t="s">
-        <v>168</v>
+        <v>66</v>
       </c>
       <c r="N193">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:14">
       <c r="A194" t="s">
         <v>304</v>
       </c>
       <c r="B194" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C194" t="s">
         <v>15</v>
       </c>
       <c r="D194" t="s">
-        <v>52</v>
+        <v>167</v>
       </c>
       <c r="E194" t="s">
         <v>17</v>
       </c>
       <c r="F194" t="s">
         <v>42</v>
       </c>
       <c r="G194" t="s">
         <v>19</v>
       </c>
       <c r="H194" t="s">
-        <v>54</v>
+        <v>168</v>
       </c>
       <c r="N194">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:14">
       <c r="A195" t="s">
         <v>305</v>
       </c>
       <c r="B195" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C195" t="s">
         <v>15</v>
       </c>
       <c r="D195" t="s">
         <v>52</v>
       </c>
       <c r="E195" t="s">
         <v>17</v>
       </c>
       <c r="F195" t="s">
         <v>42</v>
       </c>
       <c r="G195" t="s">
         <v>19</v>
       </c>
       <c r="H195" t="s">
         <v>54</v>
       </c>
       <c r="N195">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:14">
       <c r="A196" t="s">
         <v>306</v>
       </c>
       <c r="B196" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C196" t="s">
         <v>15</v>
       </c>
       <c r="D196" t="s">
-        <v>242</v>
+        <v>52</v>
       </c>
       <c r="E196" t="s">
         <v>17</v>
       </c>
       <c r="F196" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="G196" t="s">
         <v>19</v>
       </c>
       <c r="H196" t="s">
-        <v>243</v>
+        <v>54</v>
       </c>
       <c r="N196">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:14">
       <c r="A197" t="s">
         <v>307</v>
       </c>
       <c r="B197" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C197" t="s">
         <v>15</v>
       </c>
       <c r="D197" t="s">
-        <v>52</v>
+        <v>243</v>
       </c>
       <c r="E197" t="s">
         <v>17</v>
       </c>
       <c r="F197" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="G197" t="s">
-        <v>308</v>
+        <v>19</v>
       </c>
       <c r="H197" t="s">
-        <v>54</v>
+        <v>244</v>
       </c>
       <c r="N197">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:14">
       <c r="A198" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="B198" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C198" t="s">
         <v>15</v>
       </c>
       <c r="D198" t="s">
         <v>52</v>
       </c>
       <c r="E198" t="s">
         <v>17</v>
       </c>
       <c r="F198" t="s">
         <v>81</v>
       </c>
       <c r="G198" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="H198" t="s">
         <v>54</v>
       </c>
       <c r="N198">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:14">
       <c r="A199" t="s">
         <v>310</v>
       </c>
       <c r="B199" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C199" t="s">
         <v>15</v>
       </c>
       <c r="D199" t="s">
         <v>52</v>
       </c>
       <c r="E199" t="s">
         <v>17</v>
       </c>
       <c r="F199" t="s">
-        <v>42</v>
+        <v>81</v>
       </c>
       <c r="G199" t="s">
-        <v>265</v>
+        <v>309</v>
       </c>
       <c r="H199" t="s">
         <v>54</v>
       </c>
       <c r="N199">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:14">
       <c r="A200" t="s">
         <v>311</v>
       </c>
       <c r="B200" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C200" t="s">
         <v>15</v>
       </c>
       <c r="D200" t="s">
         <v>52</v>
       </c>
       <c r="E200" t="s">
         <v>17</v>
       </c>
       <c r="F200" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G200" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="H200" t="s">
         <v>54</v>
       </c>
       <c r="N200">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:14">
       <c r="A201" t="s">
         <v>312</v>
       </c>
       <c r="B201" t="s">
-        <v>313</v>
+        <v>276</v>
       </c>
       <c r="C201" t="s">
         <v>15</v>
       </c>
       <c r="D201" t="s">
         <v>52</v>
       </c>
       <c r="E201" t="s">
         <v>17</v>
       </c>
       <c r="F201" t="s">
-        <v>81</v>
+        <v>35</v>
       </c>
       <c r="G201" t="s">
-        <v>19</v>
+        <v>266</v>
       </c>
       <c r="H201" t="s">
         <v>54</v>
       </c>
       <c r="N201">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:14">
       <c r="A202" t="s">
+        <v>313</v>
+      </c>
+      <c r="B202" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="C202" t="s">
         <v>15</v>
       </c>
       <c r="D202" t="s">
         <v>52</v>
       </c>
       <c r="E202" t="s">
         <v>17</v>
       </c>
       <c r="F202" t="s">
-        <v>42</v>
+        <v>81</v>
       </c>
       <c r="G202" t="s">
         <v>19</v>
       </c>
       <c r="H202" t="s">
         <v>54</v>
       </c>
       <c r="N202">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:14">
       <c r="A203" t="s">
         <v>315</v>
       </c>
       <c r="B203" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="C203" t="s">
         <v>15</v>
       </c>
       <c r="D203" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="E203" t="s">
         <v>17</v>
       </c>
       <c r="F203" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="G203" t="s">
-        <v>179</v>
+        <v>19</v>
       </c>
       <c r="H203" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="N203">
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:14">
       <c r="A204" t="s">
+        <v>316</v>
+      </c>
+      <c r="B204" t="s">
         <v>317</v>
       </c>
-      <c r="B204" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C204" t="s">
         <v>15</v>
       </c>
       <c r="D204" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="E204" t="s">
         <v>17</v>
       </c>
       <c r="F204" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="G204" t="s">
-        <v>19</v>
+        <v>179</v>
       </c>
       <c r="H204" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="N204">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:14">
       <c r="A205" t="s">
         <v>318</v>
       </c>
       <c r="B205" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C205" t="s">
         <v>15</v>
       </c>
       <c r="D205" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
       <c r="E205" t="s">
         <v>17</v>
       </c>
       <c r="F205" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="G205" t="s">
         <v>19</v>
       </c>
       <c r="H205" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="N205">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:14">
       <c r="A206" t="s">
         <v>319</v>
       </c>
       <c r="B206" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C206" t="s">
         <v>15</v>
       </c>
       <c r="D206" t="s">
-        <v>167</v>
+        <v>48</v>
       </c>
       <c r="E206" t="s">
         <v>17</v>
       </c>
       <c r="F206" t="s">
         <v>81</v>
       </c>
       <c r="G206" t="s">
         <v>19</v>
       </c>
       <c r="H206" t="s">
-        <v>168</v>
+        <v>50</v>
       </c>
       <c r="N206">
         <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:14">
       <c r="A207" t="s">
         <v>320</v>
       </c>
       <c r="B207" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C207" t="s">
         <v>15</v>
       </c>
       <c r="D207" t="s">
         <v>167</v>
       </c>
       <c r="E207" t="s">
         <v>17</v>
       </c>
       <c r="F207" t="s">
         <v>81</v>
       </c>
       <c r="G207" t="s">
         <v>19</v>
       </c>
       <c r="H207" t="s">
         <v>168</v>
       </c>
       <c r="N207">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:14">
       <c r="A208" t="s">
         <v>321</v>
       </c>
       <c r="B208" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C208" t="s">
         <v>15</v>
       </c>
       <c r="D208" t="s">
-        <v>52</v>
+        <v>167</v>
       </c>
       <c r="E208" t="s">
         <v>17</v>
       </c>
       <c r="F208" t="s">
         <v>81</v>
       </c>
       <c r="G208" t="s">
         <v>19</v>
       </c>
       <c r="H208" t="s">
-        <v>54</v>
+        <v>168</v>
       </c>
       <c r="N208">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:14">
       <c r="A209" t="s">
         <v>322</v>
       </c>
       <c r="B209" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C209" t="s">
         <v>15</v>
       </c>
       <c r="D209" t="s">
         <v>52</v>
       </c>
       <c r="E209" t="s">
         <v>17</v>
       </c>
       <c r="F209" t="s">
         <v>81</v>
       </c>
       <c r="G209" t="s">
         <v>19</v>
       </c>
       <c r="H209" t="s">
         <v>54</v>
       </c>
       <c r="N209">
         <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:14">
       <c r="A210" t="s">
         <v>323</v>
       </c>
       <c r="B210" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C210" t="s">
         <v>15</v>
       </c>
       <c r="D210" t="s">
         <v>52</v>
       </c>
       <c r="E210" t="s">
         <v>17</v>
       </c>
       <c r="F210" t="s">
         <v>81</v>
       </c>
       <c r="G210" t="s">
         <v>19</v>
       </c>
       <c r="H210" t="s">
         <v>54</v>
       </c>
       <c r="N210">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:14">
       <c r="A211" t="s">
         <v>324</v>
       </c>
       <c r="B211" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C211" t="s">
         <v>15</v>
       </c>
       <c r="D211" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="E211" t="s">
         <v>17</v>
       </c>
       <c r="F211" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="G211" t="s">
         <v>19</v>
       </c>
       <c r="H211" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="N211">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:14">
       <c r="A212" t="s">
         <v>325</v>
       </c>
       <c r="B212" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C212" t="s">
         <v>15</v>
       </c>
       <c r="D212" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="E212" t="s">
         <v>17</v>
       </c>
       <c r="F212" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="G212" t="s">
         <v>19</v>
       </c>
       <c r="H212" t="s">
-        <v>31</v>
+        <v>50</v>
       </c>
       <c r="N212">
         <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:14">
       <c r="A213" t="s">
         <v>326</v>
       </c>
       <c r="B213" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C213" t="s">
         <v>15</v>
       </c>
       <c r="D213" t="s">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="E213" t="s">
         <v>17</v>
       </c>
       <c r="F213" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="G213" t="s">
         <v>19</v>
       </c>
       <c r="H213" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="N213">
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:14">
       <c r="A214" t="s">
         <v>327</v>
       </c>
       <c r="B214" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C214" t="s">
         <v>15</v>
       </c>
       <c r="D214" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="E214" t="s">
         <v>17</v>
       </c>
       <c r="F214" t="s">
         <v>42</v>
       </c>
       <c r="G214" t="s">
         <v>19</v>
       </c>
       <c r="H214" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="N214">
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:14">
       <c r="A215" t="s">
         <v>328</v>
       </c>
       <c r="B215" t="s">
-        <v>329</v>
+        <v>317</v>
       </c>
       <c r="C215" t="s">
         <v>15</v>
       </c>
       <c r="D215" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
       <c r="E215" t="s">
         <v>17</v>
       </c>
       <c r="F215" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="G215" t="s">
         <v>19</v>
       </c>
       <c r="H215" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="N215">
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:14">
       <c r="A216" t="s">
+        <v>329</v>
+      </c>
+      <c r="B216" t="s">
         <v>330</v>
       </c>
-      <c r="B216" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C216" t="s">
         <v>15</v>
       </c>
       <c r="D216" t="s">
-        <v>167</v>
+        <v>48</v>
       </c>
       <c r="E216" t="s">
         <v>17</v>
       </c>
       <c r="F216" t="s">
         <v>81</v>
       </c>
       <c r="G216" t="s">
         <v>19</v>
       </c>
       <c r="H216" t="s">
-        <v>168</v>
+        <v>50</v>
       </c>
       <c r="N216">
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:14">
       <c r="A217" t="s">
         <v>331</v>
       </c>
       <c r="B217" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C217" t="s">
         <v>15</v>
       </c>
       <c r="D217" t="s">
         <v>167</v>
       </c>
       <c r="E217" t="s">
         <v>17</v>
       </c>
       <c r="F217" t="s">
         <v>81</v>
       </c>
       <c r="G217" t="s">
         <v>19</v>
       </c>
       <c r="H217" t="s">
         <v>168</v>
       </c>
       <c r="N217">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:14">
       <c r="A218" t="s">
         <v>332</v>
       </c>
       <c r="B218" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C218" t="s">
         <v>15</v>
       </c>
       <c r="D218" t="s">
-        <v>52</v>
+        <v>167</v>
       </c>
       <c r="E218" t="s">
         <v>17</v>
       </c>
       <c r="F218" t="s">
         <v>81</v>
       </c>
       <c r="G218" t="s">
         <v>19</v>
       </c>
       <c r="H218" t="s">
-        <v>54</v>
+        <v>168</v>
       </c>
       <c r="N218">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:14">
       <c r="A219" t="s">
         <v>333</v>
       </c>
       <c r="B219" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C219" t="s">
         <v>15</v>
       </c>
       <c r="D219" t="s">
         <v>52</v>
       </c>
       <c r="E219" t="s">
         <v>17</v>
       </c>
       <c r="F219" t="s">
         <v>81</v>
       </c>
       <c r="G219" t="s">
         <v>19</v>
       </c>
       <c r="H219" t="s">
         <v>54</v>
       </c>
       <c r="N219">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:14">
       <c r="A220" t="s">
         <v>334</v>
       </c>
       <c r="B220" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C220" t="s">
         <v>15</v>
       </c>
       <c r="D220" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="E220" t="s">
         <v>17</v>
       </c>
       <c r="F220" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="G220" t="s">
         <v>19</v>
       </c>
       <c r="H220" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="N220">
         <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:14">
       <c r="A221" t="s">
         <v>335</v>
       </c>
       <c r="B221" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="C221" t="s">
         <v>15</v>
       </c>
       <c r="D221" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E221" t="s">
         <v>17</v>
       </c>
       <c r="F221" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="G221" t="s">
         <v>19</v>
       </c>
       <c r="H221" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="N221">
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:14">
       <c r="A222" t="s">
+        <v>336</v>
+      </c>
+      <c r="B222" t="s">
         <v>337</v>
       </c>
-      <c r="B222" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C222" t="s">
         <v>15</v>
       </c>
       <c r="D222" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="E222" t="s">
         <v>17</v>
       </c>
       <c r="F222" t="s">
         <v>70</v>
       </c>
       <c r="G222" t="s">
         <v>19</v>
       </c>
       <c r="H222" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="N222">
         <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:14">
       <c r="A223" t="s">
         <v>338</v>
       </c>
       <c r="B223" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C223" t="s">
         <v>15</v>
       </c>
       <c r="D223" t="s">
-        <v>167</v>
+        <v>22</v>
       </c>
       <c r="E223" t="s">
         <v>17</v>
       </c>
       <c r="F223" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="G223" t="s">
         <v>19</v>
       </c>
       <c r="H223" t="s">
-        <v>168</v>
+        <v>24</v>
       </c>
       <c r="N223">
         <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:14">
       <c r="A224" t="s">
         <v>339</v>
       </c>
       <c r="B224" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C224" t="s">
         <v>15</v>
       </c>
       <c r="D224" t="s">
         <v>167</v>
       </c>
       <c r="E224" t="s">
         <v>17</v>
       </c>
       <c r="F224" t="s">
         <v>81</v>
       </c>
       <c r="G224" t="s">
         <v>19</v>
       </c>
       <c r="H224" t="s">
         <v>168</v>
       </c>
       <c r="N224">
         <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:14">
       <c r="A225" t="s">
         <v>340</v>
       </c>
       <c r="B225" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C225" t="s">
         <v>15</v>
       </c>
       <c r="D225" t="s">
-        <v>52</v>
+        <v>167</v>
       </c>
       <c r="E225" t="s">
         <v>17</v>
       </c>
       <c r="F225" t="s">
         <v>81</v>
       </c>
       <c r="G225" t="s">
         <v>19</v>
       </c>
       <c r="H225" t="s">
-        <v>54</v>
+        <v>168</v>
       </c>
       <c r="N225">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:14">
       <c r="A226" t="s">
         <v>341</v>
       </c>
       <c r="B226" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C226" t="s">
         <v>15</v>
       </c>
       <c r="D226" t="s">
         <v>52</v>
       </c>
       <c r="E226" t="s">
         <v>17</v>
       </c>
       <c r="F226" t="s">
         <v>81</v>
       </c>
       <c r="G226" t="s">
         <v>19</v>
       </c>
       <c r="H226" t="s">
         <v>54</v>
       </c>
       <c r="N226">
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:14">
       <c r="A227" t="s">
         <v>342</v>
       </c>
       <c r="B227" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C227" t="s">
         <v>15</v>
       </c>
       <c r="D227" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="E227" t="s">
         <v>17</v>
       </c>
       <c r="F227" t="s">
         <v>81</v>
       </c>
       <c r="G227" t="s">
         <v>19</v>
       </c>
       <c r="H227" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="N227">
         <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:14">
       <c r="A228" t="s">
         <v>343</v>
       </c>
       <c r="B228" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C228" t="s">
         <v>15</v>
       </c>
       <c r="D228" t="s">
         <v>22</v>
       </c>
       <c r="E228" t="s">
         <v>17</v>
       </c>
       <c r="F228" t="s">
         <v>81</v>
       </c>
       <c r="G228" t="s">
         <v>19</v>
       </c>
       <c r="H228" t="s">
         <v>24</v>
       </c>
       <c r="N228">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:14">
       <c r="A229" t="s">
         <v>344</v>
       </c>
       <c r="B229" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C229" t="s">
         <v>15</v>
       </c>
       <c r="D229" t="s">
         <v>22</v>
       </c>
       <c r="E229" t="s">
         <v>17</v>
       </c>
       <c r="F229" t="s">
         <v>81</v>
       </c>
       <c r="G229" t="s">
         <v>19</v>
       </c>
       <c r="H229" t="s">
         <v>24</v>
       </c>
       <c r="N229">
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:14">
       <c r="A230" t="s">
         <v>345</v>
       </c>
       <c r="B230" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C230" t="s">
         <v>15</v>
       </c>
       <c r="D230" t="s">
-        <v>346</v>
+        <v>22</v>
       </c>
       <c r="E230" t="s">
         <v>17</v>
       </c>
       <c r="F230" t="s">
         <v>81</v>
       </c>
       <c r="G230" t="s">
         <v>19</v>
       </c>
       <c r="H230" t="s">
-        <v>347</v>
+        <v>24</v>
       </c>
       <c r="N230">
         <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:14">
       <c r="A231" t="s">
+        <v>346</v>
+      </c>
+      <c r="B231" t="s">
+        <v>337</v>
+      </c>
+      <c r="C231" t="s">
+        <v>15</v>
+      </c>
+      <c r="D231" t="s">
+        <v>347</v>
+      </c>
+      <c r="E231" t="s">
+        <v>17</v>
+      </c>
+      <c r="F231" t="s">
+        <v>81</v>
+      </c>
+      <c r="G231" t="s">
+        <v>19</v>
+      </c>
+      <c r="H231" t="s">
         <v>348</v>
-      </c>
-[...19 lines deleted...]
-        <v>31</v>
       </c>
       <c r="N231">
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:14">
       <c r="A232" t="s">
         <v>349</v>
       </c>
       <c r="B232" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C232" t="s">
         <v>15</v>
       </c>
       <c r="D232" t="s">
         <v>30</v>
       </c>
       <c r="E232" t="s">
         <v>17</v>
       </c>
       <c r="F232" t="s">
         <v>81</v>
       </c>
       <c r="G232" t="s">
         <v>19</v>
       </c>
       <c r="H232" t="s">
         <v>31</v>
       </c>
       <c r="N232">
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:14">
       <c r="A233" t="s">
         <v>350</v>
       </c>
       <c r="B233" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C233" t="s">
         <v>15</v>
       </c>
       <c r="D233" t="s">
-        <v>351</v>
+        <v>30</v>
       </c>
       <c r="E233" t="s">
         <v>17</v>
       </c>
       <c r="F233" t="s">
-        <v>39</v>
+        <v>81</v>
       </c>
       <c r="G233" t="s">
         <v>19</v>
       </c>
       <c r="H233" t="s">
-        <v>352</v>
+        <v>31</v>
       </c>
       <c r="N233">
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:14">
       <c r="A234" t="s">
+        <v>351</v>
+      </c>
+      <c r="B234" t="s">
+        <v>337</v>
+      </c>
+      <c r="C234" t="s">
+        <v>15</v>
+      </c>
+      <c r="D234" t="s">
+        <v>352</v>
+      </c>
+      <c r="E234" t="s">
+        <v>17</v>
+      </c>
+      <c r="F234" t="s">
+        <v>39</v>
+      </c>
+      <c r="G234" t="s">
+        <v>19</v>
+      </c>
+      <c r="H234" t="s">
         <v>353</v>
-      </c>
-[...19 lines deleted...]
-        <v>31</v>
       </c>
       <c r="N234">
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:14">
       <c r="A235" t="s">
         <v>354</v>
       </c>
       <c r="B235" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C235" t="s">
         <v>15</v>
       </c>
       <c r="D235" t="s">
         <v>30</v>
       </c>
       <c r="E235" t="s">
         <v>17</v>
       </c>
       <c r="F235" t="s">
         <v>81</v>
       </c>
       <c r="G235" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="H235" t="s">
         <v>31</v>
       </c>
       <c r="N235">
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:14">
       <c r="A236" t="s">
         <v>355</v>
       </c>
       <c r="B236" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C236" t="s">
         <v>15</v>
       </c>
       <c r="D236" t="s">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="E236" t="s">
         <v>17</v>
       </c>
       <c r="F236" t="s">
         <v>81</v>
       </c>
       <c r="G236" t="s">
-        <v>265</v>
+        <v>309</v>
       </c>
       <c r="H236" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="N236">
         <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:14">
       <c r="A237" t="s">
         <v>356</v>
       </c>
       <c r="B237" t="s">
-        <v>357</v>
+        <v>337</v>
       </c>
       <c r="C237" t="s">
         <v>15</v>
       </c>
       <c r="D237" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="E237" t="s">
         <v>17</v>
       </c>
       <c r="F237" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="G237" t="s">
-        <v>19</v>
+        <v>266</v>
       </c>
       <c r="H237" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="N237">
         <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:14">
       <c r="A238" t="s">
+        <v>357</v>
+      </c>
+      <c r="B238" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="C238" t="s">
         <v>15</v>
       </c>
       <c r="D238" t="s">
         <v>30</v>
       </c>
       <c r="E238" t="s">
         <v>17</v>
       </c>
       <c r="F238" t="s">
         <v>70</v>
       </c>
       <c r="G238" t="s">
         <v>19</v>
       </c>
       <c r="H238" t="s">
         <v>31</v>
       </c>
       <c r="N238">
         <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:14">
       <c r="A239" t="s">
         <v>359</v>
       </c>
       <c r="B239" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C239" t="s">
         <v>15</v>
       </c>
       <c r="D239" t="s">
-        <v>167</v>
+        <v>30</v>
       </c>
       <c r="E239" t="s">
         <v>17</v>
       </c>
       <c r="F239" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="G239" t="s">
         <v>19</v>
       </c>
       <c r="H239" t="s">
-        <v>168</v>
+        <v>31</v>
       </c>
       <c r="N239">
         <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:14">
       <c r="A240" t="s">
         <v>360</v>
       </c>
       <c r="B240" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C240" t="s">
         <v>15</v>
       </c>
       <c r="D240" t="s">
         <v>167</v>
       </c>
       <c r="E240" t="s">
         <v>17</v>
       </c>
       <c r="F240" t="s">
         <v>81</v>
       </c>
       <c r="G240" t="s">
         <v>19</v>
       </c>
       <c r="H240" t="s">
         <v>168</v>
       </c>
       <c r="N240">
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:14">
       <c r="A241" t="s">
         <v>361</v>
       </c>
       <c r="B241" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C241" t="s">
         <v>15</v>
       </c>
       <c r="D241" t="s">
-        <v>52</v>
+        <v>167</v>
       </c>
       <c r="E241" t="s">
         <v>17</v>
       </c>
       <c r="F241" t="s">
         <v>81</v>
       </c>
       <c r="G241" t="s">
         <v>19</v>
       </c>
       <c r="H241" t="s">
-        <v>54</v>
+        <v>168</v>
       </c>
       <c r="N241">
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:14">
       <c r="A242" t="s">
         <v>362</v>
       </c>
       <c r="B242" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C242" t="s">
         <v>15</v>
       </c>
       <c r="D242" t="s">
         <v>52</v>
       </c>
       <c r="E242" t="s">
         <v>17</v>
       </c>
       <c r="F242" t="s">
         <v>81</v>
       </c>
       <c r="G242" t="s">
         <v>19</v>
       </c>
       <c r="H242" t="s">
         <v>54</v>
       </c>
       <c r="N242">
         <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:14">
       <c r="A243" t="s">
         <v>363</v>
       </c>
       <c r="B243" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C243" t="s">
         <v>15</v>
       </c>
       <c r="D243" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="E243" t="s">
         <v>17</v>
       </c>
       <c r="F243" t="s">
         <v>81</v>
       </c>
       <c r="G243" t="s">
         <v>19</v>
       </c>
       <c r="H243" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="N243">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:14">
       <c r="A244" t="s">
         <v>364</v>
       </c>
       <c r="B244" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C244" t="s">
         <v>15</v>
       </c>
       <c r="D244" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="E244" t="s">
         <v>17</v>
       </c>
       <c r="F244" t="s">
         <v>81</v>
       </c>
       <c r="G244" t="s">
         <v>19</v>
       </c>
       <c r="H244" t="s">
-        <v>66</v>
+        <v>24</v>
       </c>
       <c r="N244">
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:14">
       <c r="A245" t="s">
         <v>365</v>
       </c>
       <c r="B245" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C245" t="s">
         <v>15</v>
       </c>
       <c r="D245" t="s">
         <v>65</v>
       </c>
       <c r="E245" t="s">
         <v>17</v>
       </c>
       <c r="F245" t="s">
         <v>81</v>
       </c>
       <c r="G245" t="s">
         <v>19</v>
       </c>
       <c r="H245" t="s">
         <v>66</v>
       </c>
       <c r="N245">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:14">
       <c r="A246" t="s">
         <v>366</v>
       </c>
       <c r="B246" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C246" t="s">
         <v>15</v>
       </c>
       <c r="D246" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="E246" t="s">
         <v>17</v>
       </c>
       <c r="F246" t="s">
         <v>81</v>
       </c>
       <c r="G246" t="s">
         <v>19</v>
       </c>
       <c r="H246" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
       <c r="N246">
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:14">
       <c r="A247" t="s">
         <v>367</v>
       </c>
       <c r="B247" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C247" t="s">
         <v>15</v>
       </c>
       <c r="D247" t="s">
         <v>30</v>
       </c>
       <c r="E247" t="s">
         <v>17</v>
       </c>
       <c r="F247" t="s">
         <v>81</v>
       </c>
       <c r="G247" t="s">
         <v>19</v>
       </c>
       <c r="H247" t="s">
         <v>31</v>
       </c>
       <c r="N247">
         <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:14">
       <c r="A248" t="s">
         <v>368</v>
       </c>
       <c r="B248" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C248" t="s">
         <v>15</v>
       </c>
       <c r="D248" t="s">
-        <v>65</v>
+        <v>30</v>
       </c>
       <c r="E248" t="s">
         <v>17</v>
       </c>
       <c r="F248" t="s">
         <v>81</v>
       </c>
       <c r="G248" t="s">
-        <v>308</v>
+        <v>19</v>
       </c>
       <c r="H248" t="s">
-        <v>66</v>
+        <v>31</v>
       </c>
       <c r="N248">
         <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:14">
       <c r="A249" t="s">
         <v>369</v>
       </c>
       <c r="B249" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C249" t="s">
         <v>15</v>
       </c>
       <c r="D249" t="s">
         <v>65</v>
       </c>
       <c r="E249" t="s">
         <v>17</v>
       </c>
       <c r="F249" t="s">
         <v>81</v>
       </c>
       <c r="G249" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="H249" t="s">
         <v>66</v>
       </c>
       <c r="N249">
         <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:14">
       <c r="A250" t="s">
         <v>370</v>
       </c>
       <c r="B250" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C250" t="s">
         <v>15</v>
       </c>
       <c r="D250" t="s">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="E250" t="s">
         <v>17</v>
       </c>
       <c r="F250" t="s">
         <v>81</v>
       </c>
       <c r="G250" t="s">
-        <v>265</v>
+        <v>309</v>
       </c>
       <c r="H250" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="N250">
         <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:14">
       <c r="A251" t="s">
         <v>371</v>
       </c>
       <c r="B251" t="s">
-        <v>372</v>
+        <v>358</v>
       </c>
       <c r="C251" t="s">
         <v>15</v>
       </c>
       <c r="D251" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="E251" t="s">
         <v>17</v>
       </c>
       <c r="F251" t="s">
         <v>81</v>
       </c>
       <c r="G251" t="s">
-        <v>19</v>
+        <v>266</v>
       </c>
       <c r="H251" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="N251">
         <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:14">
       <c r="A252" t="s">
+        <v>372</v>
+      </c>
+      <c r="B252" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
       <c r="C252" t="s">
         <v>15</v>
       </c>
       <c r="D252" t="s">
         <v>65</v>
       </c>
       <c r="E252" t="s">
         <v>17</v>
       </c>
       <c r="F252" t="s">
         <v>81</v>
       </c>
       <c r="G252" t="s">
-        <v>308</v>
+        <v>19</v>
       </c>
       <c r="H252" t="s">
         <v>66</v>
       </c>
       <c r="N252">
         <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:14">
       <c r="A253" t="s">
         <v>374</v>
       </c>
       <c r="B253" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C253" t="s">
         <v>15</v>
       </c>
       <c r="D253" t="s">
         <v>65</v>
       </c>
       <c r="E253" t="s">
         <v>17</v>
       </c>
       <c r="F253" t="s">
         <v>81</v>
       </c>
       <c r="G253" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="H253" t="s">
         <v>66</v>
       </c>
       <c r="N253">
         <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:14">
       <c r="A254" t="s">
         <v>375</v>
       </c>
       <c r="B254" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C254" t="s">
         <v>15</v>
       </c>
       <c r="D254" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="E254" t="s">
         <v>17</v>
       </c>
       <c r="F254" t="s">
         <v>81</v>
       </c>
       <c r="G254" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="H254" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
       <c r="N254">
         <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:14">
       <c r="A255" t="s">
         <v>376</v>
       </c>
       <c r="B255" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C255" t="s">
         <v>15</v>
       </c>
       <c r="D255" t="s">
         <v>30</v>
       </c>
       <c r="E255" t="s">
         <v>17</v>
       </c>
       <c r="F255" t="s">
         <v>81</v>
       </c>
       <c r="G255" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="H255" t="s">
         <v>31</v>
       </c>
       <c r="N255">
         <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:14">
       <c r="A256" t="s">
         <v>377</v>
       </c>
       <c r="B256" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="C256" t="s">
         <v>15</v>
       </c>
       <c r="D256" t="s">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="E256" t="s">
         <v>17</v>
       </c>
       <c r="F256" t="s">
         <v>81</v>
       </c>
       <c r="G256" t="s">
-        <v>19</v>
+        <v>309</v>
       </c>
       <c r="H256" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="N256">
         <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:14">
       <c r="A257" t="s">
+        <v>378</v>
+      </c>
+      <c r="B257" t="s">
         <v>379</v>
       </c>
-      <c r="B257" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C257" t="s">
         <v>15</v>
       </c>
       <c r="D257" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="E257" t="s">
         <v>17</v>
       </c>
       <c r="F257" t="s">
         <v>81</v>
       </c>
       <c r="G257" t="s">
         <v>19</v>
       </c>
       <c r="H257" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="N257">
         <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:14">
       <c r="A258" t="s">
         <v>380</v>
       </c>
       <c r="B258" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C258" t="s">
         <v>15</v>
       </c>
       <c r="D258" t="s">
         <v>22</v>
       </c>
       <c r="E258" t="s">
         <v>17</v>
       </c>
       <c r="F258" t="s">
         <v>81</v>
       </c>
       <c r="G258" t="s">
         <v>19</v>
       </c>
       <c r="H258" t="s">
         <v>24</v>
       </c>
       <c r="N258">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:14">
       <c r="A259" t="s">
         <v>381</v>
       </c>
       <c r="B259" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C259" t="s">
         <v>15</v>
       </c>
       <c r="D259" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="E259" t="s">
         <v>17</v>
       </c>
       <c r="F259" t="s">
         <v>81</v>
       </c>
       <c r="G259" t="s">
         <v>19</v>
       </c>
       <c r="H259" t="s">
-        <v>66</v>
+        <v>24</v>
       </c>
       <c r="N259">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:14">
       <c r="A260" t="s">
         <v>382</v>
       </c>
       <c r="B260" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="C260" t="s">
         <v>15</v>
       </c>
       <c r="D260" t="s">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="E260" t="s">
         <v>17</v>
       </c>
       <c r="F260" t="s">
         <v>81</v>
       </c>
       <c r="G260" t="s">
-        <v>179</v>
+        <v>19</v>
       </c>
       <c r="H260" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="N260">
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:14">
       <c r="A261" t="s">
+        <v>383</v>
+      </c>
+      <c r="B261" t="s">
         <v>384</v>
       </c>
-      <c r="B261" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C261" t="s">
         <v>15</v>
       </c>
       <c r="D261" t="s">
-        <v>385</v>
+        <v>52</v>
       </c>
       <c r="E261" t="s">
         <v>17</v>
       </c>
       <c r="F261" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="G261" t="s">
-        <v>19</v>
+        <v>179</v>
       </c>
       <c r="H261" t="s">
-        <v>386</v>
+        <v>54</v>
       </c>
       <c r="N261">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:14">
       <c r="A262" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="B262" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C262" t="s">
         <v>15</v>
       </c>
       <c r="D262" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E262" t="s">
         <v>17</v>
       </c>
       <c r="F262" t="s">
         <v>70</v>
       </c>
       <c r="G262" t="s">
         <v>19</v>
       </c>
       <c r="H262" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="N262">
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:14">
       <c r="A263" t="s">
         <v>388</v>
       </c>
       <c r="B263" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C263" t="s">
         <v>15</v>
       </c>
       <c r="D263" t="s">
-        <v>30</v>
+        <v>386</v>
       </c>
       <c r="E263" t="s">
         <v>17</v>
       </c>
       <c r="F263" t="s">
         <v>70</v>
       </c>
       <c r="G263" t="s">
         <v>19</v>
       </c>
       <c r="H263" t="s">
-        <v>31</v>
+        <v>387</v>
       </c>
       <c r="N263">
         <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:14">
       <c r="A264" t="s">
         <v>389</v>
       </c>
       <c r="B264" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C264" t="s">
         <v>15</v>
       </c>
       <c r="D264" t="s">
-        <v>351</v>
+        <v>30</v>
       </c>
       <c r="E264" t="s">
         <v>17</v>
       </c>
       <c r="F264" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="G264" t="s">
         <v>19</v>
       </c>
       <c r="H264" t="s">
-        <v>352</v>
+        <v>31</v>
       </c>
       <c r="N264">
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:14">
       <c r="A265" t="s">
         <v>390</v>
       </c>
       <c r="B265" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C265" t="s">
         <v>15</v>
       </c>
       <c r="D265" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="E265" t="s">
         <v>17</v>
       </c>
       <c r="F265" t="s">
         <v>81</v>
       </c>
       <c r="G265" t="s">
         <v>19</v>
       </c>
       <c r="H265" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="N265">
         <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:14">
       <c r="A266" t="s">
         <v>391</v>
       </c>
       <c r="B266" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C266" t="s">
         <v>15</v>
       </c>
       <c r="D266" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="E266" t="s">
         <v>17</v>
       </c>
       <c r="F266" t="s">
         <v>81</v>
       </c>
       <c r="G266" t="s">
         <v>19</v>
       </c>
       <c r="H266" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="N266">
         <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:14">
       <c r="A267" t="s">
         <v>392</v>
       </c>
       <c r="B267" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C267" t="s">
         <v>15</v>
       </c>
       <c r="D267" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="E267" t="s">
         <v>17</v>
       </c>
       <c r="F267" t="s">
         <v>81</v>
       </c>
       <c r="G267" t="s">
         <v>19</v>
       </c>
       <c r="H267" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="N267">
         <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:14">
       <c r="A268" t="s">
         <v>393</v>
       </c>
       <c r="B268" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C268" t="s">
         <v>15</v>
       </c>
       <c r="D268" t="s">
-        <v>52</v>
+        <v>352</v>
       </c>
       <c r="E268" t="s">
         <v>17</v>
       </c>
       <c r="F268" t="s">
         <v>81</v>
       </c>
       <c r="G268" t="s">
         <v>19</v>
       </c>
       <c r="H268" t="s">
-        <v>54</v>
+        <v>353</v>
       </c>
       <c r="N268">
         <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:14">
       <c r="A269" t="s">
         <v>394</v>
       </c>
       <c r="B269" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C269" t="s">
         <v>15</v>
       </c>
       <c r="D269" t="s">
         <v>52</v>
       </c>
       <c r="E269" t="s">
         <v>17</v>
       </c>
       <c r="F269" t="s">
         <v>81</v>
       </c>
       <c r="G269" t="s">
         <v>19</v>
       </c>
       <c r="H269" t="s">
         <v>54</v>
       </c>
       <c r="N269">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:14">
       <c r="A270" t="s">
         <v>395</v>
       </c>
       <c r="B270" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C270" t="s">
         <v>15</v>
       </c>
       <c r="D270" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="E270" t="s">
         <v>17</v>
       </c>
       <c r="F270" t="s">
         <v>81</v>
       </c>
       <c r="G270" t="s">
         <v>19</v>
       </c>
       <c r="H270" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="N270">
         <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:14">
       <c r="A271" t="s">
         <v>396</v>
       </c>
       <c r="B271" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C271" t="s">
         <v>15</v>
       </c>
       <c r="D271" t="s">
         <v>22</v>
       </c>
       <c r="E271" t="s">
         <v>17</v>
       </c>
       <c r="F271" t="s">
         <v>81</v>
       </c>
       <c r="G271" t="s">
         <v>19</v>
       </c>
       <c r="H271" t="s">
         <v>24</v>
       </c>
       <c r="N271">
         <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:14">
       <c r="A272" t="s">
         <v>397</v>
       </c>
       <c r="B272" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C272" t="s">
         <v>15</v>
       </c>
       <c r="D272" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="E272" t="s">
         <v>17</v>
       </c>
       <c r="F272" t="s">
         <v>81</v>
       </c>
       <c r="G272" t="s">
         <v>19</v>
       </c>
       <c r="H272" t="s">
-        <v>66</v>
+        <v>24</v>
       </c>
       <c r="N272">
         <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:14">
       <c r="A273" t="s">
         <v>398</v>
       </c>
       <c r="B273" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C273" t="s">
         <v>15</v>
       </c>
       <c r="D273" t="s">
         <v>65</v>
       </c>
       <c r="E273" t="s">
         <v>17</v>
       </c>
       <c r="F273" t="s">
         <v>81</v>
       </c>
       <c r="G273" t="s">
         <v>19</v>
       </c>
       <c r="H273" t="s">
         <v>66</v>
       </c>
       <c r="N273">
         <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:14">
       <c r="A274" t="s">
         <v>399</v>
       </c>
       <c r="B274" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C274" t="s">
         <v>15</v>
       </c>
       <c r="D274" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="E274" t="s">
         <v>17</v>
       </c>
       <c r="F274" t="s">
         <v>81</v>
       </c>
       <c r="G274" t="s">
         <v>19</v>
       </c>
       <c r="H274" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
       <c r="N274">
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:14">
       <c r="A275" t="s">
         <v>400</v>
       </c>
       <c r="B275" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C275" t="s">
         <v>15</v>
       </c>
       <c r="D275" t="s">
-        <v>401</v>
+        <v>30</v>
       </c>
       <c r="E275" t="s">
         <v>17</v>
       </c>
       <c r="F275" t="s">
         <v>81</v>
       </c>
       <c r="G275" t="s">
         <v>19</v>
       </c>
       <c r="H275" t="s">
-        <v>402</v>
+        <v>31</v>
       </c>
       <c r="N275">
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:14">
       <c r="A276" t="s">
+        <v>401</v>
+      </c>
+      <c r="B276" t="s">
+        <v>384</v>
+      </c>
+      <c r="C276" t="s">
+        <v>15</v>
+      </c>
+      <c r="D276" t="s">
+        <v>402</v>
+      </c>
+      <c r="E276" t="s">
+        <v>17</v>
+      </c>
+      <c r="F276" t="s">
+        <v>81</v>
+      </c>
+      <c r="G276" t="s">
+        <v>19</v>
+      </c>
+      <c r="H276" t="s">
         <v>403</v>
-      </c>
-[...19 lines deleted...]
-        <v>352</v>
       </c>
       <c r="N276">
         <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:14">
       <c r="A277" t="s">
         <v>404</v>
       </c>
       <c r="B277" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C277" t="s">
         <v>15</v>
       </c>
       <c r="D277" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="E277" t="s">
         <v>17</v>
       </c>
       <c r="F277" t="s">
-        <v>81</v>
+        <v>39</v>
       </c>
       <c r="G277" t="s">
-        <v>308</v>
+        <v>19</v>
       </c>
       <c r="H277" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="N277">
         <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:14">
       <c r="A278" t="s">
         <v>405</v>
       </c>
       <c r="B278" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C278" t="s">
         <v>15</v>
       </c>
       <c r="D278" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="E278" t="s">
         <v>17</v>
       </c>
       <c r="F278" t="s">
         <v>81</v>
       </c>
       <c r="G278" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="H278" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="N278">
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:14">
       <c r="A279" t="s">
         <v>406</v>
       </c>
       <c r="B279" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C279" t="s">
         <v>15</v>
       </c>
       <c r="D279" t="s">
-        <v>52</v>
+        <v>352</v>
       </c>
       <c r="E279" t="s">
         <v>17</v>
       </c>
       <c r="F279" t="s">
         <v>81</v>
       </c>
       <c r="G279" t="s">
-        <v>265</v>
+        <v>309</v>
       </c>
       <c r="H279" t="s">
-        <v>54</v>
+        <v>353</v>
       </c>
       <c r="N279">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:14">
       <c r="A280" t="s">
         <v>407</v>
       </c>
       <c r="B280" t="s">
-        <v>408</v>
+        <v>384</v>
       </c>
       <c r="C280" t="s">
         <v>15</v>
       </c>
       <c r="D280" t="s">
         <v>52</v>
       </c>
       <c r="E280" t="s">
         <v>17</v>
       </c>
       <c r="F280" t="s">
         <v>81</v>
       </c>
       <c r="G280" t="s">
-        <v>19</v>
+        <v>266</v>
       </c>
       <c r="H280" t="s">
         <v>54</v>
       </c>
       <c r="N280">
         <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:14">
       <c r="A281" t="s">
+        <v>408</v>
+      </c>
+      <c r="B281" t="s">
         <v>409</v>
       </c>
-      <c r="B281" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C281" t="s">
         <v>15</v>
       </c>
       <c r="D281" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="E281" t="s">
         <v>17</v>
       </c>
       <c r="F281" t="s">
         <v>81</v>
       </c>
       <c r="G281" t="s">
-        <v>265</v>
+        <v>19</v>
       </c>
       <c r="H281" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="N281">
         <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:14">
       <c r="A282" t="s">
+        <v>410</v>
+      </c>
+      <c r="B282" t="s">
         <v>411</v>
       </c>
-      <c r="B282" t="s">
+      <c r="C282" t="s">
+        <v>15</v>
+      </c>
+      <c r="D282" t="s">
+        <v>22</v>
+      </c>
+      <c r="E282" t="s">
+        <v>17</v>
+      </c>
+      <c r="F282" t="s">
+        <v>81</v>
+      </c>
+      <c r="G282" t="s">
+        <v>266</v>
+      </c>
+      <c r="H282" t="s">
+        <v>24</v>
+      </c>
+      <c r="N282">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="283" spans="1:14">
+      <c r="A283" t="s">
         <v>412</v>
       </c>
-      <c r="C282" t="s">
-[...14 lines deleted...]
-      <c r="H282" t="s">
+      <c r="B283" t="s">
+        <v>413</v>
+      </c>
+      <c r="C283" t="s">
+        <v>15</v>
+      </c>
+      <c r="D283" t="s">
         <v>352</v>
       </c>
-      <c r="N282">
+      <c r="E283" t="s">
+        <v>17</v>
+      </c>
+      <c r="F283" t="s">
+        <v>81</v>
+      </c>
+      <c r="G283" t="s">
+        <v>19</v>
+      </c>
+      <c r="H283" t="s">
+        <v>353</v>
+      </c>
+      <c r="N283">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">