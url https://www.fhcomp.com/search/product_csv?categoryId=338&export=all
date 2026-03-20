--- v1 (2025-12-07)
+++ v2 (2026-03-20)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2270" uniqueCount="414">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2278" uniqueCount="417">
   <si>
     <t>Part Number</t>
   </si>
   <si>
     <t>Capacitance</t>
   </si>
   <si>
     <t>Time</t>
   </si>
   <si>
     <t>Size Code</t>
   </si>
   <si>
     <t>T.C.R(ppm/°C)</t>
   </si>
   <si>
     <t>Rated Vdc</t>
   </si>
   <si>
     <t>Tolerance</t>
   </si>
   <si>
     <t>Applications</t>
   </si>
   <si>
@@ -228,116 +228,116 @@
   <si>
     <t>8221LEM0816RYN0110</t>
   </si>
   <si>
     <t>Φ8×16mm</t>
   </si>
   <si>
     <t>0816</t>
   </si>
   <si>
     <t>8151VBM2240RYN0110</t>
   </si>
   <si>
     <t>150μF</t>
   </si>
   <si>
     <t>Φ22×40mm</t>
   </si>
   <si>
     <t>450V</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
+    <t>8151VBM2240RYN91EL</t>
+  </si>
+  <si>
     <t>8151VBM2240RYN91E0</t>
   </si>
   <si>
-    <t>8151VBM2240RYN91EL</t>
-[...1 lines deleted...]
-  <si>
     <t>8151MFM1840RYN91E0</t>
   </si>
   <si>
     <t>350V</t>
   </si>
   <si>
     <t>8151MDM1830RYN0110</t>
   </si>
   <si>
     <t>8121VBM1840RYN91E0</t>
   </si>
   <si>
     <t>120μF</t>
   </si>
   <si>
     <t>8121VBM1835RYN91E0</t>
   </si>
   <si>
     <t>8121VAM1840RYN0110</t>
   </si>
   <si>
     <t>400V</t>
   </si>
   <si>
     <t>8121VAM1830RYN91E0</t>
   </si>
   <si>
     <t>8121MFM1830RYN91E0</t>
   </si>
   <si>
     <t>8121MCMAB30RYN91E0</t>
   </si>
   <si>
     <t>Φ12.5×30mm</t>
   </si>
   <si>
     <t>AB30</t>
   </si>
   <si>
+    <t>8101VBM1840RYN91E0</t>
+  </si>
+  <si>
+    <t>100μF</t>
+  </si>
+  <si>
     <t>8101VBM1840RYQ0150</t>
   </si>
   <si>
-    <t>100μF</t>
-[...4 lines deleted...]
-  <si>
     <t>8101VBM1835RYN91E0</t>
   </si>
   <si>
     <t>8101VBM1830RYN91E0</t>
   </si>
   <si>
+    <t>8101VAM1830RYN91E0</t>
+  </si>
+  <si>
     <t>8101VAM1830RYN0110</t>
   </si>
   <si>
-    <t>8101VAM1830RYN91E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8101VAM1635RYN91E0</t>
   </si>
   <si>
     <t>Φ16×35mm</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
     <t>8101MDM1625RYN91E0</t>
   </si>
   <si>
     <t>8101MCMAB25RYN91E0</t>
   </si>
   <si>
     <t>Φ12.5×25mm</t>
   </si>
   <si>
     <t>AB25</t>
   </si>
   <si>
     <t>8101MBM1625RYN0110</t>
   </si>
   <si>
     <t>8101MAMAB16RYN0110</t>
@@ -441,554 +441,563 @@
   <si>
     <t>8680MCMAB20RYN91E0</t>
   </si>
   <si>
     <t>8680MCM1030RYN91E0</t>
   </si>
   <si>
     <t>Φ10×30mm</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>8560VAMAB35RYN91E0</t>
   </si>
   <si>
     <t>56μF</t>
   </si>
   <si>
     <t>8560MFMAB35RYN91E0</t>
   </si>
   <si>
     <t>8560MFMAB25RYN91E0</t>
   </si>
   <si>
+    <t>8470VCMAB50RYN91E0</t>
+  </si>
+  <si>
+    <t>47μF</t>
+  </si>
+  <si>
+    <t>Φ12.5×50mm</t>
+  </si>
+  <si>
+    <t>500V</t>
+  </si>
+  <si>
+    <t>AB50</t>
+  </si>
+  <si>
     <t>8470VBMAB40RYN91E0</t>
   </si>
   <si>
-    <t>47μF</t>
+    <t>8470VBM1830RYN91E0</t>
+  </si>
+  <si>
+    <t>8470VBM1830RYN0110</t>
   </si>
   <si>
     <t>8470VBM1830RYN91EC</t>
   </si>
   <si>
+    <t>8470VBM1830RYN91FC</t>
+  </si>
+  <si>
     <t>8470VBM1830RYN91F0</t>
   </si>
   <si>
-    <t>8470VBM1830RYN91FC</t>
-[...7 lines deleted...]
-  <si>
     <t>8470VBM1825RYN91E0</t>
   </si>
   <si>
     <t>8470VBM1625RYN91E0</t>
   </si>
   <si>
     <t>8470VAMAB30RYN91E0</t>
   </si>
   <si>
     <t>8470VAM1825RYN01F0</t>
   </si>
   <si>
     <t>8470VAM1820RYN91E0</t>
   </si>
   <si>
     <t>Φ18×20mm</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>8470VAM1625RYN91E0</t>
   </si>
   <si>
     <t>8470MFM1820RYN0110</t>
   </si>
   <si>
     <t>8470MFM1820RYN011C</t>
   </si>
   <si>
     <t>8470MDMAB25RYN0110</t>
   </si>
   <si>
     <t>8470MDMAB25RYN1110</t>
   </si>
   <si>
     <t>8470MDMAB20RYN91E0</t>
   </si>
   <si>
     <t>8470MCMAB25RYN91E0</t>
   </si>
   <si>
+    <t>8470MCMAB20RYN0110</t>
+  </si>
+  <si>
     <t>8470MCMAB20RYN91E0</t>
   </si>
   <si>
-    <t>8470MCMAB20RYN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8470MCM1020RYN91E0</t>
   </si>
   <si>
     <t>Φ10×20mm</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>8470MBM1020RYN0110</t>
   </si>
   <si>
     <t>8470MAM1012RYN0110</t>
   </si>
   <si>
     <t>8470LEMAA11RYN91E0</t>
   </si>
   <si>
     <t>8390VAMAB25RYN91E0</t>
   </si>
   <si>
     <t>39μF</t>
   </si>
   <si>
     <t>8390VAM1620RYN91E0</t>
   </si>
   <si>
     <t>Φ16×20mm</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
     <t>8330VAQ1635RYN91E0</t>
   </si>
   <si>
     <t>33μF</t>
   </si>
   <si>
     <t>-10%~+30%</t>
   </si>
   <si>
     <t>8330VBMAB30RYN91E0</t>
   </si>
   <si>
+    <t>8330VBMAB25RYN91EC</t>
+  </si>
+  <si>
     <t>8330VBMAB25RYN91E0</t>
   </si>
   <si>
-    <t>8330VBMAB25RYN91EC</t>
-[...1 lines deleted...]
-  <si>
     <t>8330VBM1825RYN0110</t>
   </si>
   <si>
     <t>8330VBM1625RYN0110</t>
   </si>
   <si>
     <t>8330VBM1620RYN91E0</t>
   </si>
   <si>
     <t>8330VBM1040RYN91E0</t>
   </si>
   <si>
     <t>Φ10×40mm</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
+    <t>8330VAMAB25RYN91E0</t>
+  </si>
+  <si>
     <t>8330VAMAB25RYN91B0</t>
   </si>
   <si>
-    <t>8330VAMAB25RYN91E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8330VAMAB20RYN91E0</t>
   </si>
   <si>
     <t>8330VAM1825RYN0110</t>
   </si>
   <si>
     <t>8330VAM1820RYN01F0</t>
   </si>
   <si>
     <t>8330VAM1620RYN91E0</t>
   </si>
   <si>
     <t>8330MFMAB25RYN91E0</t>
   </si>
   <si>
     <t>8330MFMAB20RYN91E0</t>
   </si>
   <si>
     <t>8330MDMAB20RYN0110</t>
   </si>
   <si>
+    <t>8330MDMAB20RYN0150</t>
+  </si>
+  <si>
     <t>8330MDMAB20RYN1110</t>
   </si>
   <si>
-    <t>8330MDMAB20RYN0150</t>
-[...1 lines deleted...]
-  <si>
     <t>8330MDM1020RYN91E0</t>
   </si>
   <si>
     <t>8330MCMAB16RYN0110</t>
   </si>
   <si>
     <t>8330MCM1020RYN0110</t>
   </si>
   <si>
     <t>8330MBM1020RYN0110</t>
   </si>
   <si>
     <t>8330MBM1020RYN0170</t>
   </si>
   <si>
     <t>8270VBM1030RYN91E0</t>
   </si>
   <si>
     <t>27μF</t>
   </si>
   <si>
     <t>8270VAMAB20RYN91E0</t>
   </si>
   <si>
     <t>8220VBMAB30RYN91E0</t>
   </si>
   <si>
     <t>22μF</t>
   </si>
   <si>
     <t>8220VBMAB25RYN91E0</t>
   </si>
   <si>
+    <t>8220VBMAB20RYN91E0</t>
+  </si>
+  <si>
     <t>8220VBMAB20RYN91EP</t>
   </si>
   <si>
-    <t>8220VBMAB20RYN91E0</t>
+    <t>8220VBM1820RYN01F0</t>
+  </si>
+  <si>
+    <t>8220VBM1820RYN01E0</t>
   </si>
   <si>
     <t>8220VBM1820RYN0110</t>
   </si>
   <si>
-    <t>8220VBM1820RYN01F0</t>
-[...1 lines deleted...]
-  <si>
     <t>8220VBM1820RYN0150</t>
   </si>
   <si>
-    <t>8220VBM1820RYN01E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8220VBM1625RYN91E0</t>
   </si>
   <si>
     <t>8220VBM1625RYN0110</t>
   </si>
   <si>
     <t>8220VBM1620RYN91E0</t>
   </si>
   <si>
     <t>8220VBM1620RYN0110</t>
   </si>
   <si>
     <t>8220VAMAB25RYN91E0</t>
   </si>
   <si>
     <t>8220VAMAB20RYN0110</t>
   </si>
   <si>
     <t>8220VAMAB20RYN91E0</t>
   </si>
   <si>
     <t>8220VAM1625RYN0110</t>
   </si>
   <si>
     <t>8220VAM1025RYN91E0</t>
   </si>
   <si>
     <t>Φ10×25mm</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>8220MFMAB25RYN91E0</t>
   </si>
   <si>
     <t>8220MFMAB25RYN0110</t>
   </si>
   <si>
     <t>8220MFMAB20RYN91E0</t>
   </si>
   <si>
+    <t>8220MDMAB20RYN0110</t>
+  </si>
+  <si>
     <t>8220MDMAB20RYN0150</t>
   </si>
   <si>
-    <t>8220MDMAB20RYN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8220MDM1020RYN0110</t>
   </si>
   <si>
     <t>8220MCMAB20RYN0110</t>
   </si>
   <si>
+    <t>8220MCM1020RYN91E0</t>
+  </si>
+  <si>
     <t>8220MCM1020RYN0110</t>
   </si>
   <si>
     <t>8220MCM1020RYN0150</t>
   </si>
   <si>
-    <t>8220MCM1020RYN91E0</t>
+    <t>8220MCM1016RYN0110</t>
   </si>
   <si>
     <t>8220MCM1016RYN91EP</t>
   </si>
   <si>
-    <t>8220MCM1016RYN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>8220MBM0816RYN0110</t>
   </si>
   <si>
     <t>8220LFMAA11RYN0110</t>
   </si>
   <si>
     <t>8220LEM0511RYN91E0</t>
   </si>
   <si>
     <t>Φ5×11mm</t>
   </si>
   <si>
     <t>0511</t>
   </si>
   <si>
     <t>8180MCM1016RYN91E0</t>
   </si>
   <si>
     <t>18μF</t>
   </si>
   <si>
     <t>8150VCMAB25RYN91E0</t>
   </si>
   <si>
     <t>15μF</t>
   </si>
   <si>
-    <t>500V</t>
-[...1 lines deleted...]
-  <si>
     <t>8150VCMAB20RYN91EP</t>
   </si>
   <si>
+    <t>8150VBMAB25RYN91E0</t>
+  </si>
+  <si>
     <t>8150VBMAB25RYN0110</t>
   </si>
   <si>
-    <t>8150VBMAB25RYN91E0</t>
+    <t>8150VBMAB20RYN91E0</t>
   </si>
   <si>
     <t>8150VBMAB20RYN91EP</t>
   </si>
   <si>
-    <t>8150VBMAB20RYN91E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8150VBMAB16RYN91E0</t>
   </si>
   <si>
     <t>8150VBM1020RYN91E0</t>
   </si>
   <si>
     <t>8150VAMAB20RYN0110</t>
   </si>
   <si>
     <t>8150VAM1020RYN91E0</t>
   </si>
   <si>
     <t>8150VAM1020RYN91EL</t>
   </si>
   <si>
     <t>8150MDMAB20RYN0110</t>
   </si>
   <si>
     <t>8150MDM1020RYN0110</t>
   </si>
   <si>
+    <t>8150MCM1020RYN91E0</t>
+  </si>
+  <si>
     <t>8150MCM1020RYN0110</t>
   </si>
   <si>
-    <t>8150MCM1020RYN91E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8150MCM1016RYN91E0</t>
   </si>
   <si>
     <t>8150MDK1020RYN0110</t>
   </si>
   <si>
     <t>±10%</t>
   </si>
   <si>
     <t>8150MCK1020RYN0110</t>
   </si>
   <si>
     <t>8150MBK1016RYN0110</t>
   </si>
   <si>
     <t>8120VAM1016RYN91E0</t>
   </si>
   <si>
     <t>12μF</t>
   </si>
   <si>
     <t>8120MCM0810RYN91EL</t>
   </si>
   <si>
     <t>Φ8×10mm</t>
   </si>
   <si>
     <t>0810</t>
   </si>
   <si>
     <t>8120MCM0810RYN91E0</t>
   </si>
   <si>
+    <t>8100VCMAB20RYN91EP</t>
+  </si>
+  <si>
+    <t>10μF</t>
+  </si>
+  <si>
+    <t>8100VCMAB20RYN91E0</t>
+  </si>
+  <si>
     <t>8100VCMAB20RYN0110</t>
   </si>
   <si>
-    <t>10μF</t>
-[...7 lines deleted...]
-  <si>
     <t>8100VBMAB25RYN0110</t>
   </si>
   <si>
+    <t>8100VBMAB20RYN0150</t>
+  </si>
+  <si>
+    <t>8100VBMAB20RYN01F0</t>
+  </si>
+  <si>
+    <t>8100VBMAB20RYN0110</t>
+  </si>
+  <si>
+    <t>8100VBMAB20RYN91E0</t>
+  </si>
+  <si>
     <t>8100VBMAB20RYN01E0</t>
   </si>
   <si>
-    <t>8100VBMAB20RYN0110</t>
-[...10 lines deleted...]
-  <si>
     <t>8100VBMAB16RYN91E0</t>
   </si>
   <si>
     <t>8100VBM1020RYN91E0</t>
   </si>
   <si>
+    <t>8100VBM1016RYN91EP</t>
+  </si>
+  <si>
     <t>8100VBM1016RYN91E0</t>
   </si>
   <si>
-    <t>8100VBM1016RYN91EP</t>
-[...1 lines deleted...]
-  <si>
     <t>8100VAMAB20RYN0110</t>
   </si>
   <si>
     <t>8100VAM1020RYN011P</t>
   </si>
   <si>
     <t>8100VAM1020RYN0110</t>
   </si>
   <si>
     <t>8100VAM1020RYN91E0</t>
   </si>
   <si>
     <t>8100VAM1016RYN91E0</t>
   </si>
   <si>
+    <t>8100VAM1016RYN01S0</t>
+  </si>
+  <si>
     <t>8100VAM1016RYN01SC</t>
   </si>
   <si>
-    <t>8100VAM1016RYN01S0</t>
+    <t>8100VAM1014RYN0110</t>
+  </si>
+  <si>
+    <t>Φ10×14mm</t>
+  </si>
+  <si>
+    <t>1014</t>
   </si>
   <si>
     <t>8100VAM1014RYN011C</t>
   </si>
   <si>
-    <t>Φ10×14mm</t>
-[...5 lines deleted...]
-    <t>8100VAM1014RYN0110</t>
+    <t>8100MFM1020RYN91E0</t>
   </si>
   <si>
     <t>8100MFM1020RYN0110</t>
   </si>
   <si>
-    <t>8100MFM1020RYN91E0</t>
-[...1 lines deleted...]
-  <si>
     <t>8100MDM1016RYN0110</t>
   </si>
   <si>
     <t>8100MDM0816RYN0110</t>
   </si>
   <si>
     <t>8100MCM1020RYN0110</t>
   </si>
   <si>
     <t>8100MCM1016RYN91E0</t>
   </si>
   <si>
     <t>8100MCM1016RYN0110</t>
   </si>
   <si>
     <t>8100LFM0511RYN0110</t>
   </si>
   <si>
+    <t>8100VAV1016RYN017C</t>
+  </si>
+  <si>
+    <t>±15%</t>
+  </si>
+  <si>
     <t>8100VAV1016RYN011C</t>
   </si>
   <si>
-    <t>±15%</t>
-[...4 lines deleted...]
-  <si>
     <t>8100MCK1016RYN0110</t>
   </si>
   <si>
     <t>8100MBK1016RYN0110</t>
   </si>
   <si>
     <t>88R2VAM1016RYN91E0</t>
   </si>
   <si>
     <t>8.2μF</t>
   </si>
   <si>
     <t>88R2MCM1016RYN91E0</t>
   </si>
   <si>
     <t>86R8VAQAB20RYN91E0</t>
   </si>
   <si>
     <t>6.8μF</t>
   </si>
   <si>
     <t>86R8VBM1012RYN91E0</t>
   </si>
   <si>
     <t>86R8VAMAB20RYN0110</t>
@@ -1011,270 +1020,270 @@
   <si>
     <t>86R8MFMAB20RYN0110</t>
   </si>
   <si>
     <t>86R8MDM0812RYN91E0</t>
   </si>
   <si>
     <t>86R8MCM1016RYN91E0</t>
   </si>
   <si>
     <t>86R8MCM1012RYN91E0</t>
   </si>
   <si>
     <t>85R6VAMAB20RYN0110</t>
   </si>
   <si>
     <t>5.6μF</t>
   </si>
   <si>
     <t>85R6VAM1020RYN0110</t>
   </si>
   <si>
     <t>85R6VAM1020RYN91E0</t>
   </si>
   <si>
+    <t>85R6VAM1016RYN0110</t>
+  </si>
+  <si>
     <t>85R6VAM1016RYN91E0</t>
   </si>
   <si>
-    <t>85R6VAM1016RYN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>85R6MFMAB20RYN0110</t>
   </si>
   <si>
     <t>84R7VBM1016RYN91E0</t>
   </si>
   <si>
     <t>4.7μF</t>
   </si>
   <si>
     <t>84R7VBM1012RYN91E0</t>
   </si>
   <si>
     <t>84R7VAM1020RYN0110</t>
   </si>
   <si>
     <t>84R7VAM1020RYN91E0</t>
   </si>
   <si>
     <t>84R7VAM1016RYN91E0</t>
   </si>
   <si>
     <t>84R7VAM1016RYN0110</t>
   </si>
   <si>
+    <t>84R7VAM1012RYN91E0</t>
+  </si>
+  <si>
     <t>84R7VAM1012RYN0110</t>
   </si>
   <si>
     <t>84R7VAM1012RYN011P</t>
   </si>
   <si>
-    <t>84R7VAM1012RYN91E0</t>
-[...1 lines deleted...]
-  <si>
     <t>84R7VAM0820RYN0110</t>
   </si>
   <si>
     <t>Φ8×20mm</t>
   </si>
   <si>
     <t>0820</t>
   </si>
   <si>
+    <t>84R7VAM0812RYN01SC</t>
+  </si>
+  <si>
     <t>84R7VAM0812RYN01S0</t>
   </si>
   <si>
-    <t>84R7VAM0812RYN01SC</t>
-[...1 lines deleted...]
-  <si>
     <t>84R7MDMAA12RYN91E0</t>
   </si>
   <si>
     <t>Φ6.3×12mm</t>
   </si>
   <si>
     <t>AA12</t>
   </si>
   <si>
     <t>84R7VAV0812RYN011C</t>
   </si>
   <si>
     <t>84R7VAV0812RYN017C</t>
   </si>
   <si>
     <t>84R7VAK1016RYN0110</t>
   </si>
   <si>
     <t>83R3VBM0812RYN91E0</t>
   </si>
   <si>
     <t>3.3μF</t>
   </si>
   <si>
     <t>83R3VBM0812RYN91EC</t>
   </si>
   <si>
+    <t>83R3VAM1020RYN0150</t>
+  </si>
+  <si>
     <t>83R3VAM1020RYN0110</t>
   </si>
   <si>
-    <t>83R3VAM1020RYN0150</t>
-[...1 lines deleted...]
-  <si>
     <t>83R3VAM1016RYN91E0</t>
   </si>
   <si>
     <t>83R3VAM1016RYN0110</t>
   </si>
   <si>
     <t>83R3VAM1012RYN91E0</t>
   </si>
   <si>
     <t>83R3VAM0816RYN0110</t>
   </si>
   <si>
     <t>83R3VAM0816RYN91E0</t>
   </si>
   <si>
     <t>83R3VAM0812RYN0110</t>
   </si>
   <si>
     <t>83R3VAM0812RYN011C</t>
   </si>
   <si>
     <t>83R3VAV0816RYN017K</t>
   </si>
   <si>
     <t>83R3VAV0816RYN0170</t>
   </si>
   <si>
     <t>83R3VAK1016RYN0110</t>
   </si>
   <si>
     <t>82R8VAM0816RYN0110</t>
   </si>
   <si>
     <t>2.8μF</t>
   </si>
   <si>
     <t>82R8VAV0816RYN0170</t>
   </si>
   <si>
     <t>82R8VAV0816RYN017K</t>
   </si>
   <si>
+    <t>82R8VAV0812RYN0170</t>
+  </si>
+  <si>
     <t>82R8VAV0812RYN017K</t>
   </si>
   <si>
-    <t>82R8VAV0812RYN0170</t>
-[...1 lines deleted...]
-  <si>
     <t>82R7VAM1016RYN91E0</t>
   </si>
   <si>
     <t>2.7μF</t>
   </si>
   <si>
     <t>82R7VAM1012RYN0110</t>
   </si>
   <si>
     <t>82R7VAM1012RYN91E0</t>
   </si>
   <si>
     <t>82R7VAM0816RYN91E0</t>
   </si>
   <si>
     <t>82R2VAQ1016RYN91E0</t>
   </si>
   <si>
     <t>2.2μF</t>
   </si>
   <si>
     <t>82R2VBMAA15RYN011C</t>
   </si>
   <si>
     <t>Φ6.3×15mm</t>
   </si>
   <si>
     <t>AA15</t>
   </si>
   <si>
     <t>82R2VBMAA15RYN0110</t>
   </si>
   <si>
     <t>82R2VBM0812RYN91E0</t>
   </si>
   <si>
+    <t>82R2VAMAA12RYN0110</t>
+  </si>
+  <si>
+    <t>82R2VAMAA12RYN01SC</t>
+  </si>
+  <si>
     <t>82R2VAMAA12RYN01S0</t>
   </si>
   <si>
-    <t>82R2VAMAA12RYN01SC</t>
-[...4 lines deleted...]
-  <si>
     <t>82R2VAMAA12RYN91E0</t>
   </si>
   <si>
+    <t>82R2VAM1016RYN0110</t>
+  </si>
+  <si>
     <t>82R2VAM1016RYN91E0</t>
   </si>
   <si>
-    <t>82R2VAM1016RYN0110</t>
-[...1 lines deleted...]
-  <si>
     <t>82R2VAM1012RYN0110</t>
   </si>
   <si>
     <t>82R2VAM1012RYN91E0</t>
   </si>
   <si>
     <t>82R2VAM0816RYN91E0</t>
   </si>
   <si>
     <t>82R2VAM0816RYN0110</t>
   </si>
   <si>
     <t>82R2VAM0812RYN0110</t>
   </si>
   <si>
     <t>82R2VAM0809RYN91E0</t>
   </si>
   <si>
     <t>Φ8×9mm</t>
   </si>
   <si>
     <t>0809</t>
   </si>
   <si>
     <t>82R2MDMAA12RYN91E0</t>
   </si>
   <si>
+    <t>82R2VAVAA12RYN017C</t>
+  </si>
+  <si>
     <t>82R2VAVAA12RYN011C</t>
-  </si>
-[...1 lines deleted...]
-    <t>82R2VAVAA12RYN017C</t>
   </si>
   <si>
     <t>82R2VAK1016RYN0110</t>
   </si>
   <si>
     <t>81R8VAM1016RYN0110</t>
   </si>
   <si>
     <t>1.8μF</t>
   </si>
   <si>
     <t>81R5VAK1012RYN0110</t>
   </si>
   <si>
     <t>1.5μF</t>
   </si>
   <si>
     <t>81R0VAMAA12RYN91E0</t>
   </si>
   <si>
     <t>1.0μF</t>
   </si>
 </sst>
 </file>
 
@@ -1587,51 +1596,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:N283"/>
+  <dimension ref="A1:N284"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3359,6503 +3368,6532 @@
       </c>
       <c r="F60" t="s">
         <v>75</v>
       </c>
       <c r="G60" t="s">
         <v>19</v>
       </c>
       <c r="H60" t="s">
         <v>100</v>
       </c>
       <c r="N60">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" t="s">
         <v>143</v>
       </c>
       <c r="B61" t="s">
         <v>144</v>
       </c>
       <c r="C61" t="s">
         <v>15</v>
       </c>
       <c r="D61" t="s">
-        <v>57</v>
+        <v>145</v>
       </c>
       <c r="E61" t="s">
         <v>17</v>
       </c>
       <c r="F61" t="s">
-        <v>70</v>
+        <v>146</v>
       </c>
       <c r="G61" t="s">
         <v>19</v>
       </c>
       <c r="H61" t="s">
-        <v>58</v>
+        <v>147</v>
       </c>
       <c r="N61">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="B62" t="s">
         <v>144</v>
       </c>
       <c r="C62" t="s">
         <v>15</v>
       </c>
       <c r="D62" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="E62" t="s">
         <v>17</v>
       </c>
       <c r="F62" t="s">
         <v>70</v>
       </c>
       <c r="G62" t="s">
         <v>19</v>
       </c>
       <c r="H62" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="N62">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="B63" t="s">
         <v>144</v>
       </c>
       <c r="C63" t="s">
         <v>15</v>
       </c>
       <c r="D63" t="s">
         <v>45</v>
       </c>
       <c r="E63" t="s">
         <v>17</v>
       </c>
       <c r="F63" t="s">
         <v>70</v>
       </c>
       <c r="G63" t="s">
         <v>19</v>
       </c>
       <c r="H63" t="s">
         <v>46</v>
       </c>
       <c r="N63">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B64" t="s">
         <v>144</v>
       </c>
       <c r="C64" t="s">
         <v>15</v>
       </c>
       <c r="D64" t="s">
         <v>45</v>
       </c>
       <c r="E64" t="s">
         <v>17</v>
       </c>
       <c r="F64" t="s">
         <v>70</v>
       </c>
       <c r="G64" t="s">
         <v>19</v>
       </c>
       <c r="H64" t="s">
         <v>46</v>
       </c>
       <c r="N64">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B65" t="s">
         <v>144</v>
       </c>
       <c r="C65" t="s">
         <v>15</v>
       </c>
       <c r="D65" t="s">
         <v>45</v>
       </c>
       <c r="E65" t="s">
         <v>17</v>
       </c>
       <c r="F65" t="s">
         <v>70</v>
       </c>
       <c r="G65" t="s">
         <v>19</v>
       </c>
       <c r="H65" t="s">
         <v>46</v>
       </c>
       <c r="N65">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B66" t="s">
         <v>144</v>
       </c>
       <c r="C66" t="s">
         <v>15</v>
       </c>
       <c r="D66" t="s">
         <v>45</v>
       </c>
       <c r="E66" t="s">
         <v>17</v>
       </c>
       <c r="F66" t="s">
         <v>70</v>
       </c>
       <c r="G66" t="s">
         <v>19</v>
       </c>
       <c r="H66" t="s">
         <v>46</v>
       </c>
       <c r="N66">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B67" t="s">
         <v>144</v>
       </c>
       <c r="C67" t="s">
         <v>15</v>
       </c>
       <c r="D67" t="s">
-        <v>118</v>
+        <v>45</v>
       </c>
       <c r="E67" t="s">
         <v>17</v>
       </c>
       <c r="F67" t="s">
         <v>70</v>
       </c>
       <c r="G67" t="s">
         <v>19</v>
       </c>
       <c r="H67" t="s">
-        <v>119</v>
+        <v>46</v>
       </c>
       <c r="N67">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B68" t="s">
         <v>144</v>
       </c>
       <c r="C68" t="s">
         <v>15</v>
       </c>
       <c r="D68" t="s">
-        <v>62</v>
+        <v>118</v>
       </c>
       <c r="E68" t="s">
         <v>17</v>
       </c>
       <c r="F68" t="s">
         <v>70</v>
       </c>
       <c r="G68" t="s">
         <v>19</v>
       </c>
       <c r="H68" t="s">
-        <v>63</v>
+        <v>119</v>
       </c>
       <c r="N68">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B69" t="s">
         <v>144</v>
       </c>
       <c r="C69" t="s">
         <v>15</v>
       </c>
       <c r="D69" t="s">
-        <v>85</v>
+        <v>62</v>
       </c>
       <c r="E69" t="s">
         <v>17</v>
       </c>
       <c r="F69" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="G69" t="s">
         <v>19</v>
       </c>
       <c r="H69" t="s">
-        <v>86</v>
+        <v>63</v>
       </c>
       <c r="N69">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70" t="s">
         <v>15</v>
       </c>
       <c r="D70" t="s">
-        <v>118</v>
+        <v>85</v>
       </c>
       <c r="E70" t="s">
         <v>17</v>
       </c>
       <c r="F70" t="s">
         <v>81</v>
       </c>
       <c r="G70" t="s">
         <v>19</v>
       </c>
       <c r="H70" t="s">
-        <v>119</v>
+        <v>86</v>
       </c>
       <c r="N70">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B71" t="s">
         <v>144</v>
       </c>
       <c r="C71" t="s">
         <v>15</v>
       </c>
       <c r="D71" t="s">
-        <v>155</v>
+        <v>118</v>
       </c>
       <c r="E71" t="s">
         <v>17</v>
       </c>
       <c r="F71" t="s">
         <v>81</v>
       </c>
       <c r="G71" t="s">
         <v>19</v>
       </c>
       <c r="H71" t="s">
-        <v>156</v>
+        <v>119</v>
       </c>
       <c r="N71">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B72" t="s">
         <v>144</v>
       </c>
       <c r="C72" t="s">
         <v>15</v>
       </c>
       <c r="D72" t="s">
-        <v>62</v>
+        <v>159</v>
       </c>
       <c r="E72" t="s">
         <v>17</v>
       </c>
       <c r="F72" t="s">
         <v>81</v>
       </c>
       <c r="G72" t="s">
         <v>19</v>
       </c>
       <c r="H72" t="s">
-        <v>63</v>
+        <v>160</v>
       </c>
       <c r="N72">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="B73" t="s">
         <v>144</v>
       </c>
       <c r="C73" t="s">
         <v>15</v>
       </c>
       <c r="D73" t="s">
-        <v>155</v>
+        <v>62</v>
       </c>
       <c r="E73" t="s">
         <v>17</v>
       </c>
       <c r="F73" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="G73" t="s">
         <v>19</v>
       </c>
       <c r="H73" t="s">
-        <v>156</v>
+        <v>63</v>
       </c>
       <c r="N73">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B74" t="s">
         <v>144</v>
       </c>
       <c r="C74" t="s">
         <v>15</v>
       </c>
       <c r="D74" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="E74" t="s">
         <v>17</v>
       </c>
       <c r="F74" t="s">
         <v>75</v>
       </c>
       <c r="G74" t="s">
         <v>19</v>
       </c>
       <c r="H74" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="N74">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B75" t="s">
         <v>144</v>
       </c>
       <c r="C75" t="s">
         <v>15</v>
       </c>
       <c r="D75" t="s">
-        <v>99</v>
+        <v>159</v>
       </c>
       <c r="E75" t="s">
         <v>17</v>
       </c>
       <c r="F75" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="G75" t="s">
         <v>19</v>
       </c>
       <c r="H75" t="s">
-        <v>100</v>
+        <v>160</v>
       </c>
       <c r="N75">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="B76" t="s">
         <v>144</v>
       </c>
       <c r="C76" t="s">
         <v>15</v>
       </c>
       <c r="D76" t="s">
         <v>99</v>
       </c>
       <c r="E76" t="s">
         <v>17</v>
       </c>
       <c r="F76" t="s">
         <v>39</v>
       </c>
       <c r="G76" t="s">
         <v>19</v>
       </c>
       <c r="H76" t="s">
         <v>100</v>
       </c>
       <c r="N76">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="B77" t="s">
         <v>144</v>
       </c>
       <c r="C77" t="s">
         <v>15</v>
       </c>
       <c r="D77" t="s">
-        <v>48</v>
+        <v>99</v>
       </c>
       <c r="E77" t="s">
         <v>17</v>
       </c>
       <c r="F77" t="s">
         <v>39</v>
       </c>
       <c r="G77" t="s">
         <v>19</v>
       </c>
       <c r="H77" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="N77">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="B78" t="s">
         <v>144</v>
       </c>
       <c r="C78" t="s">
         <v>15</v>
       </c>
       <c r="D78" t="s">
-        <v>99</v>
+        <v>48</v>
       </c>
       <c r="E78" t="s">
         <v>17</v>
       </c>
       <c r="F78" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="G78" t="s">
         <v>19</v>
       </c>
       <c r="H78" t="s">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="N78">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="B79" t="s">
         <v>144</v>
       </c>
       <c r="C79" t="s">
         <v>15</v>
       </c>
       <c r="D79" t="s">
-        <v>48</v>
+        <v>99</v>
       </c>
       <c r="E79" t="s">
         <v>17</v>
       </c>
       <c r="F79" t="s">
         <v>42</v>
       </c>
       <c r="G79" t="s">
         <v>19</v>
       </c>
       <c r="H79" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="N79">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B80" t="s">
         <v>144</v>
       </c>
       <c r="C80" t="s">
         <v>15</v>
       </c>
       <c r="D80" t="s">
         <v>48</v>
       </c>
       <c r="E80" t="s">
         <v>17</v>
       </c>
       <c r="F80" t="s">
         <v>42</v>
       </c>
       <c r="G80" t="s">
         <v>19</v>
       </c>
       <c r="H80" t="s">
         <v>50</v>
       </c>
       <c r="N80">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="B81" t="s">
         <v>144</v>
       </c>
       <c r="C81" t="s">
         <v>15</v>
       </c>
       <c r="D81" t="s">
-        <v>167</v>
+        <v>48</v>
       </c>
       <c r="E81" t="s">
         <v>17</v>
       </c>
       <c r="F81" t="s">
         <v>42</v>
       </c>
       <c r="G81" t="s">
         <v>19</v>
       </c>
       <c r="H81" t="s">
-        <v>168</v>
+        <v>50</v>
       </c>
       <c r="N81">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B82" t="s">
         <v>144</v>
       </c>
       <c r="C82" t="s">
         <v>15</v>
       </c>
       <c r="D82" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="E82" t="s">
         <v>17</v>
       </c>
       <c r="F82" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G82" t="s">
         <v>19</v>
       </c>
       <c r="H82" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="N82">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B83" t="s">
         <v>144</v>
       </c>
       <c r="C83" t="s">
         <v>15</v>
       </c>
       <c r="D83" t="s">
-        <v>22</v>
+        <v>171</v>
       </c>
       <c r="E83" t="s">
         <v>17</v>
       </c>
       <c r="F83" t="s">
-        <v>104</v>
+        <v>35</v>
       </c>
       <c r="G83" t="s">
         <v>19</v>
       </c>
       <c r="H83" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="N83">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B84" t="s">
         <v>144</v>
       </c>
       <c r="C84" t="s">
         <v>15</v>
       </c>
       <c r="D84" t="s">
-        <v>108</v>
+        <v>22</v>
       </c>
       <c r="E84" t="s">
         <v>17</v>
       </c>
       <c r="F84" t="s">
-        <v>53</v>
+        <v>104</v>
       </c>
       <c r="G84" t="s">
         <v>19</v>
       </c>
       <c r="H84" t="s">
-        <v>110</v>
+        <v>24</v>
       </c>
       <c r="N84">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B85" t="s">
-        <v>173</v>
+        <v>144</v>
       </c>
       <c r="C85" t="s">
         <v>15</v>
       </c>
       <c r="D85" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="E85" t="s">
         <v>17</v>
       </c>
       <c r="F85" t="s">
-        <v>81</v>
+        <v>53</v>
       </c>
       <c r="G85" t="s">
         <v>19</v>
       </c>
       <c r="H85" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="N85">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B86" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="C86" t="s">
         <v>15</v>
       </c>
       <c r="D86" t="s">
-        <v>175</v>
+        <v>99</v>
       </c>
       <c r="E86" t="s">
         <v>17</v>
       </c>
       <c r="F86" t="s">
         <v>81</v>
       </c>
       <c r="G86" t="s">
         <v>19</v>
       </c>
       <c r="H86" t="s">
-        <v>176</v>
+        <v>100</v>
       </c>
       <c r="N86">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" t="s">
+        <v>178</v>
+      </c>
+      <c r="B87" t="s">
         <v>177</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87" t="s">
         <v>15</v>
       </c>
       <c r="D87" t="s">
-        <v>95</v>
+        <v>179</v>
       </c>
       <c r="E87" t="s">
         <v>17</v>
       </c>
       <c r="F87" t="s">
         <v>81</v>
       </c>
       <c r="G87" t="s">
-        <v>179</v>
+        <v>19</v>
       </c>
       <c r="H87" t="s">
-        <v>96</v>
+        <v>180</v>
       </c>
       <c r="N87">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B88" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C88" t="s">
         <v>15</v>
       </c>
       <c r="D88" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E88" t="s">
         <v>17</v>
       </c>
       <c r="F88" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="G88" t="s">
-        <v>19</v>
+        <v>183</v>
       </c>
       <c r="H88" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="N88">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B89" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C89" t="s">
         <v>15</v>
       </c>
       <c r="D89" t="s">
-        <v>99</v>
+        <v>85</v>
       </c>
       <c r="E89" t="s">
         <v>17</v>
       </c>
       <c r="F89" t="s">
         <v>70</v>
       </c>
       <c r="G89" t="s">
         <v>19</v>
       </c>
       <c r="H89" t="s">
-        <v>100</v>
+        <v>86</v>
       </c>
       <c r="N89">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" t="s">
+        <v>185</v>
+      </c>
+      <c r="B90" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="C90" t="s">
         <v>15</v>
       </c>
       <c r="D90" t="s">
         <v>99</v>
       </c>
       <c r="E90" t="s">
         <v>17</v>
       </c>
       <c r="F90" t="s">
         <v>70</v>
       </c>
       <c r="G90" t="s">
         <v>19</v>
       </c>
       <c r="H90" t="s">
         <v>100</v>
       </c>
       <c r="N90">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="B91" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C91" t="s">
         <v>15</v>
       </c>
       <c r="D91" t="s">
-        <v>118</v>
+        <v>99</v>
       </c>
       <c r="E91" t="s">
         <v>17</v>
       </c>
       <c r="F91" t="s">
         <v>70</v>
       </c>
       <c r="G91" t="s">
         <v>19</v>
       </c>
       <c r="H91" t="s">
-        <v>119</v>
+        <v>100</v>
       </c>
       <c r="N91">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:14">
       <c r="A92" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="B92" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C92" t="s">
         <v>15</v>
       </c>
       <c r="D92" t="s">
-        <v>62</v>
+        <v>118</v>
       </c>
       <c r="E92" t="s">
         <v>17</v>
       </c>
       <c r="F92" t="s">
         <v>70</v>
       </c>
       <c r="G92" t="s">
         <v>19</v>
       </c>
       <c r="H92" t="s">
-        <v>63</v>
+        <v>119</v>
       </c>
       <c r="N92">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B93" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C93" t="s">
         <v>15</v>
       </c>
       <c r="D93" t="s">
-        <v>175</v>
+        <v>62</v>
       </c>
       <c r="E93" t="s">
         <v>17</v>
       </c>
       <c r="F93" t="s">
         <v>70</v>
       </c>
       <c r="G93" t="s">
         <v>19</v>
       </c>
       <c r="H93" t="s">
-        <v>176</v>
+        <v>63</v>
       </c>
       <c r="N93">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="B94" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C94" t="s">
         <v>15</v>
       </c>
       <c r="D94" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="E94" t="s">
         <v>17</v>
       </c>
       <c r="F94" t="s">
         <v>70</v>
       </c>
       <c r="G94" t="s">
         <v>19</v>
       </c>
       <c r="H94" t="s">
-        <v>188</v>
+        <v>180</v>
       </c>
       <c r="N94">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:14">
       <c r="A95" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B95" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C95" t="s">
         <v>15</v>
       </c>
       <c r="D95" t="s">
-        <v>99</v>
+        <v>191</v>
       </c>
       <c r="E95" t="s">
         <v>17</v>
       </c>
       <c r="F95" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="G95" t="s">
         <v>19</v>
       </c>
       <c r="H95" t="s">
-        <v>100</v>
+        <v>192</v>
       </c>
       <c r="N95">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="B96" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C96" t="s">
         <v>15</v>
       </c>
       <c r="D96" t="s">
         <v>99</v>
       </c>
       <c r="E96" t="s">
         <v>17</v>
       </c>
       <c r="F96" t="s">
         <v>81</v>
       </c>
       <c r="G96" t="s">
         <v>19</v>
       </c>
       <c r="H96" t="s">
         <v>100</v>
       </c>
       <c r="N96">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:14">
       <c r="A97" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B97" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C97" t="s">
         <v>15</v>
       </c>
       <c r="D97" t="s">
-        <v>48</v>
+        <v>99</v>
       </c>
       <c r="E97" t="s">
         <v>17</v>
       </c>
       <c r="F97" t="s">
         <v>81</v>
       </c>
       <c r="G97" t="s">
         <v>19</v>
       </c>
       <c r="H97" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="N97">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:14">
       <c r="A98" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="B98" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C98" t="s">
         <v>15</v>
       </c>
       <c r="D98" t="s">
-        <v>118</v>
+        <v>48</v>
       </c>
       <c r="E98" t="s">
         <v>17</v>
       </c>
       <c r="F98" t="s">
         <v>81</v>
       </c>
       <c r="G98" t="s">
         <v>19</v>
       </c>
       <c r="H98" t="s">
-        <v>119</v>
+        <v>50</v>
       </c>
       <c r="N98">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:14">
       <c r="A99" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B99" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C99" t="s">
         <v>15</v>
       </c>
       <c r="D99" t="s">
-        <v>155</v>
+        <v>118</v>
       </c>
       <c r="E99" t="s">
         <v>17</v>
       </c>
       <c r="F99" t="s">
         <v>81</v>
       </c>
       <c r="G99" t="s">
         <v>19</v>
       </c>
       <c r="H99" t="s">
-        <v>156</v>
+        <v>119</v>
       </c>
       <c r="N99">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:14">
       <c r="A100" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="B100" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C100" t="s">
         <v>15</v>
       </c>
       <c r="D100" t="s">
-        <v>175</v>
+        <v>159</v>
       </c>
       <c r="E100" t="s">
         <v>17</v>
       </c>
       <c r="F100" t="s">
         <v>81</v>
       </c>
       <c r="G100" t="s">
         <v>19</v>
       </c>
       <c r="H100" t="s">
-        <v>176</v>
+        <v>160</v>
       </c>
       <c r="N100">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:14">
       <c r="A101" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B101" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C101" t="s">
         <v>15</v>
       </c>
       <c r="D101" t="s">
-        <v>99</v>
+        <v>179</v>
       </c>
       <c r="E101" t="s">
         <v>17</v>
       </c>
       <c r="F101" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="G101" t="s">
         <v>19</v>
       </c>
       <c r="H101" t="s">
-        <v>100</v>
+        <v>180</v>
       </c>
       <c r="N101">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:14">
       <c r="A102" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B102" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C102" t="s">
         <v>15</v>
       </c>
       <c r="D102" t="s">
-        <v>48</v>
+        <v>99</v>
       </c>
       <c r="E102" t="s">
         <v>17</v>
       </c>
       <c r="F102" t="s">
         <v>75</v>
       </c>
       <c r="G102" t="s">
         <v>19</v>
       </c>
       <c r="H102" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="N102">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:14">
       <c r="A103" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B103" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C103" t="s">
         <v>15</v>
       </c>
       <c r="D103" t="s">
         <v>48</v>
       </c>
       <c r="E103" t="s">
         <v>17</v>
       </c>
       <c r="F103" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="G103" t="s">
         <v>19</v>
       </c>
       <c r="H103" t="s">
         <v>50</v>
       </c>
       <c r="N103">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:14">
       <c r="A104" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="B104" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C104" t="s">
         <v>15</v>
       </c>
       <c r="D104" t="s">
         <v>48</v>
       </c>
       <c r="E104" t="s">
         <v>17</v>
       </c>
       <c r="F104" t="s">
         <v>39</v>
       </c>
       <c r="G104" t="s">
         <v>19</v>
       </c>
       <c r="H104" t="s">
         <v>50</v>
       </c>
       <c r="N104">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:14">
       <c r="A105" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B105" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C105" t="s">
         <v>15</v>
       </c>
       <c r="D105" t="s">
         <v>48</v>
       </c>
       <c r="E105" t="s">
         <v>17</v>
       </c>
       <c r="F105" t="s">
         <v>39</v>
       </c>
       <c r="G105" t="s">
         <v>19</v>
       </c>
       <c r="H105" t="s">
         <v>50</v>
       </c>
       <c r="N105">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:14">
       <c r="A106" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="B106" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C106" t="s">
         <v>15</v>
       </c>
       <c r="D106" t="s">
-        <v>167</v>
+        <v>48</v>
       </c>
       <c r="E106" t="s">
         <v>17</v>
       </c>
       <c r="F106" t="s">
         <v>39</v>
       </c>
       <c r="G106" t="s">
         <v>19</v>
       </c>
       <c r="H106" t="s">
-        <v>168</v>
+        <v>50</v>
       </c>
       <c r="N106">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:14">
       <c r="A107" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="B107" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C107" t="s">
         <v>15</v>
       </c>
       <c r="D107" t="s">
-        <v>103</v>
+        <v>171</v>
       </c>
       <c r="E107" t="s">
         <v>17</v>
       </c>
       <c r="F107" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="G107" t="s">
         <v>19</v>
       </c>
       <c r="H107" t="s">
-        <v>105</v>
+        <v>172</v>
       </c>
       <c r="N107">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:14">
       <c r="A108" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B108" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C108" t="s">
         <v>15</v>
       </c>
       <c r="D108" t="s">
-        <v>167</v>
+        <v>103</v>
       </c>
       <c r="E108" t="s">
         <v>17</v>
       </c>
       <c r="F108" t="s">
         <v>42</v>
       </c>
       <c r="G108" t="s">
         <v>19</v>
       </c>
       <c r="H108" t="s">
-        <v>168</v>
+        <v>105</v>
       </c>
       <c r="N108">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:14">
       <c r="A109" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B109" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C109" t="s">
         <v>15</v>
       </c>
       <c r="D109" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="E109" t="s">
         <v>17</v>
       </c>
       <c r="F109" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G109" t="s">
         <v>19</v>
       </c>
       <c r="H109" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="N109">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:14">
       <c r="A110" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="B110" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C110" t="s">
         <v>15</v>
       </c>
       <c r="D110" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="E110" t="s">
         <v>17</v>
       </c>
       <c r="F110" t="s">
         <v>35</v>
       </c>
       <c r="G110" t="s">
         <v>19</v>
       </c>
       <c r="H110" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="N110">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:14">
       <c r="A111" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="B111" t="s">
-        <v>206</v>
+        <v>182</v>
       </c>
       <c r="C111" t="s">
         <v>15</v>
       </c>
       <c r="D111" t="s">
-        <v>137</v>
+        <v>171</v>
       </c>
       <c r="E111" t="s">
         <v>17</v>
       </c>
       <c r="F111" t="s">
-        <v>70</v>
+        <v>35</v>
       </c>
       <c r="G111" t="s">
         <v>19</v>
       </c>
       <c r="H111" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="N111">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:14">
       <c r="A112" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B112" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="C112" t="s">
         <v>15</v>
       </c>
       <c r="D112" t="s">
-        <v>48</v>
+        <v>137</v>
       </c>
       <c r="E112" t="s">
         <v>17</v>
       </c>
       <c r="F112" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="G112" t="s">
         <v>19</v>
       </c>
       <c r="H112" t="s">
-        <v>50</v>
+        <v>138</v>
       </c>
       <c r="N112">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:14">
       <c r="A113" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B113" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C113" t="s">
         <v>15</v>
       </c>
       <c r="D113" t="s">
-        <v>85</v>
+        <v>48</v>
       </c>
       <c r="E113" t="s">
         <v>17</v>
       </c>
       <c r="F113" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="G113" t="s">
         <v>19</v>
       </c>
       <c r="H113" t="s">
-        <v>86</v>
+        <v>50</v>
       </c>
       <c r="N113">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:14">
       <c r="A114" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B114" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C114" t="s">
         <v>15</v>
       </c>
       <c r="D114" t="s">
-        <v>99</v>
+        <v>85</v>
       </c>
       <c r="E114" t="s">
         <v>17</v>
       </c>
       <c r="F114" t="s">
         <v>70</v>
       </c>
       <c r="G114" t="s">
         <v>19</v>
       </c>
       <c r="H114" t="s">
-        <v>100</v>
+        <v>86</v>
       </c>
       <c r="N114">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:14">
       <c r="A115" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B115" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C115" t="s">
         <v>15</v>
       </c>
       <c r="D115" t="s">
-        <v>48</v>
+        <v>99</v>
       </c>
       <c r="E115" t="s">
         <v>17</v>
       </c>
       <c r="F115" t="s">
         <v>70</v>
       </c>
       <c r="G115" t="s">
         <v>19</v>
       </c>
       <c r="H115" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="N115">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:14">
       <c r="A116" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="B116" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C116" t="s">
         <v>15</v>
       </c>
       <c r="D116" t="s">
         <v>48</v>
       </c>
       <c r="E116" t="s">
         <v>17</v>
       </c>
       <c r="F116" t="s">
         <v>70</v>
       </c>
       <c r="G116" t="s">
         <v>19</v>
       </c>
       <c r="H116" t="s">
         <v>50</v>
       </c>
       <c r="N116">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:14">
       <c r="A117" t="s">
+        <v>216</v>
+      </c>
+      <c r="B117" t="s">
         <v>213</v>
       </c>
-      <c r="B117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C117" t="s">
         <v>15</v>
       </c>
       <c r="D117" t="s">
-        <v>155</v>
+        <v>48</v>
       </c>
       <c r="E117" t="s">
         <v>17</v>
       </c>
       <c r="F117" t="s">
         <v>70</v>
       </c>
       <c r="G117" t="s">
         <v>19</v>
       </c>
       <c r="H117" t="s">
-        <v>156</v>
+        <v>50</v>
       </c>
       <c r="N117">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:14">
       <c r="A118" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B118" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C118" t="s">
         <v>15</v>
       </c>
       <c r="D118" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="E118" t="s">
         <v>17</v>
       </c>
       <c r="F118" t="s">
         <v>70</v>
       </c>
       <c r="G118" t="s">
         <v>19</v>
       </c>
       <c r="H118" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="N118">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:14">
       <c r="A119" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B119" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C119" t="s">
         <v>15</v>
       </c>
       <c r="D119" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="E119" t="s">
         <v>17</v>
       </c>
       <c r="F119" t="s">
         <v>70</v>
       </c>
       <c r="G119" t="s">
         <v>19</v>
       </c>
       <c r="H119" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="N119">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="B120" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C120" t="s">
         <v>15</v>
       </c>
       <c r="D120" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="E120" t="s">
         <v>17</v>
       </c>
       <c r="F120" t="s">
         <v>70</v>
       </c>
       <c r="G120" t="s">
         <v>19</v>
       </c>
       <c r="H120" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="N120">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:14">
       <c r="A121" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B121" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C121" t="s">
         <v>15</v>
       </c>
       <c r="D121" t="s">
-        <v>62</v>
+        <v>159</v>
       </c>
       <c r="E121" t="s">
         <v>17</v>
       </c>
       <c r="F121" t="s">
         <v>70</v>
       </c>
       <c r="G121" t="s">
         <v>19</v>
       </c>
       <c r="H121" t="s">
-        <v>63</v>
+        <v>160</v>
       </c>
       <c r="N121">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:14">
       <c r="A122" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="B122" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C122" t="s">
         <v>15</v>
       </c>
       <c r="D122" t="s">
         <v>62</v>
       </c>
       <c r="E122" t="s">
         <v>17</v>
       </c>
       <c r="F122" t="s">
         <v>70</v>
       </c>
       <c r="G122" t="s">
         <v>19</v>
       </c>
       <c r="H122" t="s">
         <v>63</v>
       </c>
       <c r="N122">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:14">
       <c r="A123" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B123" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C123" t="s">
         <v>15</v>
       </c>
       <c r="D123" t="s">
-        <v>175</v>
+        <v>62</v>
       </c>
       <c r="E123" t="s">
         <v>17</v>
       </c>
       <c r="F123" t="s">
         <v>70</v>
       </c>
       <c r="G123" t="s">
         <v>19</v>
       </c>
       <c r="H123" t="s">
-        <v>176</v>
+        <v>63</v>
       </c>
       <c r="N123">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:14">
       <c r="A124" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="B124" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C124" t="s">
         <v>15</v>
       </c>
       <c r="D124" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="E124" t="s">
         <v>17</v>
       </c>
       <c r="F124" t="s">
         <v>70</v>
       </c>
       <c r="G124" t="s">
         <v>19</v>
       </c>
       <c r="H124" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="N124">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:14">
       <c r="A125" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="B125" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C125" t="s">
         <v>15</v>
       </c>
       <c r="D125" t="s">
-        <v>99</v>
+        <v>179</v>
       </c>
       <c r="E125" t="s">
         <v>17</v>
       </c>
       <c r="F125" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="G125" t="s">
         <v>19</v>
       </c>
       <c r="H125" t="s">
-        <v>100</v>
+        <v>180</v>
       </c>
       <c r="N125">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:14">
       <c r="A126" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="B126" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C126" t="s">
         <v>15</v>
       </c>
       <c r="D126" t="s">
-        <v>48</v>
+        <v>99</v>
       </c>
       <c r="E126" t="s">
         <v>17</v>
       </c>
       <c r="F126" t="s">
         <v>81</v>
       </c>
       <c r="G126" t="s">
         <v>19</v>
       </c>
       <c r="H126" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="N126">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:14">
       <c r="A127" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="B127" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C127" t="s">
         <v>15</v>
       </c>
       <c r="D127" t="s">
         <v>48</v>
       </c>
       <c r="E127" t="s">
         <v>17</v>
       </c>
       <c r="F127" t="s">
         <v>81</v>
       </c>
       <c r="G127" t="s">
         <v>19</v>
       </c>
       <c r="H127" t="s">
         <v>50</v>
       </c>
       <c r="N127">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:14">
       <c r="A128" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="B128" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C128" t="s">
         <v>15</v>
       </c>
       <c r="D128" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="E128" t="s">
         <v>17</v>
       </c>
       <c r="F128" t="s">
         <v>81</v>
       </c>
       <c r="G128" t="s">
         <v>19</v>
       </c>
       <c r="H128" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
       <c r="N128">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:14">
       <c r="A129" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="B129" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C129" t="s">
         <v>15</v>
       </c>
       <c r="D129" t="s">
-        <v>226</v>
+        <v>62</v>
       </c>
       <c r="E129" t="s">
         <v>17</v>
       </c>
       <c r="F129" t="s">
         <v>81</v>
       </c>
       <c r="G129" t="s">
         <v>19</v>
       </c>
       <c r="H129" t="s">
-        <v>227</v>
+        <v>63</v>
       </c>
       <c r="N129">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:14">
       <c r="A130" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B130" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C130" t="s">
         <v>15</v>
       </c>
       <c r="D130" t="s">
-        <v>99</v>
+        <v>230</v>
       </c>
       <c r="E130" t="s">
         <v>17</v>
       </c>
       <c r="F130" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="G130" t="s">
         <v>19</v>
       </c>
       <c r="H130" t="s">
-        <v>100</v>
+        <v>231</v>
       </c>
       <c r="N130">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:14">
       <c r="A131" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B131" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C131" t="s">
         <v>15</v>
       </c>
       <c r="D131" t="s">
         <v>99</v>
       </c>
       <c r="E131" t="s">
         <v>17</v>
       </c>
       <c r="F131" t="s">
         <v>75</v>
       </c>
       <c r="G131" t="s">
         <v>19</v>
       </c>
       <c r="H131" t="s">
         <v>100</v>
       </c>
       <c r="N131">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:14">
       <c r="A132" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="B132" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C132" t="s">
         <v>15</v>
       </c>
       <c r="D132" t="s">
-        <v>48</v>
+        <v>99</v>
       </c>
       <c r="E132" t="s">
         <v>17</v>
       </c>
       <c r="F132" t="s">
         <v>75</v>
       </c>
       <c r="G132" t="s">
         <v>19</v>
       </c>
       <c r="H132" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="N132">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:14">
       <c r="A133" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="B133" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C133" t="s">
         <v>15</v>
       </c>
       <c r="D133" t="s">
         <v>48</v>
       </c>
       <c r="E133" t="s">
         <v>17</v>
       </c>
       <c r="F133" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="G133" t="s">
         <v>19</v>
       </c>
       <c r="H133" t="s">
         <v>50</v>
       </c>
       <c r="N133">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:14">
       <c r="A134" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="B134" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C134" t="s">
         <v>15</v>
       </c>
       <c r="D134" t="s">
         <v>48</v>
       </c>
       <c r="E134" t="s">
         <v>17</v>
       </c>
       <c r="F134" t="s">
         <v>39</v>
       </c>
       <c r="G134" t="s">
         <v>19</v>
       </c>
       <c r="H134" t="s">
         <v>50</v>
       </c>
       <c r="N134">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:14">
       <c r="A135" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B135" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C135" t="s">
         <v>15</v>
       </c>
       <c r="D135" t="s">
-        <v>167</v>
+        <v>48</v>
       </c>
       <c r="E135" t="s">
         <v>17</v>
       </c>
       <c r="F135" t="s">
         <v>39</v>
       </c>
       <c r="G135" t="s">
         <v>19</v>
       </c>
       <c r="H135" t="s">
-        <v>168</v>
+        <v>50</v>
       </c>
       <c r="N135">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:14">
       <c r="A136" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="B136" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C136" t="s">
         <v>15</v>
       </c>
       <c r="D136" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="E136" t="s">
         <v>17</v>
       </c>
       <c r="F136" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="G136" t="s">
         <v>19</v>
       </c>
       <c r="H136" t="s">
-        <v>50</v>
+        <v>172</v>
       </c>
       <c r="N136">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:14">
       <c r="A137" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B137" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C137" t="s">
         <v>15</v>
       </c>
       <c r="D137" t="s">
-        <v>167</v>
+        <v>48</v>
       </c>
       <c r="E137" t="s">
         <v>17</v>
       </c>
       <c r="F137" t="s">
         <v>42</v>
       </c>
       <c r="G137" t="s">
         <v>19</v>
       </c>
       <c r="H137" t="s">
-        <v>168</v>
+        <v>50</v>
       </c>
       <c r="N137">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:14">
       <c r="A138" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B138" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C138" t="s">
         <v>15</v>
       </c>
       <c r="D138" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="E138" t="s">
         <v>17</v>
       </c>
       <c r="F138" t="s">
         <v>42</v>
       </c>
       <c r="G138" t="s">
         <v>19</v>
       </c>
       <c r="H138" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="N138">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:14">
       <c r="A139" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="B139" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C139" t="s">
         <v>15</v>
       </c>
       <c r="D139" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="E139" t="s">
         <v>17</v>
       </c>
       <c r="F139" t="s">
         <v>42</v>
       </c>
       <c r="G139" t="s">
         <v>19</v>
       </c>
       <c r="H139" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="N139">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:14">
       <c r="A140" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="B140" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C140" t="s">
         <v>15</v>
       </c>
       <c r="D140" t="s">
-        <v>52</v>
+        <v>171</v>
       </c>
       <c r="E140" t="s">
         <v>17</v>
       </c>
       <c r="F140" t="s">
         <v>42</v>
       </c>
       <c r="G140" t="s">
         <v>19</v>
       </c>
       <c r="H140" t="s">
-        <v>54</v>
+        <v>172</v>
       </c>
       <c r="N140">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:14">
       <c r="A141" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B141" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C141" t="s">
         <v>15</v>
       </c>
       <c r="D141" t="s">
         <v>52</v>
       </c>
       <c r="E141" t="s">
         <v>17</v>
       </c>
       <c r="F141" t="s">
         <v>42</v>
       </c>
       <c r="G141" t="s">
         <v>19</v>
       </c>
       <c r="H141" t="s">
         <v>54</v>
       </c>
       <c r="N141">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:14">
       <c r="A142" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="B142" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C142" t="s">
         <v>15</v>
       </c>
       <c r="D142" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="E142" t="s">
         <v>17</v>
       </c>
       <c r="F142" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G142" t="s">
         <v>19</v>
       </c>
       <c r="H142" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="N142">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:14">
       <c r="A143" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="B143" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C143" t="s">
         <v>15</v>
       </c>
       <c r="D143" t="s">
-        <v>108</v>
+        <v>65</v>
       </c>
       <c r="E143" t="s">
         <v>17</v>
       </c>
       <c r="F143" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="G143" t="s">
         <v>19</v>
       </c>
       <c r="H143" t="s">
-        <v>110</v>
+        <v>66</v>
       </c>
       <c r="N143">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:14">
       <c r="A144" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B144" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C144" t="s">
         <v>15</v>
       </c>
       <c r="D144" t="s">
-        <v>243</v>
+        <v>108</v>
       </c>
       <c r="E144" t="s">
         <v>17</v>
       </c>
       <c r="F144" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="G144" t="s">
         <v>19</v>
       </c>
       <c r="H144" t="s">
-        <v>244</v>
+        <v>110</v>
       </c>
       <c r="N144">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:14">
       <c r="A145" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B145" t="s">
-        <v>246</v>
+        <v>213</v>
       </c>
       <c r="C145" t="s">
         <v>15</v>
       </c>
       <c r="D145" t="s">
-        <v>52</v>
+        <v>247</v>
       </c>
       <c r="E145" t="s">
         <v>17</v>
       </c>
       <c r="F145" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="G145" t="s">
         <v>19</v>
       </c>
       <c r="H145" t="s">
-        <v>54</v>
+        <v>248</v>
       </c>
       <c r="N145">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:14">
       <c r="A146" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B146" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C146" t="s">
         <v>15</v>
       </c>
       <c r="D146" t="s">
-        <v>99</v>
+        <v>52</v>
       </c>
       <c r="E146" t="s">
         <v>17</v>
       </c>
       <c r="F146" t="s">
-        <v>249</v>
+        <v>42</v>
       </c>
       <c r="G146" t="s">
         <v>19</v>
       </c>
       <c r="H146" t="s">
-        <v>100</v>
+        <v>54</v>
       </c>
       <c r="N146">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:14">
       <c r="A147" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B147" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C147" t="s">
         <v>15</v>
       </c>
       <c r="D147" t="s">
-        <v>48</v>
+        <v>99</v>
       </c>
       <c r="E147" t="s">
         <v>17</v>
       </c>
       <c r="F147" t="s">
-        <v>249</v>
+        <v>146</v>
       </c>
       <c r="G147" t="s">
         <v>19</v>
       </c>
       <c r="H147" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="N147">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:14">
       <c r="A148" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B148" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C148" t="s">
         <v>15</v>
       </c>
       <c r="D148" t="s">
-        <v>99</v>
+        <v>48</v>
       </c>
       <c r="E148" t="s">
         <v>17</v>
       </c>
       <c r="F148" t="s">
-        <v>70</v>
+        <v>146</v>
       </c>
       <c r="G148" t="s">
         <v>19</v>
       </c>
       <c r="H148" t="s">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="N148">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:14">
       <c r="A149" t="s">
+        <v>254</v>
+      </c>
+      <c r="B149" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="C149" t="s">
         <v>15</v>
       </c>
       <c r="D149" t="s">
         <v>99</v>
       </c>
       <c r="E149" t="s">
         <v>17</v>
       </c>
       <c r="F149" t="s">
         <v>70</v>
       </c>
       <c r="G149" t="s">
         <v>19</v>
       </c>
       <c r="H149" t="s">
         <v>100</v>
       </c>
       <c r="N149">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:14">
       <c r="A150" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B150" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C150" t="s">
         <v>15</v>
       </c>
       <c r="D150" t="s">
-        <v>48</v>
+        <v>99</v>
       </c>
       <c r="E150" t="s">
         <v>17</v>
       </c>
       <c r="F150" t="s">
         <v>70</v>
       </c>
       <c r="G150" t="s">
         <v>19</v>
       </c>
       <c r="H150" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="N150">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:14">
       <c r="A151" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B151" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C151" t="s">
         <v>15</v>
       </c>
       <c r="D151" t="s">
         <v>48</v>
       </c>
       <c r="E151" t="s">
         <v>17</v>
       </c>
       <c r="F151" t="s">
         <v>70</v>
       </c>
       <c r="G151" t="s">
         <v>19</v>
       </c>
       <c r="H151" t="s">
         <v>50</v>
       </c>
       <c r="N151">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:14">
       <c r="A152" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B152" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C152" t="s">
         <v>15</v>
       </c>
       <c r="D152" t="s">
-        <v>103</v>
+        <v>48</v>
       </c>
       <c r="E152" t="s">
         <v>17</v>
       </c>
       <c r="F152" t="s">
         <v>70</v>
       </c>
       <c r="G152" t="s">
         <v>19</v>
       </c>
       <c r="H152" t="s">
-        <v>105</v>
+        <v>50</v>
       </c>
       <c r="N152">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:14">
       <c r="A153" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="B153" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C153" t="s">
         <v>15</v>
       </c>
       <c r="D153" t="s">
-        <v>167</v>
+        <v>103</v>
       </c>
       <c r="E153" t="s">
         <v>17</v>
       </c>
       <c r="F153" t="s">
         <v>70</v>
       </c>
       <c r="G153" t="s">
         <v>19</v>
       </c>
       <c r="H153" t="s">
-        <v>168</v>
+        <v>105</v>
       </c>
       <c r="N153">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:14">
       <c r="A154" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B154" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C154" t="s">
         <v>15</v>
       </c>
       <c r="D154" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="E154" t="s">
         <v>17</v>
       </c>
       <c r="F154" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="G154" t="s">
         <v>19</v>
       </c>
       <c r="H154" t="s">
-        <v>50</v>
+        <v>172</v>
       </c>
       <c r="N154">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:14">
       <c r="A155" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B155" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C155" t="s">
         <v>15</v>
       </c>
       <c r="D155" t="s">
-        <v>167</v>
+        <v>48</v>
       </c>
       <c r="E155" t="s">
         <v>17</v>
       </c>
       <c r="F155" t="s">
         <v>81</v>
       </c>
       <c r="G155" t="s">
         <v>19</v>
       </c>
       <c r="H155" t="s">
-        <v>168</v>
+        <v>50</v>
       </c>
       <c r="N155">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:14">
       <c r="A156" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B156" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C156" t="s">
         <v>15</v>
       </c>
       <c r="D156" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="E156" t="s">
         <v>17</v>
       </c>
       <c r="F156" t="s">
         <v>81</v>
       </c>
       <c r="G156" t="s">
         <v>19</v>
       </c>
       <c r="H156" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="N156">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:14">
       <c r="A157" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="B157" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C157" t="s">
         <v>15</v>
       </c>
       <c r="D157" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="E157" t="s">
         <v>17</v>
       </c>
       <c r="F157" t="s">
-        <v>39</v>
+        <v>81</v>
       </c>
       <c r="G157" t="s">
         <v>19</v>
       </c>
       <c r="H157" t="s">
-        <v>50</v>
+        <v>172</v>
       </c>
       <c r="N157">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:14">
       <c r="A158" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="B158" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C158" t="s">
         <v>15</v>
       </c>
       <c r="D158" t="s">
-        <v>167</v>
+        <v>48</v>
       </c>
       <c r="E158" t="s">
         <v>17</v>
       </c>
       <c r="F158" t="s">
         <v>39</v>
       </c>
       <c r="G158" t="s">
         <v>19</v>
       </c>
       <c r="H158" t="s">
-        <v>168</v>
+        <v>50</v>
       </c>
       <c r="N158">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:14">
       <c r="A159" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="B159" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C159" t="s">
         <v>15</v>
       </c>
       <c r="D159" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="E159" t="s">
         <v>17</v>
       </c>
       <c r="F159" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="G159" t="s">
         <v>19</v>
       </c>
       <c r="H159" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="N159">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:14">
       <c r="A160" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="B160" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C160" t="s">
         <v>15</v>
       </c>
       <c r="D160" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="E160" t="s">
         <v>17</v>
       </c>
       <c r="F160" t="s">
         <v>42</v>
       </c>
       <c r="G160" t="s">
         <v>19</v>
       </c>
       <c r="H160" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="N160">
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:14">
       <c r="A161" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B161" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C161" t="s">
         <v>15</v>
       </c>
       <c r="D161" t="s">
-        <v>52</v>
+        <v>171</v>
       </c>
       <c r="E161" t="s">
         <v>17</v>
       </c>
       <c r="F161" t="s">
         <v>42</v>
       </c>
       <c r="G161" t="s">
         <v>19</v>
       </c>
       <c r="H161" t="s">
-        <v>54</v>
+        <v>172</v>
       </c>
       <c r="N161">
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:14">
       <c r="A162" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="B162" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C162" t="s">
         <v>15</v>
       </c>
       <c r="D162" t="s">
-        <v>167</v>
+        <v>52</v>
       </c>
       <c r="E162" t="s">
         <v>17</v>
       </c>
       <c r="F162" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G162" t="s">
-        <v>266</v>
+        <v>19</v>
       </c>
       <c r="H162" t="s">
-        <v>168</v>
+        <v>54</v>
       </c>
       <c r="N162">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:14">
       <c r="A163" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B163" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C163" t="s">
         <v>15</v>
       </c>
       <c r="D163" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="E163" t="s">
         <v>17</v>
       </c>
       <c r="F163" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="G163" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="H163" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="N163">
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:14">
       <c r="A164" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B164" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C164" t="s">
         <v>15</v>
       </c>
       <c r="D164" t="s">
-        <v>52</v>
+        <v>171</v>
       </c>
       <c r="E164" t="s">
         <v>17</v>
       </c>
       <c r="F164" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G164" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="H164" t="s">
-        <v>54</v>
+        <v>172</v>
       </c>
       <c r="N164">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:14">
       <c r="A165" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="B165" t="s">
-        <v>270</v>
+        <v>252</v>
       </c>
       <c r="C165" t="s">
         <v>15</v>
       </c>
       <c r="D165" t="s">
         <v>52</v>
       </c>
       <c r="E165" t="s">
         <v>17</v>
       </c>
       <c r="F165" t="s">
-        <v>81</v>
+        <v>35</v>
       </c>
       <c r="G165" t="s">
-        <v>19</v>
+        <v>269</v>
       </c>
       <c r="H165" t="s">
         <v>54</v>
       </c>
       <c r="N165">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:14">
       <c r="A166" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B166" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="C166" t="s">
         <v>15</v>
       </c>
       <c r="D166" t="s">
-        <v>272</v>
+        <v>52</v>
       </c>
       <c r="E166" t="s">
         <v>17</v>
       </c>
       <c r="F166" t="s">
-        <v>42</v>
+        <v>81</v>
       </c>
       <c r="G166" t="s">
         <v>19</v>
       </c>
       <c r="H166" t="s">
-        <v>273</v>
+        <v>54</v>
       </c>
       <c r="N166">
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:14">
       <c r="A167" t="s">
         <v>274</v>
       </c>
       <c r="B167" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="C167" t="s">
         <v>15</v>
       </c>
       <c r="D167" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="E167" t="s">
         <v>17</v>
       </c>
       <c r="F167" t="s">
         <v>42</v>
       </c>
       <c r="G167" t="s">
         <v>19</v>
       </c>
       <c r="H167" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="N167">
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:14">
       <c r="A168" t="s">
+        <v>277</v>
+      </c>
+      <c r="B168" t="s">
+        <v>273</v>
+      </c>
+      <c r="C168" t="s">
+        <v>15</v>
+      </c>
+      <c r="D168" t="s">
         <v>275</v>
       </c>
-      <c r="B168" t="s">
+      <c r="E168" t="s">
+        <v>17</v>
+      </c>
+      <c r="F168" t="s">
+        <v>42</v>
+      </c>
+      <c r="G168" t="s">
+        <v>19</v>
+      </c>
+      <c r="H168" t="s">
         <v>276</v>
-      </c>
-[...16 lines deleted...]
-        <v>50</v>
       </c>
       <c r="N168">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:14">
       <c r="A169" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B169" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C169" t="s">
         <v>15</v>
       </c>
       <c r="D169" t="s">
         <v>48</v>
       </c>
       <c r="E169" t="s">
         <v>17</v>
       </c>
       <c r="F169" t="s">
-        <v>249</v>
+        <v>146</v>
       </c>
       <c r="G169" t="s">
         <v>19</v>
       </c>
       <c r="H169" t="s">
         <v>50</v>
       </c>
       <c r="N169">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:14">
       <c r="A170" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B170" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C170" t="s">
         <v>15</v>
       </c>
       <c r="D170" t="s">
         <v>48</v>
       </c>
       <c r="E170" t="s">
         <v>17</v>
       </c>
       <c r="F170" t="s">
-        <v>249</v>
+        <v>146</v>
       </c>
       <c r="G170" t="s">
         <v>19</v>
       </c>
       <c r="H170" t="s">
         <v>50</v>
       </c>
       <c r="N170">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:14">
       <c r="A171" t="s">
+        <v>281</v>
+      </c>
+      <c r="B171" t="s">
         <v>279</v>
       </c>
-      <c r="B171" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C171" t="s">
         <v>15</v>
       </c>
       <c r="D171" t="s">
-        <v>99</v>
+        <v>48</v>
       </c>
       <c r="E171" t="s">
         <v>17</v>
       </c>
       <c r="F171" t="s">
-        <v>70</v>
+        <v>146</v>
       </c>
       <c r="G171" t="s">
         <v>19</v>
       </c>
       <c r="H171" t="s">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="N171">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:14">
       <c r="A172" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="B172" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C172" t="s">
         <v>15</v>
       </c>
       <c r="D172" t="s">
-        <v>48</v>
+        <v>99</v>
       </c>
       <c r="E172" t="s">
         <v>17</v>
       </c>
       <c r="F172" t="s">
         <v>70</v>
       </c>
       <c r="G172" t="s">
         <v>19</v>
       </c>
       <c r="H172" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="N172">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:14">
       <c r="A173" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="B173" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C173" t="s">
         <v>15</v>
       </c>
       <c r="D173" t="s">
         <v>48</v>
       </c>
       <c r="E173" t="s">
         <v>17</v>
       </c>
       <c r="F173" t="s">
         <v>70</v>
       </c>
       <c r="G173" t="s">
         <v>19</v>
       </c>
       <c r="H173" t="s">
         <v>50</v>
       </c>
       <c r="N173">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:14">
       <c r="A174" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="B174" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C174" t="s">
         <v>15</v>
       </c>
       <c r="D174" t="s">
         <v>48</v>
       </c>
       <c r="E174" t="s">
         <v>17</v>
       </c>
       <c r="F174" t="s">
         <v>70</v>
       </c>
       <c r="G174" t="s">
         <v>19</v>
       </c>
       <c r="H174" t="s">
         <v>50</v>
       </c>
       <c r="N174">
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:14">
       <c r="A175" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B175" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C175" t="s">
         <v>15</v>
       </c>
       <c r="D175" t="s">
         <v>48</v>
       </c>
       <c r="E175" t="s">
         <v>17</v>
       </c>
       <c r="F175" t="s">
         <v>70</v>
       </c>
       <c r="G175" t="s">
         <v>19</v>
       </c>
       <c r="H175" t="s">
         <v>50</v>
       </c>
       <c r="N175">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:14">
       <c r="A176" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="B176" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C176" t="s">
         <v>15</v>
       </c>
       <c r="D176" t="s">
         <v>48</v>
       </c>
       <c r="E176" t="s">
         <v>17</v>
       </c>
       <c r="F176" t="s">
         <v>70</v>
       </c>
       <c r="G176" t="s">
         <v>19</v>
       </c>
       <c r="H176" t="s">
         <v>50</v>
       </c>
       <c r="N176">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:14">
       <c r="A177" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="B177" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C177" t="s">
         <v>15</v>
       </c>
       <c r="D177" t="s">
-        <v>103</v>
+        <v>48</v>
       </c>
       <c r="E177" t="s">
         <v>17</v>
       </c>
       <c r="F177" t="s">
         <v>70</v>
       </c>
       <c r="G177" t="s">
         <v>19</v>
       </c>
       <c r="H177" t="s">
-        <v>105</v>
+        <v>50</v>
       </c>
       <c r="N177">
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:14">
       <c r="A178" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B178" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C178" t="s">
         <v>15</v>
       </c>
       <c r="D178" t="s">
-        <v>167</v>
+        <v>103</v>
       </c>
       <c r="E178" t="s">
         <v>17</v>
       </c>
       <c r="F178" t="s">
         <v>70</v>
       </c>
       <c r="G178" t="s">
         <v>19</v>
       </c>
       <c r="H178" t="s">
-        <v>168</v>
+        <v>105</v>
       </c>
       <c r="N178">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:14">
       <c r="A179" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B179" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C179" t="s">
         <v>15</v>
       </c>
       <c r="D179" t="s">
-        <v>52</v>
+        <v>171</v>
       </c>
       <c r="E179" t="s">
         <v>17</v>
       </c>
       <c r="F179" t="s">
         <v>70</v>
       </c>
       <c r="G179" t="s">
         <v>19</v>
       </c>
       <c r="H179" t="s">
-        <v>54</v>
+        <v>172</v>
       </c>
       <c r="N179">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:14">
       <c r="A180" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B180" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C180" t="s">
         <v>15</v>
       </c>
       <c r="D180" t="s">
         <v>52</v>
       </c>
       <c r="E180" t="s">
         <v>17</v>
       </c>
       <c r="F180" t="s">
         <v>70</v>
       </c>
       <c r="G180" t="s">
         <v>19</v>
       </c>
       <c r="H180" t="s">
         <v>54</v>
       </c>
       <c r="N180">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:14">
       <c r="A181" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B181" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C181" t="s">
         <v>15</v>
       </c>
       <c r="D181" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="E181" t="s">
         <v>17</v>
       </c>
       <c r="F181" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="G181" t="s">
         <v>19</v>
       </c>
       <c r="H181" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="N181">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:14">
       <c r="A182" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="B182" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C182" t="s">
         <v>15</v>
       </c>
       <c r="D182" t="s">
-        <v>167</v>
+        <v>48</v>
       </c>
       <c r="E182" t="s">
         <v>17</v>
       </c>
       <c r="F182" t="s">
         <v>81</v>
       </c>
       <c r="G182" t="s">
         <v>19</v>
       </c>
       <c r="H182" t="s">
-        <v>168</v>
+        <v>50</v>
       </c>
       <c r="N182">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:14">
       <c r="A183" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B183" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C183" t="s">
         <v>15</v>
       </c>
       <c r="D183" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="E183" t="s">
         <v>17</v>
       </c>
       <c r="F183" t="s">
         <v>81</v>
       </c>
       <c r="G183" t="s">
         <v>19</v>
       </c>
       <c r="H183" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="N183">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:14">
       <c r="A184" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="B184" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C184" t="s">
         <v>15</v>
       </c>
       <c r="D184" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="E184" t="s">
         <v>17</v>
       </c>
       <c r="F184" t="s">
         <v>81</v>
       </c>
       <c r="G184" t="s">
         <v>19</v>
       </c>
       <c r="H184" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="N184">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:14">
       <c r="A185" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B185" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C185" t="s">
         <v>15</v>
       </c>
       <c r="D185" t="s">
-        <v>52</v>
+        <v>171</v>
       </c>
       <c r="E185" t="s">
         <v>17</v>
       </c>
       <c r="F185" t="s">
         <v>81</v>
       </c>
       <c r="G185" t="s">
         <v>19</v>
       </c>
       <c r="H185" t="s">
-        <v>54</v>
+        <v>172</v>
       </c>
       <c r="N185">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:14">
       <c r="A186" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B186" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C186" t="s">
         <v>15</v>
       </c>
       <c r="D186" t="s">
         <v>52</v>
       </c>
       <c r="E186" t="s">
         <v>17</v>
       </c>
       <c r="F186" t="s">
         <v>81</v>
       </c>
       <c r="G186" t="s">
         <v>19</v>
       </c>
       <c r="H186" t="s">
         <v>54</v>
       </c>
       <c r="N186">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:14">
       <c r="A187" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B187" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C187" t="s">
         <v>15</v>
       </c>
       <c r="D187" t="s">
         <v>52</v>
       </c>
       <c r="E187" t="s">
         <v>17</v>
       </c>
       <c r="F187" t="s">
         <v>81</v>
       </c>
       <c r="G187" t="s">
         <v>19</v>
       </c>
       <c r="H187" t="s">
         <v>54</v>
       </c>
       <c r="N187">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:14">
       <c r="A188" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B188" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C188" t="s">
         <v>15</v>
       </c>
       <c r="D188" t="s">
-        <v>297</v>
+        <v>52</v>
       </c>
       <c r="E188" t="s">
         <v>17</v>
       </c>
       <c r="F188" t="s">
         <v>81</v>
       </c>
       <c r="G188" t="s">
         <v>19</v>
       </c>
       <c r="H188" t="s">
-        <v>298</v>
+        <v>54</v>
       </c>
       <c r="N188">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:14">
       <c r="A189" t="s">
         <v>299</v>
       </c>
       <c r="B189" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C189" t="s">
         <v>15</v>
       </c>
       <c r="D189" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="E189" t="s">
         <v>17</v>
       </c>
       <c r="F189" t="s">
         <v>81</v>
       </c>
       <c r="G189" t="s">
         <v>19</v>
       </c>
       <c r="H189" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="N189">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:14">
       <c r="A190" t="s">
+        <v>302</v>
+      </c>
+      <c r="B190" t="s">
+        <v>279</v>
+      </c>
+      <c r="C190" t="s">
+        <v>15</v>
+      </c>
+      <c r="D190" t="s">
         <v>300</v>
       </c>
-      <c r="B190" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E190" t="s">
         <v>17</v>
       </c>
       <c r="F190" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="G190" t="s">
         <v>19</v>
       </c>
       <c r="H190" t="s">
-        <v>168</v>
+        <v>301</v>
       </c>
       <c r="N190">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:14">
       <c r="A191" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B191" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C191" t="s">
         <v>15</v>
       </c>
       <c r="D191" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="E191" t="s">
         <v>17</v>
       </c>
       <c r="F191" t="s">
         <v>75</v>
       </c>
       <c r="G191" t="s">
         <v>19</v>
       </c>
       <c r="H191" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="N191">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:14">
       <c r="A192" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="B192" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C192" t="s">
         <v>15</v>
       </c>
       <c r="D192" t="s">
-        <v>52</v>
+        <v>171</v>
       </c>
       <c r="E192" t="s">
         <v>17</v>
       </c>
       <c r="F192" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="G192" t="s">
         <v>19</v>
       </c>
       <c r="H192" t="s">
-        <v>54</v>
+        <v>172</v>
       </c>
       <c r="N192">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:14">
       <c r="A193" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B193" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C193" t="s">
         <v>15</v>
       </c>
       <c r="D193" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="E193" t="s">
         <v>17</v>
       </c>
       <c r="F193" t="s">
         <v>39</v>
       </c>
       <c r="G193" t="s">
         <v>19</v>
       </c>
       <c r="H193" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="N193">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:14">
       <c r="A194" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B194" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C194" t="s">
         <v>15</v>
       </c>
       <c r="D194" t="s">
-        <v>167</v>
+        <v>65</v>
       </c>
       <c r="E194" t="s">
         <v>17</v>
       </c>
       <c r="F194" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="G194" t="s">
         <v>19</v>
       </c>
       <c r="H194" t="s">
-        <v>168</v>
+        <v>66</v>
       </c>
       <c r="N194">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:14">
       <c r="A195" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B195" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C195" t="s">
         <v>15</v>
       </c>
       <c r="D195" t="s">
-        <v>52</v>
+        <v>171</v>
       </c>
       <c r="E195" t="s">
         <v>17</v>
       </c>
       <c r="F195" t="s">
         <v>42</v>
       </c>
       <c r="G195" t="s">
         <v>19</v>
       </c>
       <c r="H195" t="s">
-        <v>54</v>
+        <v>172</v>
       </c>
       <c r="N195">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:14">
       <c r="A196" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B196" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C196" t="s">
         <v>15</v>
       </c>
       <c r="D196" t="s">
         <v>52</v>
       </c>
       <c r="E196" t="s">
         <v>17</v>
       </c>
       <c r="F196" t="s">
         <v>42</v>
       </c>
       <c r="G196" t="s">
         <v>19</v>
       </c>
       <c r="H196" t="s">
         <v>54</v>
       </c>
       <c r="N196">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:14">
       <c r="A197" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B197" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C197" t="s">
         <v>15</v>
       </c>
       <c r="D197" t="s">
-        <v>243</v>
+        <v>52</v>
       </c>
       <c r="E197" t="s">
         <v>17</v>
       </c>
       <c r="F197" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="G197" t="s">
         <v>19</v>
       </c>
       <c r="H197" t="s">
-        <v>244</v>
+        <v>54</v>
       </c>
       <c r="N197">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:14">
       <c r="A198" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B198" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C198" t="s">
         <v>15</v>
       </c>
       <c r="D198" t="s">
-        <v>52</v>
+        <v>247</v>
       </c>
       <c r="E198" t="s">
         <v>17</v>
       </c>
       <c r="F198" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="G198" t="s">
-        <v>309</v>
+        <v>19</v>
       </c>
       <c r="H198" t="s">
-        <v>54</v>
+        <v>248</v>
       </c>
       <c r="N198">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:14">
       <c r="A199" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B199" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C199" t="s">
         <v>15</v>
       </c>
       <c r="D199" t="s">
         <v>52</v>
       </c>
       <c r="E199" t="s">
         <v>17</v>
       </c>
       <c r="F199" t="s">
         <v>81</v>
       </c>
       <c r="G199" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="H199" t="s">
         <v>54</v>
       </c>
       <c r="N199">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:14">
       <c r="A200" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B200" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C200" t="s">
         <v>15</v>
       </c>
       <c r="D200" t="s">
         <v>52</v>
       </c>
       <c r="E200" t="s">
         <v>17</v>
       </c>
       <c r="F200" t="s">
-        <v>42</v>
+        <v>81</v>
       </c>
       <c r="G200" t="s">
-        <v>266</v>
+        <v>312</v>
       </c>
       <c r="H200" t="s">
         <v>54</v>
       </c>
       <c r="N200">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:14">
       <c r="A201" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="B201" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C201" t="s">
         <v>15</v>
       </c>
       <c r="D201" t="s">
         <v>52</v>
       </c>
       <c r="E201" t="s">
         <v>17</v>
       </c>
       <c r="F201" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G201" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="H201" t="s">
         <v>54</v>
       </c>
       <c r="N201">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:14">
       <c r="A202" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B202" t="s">
-        <v>314</v>
+        <v>279</v>
       </c>
       <c r="C202" t="s">
         <v>15</v>
       </c>
       <c r="D202" t="s">
         <v>52</v>
       </c>
       <c r="E202" t="s">
         <v>17</v>
       </c>
       <c r="F202" t="s">
-        <v>81</v>
+        <v>35</v>
       </c>
       <c r="G202" t="s">
-        <v>19</v>
+        <v>269</v>
       </c>
       <c r="H202" t="s">
         <v>54</v>
       </c>
       <c r="N202">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:14">
       <c r="A203" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B203" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="C203" t="s">
         <v>15</v>
       </c>
       <c r="D203" t="s">
         <v>52</v>
       </c>
       <c r="E203" t="s">
         <v>17</v>
       </c>
       <c r="F203" t="s">
-        <v>42</v>
+        <v>81</v>
       </c>
       <c r="G203" t="s">
         <v>19</v>
       </c>
       <c r="H203" t="s">
         <v>54</v>
       </c>
       <c r="N203">
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:14">
       <c r="A204" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="B204" t="s">
         <v>317</v>
       </c>
       <c r="C204" t="s">
         <v>15</v>
       </c>
       <c r="D204" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="E204" t="s">
         <v>17</v>
       </c>
       <c r="F204" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="G204" t="s">
-        <v>179</v>
+        <v>19</v>
       </c>
       <c r="H204" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="N204">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:14">
       <c r="A205" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B205" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C205" t="s">
         <v>15</v>
       </c>
       <c r="D205" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="E205" t="s">
         <v>17</v>
       </c>
       <c r="F205" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="G205" t="s">
-        <v>19</v>
+        <v>183</v>
       </c>
       <c r="H205" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="N205">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:14">
       <c r="A206" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B206" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C206" t="s">
         <v>15</v>
       </c>
       <c r="D206" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
       <c r="E206" t="s">
         <v>17</v>
       </c>
       <c r="F206" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="G206" t="s">
         <v>19</v>
       </c>
       <c r="H206" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="N206">
         <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:14">
       <c r="A207" t="s">
+        <v>322</v>
+      </c>
+      <c r="B207" t="s">
         <v>320</v>
       </c>
-      <c r="B207" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C207" t="s">
         <v>15</v>
       </c>
       <c r="D207" t="s">
-        <v>167</v>
+        <v>48</v>
       </c>
       <c r="E207" t="s">
         <v>17</v>
       </c>
       <c r="F207" t="s">
         <v>81</v>
       </c>
       <c r="G207" t="s">
         <v>19</v>
       </c>
       <c r="H207" t="s">
-        <v>168</v>
+        <v>50</v>
       </c>
       <c r="N207">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:14">
       <c r="A208" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B208" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C208" t="s">
         <v>15</v>
       </c>
       <c r="D208" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="E208" t="s">
         <v>17</v>
       </c>
       <c r="F208" t="s">
         <v>81</v>
       </c>
       <c r="G208" t="s">
         <v>19</v>
       </c>
       <c r="H208" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="N208">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:14">
       <c r="A209" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="B209" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C209" t="s">
         <v>15</v>
       </c>
       <c r="D209" t="s">
-        <v>52</v>
+        <v>171</v>
       </c>
       <c r="E209" t="s">
         <v>17</v>
       </c>
       <c r="F209" t="s">
         <v>81</v>
       </c>
       <c r="G209" t="s">
         <v>19</v>
       </c>
       <c r="H209" t="s">
-        <v>54</v>
+        <v>172</v>
       </c>
       <c r="N209">
         <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:14">
       <c r="A210" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B210" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C210" t="s">
         <v>15</v>
       </c>
       <c r="D210" t="s">
         <v>52</v>
       </c>
       <c r="E210" t="s">
         <v>17</v>
       </c>
       <c r="F210" t="s">
         <v>81</v>
       </c>
       <c r="G210" t="s">
         <v>19</v>
       </c>
       <c r="H210" t="s">
         <v>54</v>
       </c>
       <c r="N210">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:14">
       <c r="A211" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B211" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C211" t="s">
         <v>15</v>
       </c>
       <c r="D211" t="s">
         <v>52</v>
       </c>
       <c r="E211" t="s">
         <v>17</v>
       </c>
       <c r="F211" t="s">
         <v>81</v>
       </c>
       <c r="G211" t="s">
         <v>19</v>
       </c>
       <c r="H211" t="s">
         <v>54</v>
       </c>
       <c r="N211">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:14">
       <c r="A212" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="B212" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C212" t="s">
         <v>15</v>
       </c>
       <c r="D212" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="E212" t="s">
         <v>17</v>
       </c>
       <c r="F212" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="G212" t="s">
         <v>19</v>
       </c>
       <c r="H212" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="N212">
         <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:14">
       <c r="A213" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B213" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C213" t="s">
         <v>15</v>
       </c>
       <c r="D213" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="E213" t="s">
         <v>17</v>
       </c>
       <c r="F213" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="G213" t="s">
         <v>19</v>
       </c>
       <c r="H213" t="s">
-        <v>31</v>
+        <v>50</v>
       </c>
       <c r="N213">
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:14">
       <c r="A214" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B214" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C214" t="s">
         <v>15</v>
       </c>
       <c r="D214" t="s">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="E214" t="s">
         <v>17</v>
       </c>
       <c r="F214" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="G214" t="s">
         <v>19</v>
       </c>
       <c r="H214" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="N214">
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:14">
       <c r="A215" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B215" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C215" t="s">
         <v>15</v>
       </c>
       <c r="D215" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="E215" t="s">
         <v>17</v>
       </c>
       <c r="F215" t="s">
         <v>42</v>
       </c>
       <c r="G215" t="s">
         <v>19</v>
       </c>
       <c r="H215" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="N215">
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:14">
       <c r="A216" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="B216" t="s">
-        <v>330</v>
+        <v>320</v>
       </c>
       <c r="C216" t="s">
         <v>15</v>
       </c>
       <c r="D216" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
       <c r="E216" t="s">
         <v>17</v>
       </c>
       <c r="F216" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="G216" t="s">
         <v>19</v>
       </c>
       <c r="H216" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="N216">
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:14">
       <c r="A217" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B217" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="C217" t="s">
         <v>15</v>
       </c>
       <c r="D217" t="s">
-        <v>167</v>
+        <v>48</v>
       </c>
       <c r="E217" t="s">
         <v>17</v>
       </c>
       <c r="F217" t="s">
         <v>81</v>
       </c>
       <c r="G217" t="s">
         <v>19</v>
       </c>
       <c r="H217" t="s">
-        <v>168</v>
+        <v>50</v>
       </c>
       <c r="N217">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:14">
       <c r="A218" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B218" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="C218" t="s">
         <v>15</v>
       </c>
       <c r="D218" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="E218" t="s">
         <v>17</v>
       </c>
       <c r="F218" t="s">
         <v>81</v>
       </c>
       <c r="G218" t="s">
         <v>19</v>
       </c>
       <c r="H218" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="N218">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:14">
       <c r="A219" t="s">
+        <v>335</v>
+      </c>
+      <c r="B219" t="s">
         <v>333</v>
       </c>
-      <c r="B219" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C219" t="s">
         <v>15</v>
       </c>
       <c r="D219" t="s">
-        <v>52</v>
+        <v>171</v>
       </c>
       <c r="E219" t="s">
         <v>17</v>
       </c>
       <c r="F219" t="s">
         <v>81</v>
       </c>
       <c r="G219" t="s">
         <v>19</v>
       </c>
       <c r="H219" t="s">
-        <v>54</v>
+        <v>172</v>
       </c>
       <c r="N219">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:14">
       <c r="A220" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="B220" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="C220" t="s">
         <v>15</v>
       </c>
       <c r="D220" t="s">
         <v>52</v>
       </c>
       <c r="E220" t="s">
         <v>17</v>
       </c>
       <c r="F220" t="s">
         <v>81</v>
       </c>
       <c r="G220" t="s">
         <v>19</v>
       </c>
       <c r="H220" t="s">
         <v>54</v>
       </c>
       <c r="N220">
         <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:14">
       <c r="A221" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="B221" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="C221" t="s">
         <v>15</v>
       </c>
       <c r="D221" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="E221" t="s">
         <v>17</v>
       </c>
       <c r="F221" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="G221" t="s">
         <v>19</v>
       </c>
       <c r="H221" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="N221">
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:14">
       <c r="A222" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="B222" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="C222" t="s">
         <v>15</v>
       </c>
       <c r="D222" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E222" t="s">
         <v>17</v>
       </c>
       <c r="F222" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="G222" t="s">
         <v>19</v>
       </c>
       <c r="H222" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="N222">
         <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:14">
       <c r="A223" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B223" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C223" t="s">
         <v>15</v>
       </c>
       <c r="D223" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="E223" t="s">
         <v>17</v>
       </c>
       <c r="F223" t="s">
         <v>70</v>
       </c>
       <c r="G223" t="s">
         <v>19</v>
       </c>
       <c r="H223" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="N223">
         <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:14">
       <c r="A224" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B224" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C224" t="s">
         <v>15</v>
       </c>
       <c r="D224" t="s">
-        <v>167</v>
+        <v>22</v>
       </c>
       <c r="E224" t="s">
         <v>17</v>
       </c>
       <c r="F224" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="G224" t="s">
         <v>19</v>
       </c>
       <c r="H224" t="s">
-        <v>168</v>
+        <v>24</v>
       </c>
       <c r="N224">
         <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:14">
       <c r="A225" t="s">
+        <v>342</v>
+      </c>
+      <c r="B225" t="s">
         <v>340</v>
       </c>
-      <c r="B225" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C225" t="s">
         <v>15</v>
       </c>
       <c r="D225" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="E225" t="s">
         <v>17</v>
       </c>
       <c r="F225" t="s">
         <v>81</v>
       </c>
       <c r="G225" t="s">
         <v>19</v>
       </c>
       <c r="H225" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="N225">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:14">
       <c r="A226" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="B226" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C226" t="s">
         <v>15</v>
       </c>
       <c r="D226" t="s">
-        <v>52</v>
+        <v>171</v>
       </c>
       <c r="E226" t="s">
         <v>17</v>
       </c>
       <c r="F226" t="s">
         <v>81</v>
       </c>
       <c r="G226" t="s">
         <v>19</v>
       </c>
       <c r="H226" t="s">
-        <v>54</v>
+        <v>172</v>
       </c>
       <c r="N226">
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:14">
       <c r="A227" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="B227" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C227" t="s">
         <v>15</v>
       </c>
       <c r="D227" t="s">
         <v>52</v>
       </c>
       <c r="E227" t="s">
         <v>17</v>
       </c>
       <c r="F227" t="s">
         <v>81</v>
       </c>
       <c r="G227" t="s">
         <v>19</v>
       </c>
       <c r="H227" t="s">
         <v>54</v>
       </c>
       <c r="N227">
         <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:14">
       <c r="A228" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B228" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C228" t="s">
         <v>15</v>
       </c>
       <c r="D228" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="E228" t="s">
         <v>17</v>
       </c>
       <c r="F228" t="s">
         <v>81</v>
       </c>
       <c r="G228" t="s">
         <v>19</v>
       </c>
       <c r="H228" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="N228">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:14">
       <c r="A229" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B229" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C229" t="s">
         <v>15</v>
       </c>
       <c r="D229" t="s">
         <v>22</v>
       </c>
       <c r="E229" t="s">
         <v>17</v>
       </c>
       <c r="F229" t="s">
         <v>81</v>
       </c>
       <c r="G229" t="s">
         <v>19</v>
       </c>
       <c r="H229" t="s">
         <v>24</v>
       </c>
       <c r="N229">
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:14">
       <c r="A230" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B230" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C230" t="s">
         <v>15</v>
       </c>
       <c r="D230" t="s">
         <v>22</v>
       </c>
       <c r="E230" t="s">
         <v>17</v>
       </c>
       <c r="F230" t="s">
         <v>81</v>
       </c>
       <c r="G230" t="s">
         <v>19</v>
       </c>
       <c r="H230" t="s">
         <v>24</v>
       </c>
       <c r="N230">
         <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:14">
       <c r="A231" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B231" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C231" t="s">
         <v>15</v>
       </c>
       <c r="D231" t="s">
-        <v>347</v>
+        <v>22</v>
       </c>
       <c r="E231" t="s">
         <v>17</v>
       </c>
       <c r="F231" t="s">
         <v>81</v>
       </c>
       <c r="G231" t="s">
         <v>19</v>
       </c>
       <c r="H231" t="s">
-        <v>348</v>
+        <v>24</v>
       </c>
       <c r="N231">
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:14">
       <c r="A232" t="s">
         <v>349</v>
       </c>
       <c r="B232" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C232" t="s">
         <v>15</v>
       </c>
       <c r="D232" t="s">
-        <v>30</v>
+        <v>350</v>
       </c>
       <c r="E232" t="s">
         <v>17</v>
       </c>
       <c r="F232" t="s">
         <v>81</v>
       </c>
       <c r="G232" t="s">
         <v>19</v>
       </c>
       <c r="H232" t="s">
-        <v>31</v>
+        <v>351</v>
       </c>
       <c r="N232">
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:14">
       <c r="A233" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="B233" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C233" t="s">
         <v>15</v>
       </c>
       <c r="D233" t="s">
         <v>30</v>
       </c>
       <c r="E233" t="s">
         <v>17</v>
       </c>
       <c r="F233" t="s">
         <v>81</v>
       </c>
       <c r="G233" t="s">
         <v>19</v>
       </c>
       <c r="H233" t="s">
         <v>31</v>
       </c>
       <c r="N233">
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:14">
       <c r="A234" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B234" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C234" t="s">
         <v>15</v>
       </c>
       <c r="D234" t="s">
-        <v>352</v>
+        <v>30</v>
       </c>
       <c r="E234" t="s">
         <v>17</v>
       </c>
       <c r="F234" t="s">
-        <v>39</v>
+        <v>81</v>
       </c>
       <c r="G234" t="s">
         <v>19</v>
       </c>
       <c r="H234" t="s">
-        <v>353</v>
+        <v>31</v>
       </c>
       <c r="N234">
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:14">
       <c r="A235" t="s">
         <v>354</v>
       </c>
       <c r="B235" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C235" t="s">
         <v>15</v>
       </c>
       <c r="D235" t="s">
-        <v>30</v>
+        <v>355</v>
       </c>
       <c r="E235" t="s">
         <v>17</v>
       </c>
       <c r="F235" t="s">
-        <v>81</v>
+        <v>39</v>
       </c>
       <c r="G235" t="s">
-        <v>309</v>
+        <v>19</v>
       </c>
       <c r="H235" t="s">
-        <v>31</v>
+        <v>356</v>
       </c>
       <c r="N235">
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:14">
       <c r="A236" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B236" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C236" t="s">
         <v>15</v>
       </c>
       <c r="D236" t="s">
         <v>30</v>
       </c>
       <c r="E236" t="s">
         <v>17</v>
       </c>
       <c r="F236" t="s">
         <v>81</v>
       </c>
       <c r="G236" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="H236" t="s">
         <v>31</v>
       </c>
       <c r="N236">
         <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:14">
       <c r="A237" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B237" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C237" t="s">
         <v>15</v>
       </c>
       <c r="D237" t="s">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="E237" t="s">
         <v>17</v>
       </c>
       <c r="F237" t="s">
         <v>81</v>
       </c>
       <c r="G237" t="s">
-        <v>266</v>
+        <v>312</v>
       </c>
       <c r="H237" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="N237">
         <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:14">
       <c r="A238" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="B238" t="s">
-        <v>358</v>
+        <v>340</v>
       </c>
       <c r="C238" t="s">
         <v>15</v>
       </c>
       <c r="D238" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="E238" t="s">
         <v>17</v>
       </c>
       <c r="F238" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="G238" t="s">
-        <v>19</v>
+        <v>269</v>
       </c>
       <c r="H238" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="N238">
         <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:14">
       <c r="A239" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B239" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="C239" t="s">
         <v>15</v>
       </c>
       <c r="D239" t="s">
         <v>30</v>
       </c>
       <c r="E239" t="s">
         <v>17</v>
       </c>
       <c r="F239" t="s">
         <v>70</v>
       </c>
       <c r="G239" t="s">
         <v>19</v>
       </c>
       <c r="H239" t="s">
         <v>31</v>
       </c>
       <c r="N239">
         <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:14">
       <c r="A240" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B240" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="C240" t="s">
         <v>15</v>
       </c>
       <c r="D240" t="s">
-        <v>167</v>
+        <v>30</v>
       </c>
       <c r="E240" t="s">
         <v>17</v>
       </c>
       <c r="F240" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="G240" t="s">
         <v>19</v>
       </c>
       <c r="H240" t="s">
-        <v>168</v>
+        <v>31</v>
       </c>
       <c r="N240">
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:14">
       <c r="A241" t="s">
+        <v>363</v>
+      </c>
+      <c r="B241" t="s">
         <v>361</v>
       </c>
-      <c r="B241" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C241" t="s">
         <v>15</v>
       </c>
       <c r="D241" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="E241" t="s">
         <v>17</v>
       </c>
       <c r="F241" t="s">
         <v>81</v>
       </c>
       <c r="G241" t="s">
         <v>19</v>
       </c>
       <c r="H241" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="N241">
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:14">
       <c r="A242" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B242" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="C242" t="s">
         <v>15</v>
       </c>
       <c r="D242" t="s">
-        <v>52</v>
+        <v>171</v>
       </c>
       <c r="E242" t="s">
         <v>17</v>
       </c>
       <c r="F242" t="s">
         <v>81</v>
       </c>
       <c r="G242" t="s">
         <v>19</v>
       </c>
       <c r="H242" t="s">
-        <v>54</v>
+        <v>172</v>
       </c>
       <c r="N242">
         <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:14">
       <c r="A243" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="B243" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="C243" t="s">
         <v>15</v>
       </c>
       <c r="D243" t="s">
         <v>52</v>
       </c>
       <c r="E243" t="s">
         <v>17</v>
       </c>
       <c r="F243" t="s">
         <v>81</v>
       </c>
       <c r="G243" t="s">
         <v>19</v>
       </c>
       <c r="H243" t="s">
         <v>54</v>
       </c>
       <c r="N243">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:14">
       <c r="A244" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="B244" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="C244" t="s">
         <v>15</v>
       </c>
       <c r="D244" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="E244" t="s">
         <v>17</v>
       </c>
       <c r="F244" t="s">
         <v>81</v>
       </c>
       <c r="G244" t="s">
         <v>19</v>
       </c>
       <c r="H244" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="N244">
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:14">
       <c r="A245" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="B245" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="C245" t="s">
         <v>15</v>
       </c>
       <c r="D245" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="E245" t="s">
         <v>17</v>
       </c>
       <c r="F245" t="s">
         <v>81</v>
       </c>
       <c r="G245" t="s">
         <v>19</v>
       </c>
       <c r="H245" t="s">
-        <v>66</v>
+        <v>24</v>
       </c>
       <c r="N245">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:14">
       <c r="A246" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B246" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="C246" t="s">
         <v>15</v>
       </c>
       <c r="D246" t="s">
         <v>65</v>
       </c>
       <c r="E246" t="s">
         <v>17</v>
       </c>
       <c r="F246" t="s">
         <v>81</v>
       </c>
       <c r="G246" t="s">
         <v>19</v>
       </c>
       <c r="H246" t="s">
         <v>66</v>
       </c>
       <c r="N246">
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:14">
       <c r="A247" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="B247" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="C247" t="s">
         <v>15</v>
       </c>
       <c r="D247" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="E247" t="s">
         <v>17</v>
       </c>
       <c r="F247" t="s">
         <v>81</v>
       </c>
       <c r="G247" t="s">
         <v>19</v>
       </c>
       <c r="H247" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
       <c r="N247">
         <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:14">
       <c r="A248" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="B248" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="C248" t="s">
         <v>15</v>
       </c>
       <c r="D248" t="s">
         <v>30</v>
       </c>
       <c r="E248" t="s">
         <v>17</v>
       </c>
       <c r="F248" t="s">
         <v>81</v>
       </c>
       <c r="G248" t="s">
         <v>19</v>
       </c>
       <c r="H248" t="s">
         <v>31</v>
       </c>
       <c r="N248">
         <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:14">
       <c r="A249" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="B249" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="C249" t="s">
         <v>15</v>
       </c>
       <c r="D249" t="s">
-        <v>65</v>
+        <v>30</v>
       </c>
       <c r="E249" t="s">
         <v>17</v>
       </c>
       <c r="F249" t="s">
         <v>81</v>
       </c>
       <c r="G249" t="s">
-        <v>309</v>
+        <v>19</v>
       </c>
       <c r="H249" t="s">
-        <v>66</v>
+        <v>31</v>
       </c>
       <c r="N249">
         <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:14">
       <c r="A250" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B250" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="C250" t="s">
         <v>15</v>
       </c>
       <c r="D250" t="s">
         <v>65</v>
       </c>
       <c r="E250" t="s">
         <v>17</v>
       </c>
       <c r="F250" t="s">
         <v>81</v>
       </c>
       <c r="G250" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="H250" t="s">
         <v>66</v>
       </c>
       <c r="N250">
         <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:14">
       <c r="A251" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B251" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="C251" t="s">
         <v>15</v>
       </c>
       <c r="D251" t="s">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="E251" t="s">
         <v>17</v>
       </c>
       <c r="F251" t="s">
         <v>81</v>
       </c>
       <c r="G251" t="s">
-        <v>266</v>
+        <v>312</v>
       </c>
       <c r="H251" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="N251">
         <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:14">
       <c r="A252" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="B252" t="s">
-        <v>373</v>
+        <v>361</v>
       </c>
       <c r="C252" t="s">
         <v>15</v>
       </c>
       <c r="D252" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="E252" t="s">
         <v>17</v>
       </c>
       <c r="F252" t="s">
         <v>81</v>
       </c>
       <c r="G252" t="s">
-        <v>19</v>
+        <v>269</v>
       </c>
       <c r="H252" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="N252">
         <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:14">
       <c r="A253" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B253" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="C253" t="s">
         <v>15</v>
       </c>
       <c r="D253" t="s">
         <v>65</v>
       </c>
       <c r="E253" t="s">
         <v>17</v>
       </c>
       <c r="F253" t="s">
         <v>81</v>
       </c>
       <c r="G253" t="s">
-        <v>309</v>
+        <v>19</v>
       </c>
       <c r="H253" t="s">
         <v>66</v>
       </c>
       <c r="N253">
         <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:14">
       <c r="A254" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="B254" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="C254" t="s">
         <v>15</v>
       </c>
       <c r="D254" t="s">
         <v>65</v>
       </c>
       <c r="E254" t="s">
         <v>17</v>
       </c>
       <c r="F254" t="s">
         <v>81</v>
       </c>
       <c r="G254" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="H254" t="s">
         <v>66</v>
       </c>
       <c r="N254">
         <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:14">
       <c r="A255" t="s">
+        <v>378</v>
+      </c>
+      <c r="B255" t="s">
         <v>376</v>
       </c>
-      <c r="B255" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C255" t="s">
         <v>15</v>
       </c>
       <c r="D255" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="E255" t="s">
         <v>17</v>
       </c>
       <c r="F255" t="s">
         <v>81</v>
       </c>
       <c r="G255" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="H255" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
       <c r="N255">
         <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:14">
       <c r="A256" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="B256" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="C256" t="s">
         <v>15</v>
       </c>
       <c r="D256" t="s">
         <v>30</v>
       </c>
       <c r="E256" t="s">
         <v>17</v>
       </c>
       <c r="F256" t="s">
         <v>81</v>
       </c>
       <c r="G256" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="H256" t="s">
         <v>31</v>
       </c>
       <c r="N256">
         <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:14">
       <c r="A257" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="B257" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="C257" t="s">
         <v>15</v>
       </c>
       <c r="D257" t="s">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="E257" t="s">
         <v>17</v>
       </c>
       <c r="F257" t="s">
         <v>81</v>
       </c>
       <c r="G257" t="s">
-        <v>19</v>
+        <v>312</v>
       </c>
       <c r="H257" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="N257">
         <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:14">
       <c r="A258" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B258" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="C258" t="s">
         <v>15</v>
       </c>
       <c r="D258" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="E258" t="s">
         <v>17</v>
       </c>
       <c r="F258" t="s">
         <v>81</v>
       </c>
       <c r="G258" t="s">
         <v>19</v>
       </c>
       <c r="H258" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="N258">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:14">
       <c r="A259" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="B259" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="C259" t="s">
         <v>15</v>
       </c>
       <c r="D259" t="s">
         <v>22</v>
       </c>
       <c r="E259" t="s">
         <v>17</v>
       </c>
       <c r="F259" t="s">
         <v>81</v>
       </c>
       <c r="G259" t="s">
         <v>19</v>
       </c>
       <c r="H259" t="s">
         <v>24</v>
       </c>
       <c r="N259">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:14">
       <c r="A260" t="s">
+        <v>384</v>
+      </c>
+      <c r="B260" t="s">
         <v>382</v>
       </c>
-      <c r="B260" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C260" t="s">
         <v>15</v>
       </c>
       <c r="D260" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="E260" t="s">
         <v>17</v>
       </c>
       <c r="F260" t="s">
         <v>81</v>
       </c>
       <c r="G260" t="s">
         <v>19</v>
       </c>
       <c r="H260" t="s">
-        <v>66</v>
+        <v>24</v>
       </c>
       <c r="N260">
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:14">
       <c r="A261" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B261" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="C261" t="s">
         <v>15</v>
       </c>
       <c r="D261" t="s">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="E261" t="s">
         <v>17</v>
       </c>
       <c r="F261" t="s">
         <v>81</v>
       </c>
       <c r="G261" t="s">
-        <v>179</v>
+        <v>19</v>
       </c>
       <c r="H261" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="N261">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:14">
       <c r="A262" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B262" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C262" t="s">
         <v>15</v>
       </c>
       <c r="D262" t="s">
-        <v>386</v>
+        <v>52</v>
       </c>
       <c r="E262" t="s">
         <v>17</v>
       </c>
       <c r="F262" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="G262" t="s">
-        <v>19</v>
+        <v>183</v>
       </c>
       <c r="H262" t="s">
-        <v>387</v>
+        <v>54</v>
       </c>
       <c r="N262">
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:14">
       <c r="A263" t="s">
         <v>388</v>
       </c>
       <c r="B263" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C263" t="s">
         <v>15</v>
       </c>
       <c r="D263" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="E263" t="s">
         <v>17</v>
       </c>
       <c r="F263" t="s">
         <v>70</v>
       </c>
       <c r="G263" t="s">
         <v>19</v>
       </c>
       <c r="H263" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="N263">
         <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:14">
       <c r="A264" t="s">
+        <v>391</v>
+      </c>
+      <c r="B264" t="s">
+        <v>387</v>
+      </c>
+      <c r="C264" t="s">
+        <v>15</v>
+      </c>
+      <c r="D264" t="s">
         <v>389</v>
-      </c>
-[...7 lines deleted...]
-        <v>30</v>
       </c>
       <c r="E264" t="s">
         <v>17</v>
       </c>
       <c r="F264" t="s">
         <v>70</v>
       </c>
       <c r="G264" t="s">
         <v>19</v>
       </c>
       <c r="H264" t="s">
-        <v>31</v>
+        <v>390</v>
       </c>
       <c r="N264">
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:14">
       <c r="A265" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B265" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C265" t="s">
         <v>15</v>
       </c>
       <c r="D265" t="s">
-        <v>352</v>
+        <v>30</v>
       </c>
       <c r="E265" t="s">
         <v>17</v>
       </c>
       <c r="F265" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="G265" t="s">
         <v>19</v>
       </c>
       <c r="H265" t="s">
-        <v>353</v>
+        <v>31</v>
       </c>
       <c r="N265">
         <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:14">
       <c r="A266" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="B266" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C266" t="s">
         <v>15</v>
       </c>
       <c r="D266" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="E266" t="s">
         <v>17</v>
       </c>
       <c r="F266" t="s">
         <v>81</v>
       </c>
       <c r="G266" t="s">
         <v>19</v>
       </c>
       <c r="H266" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="N266">
         <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:14">
       <c r="A267" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="B267" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C267" t="s">
         <v>15</v>
       </c>
       <c r="D267" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="E267" t="s">
         <v>17</v>
       </c>
       <c r="F267" t="s">
         <v>81</v>
       </c>
       <c r="G267" t="s">
         <v>19</v>
       </c>
       <c r="H267" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="N267">
         <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:14">
       <c r="A268" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="B268" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C268" t="s">
         <v>15</v>
       </c>
       <c r="D268" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="E268" t="s">
         <v>17</v>
       </c>
       <c r="F268" t="s">
         <v>81</v>
       </c>
       <c r="G268" t="s">
         <v>19</v>
       </c>
       <c r="H268" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="N268">
         <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:14">
       <c r="A269" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="B269" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C269" t="s">
         <v>15</v>
       </c>
       <c r="D269" t="s">
-        <v>52</v>
+        <v>355</v>
       </c>
       <c r="E269" t="s">
         <v>17</v>
       </c>
       <c r="F269" t="s">
         <v>81</v>
       </c>
       <c r="G269" t="s">
         <v>19</v>
       </c>
       <c r="H269" t="s">
-        <v>54</v>
+        <v>356</v>
       </c>
       <c r="N269">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:14">
       <c r="A270" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="B270" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C270" t="s">
         <v>15</v>
       </c>
       <c r="D270" t="s">
         <v>52</v>
       </c>
       <c r="E270" t="s">
         <v>17</v>
       </c>
       <c r="F270" t="s">
         <v>81</v>
       </c>
       <c r="G270" t="s">
         <v>19</v>
       </c>
       <c r="H270" t="s">
         <v>54</v>
       </c>
       <c r="N270">
         <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:14">
       <c r="A271" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="B271" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C271" t="s">
         <v>15</v>
       </c>
       <c r="D271" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="E271" t="s">
         <v>17</v>
       </c>
       <c r="F271" t="s">
         <v>81</v>
       </c>
       <c r="G271" t="s">
         <v>19</v>
       </c>
       <c r="H271" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="N271">
         <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:14">
       <c r="A272" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="B272" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C272" t="s">
         <v>15</v>
       </c>
       <c r="D272" t="s">
         <v>22</v>
       </c>
       <c r="E272" t="s">
         <v>17</v>
       </c>
       <c r="F272" t="s">
         <v>81</v>
       </c>
       <c r="G272" t="s">
         <v>19</v>
       </c>
       <c r="H272" t="s">
         <v>24</v>
       </c>
       <c r="N272">
         <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:14">
       <c r="A273" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B273" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C273" t="s">
         <v>15</v>
       </c>
       <c r="D273" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="E273" t="s">
         <v>17</v>
       </c>
       <c r="F273" t="s">
         <v>81</v>
       </c>
       <c r="G273" t="s">
         <v>19</v>
       </c>
       <c r="H273" t="s">
-        <v>66</v>
+        <v>24</v>
       </c>
       <c r="N273">
         <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:14">
       <c r="A274" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="B274" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C274" t="s">
         <v>15</v>
       </c>
       <c r="D274" t="s">
         <v>65</v>
       </c>
       <c r="E274" t="s">
         <v>17</v>
       </c>
       <c r="F274" t="s">
         <v>81</v>
       </c>
       <c r="G274" t="s">
         <v>19</v>
       </c>
       <c r="H274" t="s">
         <v>66</v>
       </c>
       <c r="N274">
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:14">
       <c r="A275" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B275" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C275" t="s">
         <v>15</v>
       </c>
       <c r="D275" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="E275" t="s">
         <v>17</v>
       </c>
       <c r="F275" t="s">
         <v>81</v>
       </c>
       <c r="G275" t="s">
         <v>19</v>
       </c>
       <c r="H275" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
       <c r="N275">
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:14">
       <c r="A276" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B276" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C276" t="s">
         <v>15</v>
       </c>
       <c r="D276" t="s">
-        <v>402</v>
+        <v>30</v>
       </c>
       <c r="E276" t="s">
         <v>17</v>
       </c>
       <c r="F276" t="s">
         <v>81</v>
       </c>
       <c r="G276" t="s">
         <v>19</v>
       </c>
       <c r="H276" t="s">
-        <v>403</v>
+        <v>31</v>
       </c>
       <c r="N276">
         <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:14">
       <c r="A277" t="s">
         <v>404</v>
       </c>
       <c r="B277" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C277" t="s">
         <v>15</v>
       </c>
       <c r="D277" t="s">
-        <v>352</v>
+        <v>405</v>
       </c>
       <c r="E277" t="s">
         <v>17</v>
       </c>
       <c r="F277" t="s">
-        <v>39</v>
+        <v>81</v>
       </c>
       <c r="G277" t="s">
         <v>19</v>
       </c>
       <c r="H277" t="s">
-        <v>353</v>
+        <v>406</v>
       </c>
       <c r="N277">
         <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:14">
       <c r="A278" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B278" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C278" t="s">
         <v>15</v>
       </c>
       <c r="D278" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="E278" t="s">
         <v>17</v>
       </c>
       <c r="F278" t="s">
-        <v>81</v>
+        <v>39</v>
       </c>
       <c r="G278" t="s">
-        <v>309</v>
+        <v>19</v>
       </c>
       <c r="H278" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="N278">
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:14">
       <c r="A279" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B279" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C279" t="s">
         <v>15</v>
       </c>
       <c r="D279" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="E279" t="s">
         <v>17</v>
       </c>
       <c r="F279" t="s">
         <v>81</v>
       </c>
       <c r="G279" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="H279" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="N279">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:14">
       <c r="A280" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B280" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C280" t="s">
         <v>15</v>
       </c>
       <c r="D280" t="s">
-        <v>52</v>
+        <v>355</v>
       </c>
       <c r="E280" t="s">
         <v>17</v>
       </c>
       <c r="F280" t="s">
         <v>81</v>
       </c>
       <c r="G280" t="s">
-        <v>266</v>
+        <v>312</v>
       </c>
       <c r="H280" t="s">
-        <v>54</v>
+        <v>356</v>
       </c>
       <c r="N280">
         <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:14">
       <c r="A281" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B281" t="s">
-        <v>409</v>
+        <v>387</v>
       </c>
       <c r="C281" t="s">
         <v>15</v>
       </c>
       <c r="D281" t="s">
         <v>52</v>
       </c>
       <c r="E281" t="s">
         <v>17</v>
       </c>
       <c r="F281" t="s">
         <v>81</v>
       </c>
       <c r="G281" t="s">
-        <v>19</v>
+        <v>269</v>
       </c>
       <c r="H281" t="s">
         <v>54</v>
       </c>
       <c r="N281">
         <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:14">
       <c r="A282" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B282" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C282" t="s">
         <v>15</v>
       </c>
       <c r="D282" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="E282" t="s">
         <v>17</v>
       </c>
       <c r="F282" t="s">
         <v>81</v>
       </c>
       <c r="G282" t="s">
-        <v>266</v>
+        <v>19</v>
       </c>
       <c r="H282" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="N282">
         <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:14">
       <c r="A283" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B283" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C283" t="s">
         <v>15</v>
       </c>
       <c r="D283" t="s">
-        <v>352</v>
+        <v>22</v>
       </c>
       <c r="E283" t="s">
         <v>17</v>
       </c>
       <c r="F283" t="s">
         <v>81</v>
       </c>
       <c r="G283" t="s">
-        <v>19</v>
+        <v>269</v>
       </c>
       <c r="H283" t="s">
-        <v>353</v>
+        <v>24</v>
       </c>
       <c r="N283">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="284" spans="1:14">
+      <c r="A284" t="s">
+        <v>415</v>
+      </c>
+      <c r="B284" t="s">
+        <v>416</v>
+      </c>
+      <c r="C284" t="s">
+        <v>15</v>
+      </c>
+      <c r="D284" t="s">
+        <v>355</v>
+      </c>
+      <c r="E284" t="s">
+        <v>17</v>
+      </c>
+      <c r="F284" t="s">
+        <v>81</v>
+      </c>
+      <c r="G284" t="s">
+        <v>19</v>
+      </c>
+      <c r="H284" t="s">
+        <v>356</v>
+      </c>
+      <c r="N284">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">