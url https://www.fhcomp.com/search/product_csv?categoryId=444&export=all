--- v0 (2025-10-26)
+++ v1 (2026-02-12)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3905" uniqueCount="771">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3914" uniqueCount="772">
   <si>
     <t>Part Number</t>
   </si>
   <si>
     <t>Irms （A）</t>
   </si>
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Inductance</t>
   </si>
   <si>
     <t>RDC （Ω）Max</t>
   </si>
   <si>
     <t>Isat （A）</t>
   </si>
   <si>
     <t>Tolerance</t>
   </si>
   <si>
     <t>Inductance Test Frequency</t>
   </si>
   <si>
@@ -246,56 +246,68 @@
   <si>
     <t>0.5</t>
   </si>
   <si>
     <t>0.45</t>
   </si>
   <si>
     <t>2.04</t>
   </si>
   <si>
     <t>PRS5040-561MT</t>
   </si>
   <si>
     <t>0.28</t>
   </si>
   <si>
     <t>560µH</t>
   </si>
   <si>
     <t>3.200±30%</t>
   </si>
   <si>
     <t>3.2</t>
   </si>
   <si>
+    <t>PRS5040-471MTC01</t>
+  </si>
+  <si>
+    <t>2.5mm</t>
+  </si>
+  <si>
+    <t>470µH</t>
+  </si>
+  <si>
+    <t>3.2mm</t>
+  </si>
+  <si>
+    <t>5.0mm</t>
+  </si>
+  <si>
     <t>PRS6045-471MT</t>
   </si>
   <si>
-    <t>470µH</t>
-[...1 lines deleted...]
-  <si>
     <t>1.800±30%</t>
   </si>
   <si>
     <t>1.8</t>
   </si>
   <si>
     <t>PRS6028-471MT</t>
   </si>
   <si>
     <t>2.300±30%</t>
   </si>
   <si>
     <t>2.3</t>
   </si>
   <si>
     <t>6028</t>
   </si>
   <si>
     <t>2.8mm</t>
   </si>
   <si>
     <t>PRS5040-471MT</t>
   </si>
   <si>
     <t>2.850±30%</t>
@@ -471,65 +483,59 @@
   <si>
     <t>0.76</t>
   </si>
   <si>
     <t>PRS5040-151MT</t>
   </si>
   <si>
     <t>0.850±30%</t>
   </si>
   <si>
     <t>PRS4030-151MT</t>
   </si>
   <si>
     <t>2.35</t>
   </si>
   <si>
     <t>4mm</t>
   </si>
   <si>
     <t>3mm</t>
   </si>
   <si>
     <t>PRS6045-121MT</t>
   </si>
   <si>
-    <t>2.5mm</t>
-[...1 lines deleted...]
-  <si>
     <t>0.88</t>
   </si>
   <si>
     <t>120µH</t>
   </si>
   <si>
     <t>0.466±30%</t>
   </si>
   <si>
-    <t>3.2mm</t>
-[...1 lines deleted...]
-  <si>
     <t>0.79</t>
   </si>
   <si>
     <t>0.466</t>
   </si>
   <si>
     <t>6.0mm</t>
   </si>
   <si>
     <t>PRS8040-121MT</t>
   </si>
   <si>
     <t>1.05</t>
   </si>
   <si>
     <t>0.334</t>
   </si>
   <si>
     <t>PRS4030-121MT</t>
   </si>
   <si>
     <t>0.55</t>
   </si>
   <si>
     <t>1.35</t>
@@ -660,62 +666,62 @@
   <si>
     <t>0.86</t>
   </si>
   <si>
     <t>PRS4020-820MT</t>
   </si>
   <si>
     <t>0.34</t>
   </si>
   <si>
     <t>1.170±30%</t>
   </si>
   <si>
     <t>1.17</t>
   </si>
   <si>
     <t>PRS8040-820MT</t>
   </si>
   <si>
     <t>1.3</t>
   </si>
   <si>
     <t>0.225</t>
   </si>
   <si>
+    <t>PRS4030-820MT</t>
+  </si>
+  <si>
+    <t>0.47</t>
+  </si>
+  <si>
+    <t>1.06</t>
+  </si>
+  <si>
     <t>PRS4018-820MTS00</t>
   </si>
   <si>
-    <t>PRS4030-820MT</t>
-[...7 lines deleted...]
-  <si>
     <t>PRS8040-800MT</t>
   </si>
   <si>
     <t>80µH</t>
   </si>
   <si>
     <t>0.23</t>
   </si>
   <si>
     <t>PRS8040-750MT</t>
   </si>
   <si>
     <t>75µH</t>
   </si>
   <si>
     <t>0.211</t>
   </si>
   <si>
     <t>PRS8040-680MT</t>
   </si>
   <si>
     <t>68µH</t>
   </si>
   <si>
     <t>0.230±30%</t>
@@ -774,65 +780,65 @@
   <si>
     <t>56µH</t>
   </si>
   <si>
     <t>0.260±30%</t>
   </si>
   <si>
     <t>PRS5040-560MT</t>
   </si>
   <si>
     <t>PRS5020-560MT</t>
   </si>
   <si>
     <t>0.77</t>
   </si>
   <si>
     <t>0.600±30%</t>
   </si>
   <si>
     <t>PRS4020-560MT</t>
   </si>
   <si>
     <t>0.41</t>
   </si>
   <si>
+    <t>PRS8040-560MT</t>
+  </si>
+  <si>
+    <t>1.45</t>
+  </si>
+  <si>
+    <t>0.18</t>
+  </si>
+  <si>
     <t>PRS4018-560MTS00</t>
   </si>
   <si>
     <t>0.51</t>
   </si>
   <si>
-    <t>PRS8040-560MT</t>
-[...7 lines deleted...]
-  <si>
     <t>PRS8040-470MT</t>
   </si>
   <si>
     <t>1.4</t>
   </si>
   <si>
     <t>47µH</t>
   </si>
   <si>
     <t>0.150±30%</t>
   </si>
   <si>
     <t>0.15</t>
   </si>
   <si>
     <t>PRS6045-470MT</t>
   </si>
   <si>
     <t>0.220±30%</t>
   </si>
   <si>
     <t>PRS6028-470MT</t>
   </si>
   <si>
     <t>0.300±30%</t>
@@ -903,62 +909,62 @@
   <si>
     <t>PRS5040-390MT</t>
   </si>
   <si>
     <t>PRS5020-390MT</t>
   </si>
   <si>
     <t>0.410±30%</t>
   </si>
   <si>
     <t>PRS4020-390MT</t>
   </si>
   <si>
     <t>0.82</t>
   </si>
   <si>
     <t>PRS8040-390MT</t>
   </si>
   <si>
     <t>1.6</t>
   </si>
   <si>
     <t>0.12</t>
   </si>
   <si>
+    <t>PRS6028-390MT</t>
+  </si>
+  <si>
+    <t>PRS4018-390MTS00</t>
+  </si>
+  <si>
+    <t>0.67</t>
+  </si>
+  <si>
     <t>PRS3015-390MT</t>
   </si>
   <si>
-    <t>PRS6028-390MT</t>
-[...7 lines deleted...]
-  <si>
     <t>PRS8040-330MT</t>
   </si>
   <si>
     <t>1.9</t>
   </si>
   <si>
     <t>33µH</t>
   </si>
   <si>
     <t>0.100±30%</t>
   </si>
   <si>
     <t>0.1</t>
   </si>
   <si>
     <t>PRS6045-330MT</t>
   </si>
   <si>
     <t>1.65</t>
   </si>
   <si>
     <t>0.145±30%</t>
   </si>
   <si>
     <t>0.145</t>
@@ -1188,71 +1194,71 @@
   <si>
     <t>PRS4020-150MT</t>
   </si>
   <si>
     <t>PRS4018-150MTS00</t>
   </si>
   <si>
     <t>0.94</t>
   </si>
   <si>
     <t>0.250±30%</t>
   </si>
   <si>
     <t>PRS3015-150MT</t>
   </si>
   <si>
     <t>0.36±20%</t>
   </si>
   <si>
     <t>PRS4030-150MT</t>
   </si>
   <si>
     <t>1.11</t>
   </si>
   <si>
+    <t>PRS6045-120MT</t>
+  </si>
+  <si>
+    <t>12µH</t>
+  </si>
+  <si>
+    <t>0.058</t>
+  </si>
+  <si>
+    <t>PRS8040-120MT</t>
+  </si>
+  <si>
+    <t>3.5</t>
+  </si>
+  <si>
+    <t>0.041</t>
+  </si>
+  <si>
     <t>PRS4018-120MTS00</t>
   </si>
   <si>
-    <t>12µH</t>
-[...16 lines deleted...]
-  <si>
     <t>PRS2010-100MT</t>
   </si>
   <si>
     <t>10µH</t>
   </si>
   <si>
     <t>1MHz</t>
   </si>
   <si>
     <t>1V</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>2.0mm</t>
   </si>
   <si>
     <t>1.6mm</t>
   </si>
   <si>
     <t>1.00mm</t>
   </si>
   <si>
     <t>PRS8040-100MT</t>
@@ -1434,62 +1440,62 @@
   <si>
     <t>0.22±20%</t>
   </si>
   <si>
     <t>PRS2512-8R2MT</t>
   </si>
   <si>
     <t>0.98</t>
   </si>
   <si>
     <t>0.658 Max</t>
   </si>
   <si>
     <t>0.658</t>
   </si>
   <si>
     <t>PRS2010-6R8MT</t>
   </si>
   <si>
     <t>6.8µH</t>
   </si>
   <si>
     <t>0.816</t>
   </si>
   <si>
+    <t>PRS6020-6R8NT</t>
+  </si>
+  <si>
+    <t>0.079</t>
+  </si>
+  <si>
     <t>PRS6028-6R8NT</t>
   </si>
   <si>
     <t>0.048</t>
   </si>
   <si>
-    <t>PRS6020-6R8NT</t>
-[...4 lines deleted...]
-  <si>
     <t>PRS8040-6R8MT</t>
   </si>
   <si>
     <t>3.7</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>0.025±30%</t>
   </si>
   <si>
     <t>0.025</t>
   </si>
   <si>
     <t>PRS6045-6R8MT</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>3.8</t>
   </si>
   <si>
     <t>0.038±30%</t>
@@ -1560,149 +1566,146 @@
   <si>
     <t>PRS6045-6R3MT</t>
   </si>
   <si>
     <t>3.15</t>
   </si>
   <si>
     <t>6.3µH</t>
   </si>
   <si>
     <t>0.035±30%</t>
   </si>
   <si>
     <t>0.035</t>
   </si>
   <si>
     <t>PRS5020-5R6NT</t>
   </si>
   <si>
     <t>5.6µH</t>
   </si>
   <si>
     <t>0.068</t>
   </si>
   <si>
-    <t>5.0mm</t>
-[...1 lines deleted...]
-  <si>
     <t>PRS2010-5R6MT</t>
   </si>
   <si>
     <t>0.564</t>
   </si>
   <si>
     <t>PRS5040-5R6NT</t>
   </si>
   <si>
     <t>0.04</t>
   </si>
   <si>
     <t>PRS4020-5R6MT</t>
   </si>
   <si>
     <t>PRS3015-5R6MT</t>
   </si>
   <si>
     <t>0.14±20%</t>
   </si>
   <si>
     <t>0.14</t>
   </si>
   <si>
     <t>PRS2512-5R6MT</t>
   </si>
   <si>
     <t>0.73</t>
   </si>
   <si>
     <t>1.12</t>
   </si>
   <si>
     <t>0.538 Max</t>
   </si>
   <si>
     <t>0.538</t>
   </si>
   <si>
+    <t>PRS4018-5R6MTS00</t>
+  </si>
+  <si>
+    <t>0.107</t>
+  </si>
+  <si>
     <t>PRS6045-5R6MT</t>
   </si>
   <si>
-    <t>PRS4018-5R6MTS00</t>
-[...4 lines deleted...]
-  <si>
     <t>PRS4020-5R1MT</t>
   </si>
   <si>
     <t>1.27</t>
   </si>
   <si>
     <t>5.1µH</t>
   </si>
   <si>
     <t>0.085±30%</t>
   </si>
   <si>
     <t>0.085</t>
   </si>
   <si>
     <t>PRS2010-4R7MT</t>
   </si>
   <si>
     <t>4.7µH</t>
   </si>
   <si>
     <t>0.479</t>
   </si>
   <si>
     <t>PRS5040-4R7NT</t>
   </si>
   <si>
     <t>0.030±30%</t>
   </si>
   <si>
     <t>0.03</t>
   </si>
   <si>
+    <t>PRS5020-4R7NT</t>
+  </si>
+  <si>
+    <t>PRS6020-4R7NT</t>
+  </si>
+  <si>
     <t>PRS6028-4R7NT</t>
   </si>
   <si>
     <t>3.08</t>
   </si>
   <si>
     <t>0.031</t>
   </si>
   <si>
-    <t>PRS6020-4R7NT</t>
-[...4 lines deleted...]
-  <si>
     <t>PRS8040-4R7MT</t>
   </si>
   <si>
     <t>4.1</t>
   </si>
   <si>
     <t>4.7</t>
   </si>
   <si>
     <t>0.018±30%</t>
   </si>
   <si>
     <t>0.018</t>
   </si>
   <si>
     <t>PRS6045-4R7MT</t>
   </si>
   <si>
     <t>3.3</t>
   </si>
   <si>
     <t>0.031±30%</t>
   </si>
   <si>
     <t>PRS4020-4R7MT</t>
@@ -1794,74 +1797,74 @@
   <si>
     <t>PRS6028-3R3NT</t>
   </si>
   <si>
     <t>3.48</t>
   </si>
   <si>
     <t>3.6</t>
   </si>
   <si>
     <t>0.023±30%</t>
   </si>
   <si>
     <t>0.023</t>
   </si>
   <si>
     <t>PRS5040-3R3NT</t>
   </si>
   <si>
     <t>3.95</t>
   </si>
   <si>
     <t>0.024±30%</t>
   </si>
   <si>
+    <t>PRS6020-3R3NT</t>
+  </si>
+  <si>
+    <t>2.6</t>
+  </si>
+  <si>
     <t>PRS3015-3R3NT</t>
   </si>
   <si>
     <t>1.36</t>
   </si>
   <si>
     <t>0.08</t>
   </si>
   <si>
-    <t>PRS6020-3R3NT</t>
-[...2 lines deleted...]
-    <t>2.6</t>
+    <t>PRS5020-3R3NT</t>
+  </si>
+  <si>
+    <t>2.55</t>
   </si>
   <si>
     <t>PRS4030-3R3NT</t>
   </si>
   <si>
-    <t>PRS5020-3R3NT</t>
-[...4 lines deleted...]
-  <si>
     <t>PRS8040-3R3MT</t>
   </si>
   <si>
     <t>PRS4020-3R3MT</t>
   </si>
   <si>
     <t>0.070±30%</t>
   </si>
   <si>
     <t>0.07</t>
   </si>
   <si>
     <t>PRS4018-3R3MTS00</t>
   </si>
   <si>
     <t>1.23</t>
   </si>
   <si>
     <t>PRS2512-3R3MT</t>
   </si>
   <si>
     <t>1.61</t>
   </si>
   <si>
     <t>0.264 Max</t>
@@ -2211,129 +2214,129 @@
   <si>
     <t>PRS4030-1R0NT</t>
   </si>
   <si>
     <t>5.26</t>
   </si>
   <si>
     <t>4.15</t>
   </si>
   <si>
     <t>PRS4020-1R0MT</t>
   </si>
   <si>
     <t>2.15</t>
   </si>
   <si>
     <t>4.78</t>
   </si>
   <si>
     <t>0.029±30%</t>
   </si>
   <si>
     <t>0.029</t>
   </si>
   <si>
+    <t>PRS5020-1R0MT</t>
+  </si>
+  <si>
+    <t>4.4</t>
+  </si>
+  <si>
+    <t>PRS6028-1R0MT</t>
+  </si>
+  <si>
+    <t>5.75</t>
+  </si>
+  <si>
+    <t>5.2</t>
+  </si>
+  <si>
+    <t>PRS6020-1R0MT</t>
+  </si>
+  <si>
     <t>PRS2512-1R0MT</t>
   </si>
   <si>
     <t>2.59</t>
   </si>
   <si>
     <t>1.93</t>
   </si>
   <si>
-    <t>PRS6028-1R0MT</t>
-[...16 lines deleted...]
-  <si>
     <t>PRS8040-R90NT</t>
   </si>
   <si>
     <t>0.9µH</t>
   </si>
   <si>
     <t>PRS2512-R68NT</t>
   </si>
   <si>
     <t>1.96</t>
   </si>
   <si>
     <t>3.28</t>
   </si>
   <si>
     <t>0.68µH</t>
   </si>
   <si>
     <t>0.074 Max</t>
   </si>
   <si>
     <t>0.074</t>
   </si>
   <si>
+    <t>PRS4018-R68NTS00</t>
+  </si>
+  <si>
     <t>PRS3015-R68NT</t>
   </si>
   <si>
-    <t>PRS4018-R68NTS00</t>
-[...1 lines deleted...]
-  <si>
     <t>PRS2512-R47NT</t>
   </si>
   <si>
     <t>3.82</t>
   </si>
   <si>
     <t>0.47µH</t>
   </si>
   <si>
     <t>0.061 Max</t>
   </si>
   <si>
     <t>0.061</t>
   </si>
   <si>
+    <t>PRS4018-R47NTS00</t>
+  </si>
+  <si>
     <t>PRS3015-R47NT</t>
   </si>
   <si>
     <t>3.9</t>
-  </si>
-[...1 lines deleted...]
-    <t>PRS4018-R47NTS00</t>
   </si>
   <si>
     <t>PRS2512-R33NT</t>
   </si>
   <si>
     <t>0.33µH</t>
   </si>
   <si>
     <t>0.049 Max</t>
   </si>
   <si>
     <t>0.049</t>
   </si>
   <si>
     <t>PRS4018-R24NTS00</t>
   </si>
   <si>
     <t>0.24µH</t>
   </si>
   <si>
     <t>PRS2512-R24NT</t>
   </si>
   <si>
     <t>---</t>
   </si>
@@ -2658,51 +2661,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:S252"/>
+  <dimension ref="A1:S253"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:19">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>2</v>
       </c>
       <c r="E1" t="s">
         <v>3</v>
       </c>
       <c r="F1" t="s">
         <v>4</v>
       </c>
       <c r="G1" t="s">
@@ -3190,11741 +3193,11770 @@
       </c>
       <c r="L10" t="s">
         <v>74</v>
       </c>
       <c r="M10" t="s">
         <v>77</v>
       </c>
       <c r="N10" t="s">
         <v>50</v>
       </c>
       <c r="Q10" t="s">
         <v>51</v>
       </c>
       <c r="R10" t="s">
         <v>51</v>
       </c>
       <c r="S10" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" t="s">
         <v>78</v>
       </c>
       <c r="B11" t="s">
-        <v>60</v>
-[...5 lines deleted...]
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="E11" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F11" t="s">
         <v>80</v>
       </c>
       <c r="G11" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="H11" t="s">
         <v>24</v>
       </c>
-      <c r="I11" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N11" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="Q11" t="s">
-        <v>43</v>
+        <v>82</v>
       </c>
       <c r="R11" t="s">
-        <v>43</v>
+        <v>82</v>
       </c>
       <c r="S11" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B12" t="s">
-        <v>74</v>
+        <v>60</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="E12" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G12" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="H12" t="s">
         <v>24</v>
       </c>
       <c r="I12" t="s">
         <v>25</v>
       </c>
       <c r="J12" t="s">
         <v>26</v>
       </c>
       <c r="K12" t="s">
-        <v>74</v>
+        <v>60</v>
       </c>
       <c r="L12" t="s">
-        <v>74</v>
+        <v>60</v>
       </c>
       <c r="M12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="N12" t="s">
-        <v>85</v>
+        <v>42</v>
       </c>
       <c r="Q12" t="s">
         <v>43</v>
       </c>
       <c r="R12" t="s">
         <v>43</v>
       </c>
       <c r="S12" t="s">
-        <v>86</v>
+        <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" t="s">
+        <v>86</v>
+      </c>
+      <c r="B13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>74</v>
+      </c>
+      <c r="E13" t="s">
+        <v>80</v>
+      </c>
+      <c r="F13" t="s">
         <v>87</v>
       </c>
-      <c r="B13" t="s">
-[...11 lines deleted...]
-      <c r="F13" t="s">
+      <c r="G13" t="s">
+        <v>74</v>
+      </c>
+      <c r="H13" t="s">
+        <v>24</v>
+      </c>
+      <c r="I13" t="s">
+        <v>25</v>
+      </c>
+      <c r="J13" t="s">
+        <v>26</v>
+      </c>
+      <c r="K13" t="s">
+        <v>74</v>
+      </c>
+      <c r="L13" t="s">
+        <v>74</v>
+      </c>
+      <c r="M13" t="s">
         <v>88</v>
       </c>
-      <c r="G13" t="s">
-[...17 lines deleted...]
-      <c r="M13" t="s">
+      <c r="N13" t="s">
         <v>89</v>
       </c>
-      <c r="N13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q13" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="R13" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="S13" t="s">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" t="s">
-        <v>90</v>
+        <v>91</v>
+      </c>
+      <c r="B14" t="s">
+        <v>39</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
-        <v>91</v>
+        <v>21</v>
       </c>
       <c r="E14" t="s">
-        <v>79</v>
+        <v>80</v>
+      </c>
+      <c r="F14" t="s">
+        <v>92</v>
+      </c>
+      <c r="G14" t="s">
+        <v>21</v>
       </c>
       <c r="H14" t="s">
         <v>24</v>
       </c>
       <c r="I14" t="s">
         <v>25</v>
       </c>
       <c r="J14" t="s">
         <v>26</v>
       </c>
       <c r="K14" t="s">
-        <v>91</v>
+        <v>39</v>
+      </c>
+      <c r="L14" t="s">
+        <v>39</v>
       </c>
       <c r="M14" t="s">
-        <v>92</v>
+        <v>93</v>
+      </c>
+      <c r="N14" t="s">
+        <v>50</v>
       </c>
       <c r="Q14" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="R14" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="S14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>94</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
       <c r="E15" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="F15" t="s">
+        <v>80</v>
+      </c>
+      <c r="H15" t="s">
+        <v>24</v>
+      </c>
+      <c r="I15" t="s">
+        <v>25</v>
+      </c>
+      <c r="J15" t="s">
+        <v>26</v>
+      </c>
+      <c r="K15" t="s">
         <v>95</v>
-      </c>
-[...16 lines deleted...]
-        <v>21</v>
       </c>
       <c r="M15" t="s">
         <v>96</v>
       </c>
-      <c r="N15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q15" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="R15" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="S15" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" t="s">
         <v>97</v>
       </c>
       <c r="B16" t="s">
+        <v>21</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" t="s">
         <v>98</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+      <c r="F16" t="s">
         <v>99</v>
       </c>
-      <c r="E16" t="s">
+      <c r="G16" t="s">
+        <v>32</v>
+      </c>
+      <c r="H16" t="s">
+        <v>24</v>
+      </c>
+      <c r="I16" t="s">
+        <v>25</v>
+      </c>
+      <c r="J16" t="s">
+        <v>26</v>
+      </c>
+      <c r="K16" t="s">
+        <v>21</v>
+      </c>
+      <c r="L16" t="s">
+        <v>21</v>
+      </c>
+      <c r="M16" t="s">
         <v>100</v>
       </c>
-      <c r="F16" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N16" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="Q16" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="R16" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="S16" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" t="s">
+        <v>101</v>
+      </c>
+      <c r="B17" t="s">
+        <v>102</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
         <v>103</v>
       </c>
-      <c r="B17" t="s">
+      <c r="E17" t="s">
         <v>104</v>
-      </c>
-[...7 lines deleted...]
-        <v>100</v>
       </c>
       <c r="F17" t="s">
         <v>105</v>
       </c>
       <c r="G17" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="H17" t="s">
         <v>24</v>
       </c>
       <c r="I17" t="s">
         <v>25</v>
       </c>
       <c r="J17" t="s">
         <v>26</v>
       </c>
       <c r="K17" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="L17" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="M17" t="s">
         <v>106</v>
       </c>
       <c r="N17" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="Q17" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="R17" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="S17" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" t="s">
         <v>107</v>
       </c>
       <c r="B18" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="E18" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="F18" t="s">
-        <v>80</v>
+        <v>109</v>
       </c>
       <c r="G18" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="H18" t="s">
         <v>24</v>
       </c>
       <c r="I18" t="s">
         <v>25</v>
       </c>
       <c r="J18" t="s">
         <v>26</v>
       </c>
       <c r="K18" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="L18" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="M18" t="s">
-        <v>81</v>
+        <v>110</v>
       </c>
       <c r="N18" t="s">
-        <v>85</v>
+        <v>42</v>
       </c>
       <c r="Q18" t="s">
         <v>43</v>
       </c>
       <c r="R18" t="s">
         <v>43</v>
       </c>
       <c r="S18" t="s">
-        <v>86</v>
+        <v>44</v>
       </c>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B19" t="s">
-        <v>109</v>
+        <v>21</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="E19" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="F19" t="s">
-        <v>110</v>
+        <v>84</v>
       </c>
       <c r="G19" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="H19" t="s">
         <v>24</v>
       </c>
       <c r="I19" t="s">
         <v>25</v>
       </c>
       <c r="J19" t="s">
         <v>26</v>
       </c>
       <c r="K19" t="s">
-        <v>109</v>
+        <v>21</v>
       </c>
       <c r="L19" t="s">
-        <v>109</v>
+        <v>21</v>
       </c>
       <c r="M19" t="s">
-        <v>111</v>
+        <v>85</v>
       </c>
       <c r="N19" t="s">
-        <v>50</v>
+        <v>89</v>
       </c>
       <c r="Q19" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="R19" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="S19" t="s">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" t="s">
         <v>112</v>
       </c>
       <c r="B20" t="s">
         <v>113</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20" t="s">
+        <v>104</v>
+      </c>
+      <c r="F20" t="s">
         <v>114</v>
       </c>
-      <c r="E20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G20" t="s">
-        <v>114</v>
+        <v>33</v>
       </c>
       <c r="H20" t="s">
         <v>24</v>
       </c>
       <c r="I20" t="s">
         <v>25</v>
       </c>
       <c r="J20" t="s">
         <v>26</v>
       </c>
       <c r="K20" t="s">
         <v>113</v>
       </c>
       <c r="L20" t="s">
         <v>113</v>
       </c>
       <c r="M20" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="N20" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="Q20" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="R20" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="S20" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" t="s">
+        <v>116</v>
+      </c>
+      <c r="B21" t="s">
+        <v>117</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
         <v>118</v>
       </c>
-      <c r="B21" t="s">
+      <c r="E21" t="s">
         <v>119</v>
       </c>
-      <c r="C21" t="s">
-[...2 lines deleted...]
-      <c r="D21" t="s">
+      <c r="F21" t="s">
         <v>120</v>
       </c>
-      <c r="E21" t="s">
-[...2 lines deleted...]
-      <c r="F21" t="s">
+      <c r="G21" t="s">
+        <v>118</v>
+      </c>
+      <c r="H21" t="s">
+        <v>24</v>
+      </c>
+      <c r="I21" t="s">
+        <v>25</v>
+      </c>
+      <c r="J21" t="s">
+        <v>26</v>
+      </c>
+      <c r="K21" t="s">
+        <v>117</v>
+      </c>
+      <c r="L21" t="s">
+        <v>117</v>
+      </c>
+      <c r="M21" t="s">
         <v>121</v>
       </c>
-      <c r="G21" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N21" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="Q21" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="R21" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="S21" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" t="s">
+        <v>122</v>
+      </c>
+      <c r="B22" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>124</v>
       </c>
       <c r="E22" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="F22" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="G22" t="s">
         <v>124</v>
       </c>
       <c r="H22" t="s">
         <v>24</v>
       </c>
       <c r="I22" t="s">
         <v>25</v>
       </c>
       <c r="J22" t="s">
         <v>26</v>
       </c>
       <c r="K22" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="L22" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="M22" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="N22" t="s">
-        <v>85</v>
+        <v>42</v>
       </c>
       <c r="Q22" t="s">
         <v>43</v>
       </c>
       <c r="R22" t="s">
         <v>43</v>
       </c>
       <c r="S22" t="s">
-        <v>86</v>
+        <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:19">
       <c r="A23" t="s">
+        <v>127</v>
+      </c>
+      <c r="B23" t="s">
+        <v>128</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>128</v>
+      </c>
+      <c r="E23" t="s">
+        <v>119</v>
+      </c>
+      <c r="F23" t="s">
         <v>125</v>
       </c>
-      <c r="B23" t="s">
-[...5 lines deleted...]
-      <c r="D23" t="s">
+      <c r="G23" t="s">
+        <v>128</v>
+      </c>
+      <c r="H23" t="s">
+        <v>24</v>
+      </c>
+      <c r="I23" t="s">
+        <v>25</v>
+      </c>
+      <c r="J23" t="s">
+        <v>26</v>
+      </c>
+      <c r="K23" t="s">
+        <v>128</v>
+      </c>
+      <c r="L23" t="s">
+        <v>128</v>
+      </c>
+      <c r="M23" t="s">
         <v>126</v>
       </c>
-      <c r="E23" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N23" t="s">
-        <v>50</v>
+        <v>89</v>
       </c>
       <c r="Q23" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="R23" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="S23" t="s">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="24" spans="1:19">
       <c r="A24" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B24" t="s">
-        <v>128</v>
+        <v>60</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E24" t="s">
+        <v>119</v>
+      </c>
+      <c r="F24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G24" t="s">
         <v>130</v>
       </c>
-      <c r="F24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H24" t="s">
         <v>24</v>
       </c>
       <c r="I24" t="s">
         <v>25</v>
       </c>
       <c r="J24" t="s">
         <v>26</v>
       </c>
       <c r="K24" t="s">
-        <v>128</v>
+        <v>60</v>
       </c>
       <c r="L24" t="s">
-        <v>128</v>
+        <v>60</v>
       </c>
       <c r="M24" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="N24" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="Q24" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="R24" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="S24" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:19">
       <c r="A25" t="s">
+        <v>131</v>
+      </c>
+      <c r="B25" t="s">
+        <v>132</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
         <v>133</v>
       </c>
-      <c r="B25" t="s">
+      <c r="E25" t="s">
         <v>134</v>
-      </c>
-[...7 lines deleted...]
-        <v>130</v>
       </c>
       <c r="F25" t="s">
         <v>135</v>
       </c>
       <c r="G25" t="s">
-        <v>70</v>
+        <v>133</v>
       </c>
       <c r="H25" t="s">
         <v>24</v>
       </c>
       <c r="I25" t="s">
         <v>25</v>
       </c>
       <c r="J25" t="s">
         <v>26</v>
       </c>
       <c r="K25" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="L25" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="M25" t="s">
         <v>136</v>
       </c>
       <c r="N25" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="Q25" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="R25" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="S25" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
     </row>
     <row r="26" spans="1:19">
       <c r="A26" t="s">
         <v>137</v>
       </c>
       <c r="B26" t="s">
-        <v>114</v>
+        <v>138</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
-        <v>132</v>
+        <v>70</v>
       </c>
       <c r="E26" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="F26" t="s">
         <v>139</v>
       </c>
       <c r="G26" t="s">
-        <v>132</v>
+        <v>70</v>
       </c>
       <c r="H26" t="s">
         <v>24</v>
       </c>
       <c r="I26" t="s">
         <v>25</v>
       </c>
       <c r="J26" t="s">
         <v>26</v>
       </c>
       <c r="K26" t="s">
-        <v>114</v>
+        <v>138</v>
       </c>
       <c r="L26" t="s">
-        <v>114</v>
+        <v>138</v>
       </c>
       <c r="M26" t="s">
         <v>140</v>
       </c>
       <c r="N26" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="Q26" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="R26" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="S26" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:19">
       <c r="A27" t="s">
         <v>141</v>
       </c>
       <c r="B27" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
-        <v>113</v>
+        <v>136</v>
       </c>
       <c r="E27" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="F27" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G27" t="s">
-        <v>113</v>
+        <v>136</v>
       </c>
       <c r="H27" t="s">
         <v>24</v>
       </c>
       <c r="I27" t="s">
         <v>25</v>
       </c>
       <c r="J27" t="s">
         <v>26</v>
       </c>
       <c r="K27" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="L27" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="M27" t="s">
-        <v>113</v>
+        <v>144</v>
       </c>
       <c r="N27" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="Q27" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="R27" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="S27" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:19">
       <c r="A28" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B28" t="s">
-        <v>70</v>
+        <v>124</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
-        <v>70</v>
+        <v>117</v>
       </c>
       <c r="E28" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="F28" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="G28" t="s">
-        <v>70</v>
+        <v>117</v>
       </c>
       <c r="H28" t="s">
         <v>24</v>
       </c>
       <c r="I28" t="s">
         <v>25</v>
       </c>
       <c r="J28" t="s">
         <v>26</v>
       </c>
       <c r="K28" t="s">
-        <v>70</v>
+        <v>124</v>
       </c>
       <c r="L28" t="s">
-        <v>70</v>
+        <v>124</v>
       </c>
       <c r="M28" t="s">
-        <v>145</v>
+        <v>117</v>
       </c>
       <c r="N28" t="s">
-        <v>85</v>
+        <v>42</v>
       </c>
       <c r="Q28" t="s">
         <v>43</v>
       </c>
       <c r="R28" t="s">
         <v>43</v>
       </c>
       <c r="S28" t="s">
-        <v>86</v>
+        <v>44</v>
       </c>
     </row>
     <row r="29" spans="1:19">
       <c r="A29" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B29" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
-        <v>128</v>
+        <v>70</v>
       </c>
       <c r="E29" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="F29" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G29" t="s">
-        <v>128</v>
+        <v>70</v>
       </c>
       <c r="H29" t="s">
         <v>24</v>
       </c>
       <c r="I29" t="s">
         <v>25</v>
       </c>
       <c r="J29" t="s">
         <v>26</v>
       </c>
       <c r="K29" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="L29" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="M29" t="s">
-        <v>114</v>
+        <v>149</v>
       </c>
       <c r="N29" t="s">
-        <v>50</v>
+        <v>89</v>
       </c>
       <c r="Q29" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="R29" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="S29" t="s">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" t="s">
-        <v>148</v>
+        <v>150</v>
+      </c>
+      <c r="B30" t="s">
+        <v>95</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
-        <v>70</v>
+        <v>132</v>
       </c>
       <c r="E30" t="s">
-        <v>138</v>
+        <v>142</v>
+      </c>
+      <c r="F30" t="s">
+        <v>151</v>
+      </c>
+      <c r="G30" t="s">
+        <v>132</v>
       </c>
       <c r="H30" t="s">
         <v>24</v>
       </c>
       <c r="I30" t="s">
         <v>25</v>
       </c>
       <c r="J30" t="s">
         <v>26</v>
       </c>
       <c r="K30" t="s">
-        <v>32</v>
+        <v>95</v>
+      </c>
+      <c r="L30" t="s">
+        <v>95</v>
       </c>
       <c r="M30" t="s">
-        <v>149</v>
+        <v>118</v>
+      </c>
+      <c r="N30" t="s">
+        <v>50</v>
       </c>
       <c r="Q30" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="R30" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="S30" t="s">
-        <v>151</v>
+        <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" t="s">
         <v>152</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>70</v>
+      </c>
+      <c r="E31" t="s">
+        <v>142</v>
+      </c>
+      <c r="H31" t="s">
+        <v>24</v>
+      </c>
+      <c r="I31" t="s">
+        <v>25</v>
+      </c>
+      <c r="J31" t="s">
+        <v>26</v>
+      </c>
+      <c r="K31" t="s">
+        <v>32</v>
+      </c>
+      <c r="M31" t="s">
         <v>153</v>
       </c>
-      <c r="C31" t="s">
-[...2 lines deleted...]
-      <c r="D31" t="s">
+      <c r="Q31" t="s">
         <v>154</v>
       </c>
-      <c r="E31" t="s">
+      <c r="R31" t="s">
+        <v>154</v>
+      </c>
+      <c r="S31" t="s">
         <v>155</v>
-      </c>
-[...34 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" t="s">
+        <v>156</v>
+      </c>
+      <c r="B32" t="s">
+        <v>79</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>157</v>
+      </c>
+      <c r="E32" t="s">
+        <v>158</v>
+      </c>
+      <c r="F32" t="s">
+        <v>159</v>
+      </c>
+      <c r="G32" t="s">
+        <v>81</v>
+      </c>
+      <c r="H32" t="s">
+        <v>24</v>
+      </c>
+      <c r="I32" t="s">
+        <v>25</v>
+      </c>
+      <c r="J32" t="s">
+        <v>26</v>
+      </c>
+      <c r="K32" t="s">
+        <v>160</v>
+      </c>
+      <c r="L32" t="s">
+        <v>160</v>
+      </c>
+      <c r="M32" t="s">
         <v>161</v>
       </c>
-      <c r="C32" t="s">
-[...2 lines deleted...]
-      <c r="D32" t="s">
+      <c r="N32" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q32" t="s">
         <v>162</v>
       </c>
-      <c r="E32" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="R32" t="s">
-        <v>29</v>
+        <v>162</v>
       </c>
       <c r="S32" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" t="s">
+        <v>163</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
         <v>164</v>
       </c>
-      <c r="C33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E33" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="H33" t="s">
         <v>24</v>
       </c>
       <c r="I33" t="s">
         <v>25</v>
       </c>
       <c r="J33" t="s">
         <v>26</v>
       </c>
       <c r="K33" t="s">
+        <v>136</v>
+      </c>
+      <c r="M33" t="s">
         <v>165</v>
       </c>
-      <c r="M33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q33" t="s">
-        <v>150</v>
+        <v>29</v>
       </c>
       <c r="R33" t="s">
-        <v>150</v>
+        <v>29</v>
       </c>
       <c r="S33" t="s">
-        <v>151</v>
+        <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" t="s">
+        <v>166</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>108</v>
+      </c>
+      <c r="E34" t="s">
+        <v>158</v>
+      </c>
+      <c r="H34" t="s">
+        <v>24</v>
+      </c>
+      <c r="I34" t="s">
+        <v>25</v>
+      </c>
+      <c r="J34" t="s">
+        <v>26</v>
+      </c>
+      <c r="K34" t="s">
         <v>167</v>
       </c>
-      <c r="B34" t="s">
+      <c r="M34" t="s">
         <v>168</v>
       </c>
-      <c r="C34" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q34" t="s">
-        <v>29</v>
+        <v>154</v>
       </c>
       <c r="R34" t="s">
-        <v>29</v>
+        <v>154</v>
       </c>
       <c r="S34" t="s">
-        <v>30</v>
+        <v>155</v>
       </c>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" t="s">
+        <v>169</v>
+      </c>
+      <c r="B35" t="s">
+        <v>170</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>170</v>
+      </c>
+      <c r="E35" t="s">
+        <v>171</v>
+      </c>
+      <c r="F35" t="s">
         <v>172</v>
       </c>
-      <c r="B35" t="s">
-[...11 lines deleted...]
-      <c r="F35" t="s">
+      <c r="G35" t="s">
+        <v>170</v>
+      </c>
+      <c r="H35" t="s">
+        <v>24</v>
+      </c>
+      <c r="I35" t="s">
+        <v>25</v>
+      </c>
+      <c r="J35" t="s">
+        <v>26</v>
+      </c>
+      <c r="K35" t="s">
+        <v>170</v>
+      </c>
+      <c r="L35" t="s">
+        <v>170</v>
+      </c>
+      <c r="M35" t="s">
         <v>173</v>
       </c>
-      <c r="G35" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N35" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="Q35" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="R35" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="S35" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" t="s">
         <v>174</v>
       </c>
       <c r="B36" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
+        <v>136</v>
+      </c>
+      <c r="E36" t="s">
+        <v>171</v>
+      </c>
+      <c r="F36" t="s">
         <v>175</v>
       </c>
-      <c r="E36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G36" t="s">
-        <v>175</v>
+        <v>136</v>
       </c>
       <c r="H36" t="s">
         <v>24</v>
       </c>
       <c r="I36" t="s">
         <v>25</v>
       </c>
       <c r="J36" t="s">
         <v>26</v>
       </c>
       <c r="K36" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="L36" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="M36" t="s">
-        <v>104</v>
+        <v>70</v>
       </c>
       <c r="N36" t="s">
-        <v>85</v>
+        <v>42</v>
       </c>
       <c r="Q36" t="s">
         <v>43</v>
       </c>
       <c r="R36" t="s">
         <v>43</v>
       </c>
       <c r="S36" t="s">
-        <v>86</v>
+        <v>44</v>
       </c>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" t="s">
+        <v>176</v>
+      </c>
+      <c r="B37" t="s">
+        <v>124</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
         <v>177</v>
       </c>
-      <c r="B37" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E37" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="F37" t="s">
-        <v>121</v>
+        <v>178</v>
       </c>
       <c r="G37" t="s">
-        <v>70</v>
+        <v>177</v>
       </c>
       <c r="H37" t="s">
         <v>24</v>
       </c>
       <c r="I37" t="s">
         <v>25</v>
       </c>
       <c r="J37" t="s">
         <v>26</v>
       </c>
       <c r="K37" t="s">
-        <v>71</v>
+        <v>124</v>
       </c>
       <c r="L37" t="s">
-        <v>71</v>
+        <v>124</v>
       </c>
       <c r="M37" t="s">
-        <v>122</v>
+        <v>108</v>
       </c>
       <c r="N37" t="s">
-        <v>178</v>
+        <v>89</v>
       </c>
       <c r="Q37" t="s">
         <v>43</v>
       </c>
       <c r="R37" t="s">
         <v>43</v>
       </c>
       <c r="S37" t="s">
-        <v>179</v>
+        <v>90</v>
       </c>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" t="s">
+        <v>179</v>
+      </c>
+      <c r="B38" t="s">
+        <v>71</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>70</v>
+      </c>
+      <c r="E38" t="s">
+        <v>171</v>
+      </c>
+      <c r="F38" t="s">
+        <v>125</v>
+      </c>
+      <c r="G38" t="s">
+        <v>70</v>
+      </c>
+      <c r="H38" t="s">
+        <v>24</v>
+      </c>
+      <c r="I38" t="s">
+        <v>25</v>
+      </c>
+      <c r="J38" t="s">
+        <v>26</v>
+      </c>
+      <c r="K38" t="s">
+        <v>71</v>
+      </c>
+      <c r="L38" t="s">
+        <v>71</v>
+      </c>
+      <c r="M38" t="s">
+        <v>126</v>
+      </c>
+      <c r="N38" t="s">
         <v>180</v>
       </c>
-      <c r="B38" t="s">
-[...11 lines deleted...]
-      <c r="F38" t="s">
+      <c r="Q38" t="s">
+        <v>43</v>
+      </c>
+      <c r="R38" t="s">
+        <v>43</v>
+      </c>
+      <c r="S38" t="s">
         <v>181</v>
-      </c>
-[...31 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" t="s">
         <v>182</v>
       </c>
       <c r="B39" t="s">
+        <v>124</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>133</v>
+      </c>
+      <c r="E39" t="s">
+        <v>171</v>
+      </c>
+      <c r="F39" t="s">
         <v>183</v>
       </c>
-      <c r="C39" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G39" t="s">
-        <v>183</v>
+        <v>133</v>
       </c>
       <c r="H39" t="s">
         <v>24</v>
       </c>
       <c r="I39" t="s">
         <v>25</v>
       </c>
       <c r="J39" t="s">
         <v>26</v>
       </c>
       <c r="K39" t="s">
-        <v>183</v>
+        <v>124</v>
       </c>
       <c r="L39" t="s">
-        <v>183</v>
+        <v>124</v>
       </c>
       <c r="M39" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="N39" t="s">
-        <v>186</v>
+        <v>50</v>
       </c>
       <c r="Q39" t="s">
         <v>51</v>
       </c>
       <c r="R39" t="s">
         <v>51</v>
       </c>
       <c r="S39" t="s">
-        <v>187</v>
+        <v>30</v>
       </c>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" t="s">
+        <v>184</v>
+      </c>
+      <c r="B40" t="s">
+        <v>185</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>185</v>
+      </c>
+      <c r="E40" t="s">
+        <v>171</v>
+      </c>
+      <c r="F40" t="s">
+        <v>186</v>
+      </c>
+      <c r="G40" t="s">
+        <v>185</v>
+      </c>
+      <c r="H40" t="s">
+        <v>24</v>
+      </c>
+      <c r="I40" t="s">
+        <v>25</v>
+      </c>
+      <c r="J40" t="s">
+        <v>26</v>
+      </c>
+      <c r="K40" t="s">
+        <v>185</v>
+      </c>
+      <c r="L40" t="s">
+        <v>185</v>
+      </c>
+      <c r="M40" t="s">
+        <v>187</v>
+      </c>
+      <c r="N40" t="s">
         <v>188</v>
       </c>
-      <c r="B40" t="s">
+      <c r="Q40" t="s">
+        <v>51</v>
+      </c>
+      <c r="R40" t="s">
+        <v>51</v>
+      </c>
+      <c r="S40" t="s">
         <v>189</v>
-      </c>
-[...43 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" t="s">
+        <v>190</v>
+      </c>
+      <c r="B41" t="s">
+        <v>191</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>144</v>
+      </c>
+      <c r="E41" t="s">
+        <v>171</v>
+      </c>
+      <c r="F41" t="s">
+        <v>192</v>
+      </c>
+      <c r="G41" t="s">
+        <v>144</v>
+      </c>
+      <c r="H41" t="s">
+        <v>24</v>
+      </c>
+      <c r="I41" t="s">
+        <v>25</v>
+      </c>
+      <c r="J41" t="s">
+        <v>26</v>
+      </c>
+      <c r="K41" t="s">
+        <v>191</v>
+      </c>
+      <c r="L41" t="s">
+        <v>191</v>
+      </c>
+      <c r="M41" t="s">
         <v>193</v>
       </c>
-      <c r="B41" t="s">
-[...11 lines deleted...]
-      <c r="F41" t="s">
+      <c r="N41" t="s">
         <v>194</v>
       </c>
-      <c r="G41" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="Q41" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="R41" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="S41" t="s">
-        <v>196</v>
+        <v>181</v>
       </c>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" t="s">
+        <v>195</v>
+      </c>
+      <c r="B42" t="s">
+        <v>65</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>33</v>
+      </c>
+      <c r="E42" t="s">
+        <v>171</v>
+      </c>
+      <c r="F42" t="s">
+        <v>196</v>
+      </c>
+      <c r="G42" t="s">
+        <v>33</v>
+      </c>
+      <c r="H42" t="s">
+        <v>24</v>
+      </c>
+      <c r="I42" t="s">
+        <v>25</v>
+      </c>
+      <c r="J42" t="s">
+        <v>26</v>
+      </c>
+      <c r="K42" t="s">
+        <v>65</v>
+      </c>
+      <c r="L42" t="s">
+        <v>65</v>
+      </c>
+      <c r="M42" t="s">
+        <v>96</v>
+      </c>
+      <c r="N42" t="s">
         <v>197</v>
       </c>
-      <c r="C42" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="Q42" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="R42" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="S42" t="s">
-        <v>151</v>
+        <v>198</v>
       </c>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="B43" t="s">
         <v>199</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
-        <v>162</v>
+        <v>95</v>
       </c>
       <c r="E43" t="s">
-        <v>200</v>
-[...5 lines deleted...]
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="H43" t="s">
         <v>24</v>
       </c>
       <c r="I43" t="s">
         <v>25</v>
       </c>
       <c r="J43" t="s">
         <v>26</v>
       </c>
       <c r="K43" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>71</v>
       </c>
       <c r="M43" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>140</v>
       </c>
       <c r="Q43" t="s">
-        <v>43</v>
+        <v>154</v>
       </c>
       <c r="R43" t="s">
-        <v>43</v>
+        <v>154</v>
       </c>
       <c r="S43" t="s">
-        <v>44</v>
+        <v>155</v>
       </c>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" t="s">
+        <v>200</v>
+      </c>
+      <c r="B44" t="s">
+        <v>201</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>164</v>
+      </c>
+      <c r="E44" t="s">
         <v>202</v>
-      </c>
-[...10 lines deleted...]
-        <v>200</v>
       </c>
       <c r="F44" t="s">
         <v>203</v>
       </c>
       <c r="G44" t="s">
-        <v>98</v>
+        <v>164</v>
       </c>
       <c r="H44" t="s">
         <v>24</v>
       </c>
       <c r="I44" t="s">
         <v>25</v>
       </c>
       <c r="J44" t="s">
         <v>26</v>
       </c>
       <c r="K44" t="s">
-        <v>120</v>
+        <v>201</v>
       </c>
       <c r="L44" t="s">
-        <v>120</v>
+        <v>201</v>
       </c>
       <c r="M44" t="s">
-        <v>204</v>
+        <v>71</v>
       </c>
       <c r="N44" t="s">
-        <v>85</v>
+        <v>42</v>
       </c>
       <c r="Q44" t="s">
         <v>43</v>
       </c>
       <c r="R44" t="s">
         <v>43</v>
       </c>
       <c r="S44" t="s">
-        <v>86</v>
+        <v>44</v>
       </c>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" t="s">
+        <v>204</v>
+      </c>
+      <c r="B45" t="s">
+        <v>124</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>102</v>
+      </c>
+      <c r="E45" t="s">
+        <v>202</v>
+      </c>
+      <c r="F45" t="s">
         <v>205</v>
       </c>
-      <c r="B45" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G45" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="H45" t="s">
         <v>24</v>
       </c>
       <c r="I45" t="s">
         <v>25</v>
       </c>
       <c r="J45" t="s">
         <v>26</v>
       </c>
       <c r="K45" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="L45" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="M45" t="s">
-        <v>70</v>
+        <v>206</v>
       </c>
       <c r="N45" t="s">
-        <v>50</v>
+        <v>89</v>
       </c>
       <c r="Q45" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="R45" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="S45" t="s">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B46" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
-        <v>165</v>
+        <v>117</v>
       </c>
       <c r="E46" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="F46" t="s">
-        <v>207</v>
+        <v>175</v>
       </c>
       <c r="G46" t="s">
-        <v>165</v>
+        <v>117</v>
       </c>
       <c r="H46" t="s">
         <v>24</v>
       </c>
       <c r="I46" t="s">
         <v>25</v>
       </c>
       <c r="J46" t="s">
         <v>26</v>
       </c>
       <c r="K46" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="L46" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="M46" t="s">
-        <v>208</v>
+        <v>70</v>
       </c>
       <c r="N46" t="s">
-        <v>186</v>
+        <v>50</v>
       </c>
       <c r="Q46" t="s">
         <v>51</v>
       </c>
       <c r="R46" t="s">
         <v>51</v>
       </c>
       <c r="S46" t="s">
-        <v>187</v>
+        <v>30</v>
       </c>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" t="s">
+        <v>208</v>
+      </c>
+      <c r="B47" t="s">
+        <v>167</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>167</v>
+      </c>
+      <c r="E47" t="s">
+        <v>202</v>
+      </c>
+      <c r="F47" t="s">
         <v>209</v>
       </c>
-      <c r="B47" t="s">
+      <c r="G47" t="s">
+        <v>167</v>
+      </c>
+      <c r="H47" t="s">
+        <v>24</v>
+      </c>
+      <c r="I47" t="s">
+        <v>25</v>
+      </c>
+      <c r="J47" t="s">
+        <v>26</v>
+      </c>
+      <c r="K47" t="s">
+        <v>167</v>
+      </c>
+      <c r="L47" t="s">
+        <v>167</v>
+      </c>
+      <c r="M47" t="s">
         <v>210</v>
       </c>
-      <c r="C47" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="N47" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="Q47" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="R47" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="S47" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" t="s">
+        <v>211</v>
+      </c>
+      <c r="B48" t="s">
+        <v>212</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>70</v>
+      </c>
+      <c r="E48" t="s">
+        <v>202</v>
+      </c>
+      <c r="F48" t="s">
         <v>213</v>
       </c>
-      <c r="C48" t="s">
-[...2 lines deleted...]
-      <c r="D48" t="s">
+      <c r="G48" t="s">
+        <v>70</v>
+      </c>
+      <c r="H48" t="s">
+        <v>24</v>
+      </c>
+      <c r="I48" t="s">
+        <v>25</v>
+      </c>
+      <c r="J48" t="s">
+        <v>26</v>
+      </c>
+      <c r="K48" t="s">
+        <v>212</v>
+      </c>
+      <c r="L48" t="s">
+        <v>212</v>
+      </c>
+      <c r="M48" t="s">
         <v>214</v>
       </c>
-      <c r="E48" t="s">
-[...15 lines deleted...]
-        <v>215</v>
+      <c r="N48" t="s">
+        <v>194</v>
       </c>
       <c r="Q48" t="s">
-        <v>29</v>
+        <v>154</v>
       </c>
       <c r="R48" t="s">
-        <v>29</v>
+        <v>154</v>
       </c>
       <c r="S48" t="s">
-        <v>30</v>
+        <v>181</v>
       </c>
     </row>
     <row r="49" spans="1:19">
       <c r="A49" t="s">
+        <v>215</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
         <v>216</v>
       </c>
-      <c r="C49" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E49" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="H49" t="s">
         <v>24</v>
       </c>
       <c r="I49" t="s">
         <v>25</v>
       </c>
       <c r="J49" t="s">
         <v>26</v>
       </c>
       <c r="K49" t="s">
-        <v>74</v>
+        <v>126</v>
       </c>
       <c r="M49" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="Q49" t="s">
-        <v>150</v>
+        <v>29</v>
       </c>
       <c r="R49" t="s">
-        <v>150</v>
+        <v>29</v>
       </c>
       <c r="S49" t="s">
-        <v>196</v>
+        <v>30</v>
       </c>
     </row>
     <row r="50" spans="1:19">
       <c r="A50" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E50" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="H50" t="s">
         <v>24</v>
       </c>
       <c r="I50" t="s">
         <v>25</v>
       </c>
       <c r="J50" t="s">
         <v>26</v>
       </c>
       <c r="K50" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="M50" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="Q50" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="R50" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="S50" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
     </row>
     <row r="51" spans="1:19">
       <c r="A51" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
-        <v>214</v>
+        <v>138</v>
       </c>
       <c r="E51" t="s">
-        <v>221</v>
+        <v>202</v>
       </c>
       <c r="H51" t="s">
         <v>24</v>
       </c>
       <c r="I51" t="s">
         <v>25</v>
       </c>
       <c r="J51" t="s">
         <v>26</v>
       </c>
       <c r="K51" t="s">
-        <v>136</v>
+        <v>74</v>
       </c>
       <c r="M51" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="Q51" t="s">
-        <v>29</v>
+        <v>154</v>
       </c>
       <c r="R51" t="s">
-        <v>29</v>
+        <v>154</v>
       </c>
       <c r="S51" t="s">
-        <v>30</v>
+        <v>198</v>
       </c>
     </row>
     <row r="52" spans="1:19">
       <c r="A52" t="s">
+        <v>222</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>216</v>
+      </c>
+      <c r="E52" t="s">
         <v>223</v>
       </c>
-      <c r="C52" t="s">
-[...5 lines deleted...]
-      <c r="E52" t="s">
+      <c r="H52" t="s">
+        <v>24</v>
+      </c>
+      <c r="I52" t="s">
+        <v>25</v>
+      </c>
+      <c r="J52" t="s">
+        <v>26</v>
+      </c>
+      <c r="K52" t="s">
+        <v>140</v>
+      </c>
+      <c r="M52" t="s">
         <v>224</v>
-      </c>
-[...13 lines deleted...]
-        <v>225</v>
       </c>
       <c r="Q52" t="s">
         <v>29</v>
       </c>
       <c r="R52" t="s">
         <v>29</v>
       </c>
       <c r="S52" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="53" spans="1:19">
       <c r="A53" t="s">
+        <v>225</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>168</v>
+      </c>
+      <c r="E53" t="s">
         <v>226</v>
       </c>
-      <c r="B53" t="s">
-[...8 lines deleted...]
-      <c r="E53" t="s">
+      <c r="H53" t="s">
+        <v>24</v>
+      </c>
+      <c r="I53" t="s">
+        <v>25</v>
+      </c>
+      <c r="J53" t="s">
+        <v>26</v>
+      </c>
+      <c r="K53" t="s">
+        <v>126</v>
+      </c>
+      <c r="M53" t="s">
         <v>227</v>
-      </c>
-[...25 lines deleted...]
-        <v>28</v>
       </c>
       <c r="Q53" t="s">
         <v>29</v>
       </c>
       <c r="R53" t="s">
         <v>29</v>
       </c>
       <c r="S53" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="54" spans="1:19">
       <c r="A54" t="s">
+        <v>228</v>
+      </c>
+      <c r="B54" t="s">
+        <v>187</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>126</v>
+      </c>
+      <c r="E54" t="s">
         <v>229</v>
-      </c>
-[...10 lines deleted...]
-        <v>227</v>
       </c>
       <c r="F54" t="s">
         <v>230</v>
       </c>
       <c r="G54" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="H54" t="s">
         <v>24</v>
       </c>
       <c r="I54" t="s">
         <v>25</v>
       </c>
       <c r="J54" t="s">
         <v>26</v>
       </c>
       <c r="K54" t="s">
-        <v>168</v>
+        <v>187</v>
       </c>
       <c r="L54" t="s">
-        <v>168</v>
+        <v>187</v>
       </c>
       <c r="M54" t="s">
-        <v>59</v>
+        <v>224</v>
       </c>
       <c r="N54" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="Q54" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="R54" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="S54" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
     </row>
     <row r="55" spans="1:19">
       <c r="A55" t="s">
         <v>231</v>
       </c>
       <c r="B55" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="E55" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="F55" t="s">
         <v>232</v>
       </c>
       <c r="G55" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="H55" t="s">
         <v>24</v>
       </c>
       <c r="I55" t="s">
         <v>25</v>
       </c>
       <c r="J55" t="s">
         <v>26</v>
       </c>
       <c r="K55" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="L55" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="M55" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="N55" t="s">
-        <v>85</v>
+        <v>42</v>
       </c>
       <c r="Q55" t="s">
         <v>43</v>
       </c>
       <c r="R55" t="s">
         <v>43</v>
       </c>
       <c r="S55" t="s">
-        <v>86</v>
+        <v>44</v>
       </c>
     </row>
     <row r="56" spans="1:19">
       <c r="A56" t="s">
         <v>233</v>
       </c>
       <c r="B56" t="s">
-        <v>91</v>
+        <v>210</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
-        <v>175</v>
+        <v>149</v>
       </c>
       <c r="E56" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="F56" t="s">
-        <v>116</v>
+        <v>234</v>
       </c>
       <c r="G56" t="s">
-        <v>175</v>
+        <v>149</v>
       </c>
       <c r="H56" t="s">
         <v>24</v>
       </c>
       <c r="I56" t="s">
         <v>25</v>
       </c>
       <c r="J56" t="s">
         <v>26</v>
       </c>
       <c r="K56" t="s">
-        <v>91</v>
+        <v>210</v>
       </c>
       <c r="L56" t="s">
-        <v>91</v>
+        <v>210</v>
       </c>
       <c r="M56" t="s">
-        <v>117</v>
+        <v>60</v>
       </c>
       <c r="N56" t="s">
-        <v>178</v>
+        <v>89</v>
       </c>
       <c r="Q56" t="s">
         <v>43</v>
       </c>
       <c r="R56" t="s">
         <v>43</v>
       </c>
       <c r="S56" t="s">
-        <v>179</v>
+        <v>90</v>
       </c>
     </row>
     <row r="57" spans="1:19">
       <c r="A57" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B57" t="s">
-        <v>113</v>
+        <v>95</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
-        <v>199</v>
+        <v>177</v>
       </c>
       <c r="E57" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="F57" t="s">
-        <v>232</v>
+        <v>120</v>
       </c>
       <c r="G57" t="s">
-        <v>199</v>
+        <v>177</v>
       </c>
       <c r="H57" t="s">
         <v>24</v>
       </c>
       <c r="I57" t="s">
         <v>25</v>
       </c>
       <c r="J57" t="s">
         <v>26</v>
       </c>
       <c r="K57" t="s">
-        <v>113</v>
+        <v>95</v>
       </c>
       <c r="L57" t="s">
-        <v>113</v>
+        <v>95</v>
       </c>
       <c r="M57" t="s">
-        <v>60</v>
+        <v>121</v>
       </c>
       <c r="N57" t="s">
-        <v>50</v>
+        <v>180</v>
       </c>
       <c r="Q57" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="R57" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="S57" t="s">
-        <v>30</v>
+        <v>181</v>
       </c>
     </row>
     <row r="58" spans="1:19">
       <c r="A58" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B58" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
-        <v>128</v>
+        <v>201</v>
       </c>
       <c r="E58" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="F58" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="G58" t="s">
-        <v>128</v>
+        <v>201</v>
       </c>
       <c r="H58" t="s">
         <v>24</v>
       </c>
       <c r="I58" t="s">
         <v>25</v>
       </c>
       <c r="J58" t="s">
         <v>26</v>
       </c>
       <c r="K58" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="L58" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="M58" t="s">
-        <v>99</v>
+        <v>60</v>
       </c>
       <c r="N58" t="s">
-        <v>186</v>
+        <v>50</v>
       </c>
       <c r="Q58" t="s">
         <v>51</v>
       </c>
       <c r="R58" t="s">
         <v>51</v>
       </c>
       <c r="S58" t="s">
-        <v>187</v>
+        <v>30</v>
       </c>
     </row>
     <row r="59" spans="1:19">
       <c r="A59" t="s">
         <v>237</v>
       </c>
       <c r="B59" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
+        <v>132</v>
+      </c>
+      <c r="E59" t="s">
+        <v>229</v>
+      </c>
+      <c r="F59" t="s">
         <v>238</v>
       </c>
-      <c r="E59" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G59" t="s">
-        <v>238</v>
+        <v>132</v>
       </c>
       <c r="H59" t="s">
         <v>24</v>
       </c>
       <c r="I59" t="s">
         <v>25</v>
       </c>
       <c r="J59" t="s">
         <v>26</v>
       </c>
       <c r="K59" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="L59" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="M59" t="s">
-        <v>219</v>
+        <v>103</v>
       </c>
       <c r="N59" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="Q59" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="R59" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="S59" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
     </row>
     <row r="60" spans="1:19">
       <c r="A60" t="s">
+        <v>239</v>
+      </c>
+      <c r="B60" t="s">
+        <v>113</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
         <v>240</v>
       </c>
-      <c r="B60" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E60" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="F60" t="s">
         <v>241</v>
       </c>
       <c r="G60" t="s">
-        <v>218</v>
+        <v>240</v>
       </c>
       <c r="H60" t="s">
         <v>24</v>
       </c>
       <c r="I60" t="s">
         <v>25</v>
       </c>
       <c r="J60" t="s">
         <v>26</v>
       </c>
       <c r="K60" t="s">
-        <v>21</v>
+        <v>113</v>
       </c>
       <c r="L60" t="s">
-        <v>21</v>
+        <v>113</v>
       </c>
       <c r="M60" t="s">
-        <v>168</v>
+        <v>220</v>
       </c>
       <c r="N60" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="Q60" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="R60" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="S60" t="s">
-        <v>196</v>
+        <v>181</v>
       </c>
     </row>
     <row r="61" spans="1:19">
       <c r="A61" t="s">
         <v>242</v>
       </c>
+      <c r="B61" t="s">
+        <v>21</v>
+      </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
+        <v>219</v>
+      </c>
+      <c r="E61" t="s">
+        <v>229</v>
+      </c>
+      <c r="F61" t="s">
         <v>243</v>
       </c>
-      <c r="E61" t="s">
-        <v>227</v>
+      <c r="G61" t="s">
+        <v>219</v>
       </c>
       <c r="H61" t="s">
         <v>24</v>
       </c>
       <c r="I61" t="s">
         <v>25</v>
       </c>
       <c r="J61" t="s">
         <v>26</v>
       </c>
       <c r="K61" t="s">
-        <v>204</v>
+        <v>21</v>
+      </c>
+      <c r="L61" t="s">
+        <v>21</v>
       </c>
       <c r="M61" t="s">
-        <v>244</v>
+        <v>170</v>
+      </c>
+      <c r="N61" t="s">
+        <v>197</v>
       </c>
       <c r="Q61" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="R61" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="S61" t="s">
-        <v>151</v>
+        <v>198</v>
       </c>
     </row>
     <row r="62" spans="1:19">
       <c r="A62" t="s">
+        <v>244</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
         <v>245</v>
       </c>
-      <c r="B62" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E62" t="s">
+        <v>229</v>
+      </c>
+      <c r="H62" t="s">
+        <v>24</v>
+      </c>
+      <c r="I62" t="s">
+        <v>25</v>
+      </c>
+      <c r="J62" t="s">
+        <v>26</v>
+      </c>
+      <c r="K62" t="s">
+        <v>206</v>
+      </c>
+      <c r="M62" t="s">
         <v>246</v>
       </c>
-      <c r="F62" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="Q62" t="s">
-        <v>43</v>
+        <v>154</v>
       </c>
       <c r="R62" t="s">
-        <v>43</v>
+        <v>154</v>
       </c>
       <c r="S62" t="s">
-        <v>44</v>
+        <v>155</v>
       </c>
     </row>
     <row r="63" spans="1:19">
       <c r="A63" t="s">
+        <v>247</v>
+      </c>
+      <c r="B63" t="s">
+        <v>187</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>216</v>
+      </c>
+      <c r="E63" t="s">
         <v>248</v>
       </c>
-      <c r="B63" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F63" t="s">
-        <v>230</v>
+        <v>249</v>
       </c>
       <c r="G63" t="s">
-        <v>132</v>
+        <v>216</v>
       </c>
       <c r="H63" t="s">
         <v>24</v>
       </c>
       <c r="I63" t="s">
         <v>25</v>
       </c>
       <c r="J63" t="s">
         <v>26</v>
       </c>
       <c r="K63" t="s">
-        <v>114</v>
+        <v>187</v>
       </c>
       <c r="L63" t="s">
-        <v>114</v>
+        <v>187</v>
       </c>
       <c r="M63" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="N63" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="Q63" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="R63" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="S63" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
     </row>
     <row r="64" spans="1:19">
       <c r="A64" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B64" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
-        <v>250</v>
+        <v>136</v>
       </c>
       <c r="E64" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F64" t="s">
-        <v>251</v>
+        <v>232</v>
       </c>
       <c r="G64" t="s">
-        <v>250</v>
+        <v>136</v>
       </c>
       <c r="H64" t="s">
         <v>24</v>
       </c>
       <c r="I64" t="s">
         <v>25</v>
       </c>
       <c r="J64" t="s">
         <v>26</v>
       </c>
       <c r="K64" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="L64" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="M64" t="s">
-        <v>91</v>
+        <v>59</v>
       </c>
       <c r="N64" t="s">
-        <v>186</v>
+        <v>50</v>
       </c>
       <c r="Q64" t="s">
         <v>51</v>
       </c>
       <c r="R64" t="s">
         <v>51</v>
       </c>
       <c r="S64" t="s">
-        <v>187</v>
+        <v>30</v>
       </c>
     </row>
     <row r="65" spans="1:19">
       <c r="A65" t="s">
+        <v>251</v>
+      </c>
+      <c r="B65" t="s">
+        <v>124</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
         <v>252</v>
       </c>
-      <c r="B65" t="s">
+      <c r="E65" t="s">
+        <v>248</v>
+      </c>
+      <c r="F65" t="s">
         <v>253</v>
       </c>
-      <c r="C65" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G65" t="s">
-        <v>117</v>
+        <v>252</v>
       </c>
       <c r="H65" t="s">
         <v>24</v>
       </c>
       <c r="I65" t="s">
         <v>25</v>
       </c>
       <c r="J65" t="s">
         <v>26</v>
       </c>
       <c r="K65" t="s">
-        <v>253</v>
+        <v>124</v>
       </c>
       <c r="L65" t="s">
-        <v>253</v>
+        <v>124</v>
       </c>
       <c r="M65" t="s">
-        <v>113</v>
+        <v>95</v>
       </c>
       <c r="N65" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="Q65" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="R65" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="S65" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
     </row>
     <row r="66" spans="1:19">
       <c r="A66" t="s">
         <v>254</v>
       </c>
+      <c r="B66" t="s">
+        <v>255</v>
+      </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
+        <v>121</v>
+      </c>
+      <c r="E66" t="s">
+        <v>248</v>
+      </c>
+      <c r="F66" t="s">
+        <v>146</v>
+      </c>
+      <c r="G66" t="s">
+        <v>121</v>
+      </c>
+      <c r="H66" t="s">
+        <v>24</v>
+      </c>
+      <c r="I66" t="s">
+        <v>25</v>
+      </c>
+      <c r="J66" t="s">
+        <v>26</v>
+      </c>
+      <c r="K66" t="s">
         <v>255</v>
       </c>
-      <c r="E66" t="s">
-[...12 lines deleted...]
-        <v>124</v>
+      <c r="L66" t="s">
+        <v>255</v>
       </c>
       <c r="M66" t="s">
-        <v>199</v>
+        <v>117</v>
+      </c>
+      <c r="N66" t="s">
+        <v>194</v>
       </c>
       <c r="Q66" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="R66" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="S66" t="s">
-        <v>196</v>
+        <v>181</v>
       </c>
     </row>
     <row r="67" spans="1:19">
       <c r="A67" t="s">
         <v>256</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="E67" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="H67" t="s">
         <v>24</v>
       </c>
       <c r="I67" t="s">
         <v>25</v>
       </c>
       <c r="J67" t="s">
         <v>26</v>
       </c>
       <c r="K67" t="s">
         <v>257</v>
       </c>
       <c r="M67" t="s">
         <v>258</v>
       </c>
       <c r="Q67" t="s">
         <v>29</v>
       </c>
       <c r="R67" t="s">
         <v>29</v>
       </c>
       <c r="S67" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="68" spans="1:19">
       <c r="A68" t="s">
         <v>259</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
         <v>260</v>
       </c>
-      <c r="C68" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E68" t="s">
-        <v>261</v>
-[...5 lines deleted...]
-        <v>92</v>
+        <v>248</v>
       </c>
       <c r="H68" t="s">
         <v>24</v>
       </c>
       <c r="I68" t="s">
         <v>25</v>
       </c>
       <c r="J68" t="s">
         <v>26</v>
       </c>
       <c r="K68" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-        <v>260</v>
+        <v>128</v>
       </c>
       <c r="M68" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>201</v>
       </c>
       <c r="Q68" t="s">
-        <v>29</v>
+        <v>154</v>
       </c>
       <c r="R68" t="s">
-        <v>29</v>
+        <v>154</v>
       </c>
       <c r="S68" t="s">
-        <v>30</v>
+        <v>198</v>
       </c>
     </row>
     <row r="69" spans="1:19">
       <c r="A69" t="s">
+        <v>261</v>
+      </c>
+      <c r="B69" t="s">
+        <v>262</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>96</v>
+      </c>
+      <c r="E69" t="s">
+        <v>263</v>
+      </c>
+      <c r="F69" t="s">
         <v>264</v>
       </c>
-      <c r="B69" t="s">
-[...11 lines deleted...]
-      <c r="F69" t="s">
+      <c r="G69" t="s">
+        <v>96</v>
+      </c>
+      <c r="H69" t="s">
+        <v>24</v>
+      </c>
+      <c r="I69" t="s">
+        <v>25</v>
+      </c>
+      <c r="J69" t="s">
+        <v>26</v>
+      </c>
+      <c r="K69" t="s">
+        <v>262</v>
+      </c>
+      <c r="L69" t="s">
+        <v>262</v>
+      </c>
+      <c r="M69" t="s">
         <v>265</v>
       </c>
-      <c r="G69" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N69" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="Q69" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="R69" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="S69" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
     </row>
     <row r="70" spans="1:19">
       <c r="A70" t="s">
         <v>266</v>
       </c>
       <c r="B70" t="s">
-        <v>219</v>
+        <v>126</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
-        <v>132</v>
+        <v>262</v>
       </c>
       <c r="E70" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="F70" t="s">
         <v>267</v>
       </c>
       <c r="G70" t="s">
-        <v>132</v>
+        <v>262</v>
       </c>
       <c r="H70" t="s">
         <v>24</v>
       </c>
       <c r="I70" t="s">
         <v>25</v>
       </c>
       <c r="J70" t="s">
         <v>26</v>
       </c>
       <c r="K70" t="s">
-        <v>219</v>
+        <v>126</v>
       </c>
       <c r="L70" t="s">
-        <v>219</v>
+        <v>126</v>
       </c>
       <c r="M70" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="N70" t="s">
-        <v>85</v>
+        <v>42</v>
       </c>
       <c r="Q70" t="s">
         <v>43</v>
       </c>
       <c r="R70" t="s">
         <v>43</v>
       </c>
       <c r="S70" t="s">
-        <v>86</v>
+        <v>44</v>
       </c>
     </row>
     <row r="71" spans="1:19">
       <c r="A71" t="s">
         <v>268</v>
       </c>
       <c r="B71" t="s">
-        <v>128</v>
+        <v>220</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
-        <v>120</v>
+        <v>136</v>
       </c>
       <c r="E71" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="F71" t="s">
         <v>269</v>
       </c>
       <c r="G71" t="s">
-        <v>120</v>
+        <v>136</v>
       </c>
       <c r="H71" t="s">
         <v>24</v>
       </c>
       <c r="I71" t="s">
         <v>25</v>
       </c>
       <c r="J71" t="s">
         <v>26</v>
       </c>
       <c r="K71" t="s">
-        <v>128</v>
+        <v>220</v>
       </c>
       <c r="L71" t="s">
-        <v>128</v>
+        <v>220</v>
       </c>
       <c r="M71" t="s">
-        <v>134</v>
+        <v>39</v>
       </c>
       <c r="N71" t="s">
-        <v>178</v>
+        <v>89</v>
       </c>
       <c r="Q71" t="s">
         <v>43</v>
       </c>
       <c r="R71" t="s">
         <v>43</v>
       </c>
       <c r="S71" t="s">
-        <v>179</v>
+        <v>90</v>
       </c>
     </row>
     <row r="72" spans="1:19">
       <c r="A72" t="s">
         <v>270</v>
       </c>
       <c r="B72" t="s">
-        <v>168</v>
+        <v>132</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
-        <v>168</v>
+        <v>124</v>
       </c>
       <c r="E72" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="F72" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="G72" t="s">
-        <v>168</v>
+        <v>124</v>
       </c>
       <c r="H72" t="s">
         <v>24</v>
       </c>
       <c r="I72" t="s">
         <v>25</v>
       </c>
       <c r="J72" t="s">
         <v>26</v>
       </c>
       <c r="K72" t="s">
-        <v>168</v>
+        <v>132</v>
       </c>
       <c r="L72" t="s">
-        <v>168</v>
+        <v>132</v>
       </c>
       <c r="M72" t="s">
-        <v>39</v>
+        <v>138</v>
       </c>
       <c r="N72" t="s">
-        <v>50</v>
+        <v>180</v>
       </c>
       <c r="Q72" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="R72" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="S72" t="s">
-        <v>30</v>
+        <v>181</v>
       </c>
     </row>
     <row r="73" spans="1:19">
       <c r="A73" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B73" t="s">
-        <v>250</v>
+        <v>170</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
-        <v>250</v>
+        <v>170</v>
       </c>
       <c r="E73" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="F73" t="s">
-        <v>203</v>
+        <v>269</v>
       </c>
       <c r="G73" t="s">
-        <v>250</v>
+        <v>170</v>
       </c>
       <c r="H73" t="s">
         <v>24</v>
       </c>
       <c r="I73" t="s">
         <v>25</v>
       </c>
       <c r="J73" t="s">
         <v>26</v>
       </c>
       <c r="K73" t="s">
-        <v>250</v>
+        <v>170</v>
       </c>
       <c r="L73" t="s">
-        <v>250</v>
+        <v>170</v>
       </c>
       <c r="M73" t="s">
-        <v>204</v>
+        <v>39</v>
       </c>
       <c r="N73" t="s">
-        <v>186</v>
+        <v>50</v>
       </c>
       <c r="Q73" t="s">
         <v>51</v>
       </c>
       <c r="R73" t="s">
         <v>51</v>
       </c>
       <c r="S73" t="s">
-        <v>187</v>
+        <v>30</v>
       </c>
     </row>
     <row r="74" spans="1:19">
       <c r="A74" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B74" t="s">
-        <v>273</v>
+        <v>252</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
-        <v>274</v>
+        <v>252</v>
       </c>
       <c r="E74" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="F74" t="s">
-        <v>275</v>
+        <v>205</v>
       </c>
       <c r="G74" t="s">
-        <v>274</v>
+        <v>252</v>
       </c>
       <c r="H74" t="s">
         <v>24</v>
       </c>
       <c r="I74" t="s">
         <v>25</v>
       </c>
       <c r="J74" t="s">
         <v>26</v>
       </c>
       <c r="K74" t="s">
-        <v>273</v>
+        <v>252</v>
       </c>
       <c r="L74" t="s">
-        <v>273</v>
+        <v>252</v>
       </c>
       <c r="M74" t="s">
-        <v>276</v>
+        <v>206</v>
       </c>
       <c r="N74" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="Q74" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="R74" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="S74" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
     </row>
     <row r="75" spans="1:19">
       <c r="A75" t="s">
+        <v>274</v>
+      </c>
+      <c r="B75" t="s">
+        <v>275</v>
+      </c>
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>276</v>
+      </c>
+      <c r="E75" t="s">
+        <v>263</v>
+      </c>
+      <c r="F75" t="s">
         <v>277</v>
       </c>
-      <c r="B75" t="s">
-[...11 lines deleted...]
-      <c r="F75" t="s">
+      <c r="G75" t="s">
+        <v>276</v>
+      </c>
+      <c r="H75" t="s">
+        <v>24</v>
+      </c>
+      <c r="I75" t="s">
+        <v>25</v>
+      </c>
+      <c r="J75" t="s">
+        <v>26</v>
+      </c>
+      <c r="K75" t="s">
+        <v>275</v>
+      </c>
+      <c r="L75" t="s">
+        <v>275</v>
+      </c>
+      <c r="M75" t="s">
         <v>278</v>
       </c>
-      <c r="G75" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N75" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="Q75" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="R75" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="S75" t="s">
-        <v>196</v>
+        <v>181</v>
       </c>
     </row>
     <row r="76" spans="1:19">
       <c r="A76" t="s">
         <v>279</v>
       </c>
       <c r="B76" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="C76" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D76" t="s">
-        <v>32</v>
+        <v>108</v>
       </c>
       <c r="E76" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="F76" t="s">
         <v>280</v>
       </c>
       <c r="G76" t="s">
-        <v>32</v>
+        <v>108</v>
       </c>
       <c r="H76" t="s">
         <v>24</v>
       </c>
       <c r="I76" t="s">
         <v>25</v>
       </c>
       <c r="J76" t="s">
         <v>26</v>
       </c>
       <c r="K76" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="L76" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="M76" t="s">
-        <v>281</v>
+        <v>132</v>
       </c>
       <c r="N76" t="s">
-        <v>282</v>
+        <v>197</v>
       </c>
       <c r="Q76" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="R76" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="S76" t="s">
-        <v>283</v>
+        <v>198</v>
       </c>
     </row>
     <row r="77" spans="1:19">
       <c r="A77" t="s">
+        <v>281</v>
+      </c>
+      <c r="B77" t="s">
+        <v>32</v>
+      </c>
+      <c r="C77" t="s">
+        <v>24</v>
+      </c>
+      <c r="D77" t="s">
+        <v>32</v>
+      </c>
+      <c r="E77" t="s">
+        <v>263</v>
+      </c>
+      <c r="F77" t="s">
+        <v>282</v>
+      </c>
+      <c r="G77" t="s">
+        <v>32</v>
+      </c>
+      <c r="H77" t="s">
+        <v>24</v>
+      </c>
+      <c r="I77" t="s">
+        <v>25</v>
+      </c>
+      <c r="J77" t="s">
+        <v>26</v>
+      </c>
+      <c r="K77" t="s">
+        <v>32</v>
+      </c>
+      <c r="L77" t="s">
+        <v>32</v>
+      </c>
+      <c r="M77" t="s">
+        <v>283</v>
+      </c>
+      <c r="N77" t="s">
         <v>284</v>
       </c>
-      <c r="C77" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="Q77" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="R77" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="S77" t="s">
-        <v>151</v>
+        <v>285</v>
       </c>
     </row>
     <row r="78" spans="1:19">
       <c r="A78" t="s">
-        <v>285</v>
-[...1 lines deleted...]
-      <c r="B78" t="s">
         <v>286</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
-        <v>92</v>
+        <v>136</v>
       </c>
       <c r="E78" t="s">
-        <v>287</v>
-[...5 lines deleted...]
-        <v>92</v>
+        <v>263</v>
       </c>
       <c r="H78" t="s">
         <v>24</v>
       </c>
       <c r="I78" t="s">
         <v>25</v>
       </c>
       <c r="J78" t="s">
         <v>26</v>
       </c>
       <c r="K78" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-        <v>286</v>
+        <v>245</v>
       </c>
       <c r="M78" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>95</v>
       </c>
       <c r="Q78" t="s">
-        <v>43</v>
+        <v>154</v>
       </c>
       <c r="R78" t="s">
-        <v>43</v>
+        <v>154</v>
       </c>
       <c r="S78" t="s">
-        <v>44</v>
+        <v>155</v>
       </c>
     </row>
     <row r="79" spans="1:19">
       <c r="A79" t="s">
+        <v>287</v>
+      </c>
+      <c r="B79" t="s">
+        <v>288</v>
+      </c>
+      <c r="C79" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" t="s">
+        <v>96</v>
+      </c>
+      <c r="E79" t="s">
         <v>289</v>
       </c>
-      <c r="B79" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F79" t="s">
-        <v>228</v>
+        <v>290</v>
       </c>
       <c r="G79" t="s">
-        <v>122</v>
+        <v>96</v>
       </c>
       <c r="H79" t="s">
         <v>24</v>
       </c>
       <c r="I79" t="s">
         <v>25</v>
       </c>
       <c r="J79" t="s">
         <v>26</v>
       </c>
       <c r="K79" t="s">
-        <v>185</v>
+        <v>288</v>
       </c>
       <c r="L79" t="s">
-        <v>185</v>
+        <v>288</v>
       </c>
       <c r="M79" t="s">
-        <v>222</v>
+        <v>47</v>
       </c>
       <c r="N79" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="Q79" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="R79" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="S79" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
     </row>
     <row r="80" spans="1:19">
       <c r="A80" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B80" t="s">
-        <v>129</v>
+        <v>187</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
-        <v>113</v>
+        <v>126</v>
       </c>
       <c r="E80" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="F80" t="s">
-        <v>291</v>
+        <v>230</v>
       </c>
       <c r="G80" t="s">
-        <v>113</v>
+        <v>126</v>
       </c>
       <c r="H80" t="s">
         <v>24</v>
       </c>
       <c r="I80" t="s">
         <v>25</v>
       </c>
       <c r="J80" t="s">
         <v>26</v>
       </c>
       <c r="K80" t="s">
-        <v>113</v>
+        <v>187</v>
       </c>
       <c r="L80" t="s">
-        <v>129</v>
+        <v>187</v>
       </c>
       <c r="M80" t="s">
-        <v>253</v>
+        <v>224</v>
       </c>
       <c r="N80" t="s">
-        <v>186</v>
+        <v>50</v>
       </c>
       <c r="Q80" t="s">
         <v>51</v>
       </c>
       <c r="R80" t="s">
         <v>51</v>
       </c>
       <c r="S80" t="s">
-        <v>187</v>
+        <v>30</v>
       </c>
     </row>
     <row r="81" spans="1:19">
       <c r="A81" t="s">
         <v>292</v>
       </c>
       <c r="B81" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
+        <v>117</v>
+      </c>
+      <c r="E81" t="s">
+        <v>289</v>
+      </c>
+      <c r="F81" t="s">
         <v>293</v>
       </c>
-      <c r="E81" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G81" t="s">
-        <v>293</v>
+        <v>117</v>
       </c>
       <c r="H81" t="s">
         <v>24</v>
       </c>
       <c r="I81" t="s">
         <v>25</v>
       </c>
       <c r="J81" t="s">
         <v>26</v>
       </c>
       <c r="K81" t="s">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="L81" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="M81" t="s">
-        <v>128</v>
+        <v>255</v>
       </c>
       <c r="N81" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="Q81" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="R81" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="S81" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
     </row>
     <row r="82" spans="1:19">
       <c r="A82" t="s">
         <v>294</v>
       </c>
+      <c r="B82" t="s">
+        <v>130</v>
+      </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
-        <v>106</v>
+        <v>295</v>
       </c>
       <c r="E82" t="s">
-        <v>287</v>
+        <v>289</v>
+      </c>
+      <c r="F82" t="s">
+        <v>280</v>
+      </c>
+      <c r="G82" t="s">
+        <v>295</v>
       </c>
       <c r="H82" t="s">
         <v>24</v>
       </c>
       <c r="I82" t="s">
         <v>25</v>
       </c>
       <c r="J82" t="s">
         <v>26</v>
       </c>
       <c r="K82" t="s">
-        <v>295</v>
+        <v>130</v>
+      </c>
+      <c r="L82" t="s">
+        <v>130</v>
       </c>
       <c r="M82" t="s">
-        <v>296</v>
+        <v>132</v>
+      </c>
+      <c r="N82" t="s">
+        <v>194</v>
       </c>
       <c r="Q82" t="s">
-        <v>29</v>
+        <v>154</v>
       </c>
       <c r="R82" t="s">
-        <v>29</v>
+        <v>154</v>
       </c>
       <c r="S82" t="s">
-        <v>30</v>
+        <v>181</v>
       </c>
     </row>
     <row r="83" spans="1:19">
       <c r="A83" t="s">
+        <v>296</v>
+      </c>
+      <c r="C83" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" t="s">
+        <v>110</v>
+      </c>
+      <c r="E83" t="s">
+        <v>289</v>
+      </c>
+      <c r="H83" t="s">
+        <v>24</v>
+      </c>
+      <c r="I83" t="s">
+        <v>25</v>
+      </c>
+      <c r="J83" t="s">
+        <v>26</v>
+      </c>
+      <c r="K83" t="s">
         <v>297</v>
       </c>
-      <c r="C83" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="M83" t="s">
-        <v>185</v>
+        <v>298</v>
       </c>
       <c r="Q83" t="s">
-        <v>151</v>
+        <v>29</v>
       </c>
       <c r="R83" t="s">
-        <v>151</v>
+        <v>29</v>
       </c>
       <c r="S83" t="s">
-        <v>283</v>
+        <v>30</v>
       </c>
     </row>
     <row r="84" spans="1:19">
       <c r="A84" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E84" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="H84" t="s">
         <v>24</v>
       </c>
       <c r="I84" t="s">
         <v>25</v>
       </c>
       <c r="J84" t="s">
         <v>26</v>
       </c>
       <c r="K84" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="M84" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="Q84" t="s">
         <v>43</v>
       </c>
       <c r="R84" t="s">
         <v>43</v>
       </c>
       <c r="S84" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="85" spans="1:19">
       <c r="A85" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="E85" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="H85" t="s">
         <v>24</v>
       </c>
       <c r="I85" t="s">
         <v>25</v>
       </c>
       <c r="J85" t="s">
         <v>26</v>
       </c>
       <c r="K85" t="s">
         <v>71</v>
       </c>
       <c r="M85" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="Q85" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="R85" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="S85" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="86" spans="1:19">
       <c r="A86" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>302</v>
       </c>
       <c r="C86" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D86" t="s">
-        <v>302</v>
+        <v>33</v>
       </c>
       <c r="E86" t="s">
-        <v>303</v>
-[...5 lines deleted...]
-        <v>302</v>
+        <v>289</v>
       </c>
       <c r="H86" t="s">
         <v>24</v>
       </c>
       <c r="I86" t="s">
         <v>25</v>
       </c>
       <c r="J86" t="s">
         <v>26</v>
       </c>
       <c r="K86" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>33</v>
       </c>
       <c r="M86" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>187</v>
       </c>
       <c r="Q86" t="s">
-        <v>29</v>
+        <v>155</v>
       </c>
       <c r="R86" t="s">
-        <v>29</v>
+        <v>155</v>
       </c>
       <c r="S86" t="s">
-        <v>30</v>
+        <v>285</v>
       </c>
     </row>
     <row r="87" spans="1:19">
       <c r="A87" t="s">
+        <v>303</v>
+      </c>
+      <c r="B87" t="s">
+        <v>110</v>
+      </c>
+      <c r="C87" t="s">
+        <v>20</v>
+      </c>
+      <c r="D87" t="s">
+        <v>304</v>
+      </c>
+      <c r="E87" t="s">
+        <v>305</v>
+      </c>
+      <c r="F87" t="s">
         <v>306</v>
       </c>
-      <c r="B87" t="s">
-[...5 lines deleted...]
-      <c r="D87" t="s">
+      <c r="G87" t="s">
+        <v>304</v>
+      </c>
+      <c r="H87" t="s">
+        <v>24</v>
+      </c>
+      <c r="I87" t="s">
+        <v>25</v>
+      </c>
+      <c r="J87" t="s">
+        <v>26</v>
+      </c>
+      <c r="K87" t="s">
+        <v>110</v>
+      </c>
+      <c r="L87" t="s">
+        <v>110</v>
+      </c>
+      <c r="M87" t="s">
         <v>307</v>
       </c>
-      <c r="E87" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N87" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="Q87" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="R87" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="S87" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
     </row>
     <row r="88" spans="1:19">
       <c r="A88" t="s">
+        <v>308</v>
+      </c>
+      <c r="B88" t="s">
+        <v>257</v>
+      </c>
+      <c r="C88" t="s">
+        <v>20</v>
+      </c>
+      <c r="D88" t="s">
+        <v>309</v>
+      </c>
+      <c r="E88" t="s">
+        <v>305</v>
+      </c>
+      <c r="F88" t="s">
         <v>310</v>
       </c>
-      <c r="B88" t="s">
+      <c r="G88" t="s">
+        <v>309</v>
+      </c>
+      <c r="H88" t="s">
+        <v>24</v>
+      </c>
+      <c r="I88" t="s">
+        <v>25</v>
+      </c>
+      <c r="J88" t="s">
+        <v>26</v>
+      </c>
+      <c r="K88" t="s">
+        <v>257</v>
+      </c>
+      <c r="L88" t="s">
+        <v>257</v>
+      </c>
+      <c r="M88" t="s">
         <v>311</v>
       </c>
-      <c r="C88" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="N88" t="s">
-        <v>85</v>
+        <v>42</v>
       </c>
       <c r="Q88" t="s">
         <v>43</v>
       </c>
       <c r="R88" t="s">
         <v>43</v>
       </c>
       <c r="S88" t="s">
-        <v>86</v>
+        <v>44</v>
       </c>
     </row>
     <row r="89" spans="1:19">
       <c r="A89" t="s">
         <v>312</v>
       </c>
       <c r="B89" t="s">
         <v>313</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
-        <v>132</v>
+        <v>187</v>
       </c>
       <c r="E89" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F89" t="s">
         <v>267</v>
       </c>
       <c r="G89" t="s">
-        <v>132</v>
+        <v>187</v>
       </c>
       <c r="H89" t="s">
         <v>24</v>
       </c>
       <c r="I89" t="s">
         <v>25</v>
       </c>
       <c r="J89" t="s">
         <v>26</v>
       </c>
       <c r="K89" t="s">
         <v>313</v>
       </c>
       <c r="L89" t="s">
         <v>313</v>
       </c>
       <c r="M89" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="N89" t="s">
-        <v>178</v>
+        <v>89</v>
       </c>
       <c r="Q89" t="s">
         <v>43</v>
       </c>
       <c r="R89" t="s">
         <v>43</v>
       </c>
       <c r="S89" t="s">
-        <v>179</v>
+        <v>90</v>
       </c>
     </row>
     <row r="90" spans="1:19">
       <c r="A90" t="s">
         <v>314</v>
       </c>
       <c r="B90" t="s">
-        <v>122</v>
+        <v>315</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
-        <v>214</v>
+        <v>136</v>
       </c>
       <c r="E90" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F90" t="s">
+        <v>269</v>
+      </c>
+      <c r="G90" t="s">
+        <v>136</v>
+      </c>
+      <c r="H90" t="s">
+        <v>24</v>
+      </c>
+      <c r="I90" t="s">
+        <v>25</v>
+      </c>
+      <c r="J90" t="s">
+        <v>26</v>
+      </c>
+      <c r="K90" t="s">
         <v>315</v>
       </c>
-      <c r="G90" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="L90" t="s">
-        <v>122</v>
+        <v>315</v>
       </c>
       <c r="M90" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="N90" t="s">
-        <v>50</v>
+        <v>180</v>
       </c>
       <c r="Q90" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="R90" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="S90" t="s">
-        <v>30</v>
+        <v>181</v>
       </c>
     </row>
     <row r="91" spans="1:19">
       <c r="A91" t="s">
         <v>316</v>
       </c>
       <c r="B91" t="s">
-        <v>199</v>
+        <v>126</v>
       </c>
       <c r="C91" t="s">
         <v>20</v>
       </c>
       <c r="D91" t="s">
+        <v>216</v>
+      </c>
+      <c r="E91" t="s">
+        <v>305</v>
+      </c>
+      <c r="F91" t="s">
         <v>317</v>
       </c>
-      <c r="E91" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G91" t="s">
-        <v>317</v>
+        <v>216</v>
       </c>
       <c r="H91" t="s">
         <v>24</v>
       </c>
       <c r="I91" t="s">
         <v>25</v>
       </c>
       <c r="J91" t="s">
         <v>26</v>
       </c>
       <c r="K91" t="s">
-        <v>199</v>
+        <v>126</v>
       </c>
       <c r="L91" t="s">
-        <v>199</v>
+        <v>126</v>
       </c>
       <c r="M91" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="N91" t="s">
-        <v>186</v>
+        <v>50</v>
       </c>
       <c r="Q91" t="s">
         <v>51</v>
       </c>
       <c r="R91" t="s">
         <v>51</v>
       </c>
       <c r="S91" t="s">
-        <v>187</v>
+        <v>30</v>
       </c>
     </row>
     <row r="92" spans="1:19">
       <c r="A92" t="s">
+        <v>318</v>
+      </c>
+      <c r="B92" t="s">
+        <v>201</v>
+      </c>
+      <c r="C92" t="s">
+        <v>20</v>
+      </c>
+      <c r="D92" t="s">
         <v>319</v>
       </c>
-      <c r="B92" t="s">
+      <c r="E92" t="s">
+        <v>305</v>
+      </c>
+      <c r="F92" t="s">
         <v>320</v>
       </c>
-      <c r="C92" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G92" t="s">
-        <v>114</v>
+        <v>319</v>
       </c>
       <c r="H92" t="s">
         <v>24</v>
       </c>
       <c r="I92" t="s">
         <v>25</v>
       </c>
       <c r="J92" t="s">
         <v>26</v>
       </c>
       <c r="K92" t="s">
-        <v>320</v>
+        <v>201</v>
       </c>
       <c r="L92" t="s">
-        <v>320</v>
+        <v>201</v>
       </c>
       <c r="M92" t="s">
-        <v>165</v>
+        <v>32</v>
       </c>
       <c r="N92" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="Q92" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="R92" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="S92" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
     </row>
     <row r="93" spans="1:19">
       <c r="A93" t="s">
+        <v>321</v>
+      </c>
+      <c r="B93" t="s">
         <v>322</v>
       </c>
-      <c r="B93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D93" t="s">
-        <v>273</v>
+        <v>118</v>
       </c>
       <c r="E93" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F93" t="s">
         <v>323</v>
       </c>
       <c r="G93" t="s">
-        <v>273</v>
+        <v>118</v>
       </c>
       <c r="H93" t="s">
         <v>24</v>
       </c>
       <c r="I93" t="s">
         <v>25</v>
       </c>
       <c r="J93" t="s">
         <v>26</v>
       </c>
       <c r="K93" t="s">
-        <v>134</v>
+        <v>322</v>
       </c>
       <c r="L93" t="s">
-        <v>134</v>
+        <v>322</v>
       </c>
       <c r="M93" t="s">
-        <v>313</v>
+        <v>167</v>
       </c>
       <c r="N93" t="s">
-        <v>282</v>
+        <v>194</v>
       </c>
       <c r="Q93" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="R93" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="S93" t="s">
-        <v>283</v>
+        <v>181</v>
       </c>
     </row>
     <row r="94" spans="1:19">
       <c r="A94" t="s">
         <v>324</v>
       </c>
+      <c r="B94" t="s">
+        <v>138</v>
+      </c>
       <c r="C94" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D94" t="s">
-        <v>185</v>
+        <v>275</v>
       </c>
       <c r="E94" t="s">
-        <v>303</v>
+        <v>305</v>
+      </c>
+      <c r="F94" t="s">
+        <v>325</v>
+      </c>
+      <c r="G94" t="s">
+        <v>275</v>
       </c>
       <c r="H94" t="s">
         <v>24</v>
       </c>
       <c r="I94" t="s">
         <v>25</v>
       </c>
       <c r="J94" t="s">
         <v>26</v>
       </c>
       <c r="K94" t="s">
-        <v>313</v>
+        <v>138</v>
+      </c>
+      <c r="L94" t="s">
+        <v>138</v>
       </c>
       <c r="M94" t="s">
-        <v>59</v>
+        <v>315</v>
+      </c>
+      <c r="N94" t="s">
+        <v>284</v>
       </c>
       <c r="Q94" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="R94" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="S94" t="s">
-        <v>151</v>
+        <v>285</v>
       </c>
     </row>
     <row r="95" spans="1:19">
       <c r="A95" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" t="s">
-        <v>128</v>
+        <v>187</v>
       </c>
       <c r="E95" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="H95" t="s">
         <v>24</v>
       </c>
       <c r="I95" t="s">
         <v>25</v>
       </c>
       <c r="J95" t="s">
         <v>26</v>
       </c>
       <c r="K95" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="M95" t="s">
-        <v>183</v>
+        <v>59</v>
       </c>
       <c r="Q95" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="R95" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="S95" t="s">
-        <v>196</v>
+        <v>155</v>
       </c>
     </row>
     <row r="96" spans="1:19">
       <c r="A96" t="s">
-        <v>326</v>
-[...1 lines deleted...]
-      <c r="B96" t="s">
         <v>327</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" t="s">
-        <v>327</v>
+        <v>132</v>
       </c>
       <c r="E96" t="s">
-        <v>328</v>
-[...5 lines deleted...]
-        <v>327</v>
+        <v>305</v>
       </c>
       <c r="H96" t="s">
         <v>24</v>
       </c>
       <c r="I96" t="s">
         <v>25</v>
       </c>
       <c r="J96" t="s">
         <v>26</v>
       </c>
       <c r="K96" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-        <v>327</v>
+        <v>322</v>
       </c>
       <c r="M96" t="s">
-        <v>330</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>185</v>
       </c>
       <c r="Q96" t="s">
-        <v>29</v>
+        <v>154</v>
       </c>
       <c r="R96" t="s">
-        <v>29</v>
+        <v>154</v>
       </c>
       <c r="S96" t="s">
-        <v>30</v>
+        <v>198</v>
       </c>
     </row>
     <row r="97" spans="1:19">
       <c r="A97" t="s">
+        <v>328</v>
+      </c>
+      <c r="B97" t="s">
+        <v>329</v>
+      </c>
+      <c r="C97" t="s">
+        <v>20</v>
+      </c>
+      <c r="D97" t="s">
+        <v>329</v>
+      </c>
+      <c r="E97" t="s">
+        <v>330</v>
+      </c>
+      <c r="F97" t="s">
         <v>331</v>
       </c>
-      <c r="B97" t="s">
-[...11 lines deleted...]
-      <c r="F97" t="s">
+      <c r="G97" t="s">
+        <v>329</v>
+      </c>
+      <c r="H97" t="s">
+        <v>24</v>
+      </c>
+      <c r="I97" t="s">
+        <v>25</v>
+      </c>
+      <c r="J97" t="s">
+        <v>26</v>
+      </c>
+      <c r="K97" t="s">
+        <v>329</v>
+      </c>
+      <c r="L97" t="s">
+        <v>329</v>
+      </c>
+      <c r="M97" t="s">
         <v>332</v>
       </c>
-      <c r="G97" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N97" t="s">
-        <v>192</v>
+        <v>28</v>
       </c>
       <c r="Q97" t="s">
-        <v>150</v>
+        <v>29</v>
       </c>
       <c r="R97" t="s">
-        <v>150</v>
+        <v>29</v>
       </c>
       <c r="S97" t="s">
-        <v>179</v>
+        <v>30</v>
       </c>
     </row>
     <row r="98" spans="1:19">
       <c r="A98" t="s">
+        <v>333</v>
+      </c>
+      <c r="B98" t="s">
+        <v>70</v>
+      </c>
+      <c r="C98" t="s">
+        <v>20</v>
+      </c>
+      <c r="D98" t="s">
+        <v>106</v>
+      </c>
+      <c r="E98" t="s">
+        <v>330</v>
+      </c>
+      <c r="F98" t="s">
         <v>334</v>
       </c>
-      <c r="C98" t="s">
-[...6 lines deleted...]
-        <v>328</v>
+      <c r="G98" t="s">
+        <v>106</v>
       </c>
       <c r="H98" t="s">
         <v>24</v>
       </c>
       <c r="I98" t="s">
         <v>25</v>
       </c>
       <c r="J98" t="s">
         <v>26</v>
       </c>
       <c r="K98" t="s">
+        <v>70</v>
+      </c>
+      <c r="L98" t="s">
+        <v>70</v>
+      </c>
+      <c r="M98" t="s">
         <v>335</v>
       </c>
-      <c r="M98" t="s">
-        <v>336</v>
+      <c r="N98" t="s">
+        <v>194</v>
       </c>
       <c r="Q98" t="s">
-        <v>43</v>
+        <v>154</v>
       </c>
       <c r="R98" t="s">
-        <v>43</v>
+        <v>154</v>
       </c>
       <c r="S98" t="s">
-        <v>86</v>
+        <v>181</v>
       </c>
     </row>
     <row r="99" spans="1:19">
       <c r="A99" t="s">
+        <v>336</v>
+      </c>
+      <c r="C99" t="s">
+        <v>20</v>
+      </c>
+      <c r="D99" t="s">
+        <v>96</v>
+      </c>
+      <c r="E99" t="s">
+        <v>330</v>
+      </c>
+      <c r="H99" t="s">
+        <v>24</v>
+      </c>
+      <c r="I99" t="s">
+        <v>25</v>
+      </c>
+      <c r="J99" t="s">
+        <v>26</v>
+      </c>
+      <c r="K99" t="s">
         <v>337</v>
       </c>
-      <c r="B99" t="s">
+      <c r="M99" t="s">
         <v>338</v>
       </c>
-      <c r="C99" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q99" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="R99" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="S99" t="s">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="100" spans="1:19">
       <c r="A100" t="s">
+        <v>339</v>
+      </c>
+      <c r="B100" t="s">
+        <v>340</v>
+      </c>
+      <c r="C100" t="s">
+        <v>20</v>
+      </c>
+      <c r="D100" t="s">
+        <v>340</v>
+      </c>
+      <c r="E100" t="s">
+        <v>341</v>
+      </c>
+      <c r="F100" t="s">
         <v>342</v>
       </c>
-      <c r="B100" t="s">
-[...5 lines deleted...]
-      <c r="D100" t="s">
+      <c r="G100" t="s">
+        <v>340</v>
+      </c>
+      <c r="H100" t="s">
+        <v>24</v>
+      </c>
+      <c r="I100" t="s">
+        <v>25</v>
+      </c>
+      <c r="J100" t="s">
+        <v>26</v>
+      </c>
+      <c r="K100" t="s">
+        <v>340</v>
+      </c>
+      <c r="L100" t="s">
+        <v>340</v>
+      </c>
+      <c r="M100" t="s">
         <v>343</v>
       </c>
-      <c r="E100" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N100" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="Q100" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="R100" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="S100" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
     </row>
     <row r="101" spans="1:19">
       <c r="A101" t="s">
+        <v>344</v>
+      </c>
+      <c r="B101" t="s">
+        <v>85</v>
+      </c>
+      <c r="C101" t="s">
+        <v>20</v>
+      </c>
+      <c r="D101" t="s">
+        <v>345</v>
+      </c>
+      <c r="E101" t="s">
+        <v>341</v>
+      </c>
+      <c r="F101" t="s">
         <v>346</v>
       </c>
-      <c r="B101" t="s">
-[...11 lines deleted...]
-      <c r="F101" t="s">
+      <c r="G101" t="s">
+        <v>345</v>
+      </c>
+      <c r="H101" t="s">
+        <v>24</v>
+      </c>
+      <c r="I101" t="s">
+        <v>25</v>
+      </c>
+      <c r="J101" t="s">
+        <v>26</v>
+      </c>
+      <c r="K101" t="s">
+        <v>85</v>
+      </c>
+      <c r="L101" t="s">
+        <v>85</v>
+      </c>
+      <c r="M101" t="s">
         <v>347</v>
       </c>
-      <c r="G101" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N101" t="s">
-        <v>85</v>
+        <v>42</v>
       </c>
       <c r="Q101" t="s">
         <v>43</v>
       </c>
       <c r="R101" t="s">
         <v>43</v>
       </c>
       <c r="S101" t="s">
-        <v>86</v>
+        <v>44</v>
       </c>
     </row>
     <row r="102" spans="1:19">
       <c r="A102" t="s">
+        <v>348</v>
+      </c>
+      <c r="B102" t="s">
+        <v>262</v>
+      </c>
+      <c r="C102" t="s">
+        <v>20</v>
+      </c>
+      <c r="D102" t="s">
+        <v>216</v>
+      </c>
+      <c r="E102" t="s">
+        <v>341</v>
+      </c>
+      <c r="F102" t="s">
         <v>349</v>
       </c>
-      <c r="B102" t="s">
-[...11 lines deleted...]
-      <c r="F102" t="s">
+      <c r="G102" t="s">
+        <v>216</v>
+      </c>
+      <c r="H102" t="s">
+        <v>24</v>
+      </c>
+      <c r="I102" t="s">
+        <v>25</v>
+      </c>
+      <c r="J102" t="s">
+        <v>26</v>
+      </c>
+      <c r="K102" t="s">
+        <v>262</v>
+      </c>
+      <c r="L102" t="s">
+        <v>262</v>
+      </c>
+      <c r="M102" t="s">
         <v>350</v>
       </c>
-      <c r="G102" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N102" t="s">
-        <v>178</v>
+        <v>89</v>
       </c>
       <c r="Q102" t="s">
         <v>43</v>
       </c>
       <c r="R102" t="s">
         <v>43</v>
       </c>
       <c r="S102" t="s">
-        <v>179</v>
+        <v>90</v>
       </c>
     </row>
     <row r="103" spans="1:19">
       <c r="A103" t="s">
+        <v>351</v>
+      </c>
+      <c r="B103" t="s">
+        <v>170</v>
+      </c>
+      <c r="C103" t="s">
+        <v>20</v>
+      </c>
+      <c r="D103" t="s">
+        <v>164</v>
+      </c>
+      <c r="E103" t="s">
+        <v>341</v>
+      </c>
+      <c r="F103" t="s">
         <v>352</v>
       </c>
-      <c r="B103" t="s">
-[...11 lines deleted...]
-      <c r="F103" t="s">
+      <c r="G103" t="s">
+        <v>164</v>
+      </c>
+      <c r="H103" t="s">
+        <v>24</v>
+      </c>
+      <c r="I103" t="s">
+        <v>25</v>
+      </c>
+      <c r="J103" t="s">
+        <v>26</v>
+      </c>
+      <c r="K103" t="s">
+        <v>170</v>
+      </c>
+      <c r="L103" t="s">
+        <v>170</v>
+      </c>
+      <c r="M103" t="s">
         <v>353</v>
       </c>
-      <c r="G103" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N103" t="s">
-        <v>50</v>
+        <v>180</v>
       </c>
       <c r="Q103" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="R103" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="S103" t="s">
-        <v>30</v>
+        <v>181</v>
       </c>
     </row>
     <row r="104" spans="1:19">
       <c r="A104" t="s">
+        <v>354</v>
+      </c>
+      <c r="B104" t="s">
+        <v>96</v>
+      </c>
+      <c r="C104" t="s">
+        <v>20</v>
+      </c>
+      <c r="D104" t="s">
+        <v>297</v>
+      </c>
+      <c r="E104" t="s">
+        <v>341</v>
+      </c>
+      <c r="F104" t="s">
         <v>355</v>
       </c>
-      <c r="B104" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G104" t="s">
-        <v>136</v>
+        <v>297</v>
       </c>
       <c r="H104" t="s">
         <v>24</v>
       </c>
       <c r="I104" t="s">
         <v>25</v>
       </c>
       <c r="J104" t="s">
         <v>26</v>
       </c>
       <c r="K104" t="s">
-        <v>185</v>
+        <v>96</v>
       </c>
       <c r="L104" t="s">
-        <v>185</v>
+        <v>96</v>
       </c>
       <c r="M104" t="s">
-        <v>53</v>
+        <v>356</v>
       </c>
       <c r="N104" t="s">
-        <v>186</v>
+        <v>50</v>
       </c>
       <c r="Q104" t="s">
         <v>51</v>
       </c>
       <c r="R104" t="s">
         <v>51</v>
       </c>
       <c r="S104" t="s">
-        <v>187</v>
+        <v>30</v>
       </c>
     </row>
     <row r="105" spans="1:19">
       <c r="A105" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B105" t="s">
-        <v>175</v>
+        <v>187</v>
       </c>
       <c r="C105" t="s">
         <v>20</v>
       </c>
       <c r="D105" t="s">
-        <v>162</v>
+        <v>140</v>
       </c>
       <c r="E105" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="F105" t="s">
-        <v>318</v>
+        <v>267</v>
       </c>
       <c r="G105" t="s">
-        <v>162</v>
+        <v>140</v>
       </c>
       <c r="H105" t="s">
         <v>24</v>
       </c>
       <c r="I105" t="s">
         <v>25</v>
       </c>
       <c r="J105" t="s">
         <v>26</v>
       </c>
       <c r="K105" t="s">
-        <v>175</v>
+        <v>187</v>
       </c>
       <c r="L105" t="s">
-        <v>175</v>
+        <v>187</v>
       </c>
       <c r="M105" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="N105" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="Q105" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="R105" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="S105" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
     </row>
     <row r="106" spans="1:19">
       <c r="A106" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B106" t="s">
-        <v>119</v>
+        <v>177</v>
       </c>
       <c r="C106" t="s">
         <v>20</v>
       </c>
       <c r="D106" t="s">
-        <v>113</v>
+        <v>164</v>
       </c>
       <c r="E106" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="F106" t="s">
-        <v>358</v>
+        <v>320</v>
       </c>
       <c r="G106" t="s">
-        <v>113</v>
+        <v>164</v>
       </c>
       <c r="H106" t="s">
         <v>24</v>
       </c>
       <c r="I106" t="s">
         <v>25</v>
       </c>
       <c r="J106" t="s">
         <v>26</v>
       </c>
       <c r="K106" t="s">
-        <v>119</v>
+        <v>177</v>
       </c>
       <c r="L106" t="s">
-        <v>119</v>
+        <v>177</v>
       </c>
       <c r="M106" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="N106" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="Q106" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="R106" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="S106" t="s">
-        <v>196</v>
+        <v>181</v>
       </c>
     </row>
     <row r="107" spans="1:19">
       <c r="A107" t="s">
         <v>359</v>
       </c>
       <c r="B107" t="s">
-        <v>104</v>
+        <v>123</v>
       </c>
       <c r="C107" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D107" t="s">
-        <v>204</v>
+        <v>117</v>
       </c>
       <c r="E107" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="F107" t="s">
         <v>360</v>
       </c>
       <c r="G107" t="s">
-        <v>204</v>
+        <v>117</v>
       </c>
       <c r="H107" t="s">
         <v>24</v>
       </c>
       <c r="I107" t="s">
         <v>25</v>
       </c>
       <c r="J107" t="s">
         <v>26</v>
       </c>
       <c r="K107" t="s">
-        <v>104</v>
+        <v>123</v>
       </c>
       <c r="L107" t="s">
-        <v>104</v>
+        <v>123</v>
       </c>
       <c r="M107" t="s">
-        <v>204</v>
+        <v>113</v>
       </c>
       <c r="N107" t="s">
-        <v>282</v>
+        <v>197</v>
       </c>
       <c r="Q107" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="R107" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="S107" t="s">
-        <v>283</v>
+        <v>198</v>
       </c>
     </row>
     <row r="108" spans="1:19">
       <c r="A108" t="s">
         <v>361</v>
       </c>
+      <c r="B108" t="s">
+        <v>108</v>
+      </c>
       <c r="C108" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D108" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="E108" t="s">
-        <v>339</v>
+        <v>341</v>
+      </c>
+      <c r="F108" t="s">
+        <v>362</v>
+      </c>
+      <c r="G108" t="s">
+        <v>206</v>
       </c>
       <c r="H108" t="s">
         <v>24</v>
       </c>
       <c r="I108" t="s">
         <v>25</v>
       </c>
       <c r="J108" t="s">
         <v>26</v>
       </c>
       <c r="K108" t="s">
-        <v>168</v>
+        <v>108</v>
+      </c>
+      <c r="L108" t="s">
+        <v>108</v>
       </c>
       <c r="M108" t="s">
-        <v>65</v>
+        <v>206</v>
+      </c>
+      <c r="N108" t="s">
+        <v>284</v>
       </c>
       <c r="Q108" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="R108" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="S108" t="s">
-        <v>151</v>
+        <v>285</v>
       </c>
     </row>
     <row r="109" spans="1:19">
       <c r="A109" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>363</v>
       </c>
       <c r="C109" t="s">
         <v>20</v>
       </c>
       <c r="D109" t="s">
-        <v>286</v>
+        <v>216</v>
       </c>
       <c r="E109" t="s">
-        <v>363</v>
-[...5 lines deleted...]
-        <v>286</v>
+        <v>341</v>
       </c>
       <c r="H109" t="s">
         <v>24</v>
       </c>
       <c r="I109" t="s">
         <v>25</v>
       </c>
       <c r="J109" t="s">
         <v>26</v>
       </c>
       <c r="K109" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>170</v>
       </c>
       <c r="M109" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>186</v>
+        <v>65</v>
       </c>
       <c r="Q109" t="s">
-        <v>51</v>
+        <v>154</v>
       </c>
       <c r="R109" t="s">
-        <v>51</v>
+        <v>154</v>
       </c>
       <c r="S109" t="s">
-        <v>187</v>
+        <v>155</v>
       </c>
     </row>
     <row r="110" spans="1:19">
       <c r="A110" t="s">
         <v>364</v>
       </c>
+      <c r="B110" t="s">
+        <v>140</v>
+      </c>
       <c r="C110" t="s">
         <v>20</v>
       </c>
       <c r="D110" t="s">
+        <v>288</v>
+      </c>
+      <c r="E110" t="s">
         <v>365</v>
       </c>
-      <c r="E110" t="s">
-        <v>363</v>
+      <c r="F110" t="s">
+        <v>317</v>
+      </c>
+      <c r="G110" t="s">
+        <v>288</v>
       </c>
       <c r="H110" t="s">
         <v>24</v>
       </c>
       <c r="I110" t="s">
         <v>25</v>
       </c>
       <c r="J110" t="s">
         <v>26</v>
       </c>
       <c r="K110" t="s">
-        <v>84</v>
+        <v>140</v>
+      </c>
+      <c r="L110" t="s">
+        <v>140</v>
       </c>
       <c r="M110" t="s">
-        <v>341</v>
+        <v>38</v>
+      </c>
+      <c r="N110" t="s">
+        <v>188</v>
       </c>
       <c r="Q110" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="R110" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="S110" t="s">
-        <v>30</v>
+        <v>189</v>
       </c>
     </row>
     <row r="111" spans="1:19">
       <c r="A111" t="s">
         <v>366</v>
       </c>
-      <c r="B111" t="s">
+      <c r="C111" t="s">
+        <v>20</v>
+      </c>
+      <c r="D111" t="s">
         <v>367</v>
       </c>
-      <c r="C111" t="s">
-[...2 lines deleted...]
-      <c r="D111" t="s">
+      <c r="E111" t="s">
         <v>365</v>
       </c>
-      <c r="E111" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H111" t="s">
         <v>24</v>
       </c>
       <c r="I111" t="s">
         <v>25</v>
       </c>
       <c r="J111" t="s">
         <v>26</v>
       </c>
       <c r="K111" t="s">
-        <v>367</v>
-[...2 lines deleted...]
-        <v>367</v>
+        <v>88</v>
       </c>
       <c r="M111" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>343</v>
       </c>
       <c r="Q111" t="s">
         <v>29</v>
       </c>
       <c r="R111" t="s">
         <v>29</v>
       </c>
       <c r="S111" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="112" spans="1:19">
       <c r="A112" t="s">
+        <v>368</v>
+      </c>
+      <c r="B112" t="s">
+        <v>369</v>
+      </c>
+      <c r="C112" t="s">
+        <v>20</v>
+      </c>
+      <c r="D112" t="s">
+        <v>367</v>
+      </c>
+      <c r="E112" t="s">
+        <v>370</v>
+      </c>
+      <c r="F112" t="s">
         <v>371</v>
       </c>
-      <c r="B112" t="s">
-[...11 lines deleted...]
-      <c r="F112" t="s">
+      <c r="G112" t="s">
+        <v>367</v>
+      </c>
+      <c r="H112" t="s">
+        <v>24</v>
+      </c>
+      <c r="I112" t="s">
+        <v>25</v>
+      </c>
+      <c r="J112" t="s">
+        <v>26</v>
+      </c>
+      <c r="K112" t="s">
+        <v>369</v>
+      </c>
+      <c r="L112" t="s">
+        <v>369</v>
+      </c>
+      <c r="M112" t="s">
         <v>372</v>
       </c>
-      <c r="G112" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N112" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="Q112" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="R112" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="S112" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
     </row>
     <row r="113" spans="1:19">
       <c r="A113" t="s">
+        <v>373</v>
+      </c>
+      <c r="B113" t="s">
+        <v>345</v>
+      </c>
+      <c r="C113" t="s">
+        <v>20</v>
+      </c>
+      <c r="D113" t="s">
+        <v>100</v>
+      </c>
+      <c r="E113" t="s">
+        <v>370</v>
+      </c>
+      <c r="F113" t="s">
         <v>374</v>
       </c>
-      <c r="B113" t="s">
-[...11 lines deleted...]
-      <c r="F113" t="s">
+      <c r="G113" t="s">
+        <v>100</v>
+      </c>
+      <c r="H113" t="s">
+        <v>24</v>
+      </c>
+      <c r="I113" t="s">
+        <v>25</v>
+      </c>
+      <c r="J113" t="s">
+        <v>26</v>
+      </c>
+      <c r="K113" t="s">
+        <v>345</v>
+      </c>
+      <c r="L113" t="s">
+        <v>345</v>
+      </c>
+      <c r="M113" t="s">
         <v>375</v>
       </c>
-      <c r="G113" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N113" t="s">
-        <v>85</v>
+        <v>42</v>
       </c>
       <c r="Q113" t="s">
         <v>43</v>
       </c>
       <c r="R113" t="s">
         <v>43</v>
       </c>
       <c r="S113" t="s">
-        <v>86</v>
+        <v>44</v>
       </c>
     </row>
     <row r="114" spans="1:19">
       <c r="A114" t="s">
+        <v>376</v>
+      </c>
+      <c r="B114" t="s">
+        <v>257</v>
+      </c>
+      <c r="C114" t="s">
+        <v>20</v>
+      </c>
+      <c r="D114" t="s">
+        <v>297</v>
+      </c>
+      <c r="E114" t="s">
+        <v>370</v>
+      </c>
+      <c r="F114" t="s">
         <v>377</v>
       </c>
-      <c r="B114" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G114" t="s">
-        <v>122</v>
+        <v>297</v>
       </c>
       <c r="H114" t="s">
         <v>24</v>
       </c>
       <c r="I114" t="s">
         <v>25</v>
       </c>
       <c r="J114" t="s">
         <v>26</v>
       </c>
       <c r="K114" t="s">
-        <v>122</v>
+        <v>257</v>
       </c>
       <c r="L114" t="s">
-        <v>122</v>
+        <v>257</v>
       </c>
       <c r="M114" t="s">
-        <v>309</v>
+        <v>378</v>
       </c>
       <c r="N114" t="s">
-        <v>178</v>
+        <v>89</v>
       </c>
       <c r="Q114" t="s">
         <v>43</v>
       </c>
       <c r="R114" t="s">
         <v>43</v>
       </c>
       <c r="S114" t="s">
-        <v>179</v>
+        <v>90</v>
       </c>
     </row>
     <row r="115" spans="1:19">
       <c r="A115" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B115" t="s">
-        <v>327</v>
+        <v>126</v>
       </c>
       <c r="C115" t="s">
         <v>20</v>
       </c>
       <c r="D115" t="s">
-        <v>327</v>
+        <v>126</v>
       </c>
       <c r="E115" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="F115" t="s">
-        <v>379</v>
+        <v>310</v>
       </c>
       <c r="G115" t="s">
-        <v>327</v>
+        <v>126</v>
       </c>
       <c r="H115" t="s">
         <v>24</v>
       </c>
       <c r="I115" t="s">
         <v>25</v>
       </c>
       <c r="J115" t="s">
         <v>26</v>
       </c>
       <c r="K115" t="s">
-        <v>327</v>
+        <v>126</v>
       </c>
       <c r="L115" t="s">
-        <v>327</v>
+        <v>126</v>
       </c>
       <c r="M115" t="s">
-        <v>380</v>
+        <v>311</v>
       </c>
       <c r="N115" t="s">
-        <v>50</v>
+        <v>180</v>
       </c>
       <c r="Q115" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="R115" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="S115" t="s">
-        <v>30</v>
+        <v>181</v>
       </c>
     </row>
     <row r="116" spans="1:19">
       <c r="A116" t="s">
+        <v>380</v>
+      </c>
+      <c r="B116" t="s">
+        <v>329</v>
+      </c>
+      <c r="C116" t="s">
+        <v>20</v>
+      </c>
+      <c r="D116" t="s">
+        <v>329</v>
+      </c>
+      <c r="E116" t="s">
+        <v>370</v>
+      </c>
+      <c r="F116" t="s">
         <v>381</v>
       </c>
-      <c r="B116" t="s">
-[...11 lines deleted...]
-      <c r="F116" t="s">
+      <c r="G116" t="s">
+        <v>329</v>
+      </c>
+      <c r="H116" t="s">
+        <v>24</v>
+      </c>
+      <c r="I116" t="s">
+        <v>25</v>
+      </c>
+      <c r="J116" t="s">
+        <v>26</v>
+      </c>
+      <c r="K116" t="s">
+        <v>329</v>
+      </c>
+      <c r="L116" t="s">
+        <v>329</v>
+      </c>
+      <c r="M116" t="s">
         <v>382</v>
       </c>
-      <c r="G116" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N116" t="s">
-        <v>186</v>
+        <v>50</v>
       </c>
       <c r="Q116" t="s">
         <v>51</v>
       </c>
       <c r="R116" t="s">
         <v>51</v>
       </c>
       <c r="S116" t="s">
-        <v>187</v>
+        <v>30</v>
       </c>
     </row>
     <row r="117" spans="1:19">
       <c r="A117" t="s">
+        <v>383</v>
+      </c>
+      <c r="B117" t="s">
+        <v>288</v>
+      </c>
+      <c r="C117" t="s">
+        <v>20</v>
+      </c>
+      <c r="D117" t="s">
+        <v>168</v>
+      </c>
+      <c r="E117" t="s">
+        <v>370</v>
+      </c>
+      <c r="F117" t="s">
         <v>384</v>
       </c>
-      <c r="B117" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G117" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="H117" t="s">
         <v>24</v>
       </c>
       <c r="I117" t="s">
         <v>25</v>
       </c>
       <c r="J117" t="s">
         <v>26</v>
       </c>
       <c r="K117" t="s">
-        <v>250</v>
+        <v>288</v>
       </c>
       <c r="L117" t="s">
-        <v>250</v>
+        <v>288</v>
       </c>
       <c r="M117" t="s">
-        <v>222</v>
+        <v>385</v>
       </c>
       <c r="N117" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="Q117" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="R117" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="S117" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
     </row>
     <row r="118" spans="1:19">
       <c r="A118" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B118" t="s">
-        <v>128</v>
+        <v>252</v>
       </c>
       <c r="C118" t="s">
         <v>20</v>
       </c>
       <c r="D118" t="s">
-        <v>386</v>
+        <v>168</v>
       </c>
       <c r="E118" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="F118" t="s">
-        <v>387</v>
+        <v>230</v>
       </c>
       <c r="G118" t="s">
-        <v>386</v>
+        <v>168</v>
       </c>
       <c r="H118" t="s">
         <v>24</v>
       </c>
       <c r="I118" t="s">
         <v>25</v>
       </c>
       <c r="J118" t="s">
         <v>26</v>
       </c>
       <c r="K118" t="s">
-        <v>128</v>
+        <v>252</v>
       </c>
       <c r="L118" t="s">
-        <v>128</v>
+        <v>252</v>
       </c>
       <c r="M118" t="s">
-        <v>65</v>
+        <v>224</v>
       </c>
       <c r="N118" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="Q118" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="R118" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="S118" t="s">
-        <v>196</v>
+        <v>181</v>
       </c>
     </row>
     <row r="119" spans="1:19">
       <c r="A119" t="s">
+        <v>387</v>
+      </c>
+      <c r="B119" t="s">
+        <v>132</v>
+      </c>
+      <c r="C119" t="s">
+        <v>20</v>
+      </c>
+      <c r="D119" t="s">
         <v>388</v>
       </c>
-      <c r="B119" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E119" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="F119" t="s">
         <v>389</v>
       </c>
       <c r="G119" t="s">
-        <v>117</v>
+        <v>388</v>
       </c>
       <c r="H119" t="s">
         <v>24</v>
       </c>
       <c r="I119" t="s">
         <v>25</v>
       </c>
       <c r="J119" t="s">
         <v>26</v>
       </c>
       <c r="K119" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="L119" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="M119" t="s">
-        <v>109</v>
+        <v>65</v>
       </c>
       <c r="N119" t="s">
-        <v>282</v>
+        <v>197</v>
       </c>
       <c r="Q119" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="R119" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="S119" t="s">
-        <v>283</v>
+        <v>198</v>
       </c>
     </row>
     <row r="120" spans="1:19">
       <c r="A120" t="s">
         <v>390</v>
       </c>
+      <c r="B120" t="s">
+        <v>132</v>
+      </c>
       <c r="C120" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D120" t="s">
-        <v>307</v>
+        <v>121</v>
       </c>
       <c r="E120" t="s">
-        <v>368</v>
+        <v>370</v>
+      </c>
+      <c r="F120" t="s">
+        <v>391</v>
+      </c>
+      <c r="G120" t="s">
+        <v>121</v>
       </c>
       <c r="H120" t="s">
         <v>24</v>
       </c>
       <c r="I120" t="s">
         <v>25</v>
       </c>
       <c r="J120" t="s">
         <v>26</v>
       </c>
       <c r="K120" t="s">
-        <v>391</v>
+        <v>132</v>
+      </c>
+      <c r="L120" t="s">
+        <v>132</v>
       </c>
       <c r="M120" t="s">
-        <v>46</v>
+        <v>113</v>
+      </c>
+      <c r="N120" t="s">
+        <v>284</v>
       </c>
       <c r="Q120" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="R120" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="S120" t="s">
-        <v>151</v>
+        <v>285</v>
       </c>
     </row>
     <row r="121" spans="1:19">
       <c r="A121" t="s">
         <v>392</v>
       </c>
       <c r="C121" t="s">
         <v>20</v>
       </c>
       <c r="D121" t="s">
-        <v>185</v>
+        <v>309</v>
       </c>
       <c r="E121" t="s">
+        <v>370</v>
+      </c>
+      <c r="H121" t="s">
+        <v>24</v>
+      </c>
+      <c r="I121" t="s">
+        <v>25</v>
+      </c>
+      <c r="J121" t="s">
+        <v>26</v>
+      </c>
+      <c r="K121" t="s">
         <v>393</v>
-      </c>
-[...10 lines deleted...]
-        <v>168</v>
       </c>
       <c r="M121" t="s">
         <v>46</v>
       </c>
       <c r="Q121" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="R121" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="S121" t="s">
-        <v>196</v>
+        <v>155</v>
       </c>
     </row>
     <row r="122" spans="1:19">
       <c r="A122" t="s">
         <v>394</v>
       </c>
       <c r="C122" t="s">
         <v>20</v>
       </c>
       <c r="D122" t="s">
+        <v>36</v>
+      </c>
+      <c r="E122" t="s">
         <v>395</v>
       </c>
-      <c r="E122" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H122" t="s">
         <v>24</v>
       </c>
       <c r="I122" t="s">
         <v>25</v>
       </c>
       <c r="J122" t="s">
         <v>26</v>
       </c>
       <c r="K122" t="s">
-        <v>36</v>
+        <v>340</v>
       </c>
       <c r="M122" t="s">
         <v>396</v>
       </c>
       <c r="Q122" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="R122" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="S122" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
     </row>
     <row r="123" spans="1:19">
       <c r="A123" t="s">
         <v>397</v>
       </c>
       <c r="C123" t="s">
         <v>20</v>
       </c>
       <c r="D123" t="s">
+        <v>398</v>
+      </c>
+      <c r="E123" t="s">
+        <v>395</v>
+      </c>
+      <c r="H123" t="s">
+        <v>24</v>
+      </c>
+      <c r="I123" t="s">
+        <v>25</v>
+      </c>
+      <c r="J123" t="s">
+        <v>26</v>
+      </c>
+      <c r="K123" t="s">
         <v>36</v>
       </c>
-      <c r="E123" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="M123" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="Q123" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="R123" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="S123" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
     </row>
     <row r="124" spans="1:19">
       <c r="A124" t="s">
-        <v>399</v>
-[...2 lines deleted...]
-        <v>153</v>
+        <v>400</v>
+      </c>
+      <c r="C124" t="s">
+        <v>20</v>
       </c>
       <c r="D124" t="s">
-        <v>70</v>
+        <v>187</v>
       </c>
       <c r="E124" t="s">
-        <v>400</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>395</v>
       </c>
       <c r="H124" t="s">
         <v>24</v>
       </c>
       <c r="I124" t="s">
-        <v>401</v>
+        <v>25</v>
       </c>
       <c r="J124" t="s">
-        <v>402</v>
+        <v>26</v>
       </c>
       <c r="K124" t="s">
-        <v>71</v>
+        <v>170</v>
       </c>
       <c r="M124" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>403</v>
+        <v>46</v>
       </c>
       <c r="Q124" t="s">
-        <v>404</v>
+        <v>154</v>
       </c>
       <c r="R124" t="s">
-        <v>405</v>
+        <v>154</v>
       </c>
       <c r="S124" t="s">
-        <v>406</v>
+        <v>198</v>
       </c>
     </row>
     <row r="125" spans="1:19">
       <c r="A125" t="s">
+        <v>401</v>
+      </c>
+      <c r="B125" t="s">
+        <v>79</v>
+      </c>
+      <c r="D125" t="s">
+        <v>70</v>
+      </c>
+      <c r="E125" t="s">
+        <v>402</v>
+      </c>
+      <c r="G125" t="s">
+        <v>81</v>
+      </c>
+      <c r="H125" t="s">
+        <v>24</v>
+      </c>
+      <c r="I125" t="s">
+        <v>403</v>
+      </c>
+      <c r="J125" t="s">
+        <v>404</v>
+      </c>
+      <c r="K125" t="s">
+        <v>71</v>
+      </c>
+      <c r="M125" t="s">
+        <v>106</v>
+      </c>
+      <c r="N125" t="s">
+        <v>405</v>
+      </c>
+      <c r="Q125" t="s">
+        <v>406</v>
+      </c>
+      <c r="R125" t="s">
         <v>407</v>
       </c>
-      <c r="B125" t="s">
+      <c r="S125" t="s">
         <v>408</v>
-      </c>
-[...43 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="126" spans="1:19">
       <c r="A126" t="s">
+        <v>409</v>
+      </c>
+      <c r="B126" t="s">
+        <v>410</v>
+      </c>
+      <c r="C126" t="s">
+        <v>20</v>
+      </c>
+      <c r="D126" t="s">
+        <v>411</v>
+      </c>
+      <c r="E126" t="s">
+        <v>402</v>
+      </c>
+      <c r="F126" t="s">
         <v>412</v>
       </c>
-      <c r="B126" t="s">
+      <c r="G126" t="s">
+        <v>411</v>
+      </c>
+      <c r="H126" t="s">
+        <v>24</v>
+      </c>
+      <c r="I126" t="s">
+        <v>25</v>
+      </c>
+      <c r="J126" t="s">
+        <v>26</v>
+      </c>
+      <c r="K126" t="s">
+        <v>410</v>
+      </c>
+      <c r="L126" t="s">
+        <v>410</v>
+      </c>
+      <c r="M126" t="s">
         <v>413</v>
       </c>
-      <c r="C126" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="N126" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="Q126" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="R126" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="S126" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
     </row>
     <row r="127" spans="1:19">
       <c r="A127" t="s">
+        <v>414</v>
+      </c>
+      <c r="B127" t="s">
+        <v>415</v>
+      </c>
+      <c r="C127" t="s">
+        <v>20</v>
+      </c>
+      <c r="D127" t="s">
+        <v>77</v>
+      </c>
+      <c r="E127" t="s">
+        <v>402</v>
+      </c>
+      <c r="F127" t="s">
         <v>416</v>
       </c>
-      <c r="B127" t="s">
+      <c r="G127" t="s">
+        <v>77</v>
+      </c>
+      <c r="H127" t="s">
+        <v>24</v>
+      </c>
+      <c r="I127" t="s">
+        <v>25</v>
+      </c>
+      <c r="J127" t="s">
+        <v>26</v>
+      </c>
+      <c r="K127" t="s">
+        <v>415</v>
+      </c>
+      <c r="L127" t="s">
+        <v>415</v>
+      </c>
+      <c r="M127" t="s">
         <v>417</v>
       </c>
-      <c r="C127" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="N127" t="s">
-        <v>85</v>
+        <v>42</v>
       </c>
       <c r="Q127" t="s">
         <v>43</v>
       </c>
       <c r="R127" t="s">
         <v>43</v>
       </c>
       <c r="S127" t="s">
-        <v>86</v>
+        <v>44</v>
       </c>
     </row>
     <row r="128" spans="1:19">
       <c r="A128" t="s">
+        <v>418</v>
+      </c>
+      <c r="B128" t="s">
+        <v>419</v>
+      </c>
+      <c r="C128" t="s">
+        <v>20</v>
+      </c>
+      <c r="D128" t="s">
+        <v>304</v>
+      </c>
+      <c r="E128" t="s">
+        <v>402</v>
+      </c>
+      <c r="F128" t="s">
         <v>420</v>
       </c>
-      <c r="B128" t="s">
-[...11 lines deleted...]
-      <c r="F128" t="s">
+      <c r="G128" t="s">
+        <v>304</v>
+      </c>
+      <c r="H128" t="s">
+        <v>24</v>
+      </c>
+      <c r="I128" t="s">
+        <v>25</v>
+      </c>
+      <c r="J128" t="s">
+        <v>26</v>
+      </c>
+      <c r="K128" t="s">
+        <v>419</v>
+      </c>
+      <c r="L128" t="s">
+        <v>419</v>
+      </c>
+      <c r="M128" t="s">
         <v>421</v>
       </c>
-      <c r="G128" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N128" t="s">
-        <v>178</v>
+        <v>89</v>
       </c>
       <c r="Q128" t="s">
         <v>43</v>
       </c>
       <c r="R128" t="s">
         <v>43</v>
       </c>
       <c r="S128" t="s">
-        <v>179</v>
+        <v>90</v>
       </c>
     </row>
     <row r="129" spans="1:19">
       <c r="A129" t="s">
+        <v>422</v>
+      </c>
+      <c r="B129" t="s">
+        <v>262</v>
+      </c>
+      <c r="C129" t="s">
+        <v>20</v>
+      </c>
+      <c r="D129" t="s">
+        <v>115</v>
+      </c>
+      <c r="E129" t="s">
+        <v>402</v>
+      </c>
+      <c r="F129" t="s">
         <v>423</v>
       </c>
-      <c r="B129" t="s">
+      <c r="G129" t="s">
+        <v>115</v>
+      </c>
+      <c r="H129" t="s">
+        <v>24</v>
+      </c>
+      <c r="I129" t="s">
+        <v>25</v>
+      </c>
+      <c r="J129" t="s">
+        <v>26</v>
+      </c>
+      <c r="K129" t="s">
+        <v>262</v>
+      </c>
+      <c r="L129" t="s">
+        <v>262</v>
+      </c>
+      <c r="M129" t="s">
         <v>424</v>
       </c>
-      <c r="C129" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="N129" t="s">
-        <v>50</v>
+        <v>180</v>
       </c>
       <c r="Q129" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="R129" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="S129" t="s">
-        <v>30</v>
+        <v>181</v>
       </c>
     </row>
     <row r="130" spans="1:19">
       <c r="A130" t="s">
         <v>425</v>
       </c>
       <c r="B130" t="s">
-        <v>191</v>
+        <v>426</v>
       </c>
       <c r="C130" t="s">
         <v>20</v>
       </c>
       <c r="D130" t="s">
-        <v>106</v>
+        <v>153</v>
       </c>
       <c r="E130" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="F130" t="s">
+        <v>342</v>
+      </c>
+      <c r="G130" t="s">
+        <v>153</v>
+      </c>
+      <c r="H130" t="s">
+        <v>24</v>
+      </c>
+      <c r="I130" t="s">
+        <v>25</v>
+      </c>
+      <c r="J130" t="s">
+        <v>26</v>
+      </c>
+      <c r="K130" t="s">
         <v>426</v>
       </c>
-      <c r="G130" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="L130" t="s">
-        <v>191</v>
+        <v>426</v>
       </c>
       <c r="M130" t="s">
-        <v>296</v>
+        <v>343</v>
       </c>
       <c r="N130" t="s">
-        <v>186</v>
+        <v>50</v>
       </c>
       <c r="Q130" t="s">
         <v>51</v>
       </c>
       <c r="R130" t="s">
         <v>51</v>
       </c>
       <c r="S130" t="s">
-        <v>187</v>
+        <v>30</v>
       </c>
     </row>
     <row r="131" spans="1:19">
       <c r="A131" t="s">
         <v>427</v>
       </c>
       <c r="B131" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="C131" t="s">
         <v>20</v>
       </c>
       <c r="D131" t="s">
-        <v>295</v>
+        <v>110</v>
       </c>
       <c r="E131" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="F131" t="s">
-        <v>382</v>
+        <v>428</v>
       </c>
       <c r="G131" t="s">
-        <v>295</v>
+        <v>110</v>
       </c>
       <c r="H131" t="s">
         <v>24</v>
       </c>
       <c r="I131" t="s">
         <v>25</v>
       </c>
       <c r="J131" t="s">
         <v>26</v>
       </c>
       <c r="K131" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="L131" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="M131" t="s">
-        <v>383</v>
+        <v>298</v>
       </c>
       <c r="N131" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="Q131" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="R131" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="S131" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
     </row>
     <row r="132" spans="1:19">
       <c r="A132" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B132" t="s">
-        <v>313</v>
+        <v>201</v>
       </c>
       <c r="C132" t="s">
         <v>20</v>
       </c>
       <c r="D132" t="s">
-        <v>214</v>
+        <v>297</v>
       </c>
       <c r="E132" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="F132" t="s">
-        <v>429</v>
+        <v>384</v>
       </c>
       <c r="G132" t="s">
-        <v>214</v>
+        <v>297</v>
       </c>
       <c r="H132" t="s">
         <v>24</v>
       </c>
       <c r="I132" t="s">
         <v>25</v>
       </c>
       <c r="J132" t="s">
         <v>26</v>
       </c>
       <c r="K132" t="s">
-        <v>313</v>
+        <v>201</v>
       </c>
       <c r="L132" t="s">
-        <v>313</v>
+        <v>201</v>
       </c>
       <c r="M132" t="s">
-        <v>258</v>
+        <v>385</v>
       </c>
       <c r="N132" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="Q132" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="R132" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="S132" t="s">
-        <v>196</v>
+        <v>181</v>
       </c>
     </row>
     <row r="133" spans="1:19">
       <c r="A133" t="s">
         <v>430</v>
       </c>
       <c r="B133" t="s">
-        <v>250</v>
+        <v>315</v>
       </c>
       <c r="C133" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D133" t="s">
-        <v>243</v>
+        <v>216</v>
       </c>
       <c r="E133" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="F133" t="s">
         <v>431</v>
       </c>
       <c r="G133" t="s">
-        <v>243</v>
+        <v>216</v>
       </c>
       <c r="H133" t="s">
         <v>24</v>
       </c>
       <c r="I133" t="s">
         <v>25</v>
       </c>
       <c r="J133" t="s">
         <v>26</v>
       </c>
       <c r="K133" t="s">
-        <v>250</v>
+        <v>315</v>
       </c>
       <c r="L133" t="s">
-        <v>250</v>
+        <v>315</v>
       </c>
       <c r="M133" t="s">
-        <v>222</v>
+        <v>258</v>
       </c>
       <c r="N133" t="s">
-        <v>282</v>
+        <v>197</v>
       </c>
       <c r="Q133" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="R133" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="S133" t="s">
-        <v>283</v>
+        <v>198</v>
       </c>
     </row>
     <row r="134" spans="1:19">
       <c r="A134" t="s">
         <v>432</v>
       </c>
       <c r="B134" t="s">
-        <v>175</v>
+        <v>252</v>
       </c>
       <c r="C134" t="s">
+        <v>24</v>
+      </c>
+      <c r="D134" t="s">
+        <v>245</v>
+      </c>
+      <c r="E134" t="s">
+        <v>402</v>
+      </c>
+      <c r="F134" t="s">
         <v>433</v>
       </c>
-      <c r="D134" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G134" t="s">
-        <v>158</v>
+        <v>245</v>
       </c>
       <c r="H134" t="s">
         <v>24</v>
       </c>
       <c r="I134" t="s">
-        <v>401</v>
+        <v>25</v>
       </c>
       <c r="J134" t="s">
-        <v>402</v>
+        <v>26</v>
       </c>
       <c r="K134" t="s">
-        <v>175</v>
+        <v>252</v>
       </c>
       <c r="L134" t="s">
-        <v>175</v>
+        <v>252</v>
       </c>
       <c r="M134" t="s">
-        <v>435</v>
+        <v>224</v>
       </c>
       <c r="N134" t="s">
-        <v>436</v>
+        <v>284</v>
       </c>
       <c r="Q134" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="R134" t="s">
-        <v>179</v>
+        <v>155</v>
       </c>
       <c r="S134" t="s">
-        <v>437</v>
+        <v>285</v>
       </c>
     </row>
     <row r="135" spans="1:19">
       <c r="A135" t="s">
+        <v>434</v>
+      </c>
+      <c r="B135" t="s">
+        <v>177</v>
+      </c>
+      <c r="C135" t="s">
+        <v>435</v>
+      </c>
+      <c r="D135" t="s">
+        <v>160</v>
+      </c>
+      <c r="E135" t="s">
+        <v>402</v>
+      </c>
+      <c r="F135" t="s">
+        <v>436</v>
+      </c>
+      <c r="G135" t="s">
+        <v>160</v>
+      </c>
+      <c r="H135" t="s">
+        <v>24</v>
+      </c>
+      <c r="I135" t="s">
+        <v>403</v>
+      </c>
+      <c r="J135" t="s">
+        <v>404</v>
+      </c>
+      <c r="K135" t="s">
+        <v>177</v>
+      </c>
+      <c r="L135" t="s">
+        <v>177</v>
+      </c>
+      <c r="M135" t="s">
+        <v>437</v>
+      </c>
+      <c r="N135" t="s">
         <v>438</v>
       </c>
-      <c r="C135" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="Q135" t="s">
-        <v>150</v>
+        <v>79</v>
       </c>
       <c r="R135" t="s">
-        <v>150</v>
+        <v>181</v>
       </c>
       <c r="S135" t="s">
-        <v>151</v>
+        <v>439</v>
       </c>
     </row>
     <row r="136" spans="1:19">
       <c r="A136" t="s">
-        <v>439</v>
-[...2 lines deleted...]
-        <v>153</v>
+        <v>440</v>
+      </c>
+      <c r="C136" t="s">
+        <v>20</v>
       </c>
       <c r="D136" t="s">
-        <v>165</v>
+        <v>419</v>
       </c>
       <c r="E136" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>402</v>
       </c>
       <c r="H136" t="s">
         <v>24</v>
       </c>
       <c r="I136" t="s">
-        <v>401</v>
+        <v>25</v>
       </c>
       <c r="J136" t="s">
-        <v>402</v>
+        <v>26</v>
       </c>
       <c r="K136" t="s">
-        <v>140</v>
+        <v>96</v>
       </c>
       <c r="M136" t="s">
-        <v>441</v>
-[...2 lines deleted...]
-        <v>403</v>
+        <v>307</v>
       </c>
       <c r="Q136" t="s">
-        <v>404</v>
+        <v>154</v>
       </c>
       <c r="R136" t="s">
-        <v>405</v>
+        <v>154</v>
       </c>
       <c r="S136" t="s">
-        <v>406</v>
+        <v>155</v>
       </c>
     </row>
     <row r="137" spans="1:19">
       <c r="A137" t="s">
+        <v>441</v>
+      </c>
+      <c r="B137" t="s">
+        <v>79</v>
+      </c>
+      <c r="D137" t="s">
+        <v>167</v>
+      </c>
+      <c r="E137" t="s">
         <v>442</v>
       </c>
-      <c r="C137" t="s">
-[...6 lines deleted...]
-        <v>440</v>
+      <c r="G137" t="s">
+        <v>81</v>
       </c>
       <c r="H137" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I137" t="s">
-        <v>25</v>
+        <v>403</v>
       </c>
       <c r="J137" t="s">
-        <v>26</v>
+        <v>404</v>
       </c>
       <c r="K137" t="s">
+        <v>144</v>
+      </c>
+      <c r="M137" t="s">
         <v>443</v>
       </c>
-      <c r="M137" t="s">
-        <v>444</v>
+      <c r="N137" t="s">
+        <v>405</v>
       </c>
       <c r="Q137" t="s">
-        <v>43</v>
+        <v>406</v>
       </c>
       <c r="R137" t="s">
-        <v>43</v>
+        <v>407</v>
       </c>
       <c r="S137" t="s">
-        <v>86</v>
+        <v>408</v>
       </c>
     </row>
     <row r="138" spans="1:19">
       <c r="A138" t="s">
+        <v>444</v>
+      </c>
+      <c r="C138" t="s">
+        <v>20</v>
+      </c>
+      <c r="D138" t="s">
+        <v>88</v>
+      </c>
+      <c r="E138" t="s">
+        <v>442</v>
+      </c>
+      <c r="H138" t="s">
+        <v>20</v>
+      </c>
+      <c r="I138" t="s">
+        <v>25</v>
+      </c>
+      <c r="J138" t="s">
+        <v>26</v>
+      </c>
+      <c r="K138" t="s">
         <v>445</v>
       </c>
-      <c r="B138" t="s">
+      <c r="M138" t="s">
         <v>446</v>
       </c>
-      <c r="C138" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q138" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="R138" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="S138" t="s">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="139" spans="1:19">
       <c r="A139" t="s">
+        <v>447</v>
+      </c>
+      <c r="B139" t="s">
+        <v>448</v>
+      </c>
+      <c r="C139" t="s">
+        <v>20</v>
+      </c>
+      <c r="D139" t="s">
+        <v>449</v>
+      </c>
+      <c r="E139" t="s">
+        <v>442</v>
+      </c>
+      <c r="F139" t="s">
         <v>450</v>
       </c>
-      <c r="B139" t="s">
-[...11 lines deleted...]
-      <c r="F139" t="s">
+      <c r="G139" t="s">
+        <v>449</v>
+      </c>
+      <c r="H139" t="s">
+        <v>24</v>
+      </c>
+      <c r="I139" t="s">
+        <v>25</v>
+      </c>
+      <c r="J139" t="s">
+        <v>26</v>
+      </c>
+      <c r="K139" t="s">
+        <v>448</v>
+      </c>
+      <c r="L139" t="s">
+        <v>448</v>
+      </c>
+      <c r="M139" t="s">
         <v>451</v>
       </c>
-      <c r="G139" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N139" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="Q139" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="R139" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="S139" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
     </row>
     <row r="140" spans="1:19">
       <c r="A140" t="s">
+        <v>452</v>
+      </c>
+      <c r="B140" t="s">
+        <v>367</v>
+      </c>
+      <c r="C140" t="s">
+        <v>20</v>
+      </c>
+      <c r="D140" t="s">
+        <v>398</v>
+      </c>
+      <c r="E140" t="s">
+        <v>442</v>
+      </c>
+      <c r="F140" t="s">
         <v>453</v>
       </c>
-      <c r="B140" t="s">
-[...11 lines deleted...]
-      <c r="F140" t="s">
+      <c r="G140" t="s">
+        <v>398</v>
+      </c>
+      <c r="H140" t="s">
+        <v>24</v>
+      </c>
+      <c r="I140" t="s">
+        <v>25</v>
+      </c>
+      <c r="J140" t="s">
+        <v>26</v>
+      </c>
+      <c r="K140" t="s">
+        <v>367</v>
+      </c>
+      <c r="L140" t="s">
+        <v>367</v>
+      </c>
+      <c r="M140" t="s">
         <v>454</v>
       </c>
-      <c r="G140" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N140" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="Q140" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="R140" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="S140" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
     </row>
     <row r="141" spans="1:19">
       <c r="A141" t="s">
         <v>455</v>
       </c>
       <c r="B141" t="s">
-        <v>307</v>
+        <v>88</v>
       </c>
       <c r="C141" t="s">
         <v>20</v>
       </c>
       <c r="D141" t="s">
+        <v>367</v>
+      </c>
+      <c r="E141" t="s">
+        <v>442</v>
+      </c>
+      <c r="F141" t="s">
         <v>456</v>
       </c>
-      <c r="E141" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G141" t="s">
-        <v>456</v>
+        <v>367</v>
       </c>
       <c r="H141" t="s">
         <v>24</v>
       </c>
       <c r="I141" t="s">
         <v>25</v>
       </c>
       <c r="J141" t="s">
         <v>26</v>
       </c>
       <c r="K141" t="s">
-        <v>307</v>
+        <v>88</v>
       </c>
       <c r="L141" t="s">
-        <v>307</v>
+        <v>88</v>
       </c>
       <c r="M141" t="s">
-        <v>458</v>
+        <v>446</v>
       </c>
       <c r="N141" t="s">
-        <v>186</v>
+        <v>50</v>
       </c>
       <c r="Q141" t="s">
         <v>51</v>
       </c>
       <c r="R141" t="s">
         <v>51</v>
       </c>
       <c r="S141" t="s">
-        <v>187</v>
+        <v>30</v>
       </c>
     </row>
     <row r="142" spans="1:19">
       <c r="A142" t="s">
+        <v>457</v>
+      </c>
+      <c r="B142" t="s">
+        <v>309</v>
+      </c>
+      <c r="C142" t="s">
+        <v>20</v>
+      </c>
+      <c r="D142" t="s">
+        <v>458</v>
+      </c>
+      <c r="E142" t="s">
+        <v>442</v>
+      </c>
+      <c r="F142" t="s">
         <v>459</v>
       </c>
-      <c r="B142" t="s">
+      <c r="G142" t="s">
+        <v>458</v>
+      </c>
+      <c r="H142" t="s">
+        <v>24</v>
+      </c>
+      <c r="I142" t="s">
+        <v>25</v>
+      </c>
+      <c r="J142" t="s">
+        <v>26</v>
+      </c>
+      <c r="K142" t="s">
+        <v>309</v>
+      </c>
+      <c r="L142" t="s">
+        <v>309</v>
+      </c>
+      <c r="M142" t="s">
         <v>460</v>
       </c>
-      <c r="C142" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="N142" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="Q142" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="R142" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="S142" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
     </row>
     <row r="143" spans="1:19">
       <c r="A143" t="s">
+        <v>461</v>
+      </c>
+      <c r="B143" t="s">
         <v>462</v>
       </c>
-      <c r="B143" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C143" t="s">
         <v>20</v>
       </c>
       <c r="D143" t="s">
-        <v>166</v>
+        <v>115</v>
       </c>
       <c r="E143" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="F143" t="s">
         <v>463</v>
       </c>
       <c r="G143" t="s">
-        <v>166</v>
+        <v>115</v>
       </c>
       <c r="H143" t="s">
         <v>24</v>
       </c>
       <c r="I143" t="s">
         <v>25</v>
       </c>
       <c r="J143" t="s">
         <v>26</v>
       </c>
       <c r="K143" t="s">
-        <v>199</v>
+        <v>462</v>
       </c>
       <c r="L143" t="s">
-        <v>199</v>
+        <v>462</v>
       </c>
       <c r="M143" t="s">
-        <v>464</v>
+        <v>338</v>
       </c>
       <c r="N143" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="Q143" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="R143" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="S143" t="s">
-        <v>196</v>
+        <v>181</v>
       </c>
     </row>
     <row r="144" spans="1:19">
       <c r="A144" t="s">
+        <v>464</v>
+      </c>
+      <c r="B144" t="s">
+        <v>201</v>
+      </c>
+      <c r="C144" t="s">
+        <v>20</v>
+      </c>
+      <c r="D144" t="s">
+        <v>168</v>
+      </c>
+      <c r="E144" t="s">
+        <v>442</v>
+      </c>
+      <c r="F144" t="s">
         <v>465</v>
       </c>
-      <c r="B144" t="s">
-[...11 lines deleted...]
-      <c r="F144" t="s">
+      <c r="G144" t="s">
+        <v>168</v>
+      </c>
+      <c r="H144" t="s">
+        <v>24</v>
+      </c>
+      <c r="I144" t="s">
+        <v>25</v>
+      </c>
+      <c r="J144" t="s">
+        <v>26</v>
+      </c>
+      <c r="K144" t="s">
+        <v>201</v>
+      </c>
+      <c r="L144" t="s">
+        <v>201</v>
+      </c>
+      <c r="M144" t="s">
         <v>466</v>
       </c>
-      <c r="G144" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N144" t="s">
-        <v>282</v>
+        <v>197</v>
       </c>
       <c r="Q144" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="R144" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="S144" t="s">
-        <v>283</v>
+        <v>198</v>
       </c>
     </row>
     <row r="145" spans="1:19">
       <c r="A145" t="s">
         <v>467</v>
       </c>
       <c r="B145" t="s">
-        <v>128</v>
+        <v>117</v>
       </c>
       <c r="C145" t="s">
-        <v>433</v>
+        <v>24</v>
       </c>
       <c r="D145" t="s">
+        <v>117</v>
+      </c>
+      <c r="E145" t="s">
+        <v>442</v>
+      </c>
+      <c r="F145" t="s">
         <v>468</v>
       </c>
-      <c r="E145" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G145" t="s">
-        <v>468</v>
+        <v>117</v>
       </c>
       <c r="H145" t="s">
         <v>24</v>
       </c>
       <c r="I145" t="s">
-        <v>401</v>
+        <v>25</v>
       </c>
       <c r="J145" t="s">
-        <v>402</v>
+        <v>26</v>
       </c>
       <c r="K145" t="s">
-        <v>128</v>
+        <v>117</v>
       </c>
       <c r="L145" t="s">
-        <v>128</v>
+        <v>117</v>
       </c>
       <c r="M145" t="s">
-        <v>470</v>
+        <v>53</v>
       </c>
       <c r="N145" t="s">
-        <v>436</v>
+        <v>284</v>
       </c>
       <c r="Q145" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="R145" t="s">
-        <v>179</v>
+        <v>155</v>
       </c>
       <c r="S145" t="s">
-        <v>437</v>
+        <v>285</v>
       </c>
     </row>
     <row r="146" spans="1:19">
       <c r="A146" t="s">
+        <v>469</v>
+      </c>
+      <c r="B146" t="s">
+        <v>132</v>
+      </c>
+      <c r="C146" t="s">
+        <v>435</v>
+      </c>
+      <c r="D146" t="s">
+        <v>470</v>
+      </c>
+      <c r="E146" t="s">
+        <v>442</v>
+      </c>
+      <c r="F146" t="s">
         <v>471</v>
       </c>
-      <c r="B146" t="s">
-[...5 lines deleted...]
-      <c r="E146" t="s">
+      <c r="G146" t="s">
+        <v>470</v>
+      </c>
+      <c r="H146" t="s">
+        <v>24</v>
+      </c>
+      <c r="I146" t="s">
+        <v>403</v>
+      </c>
+      <c r="J146" t="s">
+        <v>404</v>
+      </c>
+      <c r="K146" t="s">
+        <v>132</v>
+      </c>
+      <c r="L146" t="s">
+        <v>132</v>
+      </c>
+      <c r="M146" t="s">
         <v>472</v>
       </c>
-      <c r="G146" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N146" t="s">
-        <v>403</v>
+        <v>438</v>
       </c>
       <c r="Q146" t="s">
-        <v>404</v>
+        <v>79</v>
       </c>
       <c r="R146" t="s">
-        <v>405</v>
+        <v>181</v>
       </c>
       <c r="S146" t="s">
-        <v>406</v>
+        <v>439</v>
       </c>
     </row>
     <row r="147" spans="1:19">
       <c r="A147" t="s">
+        <v>473</v>
+      </c>
+      <c r="B147" t="s">
+        <v>79</v>
+      </c>
+      <c r="D147" t="s">
+        <v>95</v>
+      </c>
+      <c r="E147" t="s">
         <v>474</v>
       </c>
-      <c r="C147" t="s">
-[...6 lines deleted...]
-        <v>472</v>
+      <c r="G147" t="s">
+        <v>81</v>
       </c>
       <c r="H147" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I147" t="s">
-        <v>25</v>
+        <v>403</v>
       </c>
       <c r="J147" t="s">
-        <v>26</v>
+        <v>404</v>
       </c>
       <c r="K147" t="s">
-        <v>367</v>
+        <v>206</v>
       </c>
       <c r="M147" t="s">
         <v>475</v>
       </c>
+      <c r="N147" t="s">
+        <v>405</v>
+      </c>
       <c r="Q147" t="s">
-        <v>43</v>
+        <v>406</v>
       </c>
       <c r="R147" t="s">
-        <v>43</v>
+        <v>407</v>
       </c>
       <c r="S147" t="s">
-        <v>86</v>
+        <v>408</v>
       </c>
     </row>
     <row r="148" spans="1:19">
       <c r="A148" t="s">
         <v>476</v>
       </c>
       <c r="C148" t="s">
         <v>20</v>
       </c>
       <c r="D148" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="E148" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="H148" t="s">
         <v>20</v>
       </c>
       <c r="I148" t="s">
         <v>25</v>
       </c>
       <c r="J148" t="s">
         <v>26</v>
       </c>
       <c r="K148" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="M148" t="s">
         <v>477</v>
       </c>
       <c r="Q148" t="s">
         <v>43</v>
       </c>
       <c r="R148" t="s">
         <v>43</v>
       </c>
       <c r="S148" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="149" spans="1:19">
       <c r="A149" t="s">
         <v>478</v>
       </c>
-      <c r="B149" t="s">
+      <c r="C149" t="s">
+        <v>20</v>
+      </c>
+      <c r="D149" t="s">
+        <v>88</v>
+      </c>
+      <c r="E149" t="s">
+        <v>474</v>
+      </c>
+      <c r="H149" t="s">
+        <v>20</v>
+      </c>
+      <c r="I149" t="s">
+        <v>25</v>
+      </c>
+      <c r="J149" t="s">
+        <v>26</v>
+      </c>
+      <c r="K149" t="s">
+        <v>369</v>
+      </c>
+      <c r="M149" t="s">
         <v>479</v>
       </c>
-      <c r="C149" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q149" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="R149" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="S149" t="s">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="150" spans="1:19">
       <c r="A150" t="s">
+        <v>480</v>
+      </c>
+      <c r="B150" t="s">
+        <v>481</v>
+      </c>
+      <c r="C150" t="s">
+        <v>20</v>
+      </c>
+      <c r="D150" t="s">
+        <v>482</v>
+      </c>
+      <c r="E150" t="s">
+        <v>474</v>
+      </c>
+      <c r="F150" t="s">
         <v>483</v>
       </c>
-      <c r="B150" t="s">
+      <c r="G150" t="s">
+        <v>482</v>
+      </c>
+      <c r="H150" t="s">
+        <v>24</v>
+      </c>
+      <c r="I150" t="s">
+        <v>25</v>
+      </c>
+      <c r="J150" t="s">
+        <v>26</v>
+      </c>
+      <c r="K150" t="s">
+        <v>481</v>
+      </c>
+      <c r="L150" t="s">
+        <v>481</v>
+      </c>
+      <c r="M150" t="s">
         <v>484</v>
       </c>
-      <c r="C150" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="N150" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="Q150" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="R150" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="S150" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
     </row>
     <row r="151" spans="1:19">
       <c r="A151" t="s">
+        <v>485</v>
+      </c>
+      <c r="B151" t="s">
+        <v>486</v>
+      </c>
+      <c r="C151" t="s">
+        <v>20</v>
+      </c>
+      <c r="D151" t="s">
+        <v>487</v>
+      </c>
+      <c r="E151" t="s">
+        <v>474</v>
+      </c>
+      <c r="F151" t="s">
         <v>488</v>
       </c>
-      <c r="B151" t="s">
-[...5 lines deleted...]
-      <c r="D151" t="s">
+      <c r="G151" t="s">
+        <v>487</v>
+      </c>
+      <c r="H151" t="s">
+        <v>24</v>
+      </c>
+      <c r="I151" t="s">
+        <v>25</v>
+      </c>
+      <c r="J151" t="s">
+        <v>26</v>
+      </c>
+      <c r="K151" t="s">
+        <v>486</v>
+      </c>
+      <c r="L151" t="s">
+        <v>486</v>
+      </c>
+      <c r="M151" t="s">
         <v>489</v>
       </c>
-      <c r="E151" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N151" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="Q151" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="R151" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="S151" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
     </row>
     <row r="152" spans="1:19">
       <c r="A152" t="s">
+        <v>490</v>
+      </c>
+      <c r="B152" t="s">
+        <v>100</v>
+      </c>
+      <c r="C152" t="s">
+        <v>20</v>
+      </c>
+      <c r="D152" t="s">
+        <v>491</v>
+      </c>
+      <c r="E152" t="s">
+        <v>474</v>
+      </c>
+      <c r="F152" t="s">
         <v>492</v>
       </c>
-      <c r="B152" t="s">
-[...11 lines deleted...]
-      <c r="F152" t="s">
+      <c r="G152" t="s">
+        <v>491</v>
+      </c>
+      <c r="H152" t="s">
+        <v>24</v>
+      </c>
+      <c r="I152" t="s">
+        <v>25</v>
+      </c>
+      <c r="J152" t="s">
+        <v>26</v>
+      </c>
+      <c r="K152" t="s">
+        <v>100</v>
+      </c>
+      <c r="L152" t="s">
+        <v>100</v>
+      </c>
+      <c r="M152" t="s">
         <v>493</v>
       </c>
-      <c r="G152" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N152" t="s">
-        <v>186</v>
+        <v>50</v>
       </c>
       <c r="Q152" t="s">
         <v>51</v>
       </c>
       <c r="R152" t="s">
         <v>51</v>
       </c>
       <c r="S152" t="s">
-        <v>187</v>
+        <v>30</v>
       </c>
     </row>
     <row r="153" spans="1:19">
       <c r="A153" t="s">
+        <v>494</v>
+      </c>
+      <c r="B153" t="s">
+        <v>85</v>
+      </c>
+      <c r="C153" t="s">
+        <v>20</v>
+      </c>
+      <c r="D153" t="s">
+        <v>345</v>
+      </c>
+      <c r="E153" t="s">
+        <v>474</v>
+      </c>
+      <c r="F153" t="s">
         <v>495</v>
       </c>
-      <c r="B153" t="s">
-[...11 lines deleted...]
-      <c r="F153" t="s">
+      <c r="G153" t="s">
+        <v>345</v>
+      </c>
+      <c r="H153" t="s">
+        <v>24</v>
+      </c>
+      <c r="I153" t="s">
+        <v>25</v>
+      </c>
+      <c r="J153" t="s">
+        <v>26</v>
+      </c>
+      <c r="K153" t="s">
+        <v>85</v>
+      </c>
+      <c r="L153" t="s">
+        <v>85</v>
+      </c>
+      <c r="M153" t="s">
         <v>496</v>
       </c>
-      <c r="G153" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N153" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="Q153" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="R153" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="S153" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
     </row>
     <row r="154" spans="1:19">
       <c r="A154" t="s">
+        <v>497</v>
+      </c>
+      <c r="B154" t="s">
+        <v>462</v>
+      </c>
+      <c r="C154" t="s">
+        <v>20</v>
+      </c>
+      <c r="D154" t="s">
+        <v>340</v>
+      </c>
+      <c r="E154" t="s">
+        <v>474</v>
+      </c>
+      <c r="F154" t="s">
         <v>498</v>
       </c>
-      <c r="B154" t="s">
-[...11 lines deleted...]
-      <c r="F154" t="s">
+      <c r="G154" t="s">
+        <v>340</v>
+      </c>
+      <c r="H154" t="s">
+        <v>24</v>
+      </c>
+      <c r="I154" t="s">
+        <v>25</v>
+      </c>
+      <c r="J154" t="s">
+        <v>26</v>
+      </c>
+      <c r="K154" t="s">
+        <v>462</v>
+      </c>
+      <c r="L154" t="s">
+        <v>462</v>
+      </c>
+      <c r="M154" t="s">
         <v>499</v>
       </c>
-      <c r="G154" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N154" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="Q154" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="R154" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="S154" t="s">
-        <v>196</v>
+        <v>181</v>
       </c>
     </row>
     <row r="155" spans="1:19">
       <c r="A155" t="s">
+        <v>500</v>
+      </c>
+      <c r="B155" t="s">
+        <v>220</v>
+      </c>
+      <c r="C155" t="s">
+        <v>20</v>
+      </c>
+      <c r="D155" t="s">
+        <v>257</v>
+      </c>
+      <c r="E155" t="s">
+        <v>474</v>
+      </c>
+      <c r="F155" t="s">
         <v>501</v>
       </c>
-      <c r="B155" t="s">
-[...5 lines deleted...]
-      <c r="D155" t="s">
+      <c r="G155" t="s">
+        <v>257</v>
+      </c>
+      <c r="H155" t="s">
+        <v>24</v>
+      </c>
+      <c r="I155" t="s">
+        <v>25</v>
+      </c>
+      <c r="J155" t="s">
+        <v>26</v>
+      </c>
+      <c r="K155" t="s">
+        <v>220</v>
+      </c>
+      <c r="L155" t="s">
+        <v>220</v>
+      </c>
+      <c r="M155" t="s">
         <v>502</v>
       </c>
-      <c r="E155" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N155" t="s">
-        <v>282</v>
+        <v>197</v>
       </c>
       <c r="Q155" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="R155" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="S155" t="s">
-        <v>283</v>
+        <v>198</v>
       </c>
     </row>
     <row r="156" spans="1:19">
       <c r="A156" t="s">
+        <v>503</v>
+      </c>
+      <c r="B156" t="s">
+        <v>118</v>
+      </c>
+      <c r="C156" t="s">
+        <v>24</v>
+      </c>
+      <c r="D156" t="s">
         <v>504</v>
       </c>
-      <c r="B156" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E156" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="F156" t="s">
         <v>505</v>
       </c>
       <c r="G156" t="s">
-        <v>468</v>
+        <v>504</v>
       </c>
       <c r="H156" t="s">
         <v>24</v>
       </c>
       <c r="I156" t="s">
-        <v>401</v>
+        <v>25</v>
       </c>
       <c r="J156" t="s">
-        <v>402</v>
+        <v>26</v>
       </c>
       <c r="K156" t="s">
-        <v>435</v>
+        <v>118</v>
       </c>
       <c r="L156" t="s">
-        <v>435</v>
+        <v>118</v>
       </c>
       <c r="M156" t="s">
-        <v>506</v>
+        <v>466</v>
       </c>
       <c r="N156" t="s">
-        <v>436</v>
+        <v>284</v>
       </c>
       <c r="Q156" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="R156" t="s">
-        <v>179</v>
+        <v>155</v>
       </c>
       <c r="S156" t="s">
-        <v>437</v>
+        <v>285</v>
       </c>
     </row>
     <row r="157" spans="1:19">
       <c r="A157" t="s">
+        <v>506</v>
+      </c>
+      <c r="B157" t="s">
+        <v>437</v>
+      </c>
+      <c r="C157" t="s">
+        <v>435</v>
+      </c>
+      <c r="D157" t="s">
+        <v>470</v>
+      </c>
+      <c r="E157" t="s">
+        <v>474</v>
+      </c>
+      <c r="F157" t="s">
         <v>507</v>
       </c>
-      <c r="C157" t="s">
-[...6 lines deleted...]
-        <v>472</v>
+      <c r="G157" t="s">
+        <v>470</v>
       </c>
       <c r="H157" t="s">
         <v>24</v>
       </c>
       <c r="I157" t="s">
-        <v>25</v>
+        <v>403</v>
       </c>
       <c r="J157" t="s">
-        <v>26</v>
+        <v>404</v>
       </c>
       <c r="K157" t="s">
-        <v>295</v>
+        <v>437</v>
+      </c>
+      <c r="L157" t="s">
+        <v>437</v>
       </c>
       <c r="M157" t="s">
-        <v>380</v>
+        <v>508</v>
+      </c>
+      <c r="N157" t="s">
+        <v>438</v>
       </c>
       <c r="Q157" t="s">
-        <v>150</v>
+        <v>79</v>
       </c>
       <c r="R157" t="s">
-        <v>150</v>
+        <v>181</v>
       </c>
       <c r="S157" t="s">
-        <v>151</v>
+        <v>439</v>
       </c>
     </row>
     <row r="158" spans="1:19">
       <c r="A158" t="s">
-        <v>508</v>
-[...1 lines deleted...]
-      <c r="B158" t="s">
         <v>509</v>
       </c>
       <c r="C158" t="s">
         <v>20</v>
       </c>
       <c r="D158" t="s">
-        <v>485</v>
+        <v>340</v>
       </c>
       <c r="E158" t="s">
-        <v>510</v>
-[...5 lines deleted...]
-        <v>485</v>
+        <v>474</v>
       </c>
       <c r="H158" t="s">
         <v>24</v>
       </c>
       <c r="I158" t="s">
         <v>25</v>
       </c>
       <c r="J158" t="s">
         <v>26</v>
       </c>
       <c r="K158" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>509</v>
+        <v>297</v>
       </c>
       <c r="M158" t="s">
-        <v>512</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>382</v>
       </c>
       <c r="Q158" t="s">
-        <v>43</v>
+        <v>154</v>
       </c>
       <c r="R158" t="s">
-        <v>43</v>
+        <v>154</v>
       </c>
       <c r="S158" t="s">
-        <v>44</v>
+        <v>155</v>
       </c>
     </row>
     <row r="159" spans="1:19">
       <c r="A159" t="s">
+        <v>510</v>
+      </c>
+      <c r="B159" t="s">
+        <v>511</v>
+      </c>
+      <c r="C159" t="s">
+        <v>20</v>
+      </c>
+      <c r="D159" t="s">
+        <v>487</v>
+      </c>
+      <c r="E159" t="s">
+        <v>512</v>
+      </c>
+      <c r="F159" t="s">
         <v>513</v>
       </c>
-      <c r="B159" t="s">
-[...8 lines deleted...]
-      <c r="E159" t="s">
+      <c r="G159" t="s">
+        <v>487</v>
+      </c>
+      <c r="H159" t="s">
+        <v>24</v>
+      </c>
+      <c r="I159" t="s">
+        <v>25</v>
+      </c>
+      <c r="J159" t="s">
+        <v>26</v>
+      </c>
+      <c r="K159" t="s">
+        <v>511</v>
+      </c>
+      <c r="L159" t="s">
+        <v>511</v>
+      </c>
+      <c r="M159" t="s">
         <v>514</v>
       </c>
-      <c r="G159" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N159" t="s">
-        <v>186</v>
+        <v>42</v>
       </c>
       <c r="Q159" t="s">
-        <v>516</v>
+        <v>43</v>
       </c>
       <c r="R159" t="s">
-        <v>516</v>
+        <v>43</v>
       </c>
       <c r="S159" t="s">
-        <v>187</v>
+        <v>44</v>
       </c>
     </row>
     <row r="160" spans="1:19">
       <c r="A160" t="s">
+        <v>515</v>
+      </c>
+      <c r="B160" t="s">
+        <v>79</v>
+      </c>
+      <c r="C160" t="s">
+        <v>20</v>
+      </c>
+      <c r="D160" t="s">
+        <v>88</v>
+      </c>
+      <c r="E160" t="s">
+        <v>516</v>
+      </c>
+      <c r="G160" t="s">
+        <v>81</v>
+      </c>
+      <c r="H160" t="s">
+        <v>20</v>
+      </c>
+      <c r="I160" t="s">
+        <v>25</v>
+      </c>
+      <c r="J160" t="s">
+        <v>26</v>
+      </c>
+      <c r="K160" t="s">
+        <v>345</v>
+      </c>
+      <c r="M160" t="s">
         <v>517</v>
       </c>
-      <c r="B160" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N160" t="s">
-        <v>403</v>
+        <v>188</v>
       </c>
       <c r="Q160" t="s">
-        <v>404</v>
+        <v>82</v>
       </c>
       <c r="R160" t="s">
-        <v>405</v>
+        <v>82</v>
       </c>
       <c r="S160" t="s">
-        <v>406</v>
+        <v>189</v>
       </c>
     </row>
     <row r="161" spans="1:19">
       <c r="A161" t="s">
+        <v>518</v>
+      </c>
+      <c r="B161" t="s">
+        <v>79</v>
+      </c>
+      <c r="D161" t="s">
+        <v>132</v>
+      </c>
+      <c r="E161" t="s">
+        <v>516</v>
+      </c>
+      <c r="G161" t="s">
+        <v>81</v>
+      </c>
+      <c r="H161" t="s">
+        <v>24</v>
+      </c>
+      <c r="I161" t="s">
+        <v>403</v>
+      </c>
+      <c r="J161" t="s">
+        <v>404</v>
+      </c>
+      <c r="K161" t="s">
+        <v>177</v>
+      </c>
+      <c r="M161" t="s">
         <v>519</v>
       </c>
-      <c r="C161" t="s">
-[...21 lines deleted...]
-        <v>520</v>
+      <c r="N161" t="s">
+        <v>405</v>
       </c>
       <c r="Q161" t="s">
-        <v>51</v>
+        <v>406</v>
       </c>
       <c r="R161" t="s">
-        <v>51</v>
+        <v>407</v>
       </c>
       <c r="S161" t="s">
-        <v>30</v>
+        <v>408</v>
       </c>
     </row>
     <row r="162" spans="1:19">
       <c r="A162" t="s">
+        <v>520</v>
+      </c>
+      <c r="C162" t="s">
+        <v>20</v>
+      </c>
+      <c r="D162" t="s">
+        <v>486</v>
+      </c>
+      <c r="E162" t="s">
+        <v>516</v>
+      </c>
+      <c r="H162" t="s">
+        <v>20</v>
+      </c>
+      <c r="I162" t="s">
+        <v>25</v>
+      </c>
+      <c r="J162" t="s">
+        <v>26</v>
+      </c>
+      <c r="K162" t="s">
+        <v>36</v>
+      </c>
+      <c r="M162" t="s">
         <v>521</v>
       </c>
-      <c r="B162" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="Q162" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="R162" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="S162" t="s">
-        <v>179</v>
+        <v>30</v>
       </c>
     </row>
     <row r="163" spans="1:19">
       <c r="A163" t="s">
         <v>522</v>
       </c>
       <c r="B163" t="s">
-        <v>208</v>
+        <v>313</v>
       </c>
       <c r="C163" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D163" t="s">
-        <v>132</v>
+        <v>340</v>
       </c>
       <c r="E163" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="F163" t="s">
-        <v>523</v>
+        <v>381</v>
       </c>
       <c r="G163" t="s">
-        <v>132</v>
+        <v>340</v>
       </c>
       <c r="H163" t="s">
         <v>24</v>
       </c>
       <c r="I163" t="s">
         <v>25</v>
       </c>
       <c r="J163" t="s">
         <v>26</v>
       </c>
       <c r="K163" t="s">
-        <v>208</v>
+        <v>313</v>
       </c>
       <c r="L163" t="s">
-        <v>208</v>
+        <v>313</v>
       </c>
       <c r="M163" t="s">
-        <v>524</v>
+        <v>382</v>
       </c>
       <c r="N163" t="s">
-        <v>282</v>
+        <v>194</v>
       </c>
       <c r="Q163" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="R163" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="S163" t="s">
-        <v>283</v>
+        <v>181</v>
       </c>
     </row>
     <row r="164" spans="1:19">
       <c r="A164" t="s">
+        <v>523</v>
+      </c>
+      <c r="B164" t="s">
+        <v>210</v>
+      </c>
+      <c r="C164" t="s">
+        <v>24</v>
+      </c>
+      <c r="D164" t="s">
+        <v>136</v>
+      </c>
+      <c r="E164" t="s">
+        <v>516</v>
+      </c>
+      <c r="F164" t="s">
+        <v>524</v>
+      </c>
+      <c r="G164" t="s">
+        <v>136</v>
+      </c>
+      <c r="H164" t="s">
+        <v>24</v>
+      </c>
+      <c r="I164" t="s">
+        <v>25</v>
+      </c>
+      <c r="J164" t="s">
+        <v>26</v>
+      </c>
+      <c r="K164" t="s">
+        <v>210</v>
+      </c>
+      <c r="L164" t="s">
+        <v>210</v>
+      </c>
+      <c r="M164" t="s">
         <v>525</v>
       </c>
-      <c r="B164" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N164" t="s">
-        <v>436</v>
+        <v>284</v>
       </c>
       <c r="Q164" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="R164" t="s">
-        <v>179</v>
+        <v>155</v>
       </c>
       <c r="S164" t="s">
-        <v>437</v>
+        <v>285</v>
       </c>
     </row>
     <row r="165" spans="1:19">
       <c r="A165" t="s">
+        <v>526</v>
+      </c>
+      <c r="B165" t="s">
+        <v>527</v>
+      </c>
+      <c r="C165" t="s">
+        <v>435</v>
+      </c>
+      <c r="D165" t="s">
+        <v>528</v>
+      </c>
+      <c r="E165" t="s">
+        <v>516</v>
+      </c>
+      <c r="F165" t="s">
+        <v>529</v>
+      </c>
+      <c r="G165" t="s">
+        <v>393</v>
+      </c>
+      <c r="H165" t="s">
+        <v>24</v>
+      </c>
+      <c r="I165" t="s">
+        <v>403</v>
+      </c>
+      <c r="J165" t="s">
+        <v>404</v>
+      </c>
+      <c r="K165" t="s">
+        <v>527</v>
+      </c>
+      <c r="L165" t="s">
+        <v>527</v>
+      </c>
+      <c r="M165" t="s">
         <v>530</v>
       </c>
-      <c r="C165" t="s">
-[...21 lines deleted...]
-        <v>512</v>
+      <c r="N165" t="s">
+        <v>438</v>
       </c>
       <c r="Q165" t="s">
-        <v>43</v>
+        <v>79</v>
       </c>
       <c r="R165" t="s">
-        <v>43</v>
+        <v>181</v>
       </c>
       <c r="S165" t="s">
-        <v>44</v>
+        <v>439</v>
       </c>
     </row>
     <row r="166" spans="1:19">
       <c r="A166" t="s">
         <v>531</v>
       </c>
       <c r="C166" t="s">
         <v>20</v>
       </c>
       <c r="D166" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="E166" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="H166" t="s">
         <v>24</v>
       </c>
       <c r="I166" t="s">
         <v>25</v>
       </c>
       <c r="J166" t="s">
         <v>26</v>
       </c>
       <c r="K166" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="M166" t="s">
         <v>532</v>
       </c>
       <c r="Q166" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="R166" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="S166" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="167" spans="1:19">
       <c r="A167" t="s">
         <v>533</v>
       </c>
-      <c r="B167" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C167" t="s">
         <v>20</v>
       </c>
       <c r="D167" t="s">
-        <v>84</v>
+        <v>487</v>
       </c>
       <c r="E167" t="s">
-        <v>535</v>
-[...5 lines deleted...]
-        <v>84</v>
+        <v>516</v>
       </c>
       <c r="H167" t="s">
         <v>24</v>
       </c>
       <c r="I167" t="s">
         <v>25</v>
       </c>
       <c r="J167" t="s">
         <v>26</v>
       </c>
       <c r="K167" t="s">
-        <v>534</v>
-[...2 lines deleted...]
-        <v>534</v>
+        <v>511</v>
       </c>
       <c r="M167" t="s">
-        <v>537</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>514</v>
       </c>
       <c r="Q167" t="s">
-        <v>150</v>
+        <v>43</v>
       </c>
       <c r="R167" t="s">
-        <v>150</v>
+        <v>43</v>
       </c>
       <c r="S167" t="s">
-        <v>179</v>
+        <v>44</v>
       </c>
     </row>
     <row r="168" spans="1:19">
       <c r="A168" t="s">
+        <v>534</v>
+      </c>
+      <c r="B168" t="s">
+        <v>535</v>
+      </c>
+      <c r="C168" t="s">
+        <v>20</v>
+      </c>
+      <c r="D168" t="s">
+        <v>88</v>
+      </c>
+      <c r="E168" t="s">
+        <v>536</v>
+      </c>
+      <c r="F168" t="s">
+        <v>537</v>
+      </c>
+      <c r="G168" t="s">
+        <v>88</v>
+      </c>
+      <c r="H168" t="s">
+        <v>24</v>
+      </c>
+      <c r="I168" t="s">
+        <v>25</v>
+      </c>
+      <c r="J168" t="s">
+        <v>26</v>
+      </c>
+      <c r="K168" t="s">
+        <v>535</v>
+      </c>
+      <c r="L168" t="s">
+        <v>535</v>
+      </c>
+      <c r="M168" t="s">
         <v>538</v>
       </c>
-      <c r="B168" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N168" t="s">
-        <v>403</v>
+        <v>194</v>
       </c>
       <c r="Q168" t="s">
-        <v>404</v>
+        <v>154</v>
       </c>
       <c r="R168" t="s">
-        <v>405</v>
+        <v>154</v>
       </c>
       <c r="S168" t="s">
-        <v>406</v>
+        <v>181</v>
       </c>
     </row>
     <row r="169" spans="1:19">
       <c r="A169" t="s">
+        <v>539</v>
+      </c>
+      <c r="B169" t="s">
+        <v>79</v>
+      </c>
+      <c r="D169" t="s">
+        <v>124</v>
+      </c>
+      <c r="E169" t="s">
+        <v>540</v>
+      </c>
+      <c r="G169" t="s">
+        <v>81</v>
+      </c>
+      <c r="H169" t="s">
+        <v>24</v>
+      </c>
+      <c r="I169" t="s">
+        <v>403</v>
+      </c>
+      <c r="J169" t="s">
+        <v>404</v>
+      </c>
+      <c r="K169" t="s">
+        <v>276</v>
+      </c>
+      <c r="M169" t="s">
         <v>541</v>
       </c>
-      <c r="B169" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N169" t="s">
-        <v>50</v>
+        <v>405</v>
       </c>
       <c r="Q169" t="s">
-        <v>51</v>
+        <v>406</v>
       </c>
       <c r="R169" t="s">
-        <v>51</v>
+        <v>407</v>
       </c>
       <c r="S169" t="s">
-        <v>30</v>
+        <v>408</v>
       </c>
     </row>
     <row r="170" spans="1:19">
       <c r="A170" t="s">
+        <v>542</v>
+      </c>
+      <c r="B170" t="s">
+        <v>486</v>
+      </c>
+      <c r="C170" t="s">
+        <v>20</v>
+      </c>
+      <c r="D170" t="s">
+        <v>398</v>
+      </c>
+      <c r="E170" t="s">
+        <v>540</v>
+      </c>
+      <c r="F170" t="s">
+        <v>543</v>
+      </c>
+      <c r="G170" t="s">
+        <v>398</v>
+      </c>
+      <c r="H170" t="s">
+        <v>20</v>
+      </c>
+      <c r="I170" t="s">
+        <v>25</v>
+      </c>
+      <c r="J170" t="s">
+        <v>26</v>
+      </c>
+      <c r="K170" t="s">
+        <v>486</v>
+      </c>
+      <c r="L170" t="s">
+        <v>486</v>
+      </c>
+      <c r="M170" t="s">
         <v>544</v>
       </c>
-      <c r="C170" t="s">
-[...21 lines deleted...]
-        <v>546</v>
+      <c r="N170" t="s">
+        <v>50</v>
       </c>
       <c r="Q170" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="R170" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="S170" t="s">
-        <v>86</v>
+        <v>30</v>
       </c>
     </row>
     <row r="171" spans="1:19">
       <c r="A171" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="C171" t="s">
         <v>20</v>
       </c>
       <c r="D171" t="s">
-        <v>484</v>
+        <v>100</v>
       </c>
       <c r="E171" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="H171" t="s">
         <v>20</v>
       </c>
       <c r="I171" t="s">
         <v>25</v>
       </c>
       <c r="J171" t="s">
         <v>26</v>
       </c>
       <c r="K171" t="s">
-        <v>327</v>
+        <v>340</v>
       </c>
       <c r="M171" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="Q171" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="R171" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="S171" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
     </row>
     <row r="172" spans="1:19">
       <c r="A172" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="C172" t="s">
         <v>20</v>
       </c>
       <c r="D172" t="s">
-        <v>96</v>
+        <v>486</v>
       </c>
       <c r="E172" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="H172" t="s">
         <v>20</v>
       </c>
       <c r="I172" t="s">
         <v>25</v>
       </c>
       <c r="J172" t="s">
         <v>26</v>
       </c>
       <c r="K172" t="s">
-        <v>338</v>
+        <v>329</v>
       </c>
       <c r="M172" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="Q172" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="R172" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="S172" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
     </row>
     <row r="173" spans="1:19">
       <c r="A173" t="s">
+        <v>547</v>
+      </c>
+      <c r="C173" t="s">
+        <v>20</v>
+      </c>
+      <c r="D173" t="s">
+        <v>367</v>
+      </c>
+      <c r="E173" t="s">
+        <v>540</v>
+      </c>
+      <c r="H173" t="s">
+        <v>20</v>
+      </c>
+      <c r="I173" t="s">
+        <v>25</v>
+      </c>
+      <c r="J173" t="s">
+        <v>26</v>
+      </c>
+      <c r="K173" t="s">
+        <v>548</v>
+      </c>
+      <c r="M173" t="s">
         <v>549</v>
       </c>
-      <c r="B173" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="Q173" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="R173" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="S173" t="s">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="174" spans="1:19">
       <c r="A174" t="s">
+        <v>550</v>
+      </c>
+      <c r="B174" t="s">
+        <v>551</v>
+      </c>
+      <c r="C174" t="s">
+        <v>20</v>
+      </c>
+      <c r="D174" t="s">
+        <v>552</v>
+      </c>
+      <c r="E174" t="s">
+        <v>540</v>
+      </c>
+      <c r="F174" t="s">
+        <v>553</v>
+      </c>
+      <c r="G174" t="s">
+        <v>552</v>
+      </c>
+      <c r="H174" t="s">
+        <v>24</v>
+      </c>
+      <c r="I174" t="s">
+        <v>25</v>
+      </c>
+      <c r="J174" t="s">
+        <v>26</v>
+      </c>
+      <c r="K174" t="s">
+        <v>551</v>
+      </c>
+      <c r="L174" t="s">
+        <v>551</v>
+      </c>
+      <c r="M174" t="s">
         <v>554</v>
       </c>
-      <c r="B174" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N174" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="Q174" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="R174" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="S174" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
     </row>
     <row r="175" spans="1:19">
       <c r="A175" t="s">
+        <v>555</v>
+      </c>
+      <c r="B175" t="s">
+        <v>556</v>
+      </c>
+      <c r="C175" t="s">
+        <v>20</v>
+      </c>
+      <c r="D175" t="s">
+        <v>482</v>
+      </c>
+      <c r="E175" t="s">
+        <v>540</v>
+      </c>
+      <c r="F175" t="s">
         <v>557</v>
       </c>
-      <c r="B175" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G175" t="s">
-        <v>149</v>
+        <v>482</v>
       </c>
       <c r="H175" t="s">
         <v>24</v>
       </c>
       <c r="I175" t="s">
         <v>25</v>
       </c>
       <c r="J175" t="s">
         <v>26</v>
       </c>
       <c r="K175" t="s">
-        <v>281</v>
+        <v>556</v>
       </c>
       <c r="L175" t="s">
-        <v>281</v>
+        <v>556</v>
       </c>
       <c r="M175" t="s">
-        <v>494</v>
+        <v>549</v>
       </c>
       <c r="N175" t="s">
-        <v>192</v>
+        <v>42</v>
       </c>
       <c r="Q175" t="s">
-        <v>150</v>
+        <v>43</v>
       </c>
       <c r="R175" t="s">
-        <v>150</v>
+        <v>43</v>
       </c>
       <c r="S175" t="s">
-        <v>179</v>
+        <v>44</v>
       </c>
     </row>
     <row r="176" spans="1:19">
       <c r="A176" t="s">
         <v>558</v>
       </c>
       <c r="B176" t="s">
-        <v>122</v>
+        <v>283</v>
       </c>
       <c r="C176" t="s">
         <v>20</v>
       </c>
       <c r="D176" t="s">
-        <v>106</v>
+        <v>153</v>
       </c>
       <c r="E176" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="F176" t="s">
-        <v>379</v>
+        <v>495</v>
       </c>
       <c r="G176" t="s">
-        <v>106</v>
+        <v>153</v>
       </c>
       <c r="H176" t="s">
         <v>24</v>
       </c>
       <c r="I176" t="s">
         <v>25</v>
       </c>
       <c r="J176" t="s">
         <v>26</v>
       </c>
       <c r="K176" t="s">
-        <v>122</v>
+        <v>283</v>
       </c>
       <c r="L176" t="s">
-        <v>122</v>
+        <v>283</v>
       </c>
       <c r="M176" t="s">
-        <v>380</v>
+        <v>496</v>
       </c>
       <c r="N176" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="Q176" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="R176" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="S176" t="s">
-        <v>196</v>
+        <v>181</v>
       </c>
     </row>
     <row r="177" spans="1:19">
       <c r="A177" t="s">
         <v>559</v>
       </c>
       <c r="B177" t="s">
-        <v>560</v>
+        <v>126</v>
       </c>
       <c r="C177" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D177" t="s">
-        <v>185</v>
+        <v>110</v>
       </c>
       <c r="E177" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="F177" t="s">
-        <v>561</v>
+        <v>381</v>
       </c>
       <c r="G177" t="s">
-        <v>185</v>
+        <v>110</v>
       </c>
       <c r="H177" t="s">
         <v>24</v>
       </c>
       <c r="I177" t="s">
         <v>25</v>
       </c>
       <c r="J177" t="s">
         <v>26</v>
       </c>
       <c r="K177" t="s">
-        <v>560</v>
+        <v>126</v>
       </c>
       <c r="L177" t="s">
-        <v>560</v>
+        <v>126</v>
       </c>
       <c r="M177" t="s">
-        <v>296</v>
+        <v>382</v>
       </c>
       <c r="N177" t="s">
-        <v>282</v>
+        <v>197</v>
       </c>
       <c r="Q177" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="R177" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="S177" t="s">
-        <v>283</v>
+        <v>198</v>
       </c>
     </row>
     <row r="178" spans="1:19">
       <c r="A178" t="s">
+        <v>560</v>
+      </c>
+      <c r="B178" t="s">
+        <v>561</v>
+      </c>
+      <c r="C178" t="s">
+        <v>24</v>
+      </c>
+      <c r="D178" t="s">
+        <v>187</v>
+      </c>
+      <c r="E178" t="s">
+        <v>540</v>
+      </c>
+      <c r="F178" t="s">
         <v>562</v>
       </c>
-      <c r="B178" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G178" t="s">
-        <v>527</v>
+        <v>187</v>
       </c>
       <c r="H178" t="s">
         <v>24</v>
       </c>
       <c r="I178" t="s">
-        <v>401</v>
+        <v>25</v>
       </c>
       <c r="J178" t="s">
-        <v>402</v>
+        <v>26</v>
       </c>
       <c r="K178" t="s">
-        <v>313</v>
+        <v>561</v>
       </c>
       <c r="L178" t="s">
-        <v>313</v>
+        <v>561</v>
       </c>
       <c r="M178" t="s">
-        <v>564</v>
+        <v>298</v>
       </c>
       <c r="N178" t="s">
-        <v>436</v>
+        <v>284</v>
       </c>
       <c r="Q178" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="R178" t="s">
-        <v>179</v>
+        <v>155</v>
       </c>
       <c r="S178" t="s">
-        <v>437</v>
+        <v>285</v>
       </c>
     </row>
     <row r="179" spans="1:19">
       <c r="A179" t="s">
+        <v>563</v>
+      </c>
+      <c r="B179" t="s">
+        <v>315</v>
+      </c>
+      <c r="C179" t="s">
+        <v>435</v>
+      </c>
+      <c r="D179" t="s">
+        <v>528</v>
+      </c>
+      <c r="E179" t="s">
+        <v>540</v>
+      </c>
+      <c r="F179" t="s">
+        <v>564</v>
+      </c>
+      <c r="G179" t="s">
+        <v>528</v>
+      </c>
+      <c r="H179" t="s">
+        <v>24</v>
+      </c>
+      <c r="I179" t="s">
+        <v>403</v>
+      </c>
+      <c r="J179" t="s">
+        <v>404</v>
+      </c>
+      <c r="K179" t="s">
+        <v>315</v>
+      </c>
+      <c r="L179" t="s">
+        <v>315</v>
+      </c>
+      <c r="M179" t="s">
         <v>565</v>
       </c>
-      <c r="C179" t="s">
-[...21 lines deleted...]
-        <v>566</v>
+      <c r="N179" t="s">
+        <v>438</v>
       </c>
       <c r="Q179" t="s">
-        <v>150</v>
+        <v>79</v>
       </c>
       <c r="R179" t="s">
-        <v>150</v>
+        <v>181</v>
       </c>
       <c r="S179" t="s">
-        <v>151</v>
+        <v>439</v>
       </c>
     </row>
     <row r="180" spans="1:19">
       <c r="A180" t="s">
+        <v>566</v>
+      </c>
+      <c r="C180" t="s">
+        <v>20</v>
+      </c>
+      <c r="D180" t="s">
+        <v>491</v>
+      </c>
+      <c r="E180" t="s">
+        <v>540</v>
+      </c>
+      <c r="H180" t="s">
+        <v>24</v>
+      </c>
+      <c r="I180" t="s">
+        <v>25</v>
+      </c>
+      <c r="J180" t="s">
+        <v>26</v>
+      </c>
+      <c r="K180" t="s">
+        <v>329</v>
+      </c>
+      <c r="M180" t="s">
         <v>567</v>
       </c>
-      <c r="C180" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="Q180" t="s">
-        <v>43</v>
+        <v>154</v>
       </c>
       <c r="R180" t="s">
-        <v>43</v>
+        <v>154</v>
       </c>
       <c r="S180" t="s">
-        <v>86</v>
+        <v>155</v>
       </c>
     </row>
     <row r="181" spans="1:19">
       <c r="A181" t="s">
+        <v>568</v>
+      </c>
+      <c r="C181" t="s">
+        <v>20</v>
+      </c>
+      <c r="D181" t="s">
+        <v>486</v>
+      </c>
+      <c r="E181" t="s">
         <v>569</v>
       </c>
-      <c r="C181" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H181" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I181" t="s">
         <v>25</v>
       </c>
       <c r="J181" t="s">
         <v>26</v>
       </c>
       <c r="K181" t="s">
-        <v>424</v>
+        <v>77</v>
       </c>
       <c r="M181" t="s">
-        <v>570</v>
+        <v>451</v>
       </c>
       <c r="Q181" t="s">
-        <v>150</v>
+        <v>43</v>
       </c>
       <c r="R181" t="s">
-        <v>150</v>
+        <v>43</v>
       </c>
       <c r="S181" t="s">
-        <v>151</v>
+        <v>90</v>
       </c>
     </row>
     <row r="182" spans="1:19">
       <c r="A182" t="s">
+        <v>570</v>
+      </c>
+      <c r="C182" t="s">
+        <v>20</v>
+      </c>
+      <c r="D182" t="s">
+        <v>486</v>
+      </c>
+      <c r="E182" t="s">
+        <v>569</v>
+      </c>
+      <c r="H182" t="s">
+        <v>24</v>
+      </c>
+      <c r="I182" t="s">
+        <v>25</v>
+      </c>
+      <c r="J182" t="s">
+        <v>26</v>
+      </c>
+      <c r="K182" t="s">
+        <v>426</v>
+      </c>
+      <c r="M182" t="s">
         <v>571</v>
       </c>
-      <c r="C182" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="Q182" t="s">
-        <v>43</v>
+        <v>154</v>
       </c>
       <c r="R182" t="s">
-        <v>43</v>
+        <v>154</v>
       </c>
       <c r="S182" t="s">
-        <v>44</v>
+        <v>155</v>
       </c>
     </row>
     <row r="183" spans="1:19">
       <c r="A183" t="s">
         <v>572</v>
       </c>
       <c r="C183" t="s">
         <v>20</v>
       </c>
       <c r="D183" t="s">
-        <v>573</v>
+        <v>41</v>
       </c>
       <c r="E183" t="s">
-        <v>574</v>
+        <v>569</v>
       </c>
       <c r="H183" t="s">
         <v>24</v>
       </c>
       <c r="I183" t="s">
         <v>25</v>
       </c>
       <c r="J183" t="s">
         <v>26</v>
       </c>
       <c r="K183" t="s">
-        <v>575</v>
+        <v>398</v>
       </c>
       <c r="M183" t="s">
-        <v>576</v>
+        <v>451</v>
       </c>
       <c r="Q183" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="R183" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="S183" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
     </row>
     <row r="184" spans="1:19">
       <c r="A184" t="s">
+        <v>573</v>
+      </c>
+      <c r="C184" t="s">
+        <v>20</v>
+      </c>
+      <c r="D184" t="s">
+        <v>574</v>
+      </c>
+      <c r="E184" t="s">
+        <v>575</v>
+      </c>
+      <c r="H184" t="s">
+        <v>24</v>
+      </c>
+      <c r="I184" t="s">
+        <v>25</v>
+      </c>
+      <c r="J184" t="s">
+        <v>26</v>
+      </c>
+      <c r="K184" t="s">
+        <v>576</v>
+      </c>
+      <c r="M184" t="s">
         <v>577</v>
-      </c>
-[...37 lines deleted...]
-        <v>28</v>
       </c>
       <c r="Q184" t="s">
         <v>29</v>
       </c>
       <c r="R184" t="s">
         <v>29</v>
       </c>
       <c r="S184" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="185" spans="1:19">
       <c r="A185" t="s">
+        <v>578</v>
+      </c>
+      <c r="B185" t="s">
+        <v>576</v>
+      </c>
+      <c r="C185" t="s">
+        <v>20</v>
+      </c>
+      <c r="D185" t="s">
+        <v>574</v>
+      </c>
+      <c r="E185" t="s">
+        <v>579</v>
+      </c>
+      <c r="F185" t="s">
         <v>580</v>
       </c>
-      <c r="B185" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G185" t="s">
-        <v>157</v>
+        <v>574</v>
       </c>
       <c r="H185" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I185" t="s">
         <v>25</v>
       </c>
       <c r="J185" t="s">
         <v>26</v>
       </c>
       <c r="K185" t="s">
-        <v>479</v>
+        <v>576</v>
+      </c>
+      <c r="L185" t="s">
+        <v>576</v>
       </c>
       <c r="M185" t="s">
-        <v>583</v>
+        <v>577</v>
       </c>
       <c r="N185" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="Q185" t="s">
-        <v>160</v>
+        <v>29</v>
       </c>
       <c r="R185" t="s">
-        <v>160</v>
+        <v>29</v>
       </c>
       <c r="S185" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
     </row>
     <row r="186" spans="1:19">
       <c r="A186" t="s">
+        <v>581</v>
+      </c>
+      <c r="B186" t="s">
+        <v>79</v>
+      </c>
+      <c r="C186" t="s">
+        <v>20</v>
+      </c>
+      <c r="D186" t="s">
+        <v>582</v>
+      </c>
+      <c r="E186" t="s">
+        <v>583</v>
+      </c>
+      <c r="G186" t="s">
+        <v>81</v>
+      </c>
+      <c r="H186" t="s">
+        <v>20</v>
+      </c>
+      <c r="I186" t="s">
+        <v>25</v>
+      </c>
+      <c r="J186" t="s">
+        <v>26</v>
+      </c>
+      <c r="K186" t="s">
+        <v>481</v>
+      </c>
+      <c r="M186" t="s">
         <v>584</v>
       </c>
-      <c r="B186" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N186" t="s">
-        <v>403</v>
+        <v>42</v>
       </c>
       <c r="Q186" t="s">
-        <v>404</v>
+        <v>162</v>
       </c>
       <c r="R186" t="s">
-        <v>405</v>
+        <v>162</v>
       </c>
       <c r="S186" t="s">
-        <v>406</v>
+        <v>44</v>
       </c>
     </row>
     <row r="187" spans="1:19">
       <c r="A187" t="s">
+        <v>585</v>
+      </c>
+      <c r="B187" t="s">
+        <v>79</v>
+      </c>
+      <c r="D187" t="s">
+        <v>201</v>
+      </c>
+      <c r="E187" t="s">
+        <v>583</v>
+      </c>
+      <c r="G187" t="s">
+        <v>81</v>
+      </c>
+      <c r="H187" t="s">
+        <v>24</v>
+      </c>
+      <c r="I187" t="s">
+        <v>403</v>
+      </c>
+      <c r="J187" t="s">
+        <v>404</v>
+      </c>
+      <c r="K187" t="s">
+        <v>157</v>
+      </c>
+      <c r="M187" t="s">
         <v>586</v>
       </c>
-      <c r="B187" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N187" t="s">
-        <v>85</v>
+        <v>405</v>
       </c>
       <c r="Q187" t="s">
-        <v>43</v>
+        <v>406</v>
       </c>
       <c r="R187" t="s">
-        <v>43</v>
+        <v>407</v>
       </c>
       <c r="S187" t="s">
-        <v>86</v>
+        <v>408</v>
       </c>
     </row>
     <row r="188" spans="1:19">
       <c r="A188" t="s">
+        <v>587</v>
+      </c>
+      <c r="B188" t="s">
+        <v>588</v>
+      </c>
+      <c r="C188" t="s">
+        <v>20</v>
+      </c>
+      <c r="D188" t="s">
+        <v>589</v>
+      </c>
+      <c r="E188" t="s">
+        <v>583</v>
+      </c>
+      <c r="F188" t="s">
+        <v>590</v>
+      </c>
+      <c r="G188" t="s">
+        <v>589</v>
+      </c>
+      <c r="H188" t="s">
+        <v>20</v>
+      </c>
+      <c r="I188" t="s">
+        <v>25</v>
+      </c>
+      <c r="J188" t="s">
+        <v>26</v>
+      </c>
+      <c r="K188" t="s">
+        <v>588</v>
+      </c>
+      <c r="L188" t="s">
+        <v>588</v>
+      </c>
+      <c r="M188" t="s">
         <v>591</v>
       </c>
-      <c r="B188" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N188" t="s">
-        <v>50</v>
+        <v>89</v>
       </c>
       <c r="Q188" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="R188" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="S188" t="s">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="189" spans="1:19">
       <c r="A189" t="s">
+        <v>592</v>
+      </c>
+      <c r="B189" t="s">
+        <v>411</v>
+      </c>
+      <c r="C189" t="s">
+        <v>20</v>
+      </c>
+      <c r="D189" t="s">
+        <v>593</v>
+      </c>
+      <c r="E189" t="s">
+        <v>583</v>
+      </c>
+      <c r="F189" t="s">
         <v>594</v>
       </c>
-      <c r="C189" t="s">
-[...6 lines deleted...]
-        <v>582</v>
+      <c r="G189" t="s">
+        <v>593</v>
       </c>
       <c r="H189" t="s">
         <v>20</v>
       </c>
       <c r="I189" t="s">
         <v>25</v>
       </c>
       <c r="J189" t="s">
         <v>26</v>
       </c>
       <c r="K189" t="s">
-        <v>595</v>
+        <v>411</v>
+      </c>
+      <c r="L189" t="s">
+        <v>411</v>
       </c>
       <c r="M189" t="s">
-        <v>596</v>
+        <v>584</v>
+      </c>
+      <c r="N189" t="s">
+        <v>50</v>
       </c>
       <c r="Q189" t="s">
-        <v>151</v>
+        <v>51</v>
       </c>
       <c r="R189" t="s">
-        <v>151</v>
+        <v>51</v>
       </c>
       <c r="S189" t="s">
-        <v>283</v>
+        <v>30</v>
       </c>
     </row>
     <row r="190" spans="1:19">
       <c r="A190" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="C190" t="s">
         <v>20</v>
       </c>
       <c r="D190" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="E190" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="H190" t="s">
         <v>20</v>
       </c>
       <c r="I190" t="s">
         <v>25</v>
       </c>
       <c r="J190" t="s">
         <v>26</v>
       </c>
       <c r="K190" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="M190" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="Q190" t="s">
         <v>43</v>
       </c>
       <c r="R190" t="s">
         <v>43</v>
       </c>
       <c r="S190" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="191" spans="1:19">
       <c r="A191" t="s">
+        <v>597</v>
+      </c>
+      <c r="C191" t="s">
+        <v>24</v>
+      </c>
+      <c r="D191" t="s">
+        <v>337</v>
+      </c>
+      <c r="E191" t="s">
+        <v>583</v>
+      </c>
+      <c r="H191" t="s">
+        <v>20</v>
+      </c>
+      <c r="I191" t="s">
+        <v>25</v>
+      </c>
+      <c r="J191" t="s">
+        <v>26</v>
+      </c>
+      <c r="K191" t="s">
+        <v>598</v>
+      </c>
+      <c r="M191" t="s">
         <v>599</v>
       </c>
-      <c r="C191" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="Q191" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="R191" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="S191" t="s">
-        <v>151</v>
+        <v>285</v>
       </c>
     </row>
     <row r="192" spans="1:19">
       <c r="A192" t="s">
         <v>600</v>
       </c>
       <c r="C192" t="s">
         <v>20</v>
       </c>
       <c r="D192" t="s">
         <v>601</v>
       </c>
       <c r="E192" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="H192" t="s">
         <v>20</v>
       </c>
       <c r="I192" t="s">
         <v>25</v>
       </c>
       <c r="J192" t="s">
         <v>26</v>
       </c>
       <c r="K192" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="M192" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="Q192" t="s">
         <v>51</v>
       </c>
       <c r="R192" t="s">
         <v>51</v>
       </c>
       <c r="S192" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="193" spans="1:19">
       <c r="A193" t="s">
         <v>602</v>
       </c>
-      <c r="B193" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C193" t="s">
         <v>20</v>
       </c>
       <c r="D193" t="s">
-        <v>573</v>
+        <v>556</v>
       </c>
       <c r="E193" t="s">
-        <v>582</v>
-[...5 lines deleted...]
-        <v>573</v>
+        <v>583</v>
       </c>
       <c r="H193" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I193" t="s">
         <v>25</v>
       </c>
       <c r="J193" t="s">
         <v>26</v>
       </c>
       <c r="K193" t="s">
-        <v>575</v>
-[...2 lines deleted...]
-        <v>575</v>
+        <v>369</v>
       </c>
       <c r="M193" t="s">
-        <v>576</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>521</v>
       </c>
       <c r="Q193" t="s">
-        <v>29</v>
+        <v>154</v>
       </c>
       <c r="R193" t="s">
-        <v>29</v>
+        <v>154</v>
       </c>
       <c r="S193" t="s">
-        <v>30</v>
+        <v>155</v>
       </c>
     </row>
     <row r="194" spans="1:19">
       <c r="A194" t="s">
         <v>603</v>
       </c>
       <c r="B194" t="s">
-        <v>260</v>
+        <v>576</v>
       </c>
       <c r="C194" t="s">
         <v>20</v>
       </c>
       <c r="D194" t="s">
-        <v>77</v>
+        <v>574</v>
       </c>
       <c r="E194" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="F194" t="s">
-        <v>604</v>
+        <v>580</v>
       </c>
       <c r="G194" t="s">
-        <v>77</v>
+        <v>574</v>
       </c>
       <c r="H194" t="s">
         <v>24</v>
       </c>
       <c r="I194" t="s">
         <v>25</v>
       </c>
       <c r="J194" t="s">
         <v>26</v>
       </c>
       <c r="K194" t="s">
-        <v>260</v>
+        <v>576</v>
       </c>
       <c r="L194" t="s">
-        <v>260</v>
+        <v>576</v>
       </c>
       <c r="M194" t="s">
-        <v>605</v>
+        <v>577</v>
       </c>
       <c r="N194" t="s">
-        <v>192</v>
+        <v>28</v>
       </c>
       <c r="Q194" t="s">
-        <v>150</v>
+        <v>29</v>
       </c>
       <c r="R194" t="s">
-        <v>150</v>
+        <v>29</v>
       </c>
       <c r="S194" t="s">
-        <v>179</v>
+        <v>30</v>
       </c>
     </row>
     <row r="195" spans="1:19">
       <c r="A195" t="s">
+        <v>604</v>
+      </c>
+      <c r="B195" t="s">
+        <v>262</v>
+      </c>
+      <c r="C195" t="s">
+        <v>20</v>
+      </c>
+      <c r="D195" t="s">
+        <v>77</v>
+      </c>
+      <c r="E195" t="s">
+        <v>583</v>
+      </c>
+      <c r="F195" t="s">
+        <v>605</v>
+      </c>
+      <c r="G195" t="s">
+        <v>77</v>
+      </c>
+      <c r="H195" t="s">
+        <v>24</v>
+      </c>
+      <c r="I195" t="s">
+        <v>25</v>
+      </c>
+      <c r="J195" t="s">
+        <v>26</v>
+      </c>
+      <c r="K195" t="s">
+        <v>262</v>
+      </c>
+      <c r="L195" t="s">
+        <v>262</v>
+      </c>
+      <c r="M195" t="s">
         <v>606</v>
       </c>
-      <c r="B195" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N195" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="Q195" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="R195" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="S195" t="s">
-        <v>196</v>
+        <v>181</v>
       </c>
     </row>
     <row r="196" spans="1:19">
       <c r="A196" t="s">
+        <v>607</v>
+      </c>
+      <c r="B196" t="s">
         <v>608</v>
       </c>
-      <c r="B196" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C196" t="s">
-        <v>433</v>
+        <v>20</v>
       </c>
       <c r="D196" t="s">
-        <v>609</v>
+        <v>415</v>
       </c>
       <c r="E196" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="F196" t="s">
-        <v>610</v>
+        <v>605</v>
       </c>
       <c r="G196" t="s">
-        <v>609</v>
+        <v>415</v>
       </c>
       <c r="H196" t="s">
         <v>24</v>
       </c>
       <c r="I196" t="s">
-        <v>401</v>
+        <v>25</v>
       </c>
       <c r="J196" t="s">
-        <v>402</v>
+        <v>26</v>
       </c>
       <c r="K196" t="s">
-        <v>460</v>
+        <v>608</v>
       </c>
       <c r="L196" t="s">
-        <v>460</v>
+        <v>608</v>
       </c>
       <c r="M196" t="s">
-        <v>611</v>
+        <v>606</v>
       </c>
       <c r="N196" t="s">
-        <v>436</v>
+        <v>197</v>
       </c>
       <c r="Q196" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="R196" t="s">
-        <v>179</v>
+        <v>154</v>
       </c>
       <c r="S196" t="s">
-        <v>437</v>
+        <v>198</v>
       </c>
     </row>
     <row r="197" spans="1:19">
       <c r="A197" t="s">
+        <v>609</v>
+      </c>
+      <c r="B197" t="s">
+        <v>462</v>
+      </c>
+      <c r="C197" t="s">
+        <v>435</v>
+      </c>
+      <c r="D197" t="s">
+        <v>610</v>
+      </c>
+      <c r="E197" t="s">
+        <v>583</v>
+      </c>
+      <c r="F197" t="s">
+        <v>611</v>
+      </c>
+      <c r="G197" t="s">
+        <v>610</v>
+      </c>
+      <c r="H197" t="s">
+        <v>24</v>
+      </c>
+      <c r="I197" t="s">
+        <v>403</v>
+      </c>
+      <c r="J197" t="s">
+        <v>404</v>
+      </c>
+      <c r="K197" t="s">
+        <v>462</v>
+      </c>
+      <c r="L197" t="s">
+        <v>462</v>
+      </c>
+      <c r="M197" t="s">
         <v>612</v>
       </c>
-      <c r="C197" t="s">
-[...21 lines deleted...]
-        <v>583</v>
+      <c r="N197" t="s">
+        <v>438</v>
       </c>
       <c r="Q197" t="s">
-        <v>43</v>
+        <v>79</v>
       </c>
       <c r="R197" t="s">
-        <v>43</v>
+        <v>181</v>
       </c>
       <c r="S197" t="s">
-        <v>44</v>
+        <v>439</v>
       </c>
     </row>
     <row r="198" spans="1:19">
       <c r="A198" t="s">
+        <v>613</v>
+      </c>
+      <c r="C198" t="s">
+        <v>20</v>
+      </c>
+      <c r="D198" t="s">
+        <v>582</v>
+      </c>
+      <c r="E198" t="s">
         <v>614</v>
       </c>
-      <c r="C198" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H198" t="s">
         <v>20</v>
       </c>
       <c r="I198" t="s">
         <v>25</v>
       </c>
       <c r="J198" t="s">
         <v>26</v>
       </c>
       <c r="K198" t="s">
-        <v>617</v>
+        <v>487</v>
       </c>
       <c r="M198" t="s">
-        <v>618</v>
+        <v>584</v>
       </c>
       <c r="Q198" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="R198" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="S198" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
     </row>
     <row r="199" spans="1:19">
       <c r="A199" t="s">
+        <v>615</v>
+      </c>
+      <c r="C199" t="s">
+        <v>20</v>
+      </c>
+      <c r="D199" t="s">
+        <v>616</v>
+      </c>
+      <c r="E199" t="s">
+        <v>617</v>
+      </c>
+      <c r="H199" t="s">
+        <v>20</v>
+      </c>
+      <c r="I199" t="s">
+        <v>25</v>
+      </c>
+      <c r="J199" t="s">
+        <v>26</v>
+      </c>
+      <c r="K199" t="s">
+        <v>618</v>
+      </c>
+      <c r="M199" t="s">
         <v>619</v>
       </c>
-      <c r="C199" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="Q199" t="s">
-        <v>151</v>
+        <v>29</v>
       </c>
       <c r="R199" t="s">
-        <v>151</v>
+        <v>29</v>
       </c>
       <c r="S199" t="s">
-        <v>283</v>
+        <v>30</v>
       </c>
     </row>
     <row r="200" spans="1:19">
       <c r="A200" t="s">
+        <v>620</v>
+      </c>
+      <c r="C200" t="s">
+        <v>24</v>
+      </c>
+      <c r="D200" t="s">
+        <v>621</v>
+      </c>
+      <c r="E200" t="s">
+        <v>622</v>
+      </c>
+      <c r="H200" t="s">
+        <v>20</v>
+      </c>
+      <c r="I200" t="s">
+        <v>25</v>
+      </c>
+      <c r="J200" t="s">
+        <v>26</v>
+      </c>
+      <c r="K200" t="s">
         <v>623</v>
       </c>
-      <c r="C200" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="M200" t="s">
-        <v>398</v>
+        <v>496</v>
       </c>
       <c r="Q200" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="R200" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="S200" t="s">
-        <v>196</v>
+        <v>285</v>
       </c>
     </row>
     <row r="201" spans="1:19">
       <c r="A201" t="s">
         <v>624</v>
       </c>
-      <c r="B201" t="s">
-        <v>153</v>
+      <c r="C201" t="s">
+        <v>20</v>
       </c>
       <c r="D201" t="s">
-        <v>122</v>
+        <v>88</v>
       </c>
       <c r="E201" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>622</v>
       </c>
       <c r="H201" t="s">
         <v>24</v>
       </c>
       <c r="I201" t="s">
-        <v>401</v>
+        <v>25</v>
       </c>
       <c r="J201" t="s">
-        <v>402</v>
+        <v>26</v>
       </c>
       <c r="K201" t="s">
-        <v>185</v>
+        <v>257</v>
       </c>
       <c r="M201" t="s">
-        <v>611</v>
-[...2 lines deleted...]
-        <v>403</v>
+        <v>396</v>
       </c>
       <c r="Q201" t="s">
-        <v>404</v>
+        <v>154</v>
       </c>
       <c r="R201" t="s">
-        <v>405</v>
+        <v>154</v>
       </c>
       <c r="S201" t="s">
-        <v>406</v>
+        <v>198</v>
       </c>
     </row>
     <row r="202" spans="1:19">
       <c r="A202" t="s">
+        <v>625</v>
+      </c>
+      <c r="B202" t="s">
+        <v>79</v>
+      </c>
+      <c r="D202" t="s">
+        <v>126</v>
+      </c>
+      <c r="E202" t="s">
         <v>626</v>
       </c>
-      <c r="B202" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G202" t="s">
-        <v>628</v>
+        <v>81</v>
       </c>
       <c r="H202" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I202" t="s">
-        <v>25</v>
+        <v>403</v>
       </c>
       <c r="J202" t="s">
-        <v>26</v>
+        <v>404</v>
       </c>
       <c r="K202" t="s">
-        <v>627</v>
-[...2 lines deleted...]
-        <v>627</v>
+        <v>187</v>
       </c>
       <c r="M202" t="s">
-        <v>630</v>
+        <v>612</v>
       </c>
       <c r="N202" t="s">
-        <v>28</v>
+        <v>405</v>
       </c>
       <c r="Q202" t="s">
-        <v>29</v>
+        <v>406</v>
       </c>
       <c r="R202" t="s">
-        <v>29</v>
+        <v>407</v>
       </c>
       <c r="S202" t="s">
-        <v>30</v>
+        <v>408</v>
       </c>
     </row>
     <row r="203" spans="1:19">
       <c r="A203" t="s">
+        <v>627</v>
+      </c>
+      <c r="B203" t="s">
+        <v>628</v>
+      </c>
+      <c r="C203" t="s">
+        <v>20</v>
+      </c>
+      <c r="D203" t="s">
+        <v>629</v>
+      </c>
+      <c r="E203" t="s">
+        <v>626</v>
+      </c>
+      <c r="F203" t="s">
+        <v>630</v>
+      </c>
+      <c r="G203" t="s">
+        <v>629</v>
+      </c>
+      <c r="H203" t="s">
+        <v>20</v>
+      </c>
+      <c r="I203" t="s">
+        <v>25</v>
+      </c>
+      <c r="J203" t="s">
+        <v>26</v>
+      </c>
+      <c r="K203" t="s">
+        <v>628</v>
+      </c>
+      <c r="L203" t="s">
+        <v>628</v>
+      </c>
+      <c r="M203" t="s">
         <v>631</v>
       </c>
-      <c r="B203" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N203" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="Q203" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="R203" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="S203" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
     </row>
     <row r="204" spans="1:19">
       <c r="A204" t="s">
+        <v>632</v>
+      </c>
+      <c r="B204" t="s">
+        <v>633</v>
+      </c>
+      <c r="C204" t="s">
+        <v>20</v>
+      </c>
+      <c r="D204" t="s">
+        <v>634</v>
+      </c>
+      <c r="E204" t="s">
+        <v>626</v>
+      </c>
+      <c r="F204" t="s">
+        <v>635</v>
+      </c>
+      <c r="G204" t="s">
+        <v>634</v>
+      </c>
+      <c r="H204" t="s">
+        <v>20</v>
+      </c>
+      <c r="I204" t="s">
+        <v>25</v>
+      </c>
+      <c r="J204" t="s">
+        <v>26</v>
+      </c>
+      <c r="K204" t="s">
+        <v>633</v>
+      </c>
+      <c r="L204" t="s">
+        <v>633</v>
+      </c>
+      <c r="M204" t="s">
         <v>636</v>
       </c>
-      <c r="B204" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N204" t="s">
-        <v>85</v>
+        <v>42</v>
       </c>
       <c r="Q204" t="s">
         <v>43</v>
       </c>
       <c r="R204" t="s">
         <v>43</v>
       </c>
       <c r="S204" t="s">
-        <v>86</v>
+        <v>44</v>
       </c>
     </row>
     <row r="205" spans="1:19">
       <c r="A205" t="s">
+        <v>637</v>
+      </c>
+      <c r="B205" t="s">
+        <v>68</v>
+      </c>
+      <c r="C205" t="s">
+        <v>20</v>
+      </c>
+      <c r="D205" t="s">
+        <v>618</v>
+      </c>
+      <c r="E205" t="s">
+        <v>626</v>
+      </c>
+      <c r="F205" t="s">
+        <v>638</v>
+      </c>
+      <c r="G205" t="s">
+        <v>618</v>
+      </c>
+      <c r="H205" t="s">
+        <v>20</v>
+      </c>
+      <c r="I205" t="s">
+        <v>25</v>
+      </c>
+      <c r="J205" t="s">
+        <v>26</v>
+      </c>
+      <c r="K205" t="s">
+        <v>68</v>
+      </c>
+      <c r="L205" t="s">
+        <v>68</v>
+      </c>
+      <c r="M205" t="s">
         <v>639</v>
       </c>
-      <c r="B205" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N205" t="s">
-        <v>178</v>
+        <v>89</v>
       </c>
       <c r="Q205" t="s">
         <v>43</v>
       </c>
       <c r="R205" t="s">
         <v>43</v>
       </c>
       <c r="S205" t="s">
-        <v>179</v>
+        <v>90</v>
       </c>
     </row>
     <row r="206" spans="1:19">
       <c r="A206" t="s">
+        <v>640</v>
+      </c>
+      <c r="B206" t="s">
         <v>641</v>
       </c>
-      <c r="B206" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C206" t="s">
         <v>20</v>
       </c>
       <c r="D206" t="s">
-        <v>575</v>
+        <v>68</v>
       </c>
       <c r="E206" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F206" t="s">
-        <v>552</v>
+        <v>450</v>
       </c>
       <c r="G206" t="s">
-        <v>575</v>
+        <v>68</v>
       </c>
       <c r="H206" t="s">
         <v>20</v>
       </c>
       <c r="I206" t="s">
         <v>25</v>
       </c>
       <c r="J206" t="s">
         <v>26</v>
       </c>
       <c r="K206" t="s">
-        <v>485</v>
+        <v>641</v>
       </c>
       <c r="L206" t="s">
-        <v>485</v>
+        <v>641</v>
       </c>
       <c r="M206" t="s">
-        <v>553</v>
+        <v>451</v>
       </c>
       <c r="N206" t="s">
-        <v>50</v>
+        <v>180</v>
       </c>
       <c r="Q206" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="R206" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="S206" t="s">
-        <v>30</v>
+        <v>181</v>
       </c>
     </row>
     <row r="207" spans="1:19">
       <c r="A207" t="s">
         <v>642</v>
       </c>
       <c r="B207" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="C207" t="s">
         <v>20</v>
       </c>
       <c r="D207" t="s">
-        <v>77</v>
+        <v>576</v>
       </c>
       <c r="E207" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F207" t="s">
-        <v>643</v>
+        <v>553</v>
       </c>
       <c r="G207" t="s">
-        <v>77</v>
+        <v>576</v>
       </c>
       <c r="H207" t="s">
         <v>20</v>
       </c>
       <c r="I207" t="s">
         <v>25</v>
       </c>
       <c r="J207" t="s">
         <v>26</v>
       </c>
       <c r="K207" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="L207" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="M207" t="s">
-        <v>644</v>
+        <v>554</v>
       </c>
       <c r="N207" t="s">
-        <v>186</v>
+        <v>50</v>
       </c>
       <c r="Q207" t="s">
         <v>51</v>
       </c>
       <c r="R207" t="s">
         <v>51</v>
       </c>
       <c r="S207" t="s">
-        <v>187</v>
+        <v>30</v>
       </c>
     </row>
     <row r="208" spans="1:19">
       <c r="A208" t="s">
+        <v>643</v>
+      </c>
+      <c r="B208" t="s">
+        <v>491</v>
+      </c>
+      <c r="C208" t="s">
+        <v>20</v>
+      </c>
+      <c r="D208" t="s">
+        <v>77</v>
+      </c>
+      <c r="E208" t="s">
+        <v>626</v>
+      </c>
+      <c r="F208" t="s">
+        <v>644</v>
+      </c>
+      <c r="G208" t="s">
+        <v>77</v>
+      </c>
+      <c r="H208" t="s">
+        <v>20</v>
+      </c>
+      <c r="I208" t="s">
+        <v>25</v>
+      </c>
+      <c r="J208" t="s">
+        <v>26</v>
+      </c>
+      <c r="K208" t="s">
+        <v>491</v>
+      </c>
+      <c r="L208" t="s">
+        <v>491</v>
+      </c>
+      <c r="M208" t="s">
         <v>645</v>
       </c>
-      <c r="B208" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N208" t="s">
-        <v>282</v>
+        <v>188</v>
       </c>
       <c r="Q208" t="s">
-        <v>151</v>
+        <v>51</v>
       </c>
       <c r="R208" t="s">
-        <v>151</v>
+        <v>51</v>
       </c>
       <c r="S208" t="s">
-        <v>283</v>
+        <v>189</v>
       </c>
     </row>
     <row r="209" spans="1:19">
       <c r="A209" t="s">
+        <v>646</v>
+      </c>
+      <c r="B209" t="s">
+        <v>297</v>
+      </c>
+      <c r="C209" t="s">
+        <v>24</v>
+      </c>
+      <c r="D209" t="s">
+        <v>297</v>
+      </c>
+      <c r="E209" t="s">
+        <v>626</v>
+      </c>
+      <c r="F209" t="s">
         <v>647</v>
       </c>
-      <c r="C209" t="s">
-[...6 lines deleted...]
-        <v>625</v>
+      <c r="G209" t="s">
+        <v>297</v>
       </c>
       <c r="H209" t="s">
         <v>20</v>
       </c>
       <c r="I209" t="s">
         <v>25</v>
       </c>
       <c r="J209" t="s">
         <v>26</v>
       </c>
       <c r="K209" t="s">
-        <v>484</v>
+        <v>297</v>
+      </c>
+      <c r="L209" t="s">
+        <v>297</v>
       </c>
       <c r="M209" t="s">
-        <v>543</v>
+        <v>567</v>
+      </c>
+      <c r="N209" t="s">
+        <v>284</v>
       </c>
       <c r="Q209" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="R209" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="S209" t="s">
-        <v>151</v>
+        <v>285</v>
       </c>
     </row>
     <row r="210" spans="1:19">
       <c r="A210" t="s">
         <v>648</v>
       </c>
-      <c r="B210" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C210" t="s">
         <v>20</v>
       </c>
       <c r="D210" t="s">
-        <v>409</v>
+        <v>576</v>
       </c>
       <c r="E210" t="s">
-        <v>625</v>
-[...5 lines deleted...]
-        <v>409</v>
+        <v>626</v>
       </c>
       <c r="H210" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I210" t="s">
         <v>25</v>
       </c>
       <c r="J210" t="s">
         <v>26</v>
       </c>
       <c r="K210" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-        <v>456</v>
+        <v>486</v>
       </c>
       <c r="M210" t="s">
-        <v>520</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>544</v>
       </c>
       <c r="Q210" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="R210" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="S210" t="s">
-        <v>179</v>
+        <v>155</v>
       </c>
     </row>
     <row r="211" spans="1:19">
       <c r="A211" t="s">
+        <v>649</v>
+      </c>
+      <c r="B211" t="s">
+        <v>458</v>
+      </c>
+      <c r="C211" t="s">
+        <v>20</v>
+      </c>
+      <c r="D211" t="s">
+        <v>411</v>
+      </c>
+      <c r="E211" t="s">
+        <v>626</v>
+      </c>
+      <c r="F211" t="s">
         <v>650</v>
       </c>
-      <c r="B211" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G211" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="H211" t="s">
         <v>24</v>
       </c>
       <c r="I211" t="s">
-        <v>401</v>
+        <v>25</v>
       </c>
       <c r="J211" t="s">
-        <v>402</v>
+        <v>26</v>
       </c>
       <c r="K211" t="s">
-        <v>136</v>
+        <v>458</v>
       </c>
       <c r="L211" t="s">
-        <v>136</v>
+        <v>458</v>
       </c>
       <c r="M211" t="s">
-        <v>652</v>
+        <v>521</v>
       </c>
       <c r="N211" t="s">
-        <v>436</v>
+        <v>194</v>
       </c>
       <c r="Q211" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="R211" t="s">
-        <v>179</v>
+        <v>154</v>
       </c>
       <c r="S211" t="s">
-        <v>437</v>
+        <v>181</v>
       </c>
     </row>
     <row r="212" spans="1:19">
       <c r="A212" t="s">
+        <v>651</v>
+      </c>
+      <c r="B212" t="s">
+        <v>140</v>
+      </c>
+      <c r="C212" t="s">
+        <v>435</v>
+      </c>
+      <c r="D212" t="s">
+        <v>458</v>
+      </c>
+      <c r="E212" t="s">
+        <v>626</v>
+      </c>
+      <c r="F212" t="s">
+        <v>652</v>
+      </c>
+      <c r="G212" t="s">
+        <v>458</v>
+      </c>
+      <c r="H212" t="s">
+        <v>24</v>
+      </c>
+      <c r="I212" t="s">
+        <v>403</v>
+      </c>
+      <c r="J212" t="s">
+        <v>404</v>
+      </c>
+      <c r="K212" t="s">
+        <v>140</v>
+      </c>
+      <c r="L212" t="s">
+        <v>140</v>
+      </c>
+      <c r="M212" t="s">
         <v>653</v>
       </c>
-      <c r="C212" t="s">
-[...21 lines deleted...]
-        <v>491</v>
+      <c r="N212" t="s">
+        <v>438</v>
       </c>
       <c r="Q212" t="s">
-        <v>150</v>
+        <v>79</v>
       </c>
       <c r="R212" t="s">
-        <v>150</v>
+        <v>181</v>
       </c>
       <c r="S212" t="s">
-        <v>196</v>
+        <v>439</v>
       </c>
     </row>
     <row r="213" spans="1:19">
       <c r="A213" t="s">
         <v>654</v>
       </c>
-      <c r="B213" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C213" t="s">
         <v>20</v>
       </c>
       <c r="D213" t="s">
-        <v>628</v>
+        <v>367</v>
       </c>
       <c r="E213" t="s">
-        <v>655</v>
-[...5 lines deleted...]
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="H213" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I213" t="s">
         <v>25</v>
       </c>
       <c r="J213" t="s">
         <v>26</v>
       </c>
       <c r="K213" t="s">
-        <v>627</v>
-[...2 lines deleted...]
-        <v>627</v>
+        <v>309</v>
       </c>
       <c r="M213" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>493</v>
       </c>
       <c r="Q213" t="s">
-        <v>29</v>
+        <v>154</v>
       </c>
       <c r="R213" t="s">
-        <v>29</v>
+        <v>154</v>
       </c>
       <c r="S213" t="s">
-        <v>30</v>
+        <v>198</v>
       </c>
     </row>
     <row r="214" spans="1:19">
       <c r="A214" t="s">
+        <v>655</v>
+      </c>
+      <c r="B214" t="s">
+        <v>628</v>
+      </c>
+      <c r="C214" t="s">
+        <v>20</v>
+      </c>
+      <c r="D214" t="s">
+        <v>629</v>
+      </c>
+      <c r="E214" t="s">
         <v>656</v>
       </c>
-      <c r="B214" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F214" t="s">
-        <v>552</v>
+        <v>630</v>
       </c>
       <c r="G214" t="s">
-        <v>658</v>
+        <v>629</v>
       </c>
       <c r="H214" t="s">
         <v>20</v>
       </c>
       <c r="I214" t="s">
         <v>25</v>
       </c>
       <c r="J214" t="s">
         <v>26</v>
       </c>
       <c r="K214" t="s">
-        <v>657</v>
+        <v>628</v>
       </c>
       <c r="L214" t="s">
-        <v>657</v>
+        <v>628</v>
       </c>
       <c r="M214" t="s">
-        <v>553</v>
+        <v>631</v>
       </c>
       <c r="N214" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="Q214" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="R214" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="S214" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
     </row>
     <row r="215" spans="1:19">
       <c r="A215" t="s">
+        <v>657</v>
+      </c>
+      <c r="B215" t="s">
+        <v>658</v>
+      </c>
+      <c r="C215" t="s">
+        <v>20</v>
+      </c>
+      <c r="D215" t="s">
+        <v>659</v>
+      </c>
+      <c r="E215" t="s">
         <v>660</v>
       </c>
-      <c r="C215" t="s">
-[...5 lines deleted...]
-      <c r="E215" t="s">
+      <c r="F215" t="s">
+        <v>553</v>
+      </c>
+      <c r="G215" t="s">
         <v>659</v>
       </c>
       <c r="H215" t="s">
         <v>20</v>
       </c>
       <c r="I215" t="s">
         <v>25</v>
       </c>
       <c r="J215" t="s">
         <v>26</v>
       </c>
       <c r="K215" t="s">
-        <v>27</v>
+        <v>658</v>
+      </c>
+      <c r="L215" t="s">
+        <v>658</v>
       </c>
       <c r="M215" t="s">
-        <v>662</v>
+        <v>554</v>
+      </c>
+      <c r="N215" t="s">
+        <v>42</v>
       </c>
       <c r="Q215" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="R215" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="S215" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
     </row>
     <row r="216" spans="1:19">
       <c r="A216" t="s">
+        <v>661</v>
+      </c>
+      <c r="C216" t="s">
+        <v>20</v>
+      </c>
+      <c r="D216" t="s">
+        <v>662</v>
+      </c>
+      <c r="E216" t="s">
+        <v>660</v>
+      </c>
+      <c r="H216" t="s">
+        <v>20</v>
+      </c>
+      <c r="I216" t="s">
+        <v>25</v>
+      </c>
+      <c r="J216" t="s">
+        <v>26</v>
+      </c>
+      <c r="K216" t="s">
+        <v>27</v>
+      </c>
+      <c r="M216" t="s">
         <v>663</v>
       </c>
-      <c r="B216" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="Q216" t="s">
-        <v>666</v>
+        <v>51</v>
       </c>
       <c r="R216" t="s">
-        <v>666</v>
+        <v>51</v>
       </c>
       <c r="S216" t="s">
-        <v>196</v>
+        <v>30</v>
       </c>
     </row>
     <row r="217" spans="1:19">
       <c r="A217" t="s">
+        <v>664</v>
+      </c>
+      <c r="B217" t="s">
+        <v>79</v>
+      </c>
+      <c r="C217" t="s">
+        <v>20</v>
+      </c>
+      <c r="D217" t="s">
+        <v>665</v>
+      </c>
+      <c r="E217" t="s">
+        <v>666</v>
+      </c>
+      <c r="F217" t="s">
+        <v>650</v>
+      </c>
+      <c r="G217" t="s">
+        <v>81</v>
+      </c>
+      <c r="H217" t="s">
+        <v>20</v>
+      </c>
+      <c r="I217" t="s">
+        <v>25</v>
+      </c>
+      <c r="J217" t="s">
+        <v>26</v>
+      </c>
+      <c r="K217" t="s">
+        <v>85</v>
+      </c>
+      <c r="L217" t="s">
+        <v>85</v>
+      </c>
+      <c r="M217" t="s">
+        <v>521</v>
+      </c>
+      <c r="N217" t="s">
+        <v>197</v>
+      </c>
+      <c r="Q217" t="s">
         <v>667</v>
       </c>
-      <c r="B217" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="R217" t="s">
-        <v>405</v>
+        <v>667</v>
       </c>
       <c r="S217" t="s">
-        <v>406</v>
+        <v>198</v>
       </c>
     </row>
     <row r="218" spans="1:19">
       <c r="A218" t="s">
+        <v>668</v>
+      </c>
+      <c r="B218" t="s">
+        <v>79</v>
+      </c>
+      <c r="D218" t="s">
+        <v>168</v>
+      </c>
+      <c r="E218" t="s">
+        <v>666</v>
+      </c>
+      <c r="G218" t="s">
+        <v>81</v>
+      </c>
+      <c r="H218" t="s">
+        <v>24</v>
+      </c>
+      <c r="I218" t="s">
+        <v>403</v>
+      </c>
+      <c r="J218" t="s">
+        <v>404</v>
+      </c>
+      <c r="K218" t="s">
+        <v>288</v>
+      </c>
+      <c r="M218" t="s">
         <v>669</v>
       </c>
-      <c r="B218" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N218" t="s">
-        <v>28</v>
+        <v>405</v>
       </c>
       <c r="Q218" t="s">
-        <v>29</v>
+        <v>406</v>
       </c>
       <c r="R218" t="s">
-        <v>29</v>
+        <v>407</v>
       </c>
       <c r="S218" t="s">
-        <v>30</v>
+        <v>408</v>
       </c>
     </row>
     <row r="219" spans="1:19">
       <c r="A219" t="s">
+        <v>670</v>
+      </c>
+      <c r="B219" t="s">
+        <v>671</v>
+      </c>
+      <c r="C219" t="s">
+        <v>20</v>
+      </c>
+      <c r="D219" t="s">
+        <v>672</v>
+      </c>
+      <c r="E219" t="s">
+        <v>666</v>
+      </c>
+      <c r="F219" t="s">
+        <v>673</v>
+      </c>
+      <c r="G219" t="s">
+        <v>672</v>
+      </c>
+      <c r="H219" t="s">
+        <v>20</v>
+      </c>
+      <c r="I219" t="s">
+        <v>25</v>
+      </c>
+      <c r="J219" t="s">
+        <v>26</v>
+      </c>
+      <c r="K219" t="s">
+        <v>671</v>
+      </c>
+      <c r="L219" t="s">
+        <v>671</v>
+      </c>
+      <c r="M219" t="s">
         <v>674</v>
       </c>
-      <c r="B219" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N219" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="Q219" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="R219" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="S219" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
     </row>
     <row r="220" spans="1:19">
       <c r="A220" t="s">
+        <v>675</v>
+      </c>
+      <c r="B220" t="s">
+        <v>676</v>
+      </c>
+      <c r="C220" t="s">
+        <v>20</v>
+      </c>
+      <c r="D220" t="s">
+        <v>677</v>
+      </c>
+      <c r="E220" t="s">
+        <v>666</v>
+      </c>
+      <c r="F220" t="s">
         <v>678</v>
       </c>
-      <c r="B220" t="s">
-[...11 lines deleted...]
-      <c r="F220" t="s">
+      <c r="G220" t="s">
         <v>677</v>
       </c>
-      <c r="G220" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H220" t="s">
         <v>20</v>
       </c>
       <c r="I220" t="s">
         <v>25</v>
       </c>
       <c r="J220" t="s">
         <v>26</v>
       </c>
       <c r="K220" t="s">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="L220" t="s">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="M220" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="N220" t="s">
-        <v>85</v>
+        <v>42</v>
       </c>
       <c r="Q220" t="s">
         <v>43</v>
       </c>
       <c r="R220" t="s">
         <v>43</v>
       </c>
       <c r="S220" t="s">
-        <v>86</v>
+        <v>44</v>
       </c>
     </row>
     <row r="221" spans="1:19">
       <c r="A221" t="s">
+        <v>679</v>
+      </c>
+      <c r="B221" t="s">
         <v>680</v>
       </c>
-      <c r="B221" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C221" t="s">
         <v>20</v>
       </c>
       <c r="D221" t="s">
-        <v>480</v>
+        <v>582</v>
       </c>
       <c r="E221" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="F221" t="s">
-        <v>681</v>
+        <v>678</v>
       </c>
       <c r="G221" t="s">
-        <v>480</v>
+        <v>582</v>
       </c>
       <c r="H221" t="s">
         <v>20</v>
       </c>
       <c r="I221" t="s">
         <v>25</v>
       </c>
       <c r="J221" t="s">
         <v>26</v>
       </c>
       <c r="K221" t="s">
-        <v>77</v>
+        <v>680</v>
       </c>
       <c r="L221" t="s">
-        <v>77</v>
+        <v>680</v>
       </c>
       <c r="M221" t="s">
-        <v>682</v>
+        <v>663</v>
       </c>
       <c r="N221" t="s">
-        <v>178</v>
+        <v>89</v>
       </c>
       <c r="Q221" t="s">
         <v>43</v>
       </c>
       <c r="R221" t="s">
         <v>43</v>
       </c>
       <c r="S221" t="s">
-        <v>179</v>
+        <v>90</v>
       </c>
     </row>
     <row r="222" spans="1:19">
       <c r="A222" t="s">
+        <v>681</v>
+      </c>
+      <c r="B222" t="s">
+        <v>77</v>
+      </c>
+      <c r="C222" t="s">
+        <v>20</v>
+      </c>
+      <c r="D222" t="s">
+        <v>482</v>
+      </c>
+      <c r="E222" t="s">
+        <v>666</v>
+      </c>
+      <c r="F222" t="s">
+        <v>682</v>
+      </c>
+      <c r="G222" t="s">
+        <v>482</v>
+      </c>
+      <c r="H222" t="s">
+        <v>20</v>
+      </c>
+      <c r="I222" t="s">
+        <v>25</v>
+      </c>
+      <c r="J222" t="s">
+        <v>26</v>
+      </c>
+      <c r="K222" t="s">
+        <v>77</v>
+      </c>
+      <c r="L222" t="s">
+        <v>77</v>
+      </c>
+      <c r="M222" t="s">
         <v>683</v>
       </c>
-      <c r="B222" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N222" t="s">
-        <v>50</v>
+        <v>180</v>
       </c>
       <c r="Q222" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="R222" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="S222" t="s">
-        <v>30</v>
+        <v>181</v>
       </c>
     </row>
     <row r="223" spans="1:19">
       <c r="A223" t="s">
+        <v>684</v>
+      </c>
+      <c r="B223" t="s">
+        <v>41</v>
+      </c>
+      <c r="C223" t="s">
+        <v>20</v>
+      </c>
+      <c r="D223" t="s">
+        <v>634</v>
+      </c>
+      <c r="E223" t="s">
+        <v>666</v>
+      </c>
+      <c r="F223" t="s">
         <v>685</v>
       </c>
-      <c r="B223" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G223" t="s">
-        <v>550</v>
+        <v>634</v>
       </c>
       <c r="H223" t="s">
         <v>20</v>
       </c>
       <c r="I223" t="s">
         <v>25</v>
       </c>
       <c r="J223" t="s">
         <v>26</v>
       </c>
       <c r="K223" t="s">
-        <v>77</v>
+        <v>41</v>
       </c>
       <c r="L223" t="s">
-        <v>77</v>
+        <v>41</v>
       </c>
       <c r="M223" t="s">
-        <v>449</v>
+        <v>619</v>
       </c>
       <c r="N223" t="s">
-        <v>186</v>
+        <v>50</v>
       </c>
       <c r="Q223" t="s">
         <v>51</v>
       </c>
       <c r="R223" t="s">
         <v>51</v>
       </c>
       <c r="S223" t="s">
-        <v>187</v>
+        <v>30</v>
       </c>
     </row>
     <row r="224" spans="1:19">
       <c r="A224" t="s">
         <v>686</v>
       </c>
       <c r="B224" t="s">
-        <v>106</v>
+        <v>77</v>
       </c>
       <c r="C224" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D224" t="s">
-        <v>84</v>
+        <v>551</v>
       </c>
       <c r="E224" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="F224" t="s">
-        <v>687</v>
+        <v>450</v>
       </c>
       <c r="G224" t="s">
-        <v>84</v>
+        <v>551</v>
       </c>
       <c r="H224" t="s">
         <v>20</v>
       </c>
       <c r="I224" t="s">
         <v>25</v>
       </c>
       <c r="J224" t="s">
         <v>26</v>
       </c>
       <c r="K224" t="s">
-        <v>106</v>
+        <v>77</v>
       </c>
       <c r="L224" t="s">
-        <v>106</v>
+        <v>77</v>
       </c>
       <c r="M224" t="s">
-        <v>520</v>
+        <v>451</v>
       </c>
       <c r="N224" t="s">
-        <v>282</v>
+        <v>188</v>
       </c>
       <c r="Q224" t="s">
-        <v>151</v>
+        <v>51</v>
       </c>
       <c r="R224" t="s">
-        <v>151</v>
+        <v>51</v>
       </c>
       <c r="S224" t="s">
-        <v>283</v>
+        <v>189</v>
       </c>
     </row>
     <row r="225" spans="1:19">
       <c r="A225" t="s">
+        <v>687</v>
+      </c>
+      <c r="B225" t="s">
+        <v>110</v>
+      </c>
+      <c r="C225" t="s">
+        <v>24</v>
+      </c>
+      <c r="D225" t="s">
+        <v>88</v>
+      </c>
+      <c r="E225" t="s">
+        <v>666</v>
+      </c>
+      <c r="F225" t="s">
         <v>688</v>
       </c>
-      <c r="C225" t="s">
-[...6 lines deleted...]
-        <v>665</v>
+      <c r="G225" t="s">
+        <v>88</v>
       </c>
       <c r="H225" t="s">
         <v>20</v>
       </c>
       <c r="I225" t="s">
         <v>25</v>
       </c>
       <c r="J225" t="s">
         <v>26</v>
       </c>
       <c r="K225" t="s">
-        <v>690</v>
+        <v>110</v>
+      </c>
+      <c r="L225" t="s">
+        <v>110</v>
       </c>
       <c r="M225" t="s">
-        <v>638</v>
+        <v>521</v>
+      </c>
+      <c r="N225" t="s">
+        <v>284</v>
       </c>
       <c r="Q225" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="R225" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="S225" t="s">
-        <v>151</v>
+        <v>285</v>
       </c>
     </row>
     <row r="226" spans="1:19">
       <c r="A226" t="s">
+        <v>689</v>
+      </c>
+      <c r="C226" t="s">
+        <v>20</v>
+      </c>
+      <c r="D226" t="s">
+        <v>690</v>
+      </c>
+      <c r="E226" t="s">
+        <v>666</v>
+      </c>
+      <c r="H226" t="s">
+        <v>20</v>
+      </c>
+      <c r="I226" t="s">
+        <v>25</v>
+      </c>
+      <c r="J226" t="s">
+        <v>26</v>
+      </c>
+      <c r="K226" t="s">
         <v>691</v>
       </c>
-      <c r="B226" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M226" t="s">
-        <v>512</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>639</v>
       </c>
       <c r="Q226" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="R226" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="S226" t="s">
-        <v>179</v>
+        <v>155</v>
       </c>
     </row>
     <row r="227" spans="1:19">
       <c r="A227" t="s">
+        <v>692</v>
+      </c>
+      <c r="B227" t="s">
+        <v>693</v>
+      </c>
+      <c r="C227" t="s">
+        <v>20</v>
+      </c>
+      <c r="D227" t="s">
         <v>694</v>
       </c>
-      <c r="C227" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E227" t="s">
-        <v>665</v>
+        <v>666</v>
+      </c>
+      <c r="F227" t="s">
+        <v>513</v>
+      </c>
+      <c r="G227" t="s">
+        <v>694</v>
       </c>
       <c r="H227" t="s">
         <v>24</v>
       </c>
       <c r="I227" t="s">
-        <v>401</v>
+        <v>25</v>
       </c>
       <c r="J227" t="s">
-        <v>402</v>
+        <v>26</v>
       </c>
       <c r="K227" t="s">
-        <v>260</v>
+        <v>693</v>
+      </c>
+      <c r="L227" t="s">
+        <v>693</v>
       </c>
       <c r="M227" t="s">
-        <v>696</v>
+        <v>514</v>
+      </c>
+      <c r="N227" t="s">
+        <v>194</v>
       </c>
       <c r="Q227" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="R227" t="s">
-        <v>179</v>
+        <v>154</v>
       </c>
       <c r="S227" t="s">
-        <v>437</v>
+        <v>181</v>
       </c>
     </row>
     <row r="228" spans="1:19">
       <c r="A228" t="s">
+        <v>695</v>
+      </c>
+      <c r="C228" t="s">
+        <v>435</v>
+      </c>
+      <c r="D228" t="s">
+        <v>696</v>
+      </c>
+      <c r="E228" t="s">
+        <v>666</v>
+      </c>
+      <c r="H228" t="s">
+        <v>24</v>
+      </c>
+      <c r="I228" t="s">
+        <v>403</v>
+      </c>
+      <c r="J228" t="s">
+        <v>404</v>
+      </c>
+      <c r="K228" t="s">
+        <v>262</v>
+      </c>
+      <c r="M228" t="s">
         <v>697</v>
       </c>
-      <c r="B228" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="Q228" t="s">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="R228" t="s">
-        <v>29</v>
+        <v>181</v>
       </c>
       <c r="S228" t="s">
-        <v>30</v>
+        <v>439</v>
       </c>
     </row>
     <row r="229" spans="1:19">
       <c r="A229" t="s">
+        <v>698</v>
+      </c>
+      <c r="B229" t="s">
+        <v>659</v>
+      </c>
+      <c r="C229" t="s">
+        <v>20</v>
+      </c>
+      <c r="D229" t="s">
+        <v>699</v>
+      </c>
+      <c r="E229" t="s">
+        <v>700</v>
+      </c>
+      <c r="F229" t="s">
+        <v>701</v>
+      </c>
+      <c r="G229" t="s">
+        <v>699</v>
+      </c>
+      <c r="H229" t="s">
+        <v>20</v>
+      </c>
+      <c r="I229" t="s">
+        <v>25</v>
+      </c>
+      <c r="J229" t="s">
+        <v>26</v>
+      </c>
+      <c r="K229" t="s">
+        <v>659</v>
+      </c>
+      <c r="L229" t="s">
+        <v>659</v>
+      </c>
+      <c r="M229" t="s">
         <v>702</v>
       </c>
-      <c r="B229" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N229" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="Q229" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="R229" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="S229" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
     </row>
     <row r="230" spans="1:19">
       <c r="A230" t="s">
+        <v>703</v>
+      </c>
+      <c r="B230" t="s">
+        <v>676</v>
+      </c>
+      <c r="C230" t="s">
+        <v>20</v>
+      </c>
+      <c r="D230" t="s">
+        <v>704</v>
+      </c>
+      <c r="E230" t="s">
         <v>705</v>
       </c>
-      <c r="B230" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F230" t="s">
-        <v>684</v>
+        <v>678</v>
       </c>
       <c r="G230" t="s">
-        <v>157</v>
+        <v>704</v>
       </c>
       <c r="H230" t="s">
         <v>20</v>
       </c>
       <c r="I230" t="s">
         <v>25</v>
       </c>
       <c r="J230" t="s">
         <v>26</v>
       </c>
       <c r="K230" t="s">
-        <v>708</v>
+        <v>676</v>
       </c>
       <c r="L230" t="s">
-        <v>708</v>
+        <v>676</v>
       </c>
       <c r="M230" t="s">
-        <v>618</v>
+        <v>663</v>
       </c>
       <c r="N230" t="s">
         <v>42</v>
       </c>
       <c r="Q230" t="s">
-        <v>160</v>
+        <v>43</v>
       </c>
       <c r="R230" t="s">
-        <v>160</v>
+        <v>43</v>
       </c>
       <c r="S230" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="231" spans="1:19">
       <c r="A231" t="s">
+        <v>706</v>
+      </c>
+      <c r="B231" t="s">
+        <v>79</v>
+      </c>
+      <c r="C231" t="s">
+        <v>20</v>
+      </c>
+      <c r="D231" t="s">
+        <v>707</v>
+      </c>
+      <c r="E231" t="s">
+        <v>708</v>
+      </c>
+      <c r="F231" t="s">
+        <v>685</v>
+      </c>
+      <c r="G231" t="s">
+        <v>81</v>
+      </c>
+      <c r="H231" t="s">
+        <v>20</v>
+      </c>
+      <c r="I231" t="s">
+        <v>25</v>
+      </c>
+      <c r="J231" t="s">
+        <v>26</v>
+      </c>
+      <c r="K231" t="s">
         <v>709</v>
       </c>
-      <c r="B231" t="s">
-[...21 lines deleted...]
-        <v>257</v>
+      <c r="L231" t="s">
+        <v>709</v>
       </c>
       <c r="M231" t="s">
-        <v>710</v>
+        <v>619</v>
       </c>
       <c r="N231" t="s">
-        <v>403</v>
+        <v>42</v>
       </c>
       <c r="Q231" t="s">
-        <v>404</v>
+        <v>162</v>
       </c>
       <c r="R231" t="s">
-        <v>405</v>
+        <v>162</v>
       </c>
       <c r="S231" t="s">
-        <v>406</v>
+        <v>44</v>
       </c>
     </row>
     <row r="232" spans="1:19">
       <c r="A232" t="s">
+        <v>710</v>
+      </c>
+      <c r="B232" t="s">
+        <v>79</v>
+      </c>
+      <c r="D232" t="s">
+        <v>309</v>
+      </c>
+      <c r="E232" t="s">
+        <v>708</v>
+      </c>
+      <c r="G232" t="s">
+        <v>81</v>
+      </c>
+      <c r="H232" t="s">
+        <v>24</v>
+      </c>
+      <c r="I232" t="s">
+        <v>403</v>
+      </c>
+      <c r="J232" t="s">
+        <v>404</v>
+      </c>
+      <c r="K232" t="s">
+        <v>257</v>
+      </c>
+      <c r="M232" t="s">
         <v>711</v>
       </c>
-      <c r="B232" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N232" t="s">
-        <v>28</v>
+        <v>405</v>
       </c>
       <c r="Q232" t="s">
-        <v>29</v>
+        <v>406</v>
       </c>
       <c r="R232" t="s">
-        <v>29</v>
+        <v>407</v>
       </c>
       <c r="S232" t="s">
-        <v>30</v>
+        <v>408</v>
       </c>
     </row>
     <row r="233" spans="1:19">
       <c r="A233" t="s">
+        <v>712</v>
+      </c>
+      <c r="B233" t="s">
+        <v>713</v>
+      </c>
+      <c r="C233" t="s">
+        <v>20</v>
+      </c>
+      <c r="D233" t="s">
+        <v>714</v>
+      </c>
+      <c r="E233" t="s">
+        <v>715</v>
+      </c>
+      <c r="F233" t="s">
+        <v>716</v>
+      </c>
+      <c r="G233" t="s">
+        <v>714</v>
+      </c>
+      <c r="H233" t="s">
+        <v>20</v>
+      </c>
+      <c r="I233" t="s">
+        <v>25</v>
+      </c>
+      <c r="J233" t="s">
+        <v>26</v>
+      </c>
+      <c r="K233" t="s">
+        <v>713</v>
+      </c>
+      <c r="L233" t="s">
+        <v>713</v>
+      </c>
+      <c r="M233" t="s">
         <v>717</v>
       </c>
-      <c r="B233" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N233" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="Q233" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="R233" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="S233" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="234" spans="1:19">
       <c r="A234" t="s">
+        <v>718</v>
+      </c>
+      <c r="B234" t="s">
+        <v>576</v>
+      </c>
+      <c r="C234" t="s">
+        <v>20</v>
+      </c>
+      <c r="D234" t="s">
+        <v>719</v>
+      </c>
+      <c r="E234" t="s">
+        <v>715</v>
+      </c>
+      <c r="F234" t="s">
+        <v>720</v>
+      </c>
+      <c r="G234" t="s">
+        <v>719</v>
+      </c>
+      <c r="H234" t="s">
+        <v>20</v>
+      </c>
+      <c r="I234" t="s">
+        <v>25</v>
+      </c>
+      <c r="J234" t="s">
+        <v>26</v>
+      </c>
+      <c r="K234" t="s">
+        <v>576</v>
+      </c>
+      <c r="L234" t="s">
+        <v>576</v>
+      </c>
+      <c r="M234" t="s">
         <v>721</v>
       </c>
-      <c r="B234" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N234" t="s">
-        <v>195</v>
+        <v>50</v>
       </c>
       <c r="Q234" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="R234" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="S234" t="s">
-        <v>196</v>
+        <v>30</v>
       </c>
     </row>
     <row r="235" spans="1:19">
       <c r="A235" t="s">
         <v>722</v>
       </c>
       <c r="B235" t="s">
-        <v>149</v>
+        <v>329</v>
       </c>
       <c r="C235" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D235" t="s">
-        <v>723</v>
+        <v>27</v>
       </c>
       <c r="E235" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="F235" t="s">
-        <v>724</v>
+        <v>543</v>
       </c>
       <c r="G235" t="s">
-        <v>723</v>
+        <v>27</v>
       </c>
       <c r="H235" t="s">
         <v>20</v>
       </c>
       <c r="I235" t="s">
         <v>25</v>
       </c>
       <c r="J235" t="s">
         <v>26</v>
       </c>
       <c r="K235" t="s">
-        <v>149</v>
+        <v>329</v>
       </c>
       <c r="L235" t="s">
-        <v>149</v>
+        <v>329</v>
       </c>
       <c r="M235" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="N235" t="s">
-        <v>282</v>
+        <v>197</v>
       </c>
       <c r="Q235" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="R235" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="S235" t="s">
-        <v>283</v>
+        <v>198</v>
       </c>
     </row>
     <row r="236" spans="1:19">
       <c r="A236" t="s">
+        <v>723</v>
+      </c>
+      <c r="B236" t="s">
+        <v>153</v>
+      </c>
+      <c r="C236" t="s">
+        <v>24</v>
+      </c>
+      <c r="D236" t="s">
+        <v>724</v>
+      </c>
+      <c r="E236" t="s">
+        <v>715</v>
+      </c>
+      <c r="F236" t="s">
         <v>725</v>
       </c>
-      <c r="C236" t="s">
-[...6 lines deleted...]
-        <v>714</v>
+      <c r="G236" t="s">
+        <v>724</v>
       </c>
       <c r="H236" t="s">
         <v>20</v>
       </c>
       <c r="I236" t="s">
         <v>25</v>
       </c>
       <c r="J236" t="s">
         <v>26</v>
       </c>
       <c r="K236" t="s">
-        <v>727</v>
+        <v>153</v>
+      </c>
+      <c r="L236" t="s">
+        <v>153</v>
       </c>
       <c r="M236" t="s">
-        <v>662</v>
+        <v>544</v>
+      </c>
+      <c r="N236" t="s">
+        <v>284</v>
       </c>
       <c r="Q236" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="R236" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="S236" t="s">
-        <v>151</v>
+        <v>285</v>
       </c>
     </row>
     <row r="237" spans="1:19">
       <c r="A237" t="s">
+        <v>726</v>
+      </c>
+      <c r="C237" t="s">
+        <v>20</v>
+      </c>
+      <c r="D237" t="s">
+        <v>727</v>
+      </c>
+      <c r="E237" t="s">
+        <v>715</v>
+      </c>
+      <c r="H237" t="s">
+        <v>20</v>
+      </c>
+      <c r="I237" t="s">
+        <v>25</v>
+      </c>
+      <c r="J237" t="s">
+        <v>26</v>
+      </c>
+      <c r="K237" t="s">
         <v>728</v>
       </c>
-      <c r="B237" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M237" t="s">
-        <v>732</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>663</v>
       </c>
       <c r="Q237" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="R237" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="S237" t="s">
-        <v>179</v>
+        <v>155</v>
       </c>
     </row>
     <row r="238" spans="1:19">
       <c r="A238" t="s">
+        <v>729</v>
+      </c>
+      <c r="B238" t="s">
+        <v>730</v>
+      </c>
+      <c r="C238" t="s">
+        <v>20</v>
+      </c>
+      <c r="D238" t="s">
+        <v>731</v>
+      </c>
+      <c r="E238" t="s">
+        <v>715</v>
+      </c>
+      <c r="F238" t="s">
+        <v>732</v>
+      </c>
+      <c r="G238" t="s">
+        <v>731</v>
+      </c>
+      <c r="H238" t="s">
+        <v>24</v>
+      </c>
+      <c r="I238" t="s">
+        <v>25</v>
+      </c>
+      <c r="J238" t="s">
+        <v>26</v>
+      </c>
+      <c r="K238" t="s">
+        <v>730</v>
+      </c>
+      <c r="L238" t="s">
+        <v>730</v>
+      </c>
+      <c r="M238" t="s">
         <v>733</v>
       </c>
-      <c r="C238" t="s">
-[...21 lines deleted...]
-        <v>380</v>
+      <c r="N238" t="s">
+        <v>194</v>
       </c>
       <c r="Q238" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="R238" t="s">
-        <v>179</v>
+        <v>154</v>
       </c>
       <c r="S238" t="s">
-        <v>437</v>
+        <v>181</v>
       </c>
     </row>
     <row r="239" spans="1:19">
       <c r="A239" t="s">
-        <v>736</v>
+        <v>734</v>
       </c>
       <c r="C239" t="s">
         <v>20</v>
       </c>
       <c r="D239" t="s">
-        <v>737</v>
+        <v>735</v>
       </c>
       <c r="E239" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="H239" t="s">
         <v>24</v>
       </c>
       <c r="I239" t="s">
         <v>25</v>
       </c>
       <c r="J239" t="s">
         <v>26</v>
       </c>
       <c r="K239" t="s">
-        <v>738</v>
+        <v>487</v>
       </c>
       <c r="M239" t="s">
-        <v>618</v>
+        <v>639</v>
       </c>
       <c r="Q239" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="R239" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="S239" t="s">
-        <v>86</v>
+        <v>189</v>
       </c>
     </row>
     <row r="240" spans="1:19">
       <c r="A240" t="s">
-        <v>739</v>
+        <v>736</v>
       </c>
       <c r="C240" t="s">
         <v>20</v>
       </c>
       <c r="D240" t="s">
-        <v>727</v>
+        <v>737</v>
       </c>
       <c r="E240" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="H240" t="s">
         <v>24</v>
       </c>
       <c r="I240" t="s">
         <v>25</v>
       </c>
       <c r="J240" t="s">
         <v>26</v>
       </c>
       <c r="K240" t="s">
-        <v>395</v>
+        <v>738</v>
       </c>
       <c r="M240" t="s">
-        <v>638</v>
+        <v>619</v>
       </c>
       <c r="Q240" t="s">
         <v>43</v>
       </c>
       <c r="R240" t="s">
         <v>43</v>
       </c>
       <c r="S240" t="s">
-        <v>179</v>
+        <v>90</v>
       </c>
     </row>
     <row r="241" spans="1:19">
       <c r="A241" t="s">
-        <v>740</v>
+        <v>739</v>
       </c>
       <c r="C241" t="s">
         <v>20</v>
       </c>
       <c r="D241" t="s">
-        <v>741</v>
+        <v>728</v>
       </c>
       <c r="E241" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="H241" t="s">
         <v>24</v>
       </c>
       <c r="I241" t="s">
         <v>25</v>
       </c>
       <c r="J241" t="s">
         <v>26</v>
       </c>
       <c r="K241" t="s">
-        <v>485</v>
+        <v>398</v>
       </c>
       <c r="M241" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="Q241" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="R241" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="S241" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
     </row>
     <row r="242" spans="1:19">
       <c r="A242" t="s">
+        <v>740</v>
+      </c>
+      <c r="C242" t="s">
+        <v>435</v>
+      </c>
+      <c r="D242" t="s">
+        <v>741</v>
+      </c>
+      <c r="E242" t="s">
+        <v>715</v>
+      </c>
+      <c r="H242" t="s">
+        <v>24</v>
+      </c>
+      <c r="I242" t="s">
+        <v>403</v>
+      </c>
+      <c r="J242" t="s">
+        <v>404</v>
+      </c>
+      <c r="K242" t="s">
         <v>742</v>
       </c>
-      <c r="C242" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="M242" t="s">
-        <v>716</v>
+        <v>382</v>
       </c>
       <c r="Q242" t="s">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="R242" t="s">
-        <v>29</v>
+        <v>181</v>
       </c>
       <c r="S242" t="s">
-        <v>30</v>
+        <v>439</v>
       </c>
     </row>
     <row r="243" spans="1:19">
       <c r="A243" t="s">
+        <v>743</v>
+      </c>
+      <c r="C243" t="s">
+        <v>20</v>
+      </c>
+      <c r="D243" t="s">
+        <v>714</v>
+      </c>
+      <c r="E243" t="s">
         <v>744</v>
       </c>
-      <c r="B243" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H243" t="s">
         <v>20</v>
       </c>
       <c r="I243" t="s">
-        <v>401</v>
+        <v>25</v>
       </c>
       <c r="J243" t="s">
-        <v>402</v>
+        <v>26</v>
       </c>
       <c r="K243" t="s">
-        <v>745</v>
-[...2 lines deleted...]
-        <v>745</v>
+        <v>713</v>
       </c>
       <c r="M243" t="s">
-        <v>749</v>
-[...2 lines deleted...]
-        <v>436</v>
+        <v>717</v>
       </c>
       <c r="Q243" t="s">
-        <v>153</v>
+        <v>29</v>
       </c>
       <c r="R243" t="s">
-        <v>179</v>
+        <v>29</v>
       </c>
       <c r="S243" t="s">
-        <v>437</v>
+        <v>30</v>
       </c>
     </row>
     <row r="244" spans="1:19">
       <c r="A244" t="s">
+        <v>745</v>
+      </c>
+      <c r="B244" t="s">
+        <v>746</v>
+      </c>
+      <c r="C244" t="s">
+        <v>435</v>
+      </c>
+      <c r="D244" t="s">
+        <v>747</v>
+      </c>
+      <c r="E244" t="s">
+        <v>748</v>
+      </c>
+      <c r="F244" t="s">
+        <v>749</v>
+      </c>
+      <c r="G244" t="s">
+        <v>747</v>
+      </c>
+      <c r="H244" t="s">
+        <v>20</v>
+      </c>
+      <c r="I244" t="s">
+        <v>403</v>
+      </c>
+      <c r="J244" t="s">
+        <v>404</v>
+      </c>
+      <c r="K244" t="s">
+        <v>746</v>
+      </c>
+      <c r="L244" t="s">
+        <v>746</v>
+      </c>
+      <c r="M244" t="s">
         <v>750</v>
       </c>
-      <c r="C244" t="s">
-[...21 lines deleted...]
-        <v>482</v>
+      <c r="N244" t="s">
+        <v>438</v>
       </c>
       <c r="Q244" t="s">
-        <v>151</v>
+        <v>79</v>
       </c>
       <c r="R244" t="s">
-        <v>151</v>
+        <v>181</v>
       </c>
       <c r="S244" t="s">
-        <v>283</v>
+        <v>439</v>
       </c>
     </row>
     <row r="245" spans="1:19">
       <c r="A245" t="s">
         <v>751</v>
       </c>
       <c r="C245" t="s">
         <v>20</v>
       </c>
       <c r="D245" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="E245" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="H245" t="s">
         <v>20</v>
       </c>
       <c r="I245" t="s">
         <v>25</v>
       </c>
       <c r="J245" t="s">
         <v>26</v>
       </c>
       <c r="K245" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="M245" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="Q245" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="R245" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="S245" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="246" spans="1:19">
       <c r="A246" t="s">
         <v>752</v>
       </c>
-      <c r="B246" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C246" t="s">
-        <v>433</v>
+        <v>24</v>
       </c>
       <c r="D246" t="s">
-        <v>753</v>
+        <v>486</v>
       </c>
       <c r="E246" t="s">
-        <v>754</v>
-[...5 lines deleted...]
-        <v>753</v>
+        <v>748</v>
       </c>
       <c r="H246" t="s">
         <v>20</v>
       </c>
       <c r="I246" t="s">
-        <v>401</v>
+        <v>25</v>
       </c>
       <c r="J246" t="s">
-        <v>402</v>
+        <v>26</v>
       </c>
       <c r="K246" t="s">
-        <v>729</v>
-[...2 lines deleted...]
-        <v>729</v>
+        <v>415</v>
       </c>
       <c r="M246" t="s">
-        <v>756</v>
-[...2 lines deleted...]
-        <v>436</v>
+        <v>484</v>
       </c>
       <c r="Q246" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="R246" t="s">
-        <v>179</v>
+        <v>155</v>
       </c>
       <c r="S246" t="s">
-        <v>437</v>
+        <v>285</v>
       </c>
     </row>
     <row r="247" spans="1:19">
       <c r="A247" t="s">
+        <v>753</v>
+      </c>
+      <c r="B247" t="s">
+        <v>730</v>
+      </c>
+      <c r="C247" t="s">
+        <v>435</v>
+      </c>
+      <c r="D247" t="s">
+        <v>754</v>
+      </c>
+      <c r="E247" t="s">
+        <v>755</v>
+      </c>
+      <c r="F247" t="s">
+        <v>756</v>
+      </c>
+      <c r="G247" t="s">
+        <v>754</v>
+      </c>
+      <c r="H247" t="s">
+        <v>20</v>
+      </c>
+      <c r="I247" t="s">
+        <v>403</v>
+      </c>
+      <c r="J247" t="s">
+        <v>404</v>
+      </c>
+      <c r="K247" t="s">
+        <v>730</v>
+      </c>
+      <c r="L247" t="s">
+        <v>730</v>
+      </c>
+      <c r="M247" t="s">
         <v>757</v>
       </c>
-      <c r="C247" t="s">
-[...21 lines deleted...]
-        <v>638</v>
+      <c r="N247" t="s">
+        <v>438</v>
       </c>
       <c r="Q247" t="s">
-        <v>151</v>
+        <v>79</v>
       </c>
       <c r="R247" t="s">
-        <v>151</v>
+        <v>181</v>
       </c>
       <c r="S247" t="s">
-        <v>283</v>
+        <v>439</v>
       </c>
     </row>
     <row r="248" spans="1:19">
       <c r="A248" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="C248" t="s">
         <v>20</v>
       </c>
       <c r="D248" t="s">
         <v>49</v>
       </c>
       <c r="E248" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="H248" t="s">
         <v>20</v>
       </c>
       <c r="I248" t="s">
         <v>25</v>
       </c>
       <c r="J248" t="s">
         <v>26</v>
       </c>
       <c r="K248" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="M248" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="Q248" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="R248" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="S248" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="249" spans="1:19">
       <c r="A249" t="s">
+        <v>759</v>
+      </c>
+      <c r="C249" t="s">
+        <v>24</v>
+      </c>
+      <c r="D249" t="s">
         <v>760</v>
       </c>
-      <c r="B249" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E249" t="s">
-        <v>761</v>
-[...5 lines deleted...]
-        <v>480</v>
+        <v>755</v>
       </c>
       <c r="H249" t="s">
         <v>20</v>
       </c>
       <c r="I249" t="s">
-        <v>401</v>
+        <v>25</v>
       </c>
       <c r="J249" t="s">
-        <v>402</v>
+        <v>26</v>
       </c>
       <c r="K249" t="s">
-        <v>664</v>
-[...2 lines deleted...]
-        <v>664</v>
+        <v>596</v>
       </c>
       <c r="M249" t="s">
-        <v>763</v>
-[...2 lines deleted...]
-        <v>436</v>
+        <v>639</v>
       </c>
       <c r="Q249" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="R249" t="s">
-        <v>179</v>
+        <v>155</v>
       </c>
       <c r="S249" t="s">
-        <v>437</v>
+        <v>285</v>
       </c>
     </row>
     <row r="250" spans="1:19">
       <c r="A250" t="s">
+        <v>761</v>
+      </c>
+      <c r="B250" t="s">
+        <v>665</v>
+      </c>
+      <c r="C250" t="s">
+        <v>435</v>
+      </c>
+      <c r="D250" t="s">
+        <v>482</v>
+      </c>
+      <c r="E250" t="s">
+        <v>762</v>
+      </c>
+      <c r="F250" t="s">
+        <v>763</v>
+      </c>
+      <c r="G250" t="s">
+        <v>482</v>
+      </c>
+      <c r="H250" t="s">
+        <v>20</v>
+      </c>
+      <c r="I250" t="s">
+        <v>403</v>
+      </c>
+      <c r="J250" t="s">
+        <v>404</v>
+      </c>
+      <c r="K250" t="s">
+        <v>665</v>
+      </c>
+      <c r="L250" t="s">
+        <v>665</v>
+      </c>
+      <c r="M250" t="s">
         <v>764</v>
       </c>
-      <c r="C250" t="s">
-[...21 lines deleted...]
-        <v>618</v>
+      <c r="N250" t="s">
+        <v>438</v>
       </c>
       <c r="Q250" t="s">
-        <v>150</v>
+        <v>79</v>
       </c>
       <c r="R250" t="s">
-        <v>150</v>
+        <v>181</v>
       </c>
       <c r="S250" t="s">
-        <v>196</v>
+        <v>439</v>
       </c>
     </row>
     <row r="251" spans="1:19">
       <c r="A251" t="s">
+        <v>765</v>
+      </c>
+      <c r="C251" t="s">
+        <v>20</v>
+      </c>
+      <c r="D251" t="s">
+        <v>699</v>
+      </c>
+      <c r="E251" t="s">
         <v>766</v>
       </c>
-      <c r="C251" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H251" t="s">
         <v>20</v>
       </c>
       <c r="I251" t="s">
-        <v>401</v>
+        <v>25</v>
       </c>
       <c r="J251" t="s">
-        <v>402</v>
+        <v>26</v>
       </c>
       <c r="K251" t="s">
-        <v>767</v>
+        <v>582</v>
       </c>
       <c r="M251" t="s">
-        <v>411</v>
+        <v>619</v>
       </c>
       <c r="Q251" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="R251" t="s">
-        <v>179</v>
+        <v>154</v>
       </c>
       <c r="S251" t="s">
-        <v>437</v>
+        <v>198</v>
       </c>
     </row>
     <row r="252" spans="1:19">
       <c r="A252" t="s">
+        <v>767</v>
+      </c>
+      <c r="C252" t="s">
+        <v>435</v>
+      </c>
+      <c r="D252" t="s">
+        <v>582</v>
+      </c>
+      <c r="E252" t="s">
+        <v>766</v>
+      </c>
+      <c r="H252" t="s">
+        <v>20</v>
+      </c>
+      <c r="I252" t="s">
+        <v>403</v>
+      </c>
+      <c r="J252" t="s">
+        <v>404</v>
+      </c>
+      <c r="K252" t="s">
         <v>768</v>
       </c>
-      <c r="C252" t="s">
-[...5 lines deleted...]
-      <c r="E252" t="s">
+      <c r="M252" t="s">
+        <v>413</v>
+      </c>
+      <c r="Q252" t="s">
+        <v>79</v>
+      </c>
+      <c r="R252" t="s">
+        <v>181</v>
+      </c>
+      <c r="S252" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="253" spans="1:19">
+      <c r="A253" t="s">
         <v>769</v>
       </c>
-      <c r="H252" t="s">
-[...11 lines deleted...]
-      <c r="M252" t="s">
+      <c r="C253" t="s">
+        <v>24</v>
+      </c>
+      <c r="D253" t="s">
+        <v>582</v>
+      </c>
+      <c r="E253" t="s">
         <v>770</v>
       </c>
-      <c r="Q252" t="s">
-[...6 lines deleted...]
-        <v>283</v>
+      <c r="H253" t="s">
+        <v>20</v>
+      </c>
+      <c r="I253" t="s">
+        <v>25</v>
+      </c>
+      <c r="J253" t="s">
+        <v>26</v>
+      </c>
+      <c r="K253" t="s">
+        <v>398</v>
+      </c>
+      <c r="M253" t="s">
+        <v>771</v>
+      </c>
+      <c r="Q253" t="s">
+        <v>155</v>
+      </c>
+      <c r="R253" t="s">
+        <v>155</v>
+      </c>
+      <c r="S253" t="s">
+        <v>285</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>