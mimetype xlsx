--- v0 (2025-10-06)
+++ v1 (2025-11-21)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4257" uniqueCount="608">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4273" uniqueCount="610">
   <si>
     <t>Part Number</t>
   </si>
   <si>
     <t>Inductance</t>
   </si>
   <si>
     <t>Tolerance</t>
   </si>
   <si>
     <t>Itemp Max(mA)</t>
   </si>
   <si>
     <t>L Size</t>
   </si>
   <si>
     <t>W Size</t>
   </si>
   <si>
     <t>T Size</t>
   </si>
   <si>
     <t>Q value test frequency (MHz)</t>
   </si>
   <si>
@@ -195,65 +195,65 @@
   <si>
     <t>AHF100505HQR33HT</t>
   </si>
   <si>
     <t>±3%</t>
   </si>
   <si>
     <t>AHF160808HR33JT</t>
   </si>
   <si>
     <t>2.8</t>
   </si>
   <si>
     <t>AHF100505HQR33JT</t>
   </si>
   <si>
     <t>AHF201209HR27JT</t>
   </si>
   <si>
     <t>270nH</t>
   </si>
   <si>
     <t>1.8</t>
   </si>
   <si>
+    <t>AHF100505HQR27HT</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>4.5</t>
+  </si>
+  <si>
+    <t>400</t>
+  </si>
+  <si>
     <t>AHF100505HQR27GT</t>
   </si>
   <si>
-    <t>100</t>
-[...10 lines deleted...]
-  <si>
     <t>AHF160808HR27JT</t>
   </si>
   <si>
     <t>2.6</t>
   </si>
   <si>
     <t>AHF100505HQR27JT</t>
   </si>
   <si>
     <t>AHF201209HR22JT</t>
   </si>
   <si>
     <t>220nH</t>
   </si>
   <si>
     <t>1.5</t>
   </si>
   <si>
     <t>AHF100505HQR22GT</t>
   </si>
   <si>
     <t>3.7</t>
   </si>
   <si>
     <t>450</t>
@@ -264,59 +264,59 @@
   <si>
     <t>AHF160808HR22JT</t>
   </si>
   <si>
     <t>2.4</t>
   </si>
   <si>
     <t>AHF100505HQR22JT</t>
   </si>
   <si>
     <t>AHF201209HR18JT</t>
   </si>
   <si>
     <t>180nH</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>1.3</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
+    <t>AHF100505HQR18GT</t>
+  </si>
+  <si>
+    <t>3.5</t>
+  </si>
+  <si>
     <t>AHF100505HQR18HT</t>
   </si>
   <si>
-    <t>3.5</t>
-[...4 lines deleted...]
-  <si>
     <t>AHF160808HR18JT</t>
   </si>
   <si>
     <t>1.9</t>
   </si>
   <si>
     <t>AHF100505HQR18JT</t>
   </si>
   <si>
     <t>AHF201209HR15JT</t>
   </si>
   <si>
     <t>150nH</t>
   </si>
   <si>
     <t>1.2</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>AHF100505HQR15GT</t>
   </si>
   <si>
     <t>3</t>
@@ -417,461 +417,467 @@
   <si>
     <t>AHF160808HR10JT</t>
   </si>
   <si>
     <t>AHF100505HQR10JT</t>
   </si>
   <si>
     <t>AHF201209H82NJT</t>
   </si>
   <si>
     <t>82nH</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>AHF100505HQ82NHT</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>AHF100505HQ82NGT</t>
   </si>
   <si>
+    <t>AHF060303HQ82NJT03</t>
+  </si>
+  <si>
+    <t>3.8</t>
+  </si>
+  <si>
+    <t>1100</t>
+  </si>
+  <si>
     <t>AHF060303HQ82NHT03</t>
   </si>
   <si>
-    <t>3.8</t>
-[...7 lines deleted...]
-  <si>
     <t>AHF160808H82NJT</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>AHF100505HQ82NJT</t>
   </si>
   <si>
     <t>AHF201209H68NJT</t>
   </si>
   <si>
     <t>68nH</t>
   </si>
   <si>
     <t>0.8</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
+    <t>AHF100505HQ68NGT</t>
+  </si>
+  <si>
     <t>AHF100505HQ68NHT</t>
   </si>
   <si>
-    <t>AHF100505HQ68NGT</t>
-[...1 lines deleted...]
-  <si>
     <t>AHF060303HQ68NJT03</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>AHF060303HQ68NHT03</t>
   </si>
   <si>
     <t>AHF160808H68NJT</t>
   </si>
   <si>
     <t>0.85</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>AHF100505HQ68NJT</t>
   </si>
   <si>
     <t>AHF201209H56NJT</t>
   </si>
   <si>
     <t>56nH</t>
   </si>
   <si>
     <t>0.75</t>
   </si>
   <si>
+    <t>AHF100505HQ56NGT</t>
+  </si>
+  <si>
     <t>AHF100505HQ56NHT</t>
   </si>
   <si>
-    <t>AHF100505HQ56NGT</t>
+    <t>AHF060303HQ56NHT03</t>
+  </si>
+  <si>
+    <t>1400</t>
   </si>
   <si>
     <t>AHF060303HQ56NJT03</t>
   </si>
   <si>
-    <t>1400</t>
-[...4 lines deleted...]
-  <si>
     <t>AHF160808H56NJT</t>
   </si>
   <si>
     <t>AHF100505HQ56NJT</t>
   </si>
   <si>
     <t>AHF060303HQ47NHT03</t>
   </si>
   <si>
     <t>47nH</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>AHF201209H47NJT</t>
   </si>
   <si>
     <t>0.7</t>
   </si>
   <si>
     <t>AHF100505HQ47NGT</t>
   </si>
   <si>
     <t>1.1</t>
   </si>
   <si>
     <t>AHF100505HQ47NHT</t>
   </si>
   <si>
     <t>AHF060303HQ47NJT03</t>
   </si>
   <si>
     <t>AHF160808H47NJT</t>
   </si>
   <si>
     <t>AHF100505HQ47NJT</t>
   </si>
   <si>
+    <t>AHF100505HQ43NHT</t>
+  </si>
+  <si>
+    <t>43nH</t>
+  </si>
+  <si>
     <t>AHF100505HQ43NGT</t>
   </si>
   <si>
-    <t>43nH</t>
-[...4 lines deleted...]
-  <si>
     <t>AHF100505HQ43NJT</t>
   </si>
   <si>
     <t>AHF201209H39NJT</t>
   </si>
   <si>
     <t>39nH</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>0.65</t>
   </si>
   <si>
+    <t>AHF100505HQ39NGT</t>
+  </si>
+  <si>
     <t>AHF100505HQ39NHT</t>
   </si>
   <si>
-    <t>AHF100505HQ39NGT</t>
+    <t>AHF060303HQ39NJT03</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>2.3</t>
+  </si>
+  <si>
+    <t>1600</t>
   </si>
   <si>
     <t>AHF060303HQ39NHT03</t>
   </si>
   <si>
-    <t>120</t>
-[...10 lines deleted...]
-  <si>
     <t>AHF160808H39NJT</t>
   </si>
   <si>
     <t>AHF100505HQ39NJT</t>
   </si>
   <si>
     <t>AHF201209H33NJT</t>
   </si>
   <si>
     <t>33nH</t>
   </si>
   <si>
     <t>0.6</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>AHF100505HQ33NHT</t>
   </si>
   <si>
     <t>AHF100505HQ33NGT</t>
   </si>
   <si>
+    <t>AHF060303HQ33NJT03</t>
+  </si>
+  <si>
+    <t>2000</t>
+  </si>
+  <si>
     <t>AHF060303HQ33NHT03</t>
   </si>
   <si>
-    <t>2000</t>
-[...4 lines deleted...]
-  <si>
     <t>AHF160808H33NJT</t>
   </si>
   <si>
     <t>AHF100505HQ33NJT</t>
   </si>
   <si>
     <t>AHF201209H27NJT</t>
   </si>
   <si>
     <t>27nH</t>
   </si>
   <si>
     <t>0.55</t>
   </si>
   <si>
     <t>AHF100505HQ27NGT</t>
   </si>
   <si>
+    <t>AHF060303HQ27NJT03</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
     <t>AHF060303HQ27NHT03</t>
   </si>
   <si>
-    <t>140</t>
-[...4 lines deleted...]
-  <si>
     <t>AHF160808H27NJT</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
     <t>AHF100505HQ27NHT</t>
   </si>
   <si>
     <t>AHF100505HQ27NJT</t>
   </si>
   <si>
     <t>AHF201209H22NJT</t>
   </si>
   <si>
     <t>22nH</t>
   </si>
   <si>
     <t>0.5</t>
   </si>
   <si>
     <t>AHF100505HQ22NGT</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
+    <t>AHF060303HQ22NJT03</t>
+  </si>
+  <si>
+    <t>2200</t>
+  </si>
+  <si>
     <t>AHF060303HQ22NHT03</t>
   </si>
   <si>
-    <t>2200</t>
-[...4 lines deleted...]
-  <si>
     <t>AHF160808H22NJT</t>
   </si>
   <si>
+    <t>AHF100505HQ22NJT</t>
+  </si>
+  <si>
     <t>AHF100505HQ22NHT</t>
   </si>
   <si>
-    <t>AHF100505HQ22NJT</t>
-[...1 lines deleted...]
-  <si>
     <t>AHF100505HQ20NHT</t>
   </si>
   <si>
     <t>20nH</t>
   </si>
   <si>
     <t>AHF100505HQ20NGT</t>
   </si>
   <si>
     <t>AHF100505HQ20NJT</t>
   </si>
   <si>
     <t>AHF201209H18NJT</t>
   </si>
   <si>
     <t>18nH</t>
   </si>
   <si>
     <t>0.45</t>
   </si>
   <si>
+    <t>AHF100505HQ18NHT</t>
+  </si>
+  <si>
+    <t>2100</t>
+  </si>
+  <si>
     <t>AHF100505HQ18NGT</t>
   </si>
   <si>
-    <t>2100</t>
-[...2 lines deleted...]
-    <t>AHF100505HQ18NHT</t>
+    <t>AHF060303HQ18NHT03</t>
+  </si>
+  <si>
+    <t>2300</t>
   </si>
   <si>
     <t>AHF060303HQ18NJT03</t>
   </si>
   <si>
-    <t>2300</t>
-[...4 lines deleted...]
-  <si>
     <t>AHF160808H18NJT</t>
   </si>
   <si>
     <t>AHF100505HQ18NJT</t>
   </si>
   <si>
     <t>AHF201209H15NJT</t>
   </si>
   <si>
     <t>15nH</t>
   </si>
   <si>
     <t>0.4</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
+    <t>AHF100505TQ15NJT02</t>
+  </si>
+  <si>
+    <t>J</t>
+  </si>
+  <si>
+    <t>AHF100505HQ15NGT</t>
+  </si>
+  <si>
     <t>AHF100505HQ15NHT</t>
   </si>
   <si>
-    <t>AHF100505HQ15NGT</t>
+    <t>AHF060303HQ15NHT03</t>
+  </si>
+  <si>
+    <t>2600</t>
   </si>
   <si>
     <t>AHF060303HQ15NJT03</t>
   </si>
   <si>
-    <t>2600</t>
-[...4 lines deleted...]
-  <si>
     <t>AHF160808H15NJT</t>
   </si>
   <si>
     <t>AHF100505HQ15NJT</t>
   </si>
   <si>
     <t>AHF201209H12NJT</t>
   </si>
   <si>
     <t>12nH</t>
   </si>
   <si>
     <t>0.35</t>
   </si>
   <si>
     <t>AHF100505HQ12NGT</t>
   </si>
   <si>
     <t>2700</t>
   </si>
   <si>
+    <t>AHF060303HQ12NHT03</t>
+  </si>
+  <si>
+    <t>3400</t>
+  </si>
+  <si>
     <t>AHF060303HQ12NJT03</t>
   </si>
   <si>
-    <t>3400</t>
-[...4 lines deleted...]
-  <si>
     <t>AHF160808H12NJT</t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
     <t>AHF100505HQ12NHT</t>
   </si>
   <si>
     <t>AHF100505HQ12NJT</t>
   </si>
   <si>
     <t>AHF201209H10NJT</t>
   </si>
   <si>
     <t>10nH</t>
   </si>
   <si>
     <t>0.3</t>
   </si>
   <si>
+    <t>AHF100505HQ10NGT</t>
+  </si>
+  <si>
+    <t>0.26</t>
+  </si>
+  <si>
+    <t>3200</t>
+  </si>
+  <si>
     <t>AHF100505HQ10NHT</t>
   </si>
   <si>
-    <t>0.26</t>
-[...7 lines deleted...]
-  <si>
     <t>AHF060303HQ10NHT03</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>3800</t>
   </si>
   <si>
     <t>AHF060303HQ10NJT03</t>
   </si>
   <si>
     <t>AHF160808H10NJT</t>
   </si>
   <si>
     <t>3500</t>
   </si>
   <si>
     <t>AHF100505HQ10NJT</t>
   </si>
   <si>
     <t>AHF160808H9N1JT</t>
   </si>
   <si>
     <t>9.1nH</t>
@@ -915,56 +921,56 @@
   <si>
     <t>AHF100505HQ8N2GT</t>
   </si>
   <si>
     <t>0.24</t>
   </si>
   <si>
     <t>3600</t>
   </si>
   <si>
     <t>AHF060303HQ8N2JT03</t>
   </si>
   <si>
     <t>4300</t>
   </si>
   <si>
     <t>AHF060303HQ8N2HT03</t>
   </si>
   <si>
     <t>AHF160808H8N2JT</t>
   </si>
   <si>
     <t>4500</t>
   </si>
   <si>
+    <t>AHF100505HQ8N2JT</t>
+  </si>
+  <si>
     <t>AHF100505HQ8N2HT</t>
   </si>
   <si>
-    <t>AHF100505HQ8N2JT</t>
-[...1 lines deleted...]
-  <si>
     <t>AHF160808H7N5JT</t>
   </si>
   <si>
     <t>7.5nH</t>
   </si>
   <si>
     <t>AHF100505HQ7N5HT</t>
   </si>
   <si>
     <t>3700</t>
   </si>
   <si>
     <t>AHF100505HQ7N5GT</t>
   </si>
   <si>
     <t>AHF060303HQ7N5JT03</t>
   </si>
   <si>
     <t>4700</t>
   </si>
   <si>
     <t>AHF060303HQ7N5HT03</t>
   </si>
   <si>
     <t>AHF100505HQ7N5JT</t>
@@ -981,903 +987,903 @@
   <si>
     <t>AHF100505HQ6N8GT</t>
   </si>
   <si>
     <t>0.2</t>
   </si>
   <si>
     <t>3900</t>
   </si>
   <si>
     <t>AHF060303HQ6N8JT03</t>
   </si>
   <si>
     <t>5500</t>
   </si>
   <si>
     <t>AHF060303HQ6N8HT03</t>
   </si>
   <si>
     <t>AHF160808H6N8JT</t>
   </si>
   <si>
     <t>5000</t>
   </si>
   <si>
+    <t>AHF100505HQ6N8JT</t>
+  </si>
+  <si>
     <t>AHF100505HQ6N8HT</t>
   </si>
   <si>
-    <t>AHF100505HQ6N8JT</t>
-[...1 lines deleted...]
-  <si>
     <t>AHF100505HQ6N2BT</t>
   </si>
   <si>
     <t>6.2nH</t>
   </si>
   <si>
     <t>±0.1nH</t>
   </si>
   <si>
     <t>AHF100505HQ6N2CT</t>
   </si>
   <si>
     <t>±0.2nH</t>
   </si>
   <si>
+    <t>AHF060303HQ6N2HT03</t>
+  </si>
+  <si>
+    <t>5100</t>
+  </si>
+  <si>
     <t>AHF060303HQ6N2JT03</t>
   </si>
   <si>
-    <t>5100</t>
-[...4 lines deleted...]
-  <si>
     <t>AHF100505HQ6N2ST</t>
   </si>
   <si>
     <t>±0.3nH</t>
   </si>
   <si>
     <t>AHF201209H5N6ST</t>
   </si>
   <si>
     <t>5.6nH</t>
   </si>
   <si>
     <t>±0.03nH</t>
   </si>
   <si>
     <t>0.23</t>
   </si>
   <si>
     <t>AHF100505HQ5N6CT</t>
   </si>
   <si>
     <t>4000</t>
   </si>
   <si>
     <t>AHF100505HQ5N6BT</t>
   </si>
   <si>
+    <t>AHF060303HQ5N6HT03</t>
+  </si>
+  <si>
     <t>AHF060303HQ5N6JT03</t>
   </si>
   <si>
-    <t>AHF060303HQ5N6HT03</t>
-[...1 lines deleted...]
-  <si>
     <t>AHF160808H5N6ST</t>
   </si>
   <si>
     <t>AHF100505HQ5N6ST</t>
   </si>
   <si>
     <t>AHF160808H5N1ST</t>
   </si>
   <si>
     <t>5.1nH</t>
   </si>
   <si>
     <t>AHF100505HQ5N1BT</t>
   </si>
   <si>
     <t>0.16</t>
   </si>
   <si>
     <t>AHF100505HQ5N1CT</t>
   </si>
   <si>
+    <t>AHF060303HQ5N1JT03</t>
+  </si>
+  <si>
+    <t>5900</t>
+  </si>
+  <si>
     <t>AHF060303HQ5N1ST03</t>
   </si>
   <si>
-    <t>5900</t>
-[...4 lines deleted...]
-  <si>
     <t>AHF060303HQ5N1HT03</t>
   </si>
   <si>
     <t>AHF100505HQ5N1ST</t>
   </si>
   <si>
     <t>AHF201209H4N7ST</t>
   </si>
   <si>
     <t>4.7nH</t>
   </si>
   <si>
     <t>AHF100505HQ4N7CT</t>
   </si>
   <si>
+    <t>AHF060303HQ4N7JT03</t>
+  </si>
+  <si>
+    <t>6200</t>
+  </si>
+  <si>
     <t>AHF060303HQ4N7ST03</t>
   </si>
   <si>
-    <t>6200</t>
-[...1 lines deleted...]
-  <si>
     <t>AHF060303HQ4N7HT03</t>
   </si>
   <si>
-    <t>AHF060303HQ4N7JT03</t>
-[...1 lines deleted...]
-  <si>
     <t>AHF160808H4N7ST</t>
   </si>
   <si>
     <t>6000</t>
   </si>
   <si>
+    <t>AHF100505HQ4N7BT</t>
+  </si>
+  <si>
     <t>AHF100505HQ4N7ST</t>
   </si>
   <si>
-    <t>AHF100505HQ4N7BT</t>
-[...1 lines deleted...]
-  <si>
     <t>AHF160808H4N3ST</t>
   </si>
   <si>
     <t>4.3nH</t>
   </si>
   <si>
     <t>0.18</t>
   </si>
   <si>
+    <t>AHF100505HQ4N3CT</t>
+  </si>
+  <si>
     <t>AHF100505HQ4N3BT</t>
   </si>
   <si>
-    <t>AHF100505HQ4N3CT</t>
-[...1 lines deleted...]
-  <si>
     <t>AHF100505TQ4N3BT02</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
+    <t>AHF060303HQ4N3ST03</t>
+  </si>
+  <si>
+    <t>6800</t>
+  </si>
+  <si>
     <t>AHF060303HQ4N3HT03</t>
   </si>
   <si>
-    <t>6800</t>
-[...1 lines deleted...]
-  <si>
     <t>AHF060303HQ4N3JT03</t>
   </si>
   <si>
-    <t>AHF060303HQ4N3ST03</t>
-[...1 lines deleted...]
-  <si>
     <t>AHF100505HQ4N3ST</t>
   </si>
   <si>
     <t>AHF201209H3N9ST</t>
   </si>
   <si>
     <t>3.9nH</t>
   </si>
   <si>
     <t>0.15</t>
   </si>
   <si>
     <t>AHF100505HQ3N9BT</t>
   </si>
   <si>
     <t>AHF100505HQ3N9CT</t>
   </si>
   <si>
+    <t>AHF060303HQ3N9BT03</t>
+  </si>
+  <si>
+    <t>7400</t>
+  </si>
+  <si>
     <t>AHF060303HQ3N9CT03</t>
   </si>
   <si>
-    <t>7400</t>
-[...1 lines deleted...]
-  <si>
     <t>AHF060303HQ3N9ST03</t>
   </si>
   <si>
-    <t>AHF060303HQ3N9BT03</t>
-[...1 lines deleted...]
-  <si>
     <t>AHF160808H3N9ST</t>
   </si>
   <si>
     <t>AHF100505HQ3N9ST</t>
   </si>
   <si>
+    <t>AHF060303HQ3N8BT03</t>
+  </si>
+  <si>
+    <t>3.8nH</t>
+  </si>
+  <si>
+    <t>7500</t>
+  </si>
+  <si>
     <t>AHF060303HQ3N8CT03</t>
   </si>
   <si>
-    <t>3.8nH</t>
-[...4 lines deleted...]
-  <si>
     <t>AHF060303HQ3N8ST03</t>
   </si>
   <si>
-    <t>AHF060303HQ3N8BT03</t>
+    <t>AHF060303HQ3N7CT03</t>
+  </si>
+  <si>
+    <t>3.7nH</t>
+  </si>
+  <si>
+    <t>7600</t>
+  </si>
+  <si>
+    <t>AHF060303HQ3N7BT03</t>
   </si>
   <si>
     <t>AHF060303HQ3N7ST03</t>
   </si>
   <si>
-    <t>3.7nH</t>
-[...10 lines deleted...]
-  <si>
     <t>AHF160808H3N6ST</t>
   </si>
   <si>
     <t>3.6nH</t>
   </si>
   <si>
     <t>AHF100505HQ3N6CT</t>
   </si>
   <si>
     <t>AHF100505TQ3N6BT02</t>
   </si>
   <si>
     <t>AHF100505HQ3N6BT</t>
   </si>
   <si>
+    <t>AHF060303HQ3N6BT03</t>
+  </si>
+  <si>
+    <t>7700</t>
+  </si>
+  <si>
     <t>AHF060303HQ3N6ST03</t>
   </si>
   <si>
-    <t>7700</t>
-[...4 lines deleted...]
-  <si>
     <t>AHF060303HQ3N6CT03</t>
   </si>
   <si>
     <t>AHF100505HQ3N6ST</t>
   </si>
   <si>
+    <t>AHF060303HQ3N5BT03</t>
+  </si>
+  <si>
+    <t>3.5nH</t>
+  </si>
+  <si>
+    <t>7900</t>
+  </si>
+  <si>
     <t>AHF060303HQ3N5ST03</t>
   </si>
   <si>
-    <t>3.5nH</t>
-[...7 lines deleted...]
-  <si>
     <t>AHF060303HQ3N5CT03</t>
   </si>
   <si>
+    <t>AHF060303HQ3N4BT03</t>
+  </si>
+  <si>
+    <t>3.4nH</t>
+  </si>
+  <si>
+    <t>8000</t>
+  </si>
+  <si>
     <t>AHF060303HQ3N4CT03</t>
   </si>
   <si>
-    <t>3.4nH</t>
-[...4 lines deleted...]
-  <si>
     <t>AHF060303HQ3N4ST03</t>
   </si>
   <si>
-    <t>AHF060303HQ3N4BT03</t>
-[...1 lines deleted...]
-  <si>
     <t>AHF201209H3N3ST</t>
   </si>
   <si>
     <t>3.3nH</t>
   </si>
   <si>
     <t>0.13</t>
   </si>
   <si>
+    <t>AHF100505HQ3N3BT</t>
+  </si>
+  <si>
     <t>AHF100505HQ3N3CT</t>
   </si>
   <si>
-    <t>AHF100505HQ3N3BT</t>
+    <t>AHF060303HQ3N3ST03</t>
+  </si>
+  <si>
+    <t>8100</t>
   </si>
   <si>
     <t>AHF060303HQ3N3CT03</t>
   </si>
   <si>
-    <t>8100</t>
-[...4 lines deleted...]
-  <si>
     <t>AHF060303HQ3N3BT03</t>
   </si>
   <si>
     <t>AHF160808H3N3ST</t>
   </si>
   <si>
     <t>AHF100505HQ3N3ST</t>
   </si>
   <si>
     <t>AHF060303HQ3N2CT03</t>
   </si>
   <si>
     <t>3.2nH</t>
   </si>
   <si>
     <t>8200</t>
   </si>
   <si>
     <t>AHF060303HQ3N2ST03</t>
   </si>
   <si>
     <t>AHF060303HQ3N2BT03</t>
   </si>
   <si>
     <t>AHF060303HQ3N1CT03</t>
   </si>
   <si>
     <t>3.1nH</t>
   </si>
   <si>
     <t>8500</t>
   </si>
   <si>
+    <t>AHF060303HQ3N1ST03</t>
+  </si>
+  <si>
     <t>AHF060303HQ3N1BT03</t>
   </si>
   <si>
-    <t>AHF060303HQ3N1ST03</t>
+    <t>AHF100505HQ3N0BT</t>
+  </si>
+  <si>
+    <t>3nH</t>
+  </si>
+  <si>
+    <t>0.12</t>
   </si>
   <si>
     <t>AHF100505HQ3N0CT</t>
   </si>
   <si>
-    <t>3nH</t>
-[...4 lines deleted...]
-  <si>
     <t>AHF100505TQ3N0BT02</t>
   </si>
   <si>
-    <t>AHF100505HQ3N0BT</t>
+    <t>AHF060303HQ3N0CT03</t>
+  </si>
+  <si>
+    <t>9500</t>
   </si>
   <si>
     <t>AHF060303HQ3N0BT03</t>
   </si>
   <si>
-    <t>9500</t>
-[...4 lines deleted...]
-  <si>
     <t>AHF060303HQ3N0ST03</t>
   </si>
   <si>
     <t>AHF100505HQ3N0ST</t>
   </si>
   <si>
+    <t>AHF060303HQ2N9CT03</t>
+  </si>
+  <si>
+    <t>2.9nH</t>
+  </si>
+  <si>
     <t>AHF060303HQ2N9BT03</t>
   </si>
   <si>
-    <t>2.9nH</t>
-[...4 lines deleted...]
-  <si>
     <t>AHF060303HQ2N9ST03</t>
   </si>
   <si>
     <t>AHF060303HQ2N8BT03</t>
   </si>
   <si>
     <t>2.8nH</t>
   </si>
   <si>
+    <t>AHF060303HQ2N8ST03</t>
+  </si>
+  <si>
     <t>AHF060303HQ2N8CT03</t>
   </si>
   <si>
-    <t>AHF060303HQ2N8ST03</t>
-[...1 lines deleted...]
-  <si>
     <t>AHF201209H2N7ST</t>
   </si>
   <si>
     <t>2.7nH</t>
   </si>
   <si>
     <t>0.1</t>
   </si>
   <si>
     <t>AHF100505HQ2N7CT</t>
   </si>
   <si>
     <t>AHF060303HQ2N7ST03</t>
   </si>
   <si>
     <t>10000</t>
   </si>
   <si>
+    <t>AHF060303HQ2N7BT03</t>
+  </si>
+  <si>
     <t>AHF060303HQ2N7CT03</t>
   </si>
   <si>
-    <t>AHF060303HQ2N7BT03</t>
-[...1 lines deleted...]
-  <si>
     <t>AHF160808H2N7ST</t>
   </si>
   <si>
     <t>AHF100505HQ2N7BT</t>
   </si>
   <si>
     <t>AHF100505HQ2N7ST</t>
   </si>
   <si>
+    <t>AHF060303HQ2N6ST03</t>
+  </si>
+  <si>
+    <t>2.6nH</t>
+  </si>
+  <si>
     <t>AHF060303HQ2N6CT03</t>
   </si>
   <si>
-    <t>2.6nH</t>
-[...4 lines deleted...]
-  <si>
     <t>AHF060303HQ2N6BT03</t>
   </si>
   <si>
+    <t>AHF060303HQ2N5BT03</t>
+  </si>
+  <si>
+    <t>2.5nH</t>
+  </si>
+  <si>
     <t>AHF060303HQ2N5CT03</t>
   </si>
   <si>
-    <t>2.5nH</t>
-[...4 lines deleted...]
-  <si>
     <t>AHF060303HQ2N5ST03</t>
   </si>
   <si>
     <t>AHF160808H2N4ST</t>
   </si>
   <si>
     <t>2.4nH</t>
   </si>
   <si>
     <t>AHF100505TQ2N4BT02</t>
   </si>
   <si>
+    <t>AHF100505HQ2N4CT</t>
+  </si>
+  <si>
     <t>AHF100505HQ2N4BT</t>
   </si>
   <si>
-    <t>AHF100505HQ2N4CT</t>
+    <t>AHF060303HQ2N4BT03</t>
+  </si>
+  <si>
+    <t>AHF060303HQ2N4CT03</t>
   </si>
   <si>
     <t>AHF060303HQ2N4ST03</t>
   </si>
   <si>
-    <t>AHF060303HQ2N4BT03</t>
-[...4 lines deleted...]
-  <si>
     <t>AHF100505HQ2N4ST</t>
   </si>
   <si>
+    <t>AHF060303HQ2N3BT03</t>
+  </si>
+  <si>
+    <t>2.3nH</t>
+  </si>
+  <si>
     <t>AHF060303HQ2N3CT03</t>
   </si>
   <si>
-    <t>2.3nH</t>
-[...4 lines deleted...]
-  <si>
     <t>AHF060303HQ2N3ST03</t>
   </si>
   <si>
     <t>AHF201209H2N2ST</t>
   </si>
   <si>
     <t>2.2nH</t>
   </si>
   <si>
     <t>AHF100505HQ2N2CT</t>
   </si>
   <si>
     <t>0.09</t>
   </si>
   <si>
+    <t>AHF060303HQ2N2BT03</t>
+  </si>
+  <si>
+    <t>11000</t>
+  </si>
+  <si>
+    <t>AHF060303HQ2N2ST03</t>
+  </si>
+  <si>
     <t>AHF060303HQ2N2CT03</t>
   </si>
   <si>
-    <t>11000</t>
-[...7 lines deleted...]
-  <si>
     <t>AHF160808H2N2ST</t>
   </si>
   <si>
     <t>AHF100505HQ2N2ST</t>
   </si>
   <si>
     <t>AHF100505HQ2N2BT</t>
   </si>
   <si>
+    <t>AHF060303HQ2N1CT03</t>
+  </si>
+  <si>
+    <t>2.1nH</t>
+  </si>
+  <si>
+    <t>AHF060303HQ2N1ST03</t>
+  </si>
+  <si>
     <t>AHF060303HQ2N1BT03</t>
   </si>
   <si>
-    <t>2.1nH</t>
-[...7 lines deleted...]
-  <si>
     <t>AHF160808H2N0ST</t>
   </si>
   <si>
     <t>2nH</t>
   </si>
   <si>
     <t>AHF100505HQ2N0CT</t>
   </si>
   <si>
     <t>AHF100505HQ2N0BT</t>
   </si>
   <si>
+    <t>AHF060303HQ2N0CT03</t>
+  </si>
+  <si>
+    <t>12500</t>
+  </si>
+  <si>
+    <t>AHF060303HQ2N0ST03</t>
+  </si>
+  <si>
     <t>AHF060303HQ2N0BT03</t>
   </si>
   <si>
-    <t>12500</t>
-[...7 lines deleted...]
-  <si>
     <t>AHF100505HQ2N0ST</t>
   </si>
   <si>
+    <t>AHF060303HQ1N9CT03</t>
+  </si>
+  <si>
+    <t>1.9nH</t>
+  </si>
+  <si>
+    <t>AHF060303HQ1N9ST03</t>
+  </si>
+  <si>
     <t>AHF060303HQ1N9BT03</t>
   </si>
   <si>
-    <t>1.9nH</t>
-[...7 lines deleted...]
-  <si>
     <t>AHF201209H1N8ST</t>
   </si>
   <si>
     <t>1.8nH</t>
   </si>
   <si>
     <t>AHF100505HQ1N8CT</t>
   </si>
   <si>
     <t>0.08</t>
   </si>
   <si>
+    <t>AHF060303HQ1N8ST03</t>
+  </si>
+  <si>
+    <t>15000</t>
+  </si>
+  <si>
     <t>AHF060303HQ1N8BT03</t>
   </si>
   <si>
-    <t>15000</t>
-[...4 lines deleted...]
-  <si>
     <t>AHF060303HQ1N8CT03</t>
   </si>
   <si>
     <t>AHF160808H1N8ST</t>
   </si>
   <si>
     <t>AHF100505HQ1N8BT</t>
   </si>
   <si>
     <t>AHF100505HQ1N8ST</t>
   </si>
   <si>
+    <t>AHF060303HQ1N7CT03</t>
+  </si>
+  <si>
+    <t>1.7nH</t>
+  </si>
+  <si>
     <t>AHF060303HQ1N7BT03</t>
   </si>
   <si>
-    <t>1.7nH</t>
-[...1 lines deleted...]
-  <si>
     <t>AHF060303HQ1N7ST03</t>
   </si>
   <si>
-    <t>AHF060303HQ1N7CT03</t>
+    <t>AHF100505HQ1N6CT</t>
+  </si>
+  <si>
+    <t>1.6nH</t>
   </si>
   <si>
     <t>AHF100505HQ1N6BT</t>
   </si>
   <si>
-    <t>1.6nH</t>
-[...2 lines deleted...]
-    <t>AHF100505HQ1N6CT</t>
+    <t>AHF060303HQ1N6CT03</t>
+  </si>
+  <si>
+    <t>AHF060303HQ1N6ST03</t>
   </si>
   <si>
     <t>AHF060303HQ1N6BT03</t>
   </si>
   <si>
-    <t>AHF060303HQ1N6ST03</t>
-[...4 lines deleted...]
-  <si>
     <t>AHF100505HQ1N6ST</t>
   </si>
   <si>
     <t>AHF201209H1N5ST</t>
   </si>
   <si>
     <t>1.5nH</t>
   </si>
   <si>
     <t>AHF100505HQ1N5CT</t>
   </si>
   <si>
+    <t>AHF060303HQ1N5CT03</t>
+  </si>
+  <si>
+    <t>AHF060303HQ1N5ST03</t>
+  </si>
+  <si>
     <t>AHF060303HQ1N5BT03</t>
   </si>
   <si>
-    <t>AHF060303HQ1N5ST03</t>
-[...4 lines deleted...]
-  <si>
     <t>AHF160808H1N5ST</t>
   </si>
   <si>
+    <t>AHF100505HQ1N5ST</t>
+  </si>
+  <si>
     <t>AHF100505HQ1N5BT</t>
   </si>
   <si>
-    <t>AHF100505HQ1N5ST</t>
-[...1 lines deleted...]
-  <si>
     <t>AHF060303HQ1N4ST03</t>
   </si>
   <si>
     <t>1.4nH</t>
   </si>
   <si>
     <t>16000</t>
   </si>
   <si>
     <t>AHF060303HQ1N4CT03</t>
   </si>
   <si>
     <t>AHF060303HQ1N4BT03</t>
   </si>
   <si>
     <t>AHF100505HQ1N3CT</t>
   </si>
   <si>
     <t>1.3nH</t>
   </si>
   <si>
     <t>0.07</t>
   </si>
   <si>
+    <t>AHF060303HQ1N3ST03</t>
+  </si>
+  <si>
+    <t>17000</t>
+  </si>
+  <si>
+    <t>AHF060303HQ1N3CT03</t>
+  </si>
+  <si>
     <t>AHF060303HQ1N3BT03</t>
   </si>
   <si>
-    <t>17000</t>
-[...7 lines deleted...]
-  <si>
     <t>AHF100505HQ1N3ST</t>
   </si>
   <si>
     <t>AHF100505HQ1N3BT</t>
   </si>
   <si>
+    <t>AHF100505HQ1N2CT</t>
+  </si>
+  <si>
+    <t>1.2nH</t>
+  </si>
+  <si>
     <t>AHF100505HQ1N2BT</t>
   </si>
   <si>
-    <t>1.2nH</t>
-[...2 lines deleted...]
-    <t>AHF100505HQ1N2CT</t>
+    <t>AHF060303HQ1N2BT03</t>
+  </si>
+  <si>
+    <t>AHF060303HQ1N2CT03</t>
+  </si>
+  <si>
+    <t>AHF060303HQ1N2ST03</t>
   </si>
   <si>
     <t>AHF060303HQ1N2BT02</t>
   </si>
   <si>
-    <t>AHF060303HQ1N2CT03</t>
-[...7 lines deleted...]
-  <si>
     <t>AHF160808H1N2ST</t>
   </si>
   <si>
     <t>0.05</t>
   </si>
   <si>
     <t>AHF100505HQ1N2ST</t>
   </si>
   <si>
     <t>AHF100505HQ1N1CT</t>
   </si>
   <si>
     <t>1.1nH</t>
   </si>
   <si>
     <t>AHF100505HQ1N1BT</t>
   </si>
   <si>
+    <t>AHF060303HQ1N1BT03</t>
+  </si>
+  <si>
     <t>AHF060303HQ1N1CT03</t>
   </si>
   <si>
-    <t>AHF060303HQ1N1BT03</t>
-[...1 lines deleted...]
-  <si>
     <t>AHF060303HQ1N1ST03</t>
   </si>
   <si>
     <t>AHF100505HQ1N1ST</t>
   </si>
   <si>
     <t>AHF100505HQ1N0CT</t>
   </si>
   <si>
     <t>1nH</t>
   </si>
   <si>
     <t>0.06</t>
   </si>
   <si>
+    <t>AHF060303HQ1N0BT03</t>
+  </si>
+  <si>
+    <t>AHF060303HQ1N0CT03</t>
+  </si>
+  <si>
     <t>AHF060303HQ1N0ST03</t>
   </si>
   <si>
-    <t>AHF060303HQ1N0BT03</t>
-[...4 lines deleted...]
-  <si>
     <t>AHF160808H1N0ST</t>
   </si>
   <si>
     <t>AHF100505HQ1N0BT</t>
   </si>
   <si>
     <t>AHF100505HQ1N0ST</t>
   </si>
   <si>
+    <t>AHF060303HQ0N9BT03</t>
+  </si>
+  <si>
+    <t>0.9nH</t>
+  </si>
+  <si>
+    <t>18000</t>
+  </si>
+  <si>
     <t>AHF060303HQ0N9ST03</t>
   </si>
   <si>
-    <t>0.9nH</t>
-[...4 lines deleted...]
-  <si>
     <t>AHF060303HQ0N9CT03</t>
   </si>
   <si>
-    <t>AHF060303HQ0N9BT03</t>
+    <t>AHF060303HQ0N8BT03</t>
+  </si>
+  <si>
+    <t>0.8nH</t>
   </si>
   <si>
     <t>AHF060303HQ0N8ST03</t>
   </si>
   <si>
-    <t>0.8nH</t>
-[...1 lines deleted...]
-  <si>
     <t>AHF060303HQ0N8CT03</t>
   </si>
   <si>
-    <t>AHF060303HQ0N8BT03</t>
+    <t>AHF060303HQ0N7CT03</t>
+  </si>
+  <si>
+    <t>0.7nH</t>
+  </si>
+  <si>
+    <t>20000</t>
+  </si>
+  <si>
+    <t>AHF060303HQ0N7BT03</t>
   </si>
   <si>
     <t>AHF060303HQ0N7ST03</t>
   </si>
   <si>
-    <t>0.7nH</t>
-[...10 lines deleted...]
-  <si>
     <t>AHF060303HQ0N6CT03</t>
   </si>
   <si>
     <t>0.6nH</t>
   </si>
   <si>
+    <t>AHF060303HQ0N6ST03</t>
+  </si>
+  <si>
     <t>AHF060303HQ0N6BT03</t>
-  </si>
-[...1 lines deleted...]
-    <t>AHF060303HQ0N6ST03</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -2169,51 +2175,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:M364"/>
+  <dimension ref="A1:M366"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2627,89 +2633,89 @@
       </c>
       <c r="H12" t="s">
         <v>43</v>
       </c>
       <c r="I12" t="s">
         <v>60</v>
       </c>
       <c r="J12" t="s">
         <v>51</v>
       </c>
       <c r="K12" t="s">
         <v>23</v>
       </c>
       <c r="L12" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" t="s">
         <v>61</v>
       </c>
       <c r="B13" t="s">
         <v>59</v>
       </c>
       <c r="C13" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="D13" t="s">
         <v>62</v>
       </c>
       <c r="E13" t="s">
         <v>47</v>
       </c>
       <c r="F13" t="s">
         <v>48</v>
       </c>
       <c r="G13" t="s">
         <v>48</v>
       </c>
       <c r="H13" t="s">
         <v>29</v>
       </c>
       <c r="I13" t="s">
         <v>63</v>
       </c>
       <c r="J13" t="s">
         <v>64</v>
       </c>
       <c r="K13" t="s">
         <v>52</v>
       </c>
       <c r="L13" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" t="s">
         <v>65</v>
       </c>
       <c r="B14" t="s">
         <v>59</v>
       </c>
       <c r="C14" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="D14" t="s">
         <v>62</v>
       </c>
       <c r="E14" t="s">
         <v>47</v>
       </c>
       <c r="F14" t="s">
         <v>48</v>
       </c>
       <c r="G14" t="s">
         <v>48</v>
       </c>
       <c r="H14" t="s">
         <v>29</v>
       </c>
       <c r="I14" t="s">
         <v>63</v>
       </c>
       <c r="J14" t="s">
         <v>64</v>
       </c>
       <c r="K14" t="s">
         <v>52</v>
       </c>
@@ -2995,89 +3001,89 @@
       </c>
       <c r="H22" t="s">
         <v>81</v>
       </c>
       <c r="I22" t="s">
         <v>82</v>
       </c>
       <c r="J22" t="s">
         <v>83</v>
       </c>
       <c r="K22" t="s">
         <v>23</v>
       </c>
       <c r="L22" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23" t="s">
         <v>84</v>
       </c>
       <c r="B23" t="s">
         <v>80</v>
       </c>
       <c r="C23" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="D23" t="s">
         <v>26</v>
       </c>
       <c r="E23" t="s">
         <v>47</v>
       </c>
       <c r="F23" t="s">
         <v>48</v>
       </c>
       <c r="G23" t="s">
         <v>48</v>
       </c>
       <c r="H23" t="s">
         <v>29</v>
       </c>
       <c r="I23" t="s">
         <v>85</v>
       </c>
       <c r="J23" t="s">
         <v>83</v>
       </c>
       <c r="K23" t="s">
         <v>52</v>
       </c>
       <c r="L23" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="A24" t="s">
         <v>86</v>
       </c>
       <c r="B24" t="s">
         <v>80</v>
       </c>
       <c r="C24" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="D24" t="s">
         <v>26</v>
       </c>
       <c r="E24" t="s">
         <v>47</v>
       </c>
       <c r="F24" t="s">
         <v>48</v>
       </c>
       <c r="G24" t="s">
         <v>48</v>
       </c>
       <c r="H24" t="s">
         <v>29</v>
       </c>
       <c r="I24" t="s">
         <v>85</v>
       </c>
       <c r="J24" t="s">
         <v>83</v>
       </c>
       <c r="K24" t="s">
         <v>52</v>
       </c>
@@ -3959,89 +3965,89 @@
       </c>
       <c r="H48" t="s">
         <v>29</v>
       </c>
       <c r="I48" t="s">
         <v>98</v>
       </c>
       <c r="J48" t="s">
         <v>133</v>
       </c>
       <c r="K48" t="s">
         <v>52</v>
       </c>
       <c r="L48" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49" t="s">
         <v>135</v>
       </c>
       <c r="B49" t="s">
         <v>130</v>
       </c>
       <c r="C49" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="D49" t="s">
         <v>62</v>
       </c>
       <c r="E49" t="s">
         <v>108</v>
       </c>
       <c r="F49" t="s">
         <v>109</v>
       </c>
       <c r="G49" t="s">
         <v>109</v>
       </c>
       <c r="H49" t="s">
         <v>20</v>
       </c>
       <c r="I49" t="s">
         <v>136</v>
       </c>
       <c r="J49" t="s">
         <v>137</v>
       </c>
       <c r="K49" t="s">
         <v>112</v>
       </c>
       <c r="L49" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50" t="s">
         <v>138</v>
       </c>
       <c r="B50" t="s">
         <v>130</v>
       </c>
       <c r="C50" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="D50" t="s">
         <v>62</v>
       </c>
       <c r="E50" t="s">
         <v>108</v>
       </c>
       <c r="F50" t="s">
         <v>109</v>
       </c>
       <c r="G50" t="s">
         <v>109</v>
       </c>
       <c r="H50" t="s">
         <v>20</v>
       </c>
       <c r="I50" t="s">
         <v>136</v>
       </c>
       <c r="J50" t="s">
         <v>137</v>
       </c>
       <c r="K50" t="s">
         <v>112</v>
       </c>
@@ -4143,89 +4149,89 @@
       </c>
       <c r="H53" t="s">
         <v>119</v>
       </c>
       <c r="I53" t="s">
         <v>144</v>
       </c>
       <c r="J53" t="s">
         <v>145</v>
       </c>
       <c r="K53" t="s">
         <v>23</v>
       </c>
       <c r="L53" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="54" spans="1:12">
       <c r="A54" t="s">
         <v>146</v>
       </c>
       <c r="B54" t="s">
         <v>143</v>
       </c>
       <c r="C54" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="D54" t="s">
         <v>22</v>
       </c>
       <c r="E54" t="s">
         <v>47</v>
       </c>
       <c r="F54" t="s">
         <v>48</v>
       </c>
       <c r="G54" t="s">
         <v>48</v>
       </c>
       <c r="H54" t="s">
         <v>29</v>
       </c>
       <c r="I54" t="s">
         <v>115</v>
       </c>
       <c r="J54" t="s">
         <v>133</v>
       </c>
       <c r="K54" t="s">
         <v>52</v>
       </c>
       <c r="L54" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55" t="s">
         <v>147</v>
       </c>
       <c r="B55" t="s">
         <v>143</v>
       </c>
       <c r="C55" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="D55" t="s">
         <v>22</v>
       </c>
       <c r="E55" t="s">
         <v>47</v>
       </c>
       <c r="F55" t="s">
         <v>48</v>
       </c>
       <c r="G55" t="s">
         <v>48</v>
       </c>
       <c r="H55" t="s">
         <v>29</v>
       </c>
       <c r="I55" t="s">
         <v>115</v>
       </c>
       <c r="J55" t="s">
         <v>133</v>
       </c>
       <c r="K55" t="s">
         <v>52</v>
       </c>
@@ -4403,165 +4409,165 @@
       </c>
       <c r="H60" t="s">
         <v>119</v>
       </c>
       <c r="I60" t="s">
         <v>158</v>
       </c>
       <c r="J60" t="s">
         <v>154</v>
       </c>
       <c r="K60" t="s">
         <v>23</v>
       </c>
       <c r="L60" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61" t="s">
         <v>159</v>
       </c>
       <c r="B61" t="s">
         <v>157</v>
       </c>
       <c r="C61" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="D61" t="s">
         <v>22</v>
       </c>
       <c r="E61" t="s">
         <v>47</v>
       </c>
       <c r="F61" t="s">
         <v>48</v>
       </c>
       <c r="G61" t="s">
         <v>48</v>
       </c>
       <c r="H61" t="s">
         <v>29</v>
       </c>
       <c r="I61" t="s">
         <v>92</v>
       </c>
       <c r="J61" t="s">
         <v>133</v>
       </c>
       <c r="K61" t="s">
         <v>52</v>
       </c>
       <c r="L61" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62" t="s">
         <v>160</v>
       </c>
       <c r="B62" t="s">
         <v>157</v>
       </c>
       <c r="C62" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="D62" t="s">
         <v>22</v>
       </c>
       <c r="E62" t="s">
         <v>47</v>
       </c>
       <c r="F62" t="s">
         <v>48</v>
       </c>
       <c r="G62" t="s">
         <v>48</v>
       </c>
       <c r="H62" t="s">
         <v>29</v>
       </c>
       <c r="I62" t="s">
         <v>92</v>
       </c>
       <c r="J62" t="s">
         <v>133</v>
       </c>
       <c r="K62" t="s">
         <v>52</v>
       </c>
       <c r="L62" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63" t="s">
         <v>161</v>
       </c>
       <c r="B63" t="s">
         <v>157</v>
       </c>
       <c r="C63" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="D63" t="s">
         <v>62</v>
       </c>
       <c r="E63" t="s">
         <v>108</v>
       </c>
       <c r="F63" t="s">
         <v>109</v>
       </c>
       <c r="G63" t="s">
         <v>109</v>
       </c>
       <c r="H63" t="s">
         <v>149</v>
       </c>
       <c r="I63" t="s">
         <v>56</v>
       </c>
       <c r="J63" t="s">
         <v>162</v>
       </c>
       <c r="K63" t="s">
         <v>112</v>
       </c>
       <c r="L63" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64" t="s">
         <v>163</v>
       </c>
       <c r="B64" t="s">
         <v>157</v>
       </c>
       <c r="C64" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="D64" t="s">
         <v>62</v>
       </c>
       <c r="E64" t="s">
         <v>108</v>
       </c>
       <c r="F64" t="s">
         <v>109</v>
       </c>
       <c r="G64" t="s">
         <v>109</v>
       </c>
       <c r="H64" t="s">
         <v>149</v>
       </c>
       <c r="I64" t="s">
         <v>56</v>
       </c>
       <c r="J64" t="s">
         <v>162</v>
       </c>
       <c r="K64" t="s">
         <v>112</v>
       </c>
@@ -4885,89 +4891,89 @@
       </c>
       <c r="G73" t="s">
         <v>48</v>
       </c>
       <c r="H73" t="s">
         <v>29</v>
       </c>
       <c r="I73" t="s">
         <v>172</v>
       </c>
       <c r="J73" t="s">
         <v>111</v>
       </c>
       <c r="K73" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="74" spans="1:12">
       <c r="A74" t="s">
         <v>177</v>
       </c>
       <c r="B74" t="s">
         <v>178</v>
       </c>
       <c r="C74" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="D74" t="s">
         <v>31</v>
       </c>
       <c r="E74" t="s">
         <v>47</v>
       </c>
       <c r="F74" t="s">
         <v>48</v>
       </c>
       <c r="G74" t="s">
         <v>48</v>
       </c>
       <c r="H74" t="s">
         <v>29</v>
       </c>
       <c r="I74" t="s">
         <v>172</v>
       </c>
       <c r="J74" t="s">
         <v>137</v>
       </c>
       <c r="K74" t="s">
         <v>52</v>
       </c>
       <c r="L74" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75" t="s">
         <v>179</v>
       </c>
       <c r="B75" t="s">
         <v>178</v>
       </c>
       <c r="C75" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="D75" t="s">
         <v>31</v>
       </c>
       <c r="E75" t="s">
         <v>47</v>
       </c>
       <c r="F75" t="s">
         <v>48</v>
       </c>
       <c r="G75" t="s">
         <v>48</v>
       </c>
       <c r="H75" t="s">
         <v>29</v>
       </c>
       <c r="I75" t="s">
         <v>172</v>
       </c>
       <c r="J75" t="s">
         <v>137</v>
       </c>
       <c r="K75" t="s">
         <v>52</v>
       </c>
@@ -5034,165 +5040,165 @@
       </c>
       <c r="H77" t="s">
         <v>183</v>
       </c>
       <c r="I77" t="s">
         <v>184</v>
       </c>
       <c r="J77" t="s">
         <v>137</v>
       </c>
       <c r="K77" t="s">
         <v>23</v>
       </c>
       <c r="L77" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78" t="s">
         <v>185</v>
       </c>
       <c r="B78" t="s">
         <v>182</v>
       </c>
       <c r="C78" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="D78" t="s">
         <v>31</v>
       </c>
       <c r="E78" t="s">
         <v>47</v>
       </c>
       <c r="F78" t="s">
         <v>48</v>
       </c>
       <c r="G78" t="s">
         <v>48</v>
       </c>
       <c r="H78" t="s">
         <v>29</v>
       </c>
       <c r="I78" t="s">
         <v>140</v>
       </c>
       <c r="J78" t="s">
         <v>150</v>
       </c>
       <c r="K78" t="s">
         <v>52</v>
       </c>
       <c r="L78" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79" t="s">
         <v>186</v>
       </c>
       <c r="B79" t="s">
         <v>182</v>
       </c>
       <c r="C79" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="D79" t="s">
         <v>31</v>
       </c>
       <c r="E79" t="s">
         <v>47</v>
       </c>
       <c r="F79" t="s">
         <v>48</v>
       </c>
       <c r="G79" t="s">
         <v>48</v>
       </c>
       <c r="H79" t="s">
         <v>29</v>
       </c>
       <c r="I79" t="s">
         <v>140</v>
       </c>
       <c r="J79" t="s">
         <v>150</v>
       </c>
       <c r="K79" t="s">
         <v>52</v>
       </c>
       <c r="L79" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80" t="s">
         <v>187</v>
       </c>
       <c r="B80" t="s">
         <v>182</v>
       </c>
       <c r="C80" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="D80" t="s">
         <v>188</v>
       </c>
       <c r="E80" t="s">
         <v>108</v>
       </c>
       <c r="F80" t="s">
         <v>109</v>
       </c>
       <c r="G80" t="s">
         <v>109</v>
       </c>
       <c r="H80" t="s">
         <v>149</v>
       </c>
       <c r="I80" t="s">
         <v>189</v>
       </c>
       <c r="J80" t="s">
         <v>190</v>
       </c>
       <c r="K80" t="s">
         <v>112</v>
       </c>
       <c r="L80" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="81" spans="1:12">
       <c r="A81" t="s">
         <v>191</v>
       </c>
       <c r="B81" t="s">
         <v>182</v>
       </c>
       <c r="C81" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="D81" t="s">
         <v>188</v>
       </c>
       <c r="E81" t="s">
         <v>108</v>
       </c>
       <c r="F81" t="s">
         <v>109</v>
       </c>
       <c r="G81" t="s">
         <v>109</v>
       </c>
       <c r="H81" t="s">
         <v>149</v>
       </c>
       <c r="I81" t="s">
         <v>189</v>
       </c>
       <c r="J81" t="s">
         <v>190</v>
       </c>
       <c r="K81" t="s">
         <v>112</v>
       </c>
@@ -5370,89 +5376,89 @@
       </c>
       <c r="H86" t="s">
         <v>29</v>
       </c>
       <c r="I86" t="s">
         <v>144</v>
       </c>
       <c r="J86" t="s">
         <v>197</v>
       </c>
       <c r="K86" t="s">
         <v>52</v>
       </c>
       <c r="L86" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:12">
       <c r="A87" t="s">
         <v>200</v>
       </c>
       <c r="B87" t="s">
         <v>195</v>
       </c>
       <c r="C87" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="D87" t="s">
         <v>188</v>
       </c>
       <c r="E87" t="s">
         <v>108</v>
       </c>
       <c r="F87" t="s">
         <v>109</v>
       </c>
       <c r="G87" t="s">
         <v>109</v>
       </c>
       <c r="H87" t="s">
         <v>149</v>
       </c>
       <c r="I87" t="s">
         <v>189</v>
       </c>
       <c r="J87" t="s">
         <v>201</v>
       </c>
       <c r="K87" t="s">
         <v>112</v>
       </c>
       <c r="L87" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:12">
       <c r="A88" t="s">
         <v>202</v>
       </c>
       <c r="B88" t="s">
         <v>195</v>
       </c>
       <c r="C88" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="D88" t="s">
         <v>188</v>
       </c>
       <c r="E88" t="s">
         <v>108</v>
       </c>
       <c r="F88" t="s">
         <v>109</v>
       </c>
       <c r="G88" t="s">
         <v>109</v>
       </c>
       <c r="H88" t="s">
         <v>149</v>
       </c>
       <c r="I88" t="s">
         <v>189</v>
       </c>
       <c r="J88" t="s">
         <v>201</v>
       </c>
       <c r="K88" t="s">
         <v>112</v>
       </c>
@@ -5592,89 +5598,89 @@
       </c>
       <c r="H92" t="s">
         <v>29</v>
       </c>
       <c r="I92" t="s">
         <v>170</v>
       </c>
       <c r="J92" t="s">
         <v>190</v>
       </c>
       <c r="K92" t="s">
         <v>52</v>
       </c>
       <c r="L92" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:12">
       <c r="A93" t="s">
         <v>209</v>
       </c>
       <c r="B93" t="s">
         <v>206</v>
       </c>
       <c r="C93" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="D93" t="s">
         <v>210</v>
       </c>
       <c r="E93" t="s">
         <v>108</v>
       </c>
       <c r="F93" t="s">
         <v>109</v>
       </c>
       <c r="G93" t="s">
         <v>109</v>
       </c>
       <c r="H93" t="s">
         <v>81</v>
       </c>
       <c r="I93" t="s">
         <v>98</v>
       </c>
       <c r="J93" t="s">
         <v>201</v>
       </c>
       <c r="K93" t="s">
         <v>112</v>
       </c>
       <c r="L93" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="94" spans="1:12">
       <c r="A94" t="s">
         <v>211</v>
       </c>
       <c r="B94" t="s">
         <v>206</v>
       </c>
       <c r="C94" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="D94" t="s">
         <v>210</v>
       </c>
       <c r="E94" t="s">
         <v>108</v>
       </c>
       <c r="F94" t="s">
         <v>109</v>
       </c>
       <c r="G94" t="s">
         <v>109</v>
       </c>
       <c r="H94" t="s">
         <v>81</v>
       </c>
       <c r="I94" t="s">
         <v>98</v>
       </c>
       <c r="J94" t="s">
         <v>201</v>
       </c>
       <c r="K94" t="s">
         <v>112</v>
       </c>
@@ -5849,89 +5855,89 @@
       </c>
       <c r="H99" t="s">
         <v>29</v>
       </c>
       <c r="I99" t="s">
         <v>196</v>
       </c>
       <c r="J99" t="s">
         <v>220</v>
       </c>
       <c r="K99" t="s">
         <v>52</v>
       </c>
       <c r="L99" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="100" spans="1:12">
       <c r="A100" t="s">
         <v>221</v>
       </c>
       <c r="B100" t="s">
         <v>217</v>
       </c>
       <c r="C100" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="D100" t="s">
         <v>26</v>
       </c>
       <c r="E100" t="s">
         <v>108</v>
       </c>
       <c r="F100" t="s">
         <v>109</v>
       </c>
       <c r="G100" t="s">
         <v>109</v>
       </c>
       <c r="H100" t="s">
         <v>81</v>
       </c>
       <c r="I100" t="s">
         <v>92</v>
       </c>
       <c r="J100" t="s">
         <v>222</v>
       </c>
       <c r="K100" t="s">
         <v>112</v>
       </c>
       <c r="L100" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="101" spans="1:12">
       <c r="A101" t="s">
         <v>223</v>
       </c>
       <c r="B101" t="s">
         <v>217</v>
       </c>
       <c r="C101" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="D101" t="s">
         <v>26</v>
       </c>
       <c r="E101" t="s">
         <v>108</v>
       </c>
       <c r="F101" t="s">
         <v>109</v>
       </c>
       <c r="G101" t="s">
         <v>109</v>
       </c>
       <c r="H101" t="s">
         <v>81</v>
       </c>
       <c r="I101" t="s">
         <v>92</v>
       </c>
       <c r="J101" t="s">
         <v>222</v>
       </c>
       <c r="K101" t="s">
         <v>112</v>
       </c>
@@ -5960,86 +5966,86 @@
       </c>
       <c r="G102" t="s">
         <v>28</v>
       </c>
       <c r="H102" t="s">
         <v>43</v>
       </c>
       <c r="I102" t="s">
         <v>196</v>
       </c>
       <c r="J102" t="s">
         <v>201</v>
       </c>
       <c r="K102" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="103" spans="1:12">
       <c r="A103" t="s">
         <v>225</v>
       </c>
       <c r="B103" t="s">
         <v>217</v>
       </c>
       <c r="C103" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="D103" t="s">
         <v>51</v>
       </c>
       <c r="E103" t="s">
         <v>47</v>
       </c>
       <c r="F103" t="s">
         <v>48</v>
       </c>
       <c r="G103" t="s">
         <v>48</v>
       </c>
       <c r="H103" t="s">
         <v>29</v>
       </c>
       <c r="I103" t="s">
         <v>196</v>
       </c>
       <c r="J103" t="s">
         <v>220</v>
       </c>
       <c r="K103" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="104" spans="1:12">
       <c r="A104" t="s">
         <v>226</v>
       </c>
       <c r="B104" t="s">
         <v>217</v>
       </c>
       <c r="C104" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="D104" t="s">
         <v>51</v>
       </c>
       <c r="E104" t="s">
         <v>47</v>
       </c>
       <c r="F104" t="s">
         <v>48</v>
       </c>
       <c r="G104" t="s">
         <v>48</v>
       </c>
       <c r="H104" t="s">
         <v>29</v>
       </c>
       <c r="I104" t="s">
         <v>196</v>
       </c>
       <c r="J104" t="s">
         <v>220</v>
       </c>
       <c r="K104" t="s">
         <v>52</v>
       </c>
@@ -6179,165 +6185,165 @@
       </c>
       <c r="H108" t="s">
         <v>183</v>
       </c>
       <c r="I108" t="s">
         <v>233</v>
       </c>
       <c r="J108" t="s">
         <v>190</v>
       </c>
       <c r="K108" t="s">
         <v>23</v>
       </c>
       <c r="L108" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="109" spans="1:12">
       <c r="A109" t="s">
         <v>234</v>
       </c>
       <c r="B109" t="s">
         <v>232</v>
       </c>
       <c r="C109" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="D109" t="s">
         <v>51</v>
       </c>
       <c r="E109" t="s">
         <v>47</v>
       </c>
       <c r="F109" t="s">
         <v>48</v>
       </c>
       <c r="G109" t="s">
         <v>48</v>
       </c>
       <c r="H109" t="s">
         <v>29</v>
       </c>
       <c r="I109" t="s">
         <v>196</v>
       </c>
       <c r="J109" t="s">
         <v>235</v>
       </c>
       <c r="K109" t="s">
         <v>52</v>
       </c>
       <c r="L109" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="110" spans="1:12">
       <c r="A110" t="s">
         <v>236</v>
       </c>
       <c r="B110" t="s">
         <v>232</v>
       </c>
       <c r="C110" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="D110" t="s">
         <v>51</v>
       </c>
       <c r="E110" t="s">
         <v>47</v>
       </c>
       <c r="F110" t="s">
         <v>48</v>
       </c>
       <c r="G110" t="s">
         <v>48</v>
       </c>
       <c r="H110" t="s">
         <v>29</v>
       </c>
       <c r="I110" t="s">
         <v>196</v>
       </c>
       <c r="J110" t="s">
         <v>235</v>
       </c>
       <c r="K110" t="s">
         <v>52</v>
       </c>
       <c r="L110" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="111" spans="1:12">
       <c r="A111" t="s">
         <v>237</v>
       </c>
       <c r="B111" t="s">
         <v>232</v>
       </c>
       <c r="C111" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="D111" t="s">
         <v>22</v>
       </c>
       <c r="E111" t="s">
         <v>108</v>
       </c>
       <c r="F111" t="s">
         <v>109</v>
       </c>
       <c r="G111" t="s">
         <v>109</v>
       </c>
       <c r="H111" t="s">
         <v>81</v>
       </c>
       <c r="I111" t="s">
         <v>144</v>
       </c>
       <c r="J111" t="s">
         <v>238</v>
       </c>
       <c r="K111" t="s">
         <v>112</v>
       </c>
       <c r="L111" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="112" spans="1:12">
       <c r="A112" t="s">
         <v>239</v>
       </c>
       <c r="B112" t="s">
         <v>232</v>
       </c>
       <c r="C112" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="D112" t="s">
         <v>22</v>
       </c>
       <c r="E112" t="s">
         <v>108</v>
       </c>
       <c r="F112" t="s">
         <v>109</v>
       </c>
       <c r="G112" t="s">
         <v>109</v>
       </c>
       <c r="H112" t="s">
         <v>81</v>
       </c>
       <c r="I112" t="s">
         <v>144</v>
       </c>
       <c r="J112" t="s">
         <v>238</v>
       </c>
       <c r="K112" t="s">
         <v>112</v>
       </c>
@@ -6439,9282 +6445,9334 @@
       </c>
       <c r="H115" t="s">
         <v>183</v>
       </c>
       <c r="I115" t="s">
         <v>244</v>
       </c>
       <c r="J115" t="s">
         <v>245</v>
       </c>
       <c r="K115" t="s">
         <v>23</v>
       </c>
       <c r="L115" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="116" spans="1:12">
       <c r="A116" t="s">
         <v>246</v>
       </c>
       <c r="B116" t="s">
         <v>243</v>
       </c>
       <c r="C116" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>247</v>
       </c>
       <c r="E116" t="s">
         <v>47</v>
       </c>
       <c r="F116" t="s">
         <v>48</v>
       </c>
       <c r="G116" t="s">
         <v>48</v>
       </c>
-      <c r="H116" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K116" t="s">
         <v>52</v>
       </c>
       <c r="L116" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="117" spans="1:12">
       <c r="A117" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="B117" t="s">
         <v>243</v>
       </c>
       <c r="C117" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>247</v>
       </c>
       <c r="E117" t="s">
         <v>47</v>
       </c>
       <c r="F117" t="s">
         <v>48</v>
       </c>
       <c r="G117" t="s">
         <v>48</v>
-      </c>
-[...7 lines deleted...]
-        <v>238</v>
       </c>
       <c r="K117" t="s">
         <v>52</v>
       </c>
       <c r="L117" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="118" spans="1:12">
       <c r="A118" t="s">
         <v>248</v>
       </c>
       <c r="B118" t="s">
         <v>243</v>
       </c>
       <c r="C118" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="D118" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
       <c r="E118" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F118" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G118" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H118" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="I118" t="s">
-        <v>170</v>
+        <v>218</v>
       </c>
       <c r="J118" t="s">
-        <v>249</v>
+        <v>238</v>
       </c>
       <c r="K118" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L118" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="119" spans="1:12">
       <c r="A119" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="B119" t="s">
         <v>243</v>
       </c>
       <c r="C119" t="s">
         <v>54</v>
       </c>
       <c r="D119" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
       <c r="E119" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F119" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G119" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H119" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="I119" t="s">
-        <v>170</v>
+        <v>218</v>
       </c>
       <c r="J119" t="s">
-        <v>249</v>
+        <v>238</v>
       </c>
       <c r="K119" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L119" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="120" spans="1:12">
       <c r="A120" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="B120" t="s">
         <v>243</v>
       </c>
       <c r="C120" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="D120" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="E120" t="s">
-        <v>27</v>
+        <v>108</v>
       </c>
       <c r="F120" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="G120" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="H120" t="s">
-        <v>43</v>
+        <v>81</v>
       </c>
       <c r="I120" t="s">
-        <v>218</v>
+        <v>170</v>
       </c>
       <c r="J120" t="s">
-        <v>238</v>
+        <v>251</v>
       </c>
       <c r="K120" t="s">
-        <v>32</v>
+        <v>112</v>
+      </c>
+      <c r="L120" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="121" spans="1:12">
       <c r="A121" t="s">
         <v>252</v>
       </c>
       <c r="B121" t="s">
         <v>243</v>
       </c>
       <c r="C121" t="s">
         <v>15</v>
       </c>
       <c r="D121" t="s">
-        <v>64</v>
+        <v>31</v>
       </c>
       <c r="E121" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F121" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G121" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H121" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="I121" t="s">
-        <v>218</v>
+        <v>170</v>
       </c>
       <c r="J121" t="s">
-        <v>238</v>
+        <v>251</v>
       </c>
       <c r="K121" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L121" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="122" spans="1:12">
       <c r="A122" t="s">
         <v>253</v>
       </c>
       <c r="B122" t="s">
-        <v>254</v>
+        <v>243</v>
       </c>
       <c r="C122" t="s">
         <v>15</v>
       </c>
       <c r="D122" t="s">
-        <v>83</v>
+        <v>16</v>
       </c>
       <c r="E122" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F122" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="G122" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="H122" t="s">
-        <v>183</v>
+        <v>43</v>
       </c>
       <c r="I122" t="s">
-        <v>255</v>
+        <v>218</v>
       </c>
       <c r="J122" t="s">
-        <v>201</v>
+        <v>238</v>
       </c>
       <c r="K122" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>32</v>
       </c>
     </row>
     <row r="123" spans="1:12">
       <c r="A123" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="B123" t="s">
-        <v>254</v>
+        <v>243</v>
       </c>
       <c r="C123" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="D123" t="s">
         <v>64</v>
       </c>
       <c r="E123" t="s">
         <v>47</v>
       </c>
       <c r="F123" t="s">
         <v>48</v>
       </c>
       <c r="G123" t="s">
         <v>48</v>
       </c>
       <c r="H123" t="s">
         <v>29</v>
       </c>
       <c r="I123" t="s">
         <v>218</v>
       </c>
       <c r="J123" t="s">
-        <v>257</v>
+        <v>238</v>
       </c>
       <c r="K123" t="s">
         <v>52</v>
       </c>
-      <c r="L123" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="124" spans="1:12">
       <c r="A124" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="B124" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C124" t="s">
         <v>15</v>
       </c>
       <c r="D124" t="s">
-        <v>31</v>
+        <v>83</v>
       </c>
       <c r="E124" t="s">
-        <v>108</v>
+        <v>17</v>
       </c>
       <c r="F124" t="s">
-        <v>109</v>
+        <v>18</v>
       </c>
       <c r="G124" t="s">
-        <v>109</v>
+        <v>19</v>
       </c>
       <c r="H124" t="s">
-        <v>81</v>
+        <v>183</v>
       </c>
       <c r="I124" t="s">
-        <v>170</v>
+        <v>257</v>
       </c>
       <c r="J124" t="s">
-        <v>259</v>
+        <v>201</v>
       </c>
       <c r="K124" t="s">
-        <v>112</v>
+        <v>23</v>
       </c>
       <c r="L124" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="125" spans="1:12">
       <c r="A125" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="B125" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C125" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="D125" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
       <c r="E125" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F125" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G125" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H125" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="I125" t="s">
-        <v>170</v>
+        <v>218</v>
       </c>
       <c r="J125" t="s">
         <v>259</v>
       </c>
       <c r="K125" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L125" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="126" spans="1:12">
       <c r="A126" t="s">
+        <v>260</v>
+      </c>
+      <c r="B126" t="s">
+        <v>256</v>
+      </c>
+      <c r="C126" t="s">
+        <v>54</v>
+      </c>
+      <c r="D126" t="s">
+        <v>31</v>
+      </c>
+      <c r="E126" t="s">
+        <v>108</v>
+      </c>
+      <c r="F126" t="s">
+        <v>109</v>
+      </c>
+      <c r="G126" t="s">
+        <v>109</v>
+      </c>
+      <c r="H126" t="s">
+        <v>81</v>
+      </c>
+      <c r="I126" t="s">
+        <v>170</v>
+      </c>
+      <c r="J126" t="s">
         <v>261</v>
       </c>
-      <c r="B126" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="K126" t="s">
-        <v>32</v>
+        <v>112</v>
+      </c>
+      <c r="L126" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="127" spans="1:12">
       <c r="A127" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B127" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C127" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="D127" t="s">
-        <v>64</v>
+        <v>31</v>
       </c>
       <c r="E127" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F127" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G127" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H127" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="I127" t="s">
-        <v>218</v>
+        <v>170</v>
       </c>
       <c r="J127" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="K127" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L127" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="128" spans="1:12">
       <c r="A128" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="B128" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C128" t="s">
         <v>15</v>
       </c>
       <c r="D128" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="E128" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="F128" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="G128" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="H128" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="I128" t="s">
-        <v>218</v>
+        <v>233</v>
       </c>
       <c r="J128" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="K128" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
     </row>
     <row r="129" spans="1:12">
       <c r="A129" t="s">
         <v>265</v>
       </c>
       <c r="B129" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="C129" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="D129" t="s">
-        <v>83</v>
+        <v>64</v>
       </c>
       <c r="E129" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="F129" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="G129" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="H129" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="I129" t="s">
-        <v>267</v>
+        <v>218</v>
       </c>
       <c r="J129" t="s">
-        <v>222</v>
+        <v>259</v>
       </c>
       <c r="K129" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>52</v>
       </c>
     </row>
     <row r="130" spans="1:12">
       <c r="A130" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="B130" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="C130" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="D130" t="s">
-        <v>83</v>
+        <v>64</v>
       </c>
       <c r="E130" t="s">
         <v>47</v>
       </c>
       <c r="F130" t="s">
         <v>48</v>
       </c>
       <c r="G130" t="s">
         <v>48</v>
       </c>
       <c r="H130" t="s">
         <v>29</v>
       </c>
       <c r="I130" t="s">
-        <v>269</v>
+        <v>218</v>
       </c>
       <c r="J130" t="s">
-        <v>270</v>
+        <v>259</v>
       </c>
       <c r="K130" t="s">
         <v>52</v>
       </c>
-      <c r="L130" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="131" spans="1:12">
       <c r="A131" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="B131" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C131" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="D131" t="s">
         <v>83</v>
       </c>
       <c r="E131" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="F131" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="G131" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="H131" t="s">
-        <v>29</v>
+        <v>183</v>
       </c>
       <c r="I131" t="s">
         <v>269</v>
       </c>
       <c r="J131" t="s">
-        <v>270</v>
+        <v>222</v>
       </c>
       <c r="K131" t="s">
-        <v>52</v>
+        <v>23</v>
       </c>
       <c r="L131" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="132" spans="1:12">
       <c r="A132" t="s">
+        <v>270</v>
+      </c>
+      <c r="B132" t="s">
+        <v>268</v>
+      </c>
+      <c r="C132" t="s">
+        <v>45</v>
+      </c>
+      <c r="D132" t="s">
+        <v>83</v>
+      </c>
+      <c r="E132" t="s">
+        <v>47</v>
+      </c>
+      <c r="F132" t="s">
+        <v>48</v>
+      </c>
+      <c r="G132" t="s">
+        <v>48</v>
+      </c>
+      <c r="H132" t="s">
+        <v>29</v>
+      </c>
+      <c r="I132" t="s">
+        <v>271</v>
+      </c>
+      <c r="J132" t="s">
         <v>272</v>
       </c>
-      <c r="B132" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="K132" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L132" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="133" spans="1:12">
       <c r="A133" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="B133" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C133" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="D133" t="s">
-        <v>31</v>
+        <v>83</v>
       </c>
       <c r="E133" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F133" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G133" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H133" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I133" t="s">
-        <v>170</v>
+        <v>271</v>
       </c>
       <c r="J133" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="K133" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L133" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="134" spans="1:12">
       <c r="A134" t="s">
+        <v>274</v>
+      </c>
+      <c r="B134" t="s">
+        <v>268</v>
+      </c>
+      <c r="C134" t="s">
+        <v>54</v>
+      </c>
+      <c r="D134" t="s">
+        <v>31</v>
+      </c>
+      <c r="E134" t="s">
+        <v>108</v>
+      </c>
+      <c r="F134" t="s">
+        <v>109</v>
+      </c>
+      <c r="G134" t="s">
+        <v>109</v>
+      </c>
+      <c r="H134" t="s">
+        <v>275</v>
+      </c>
+      <c r="I134" t="s">
+        <v>170</v>
+      </c>
+      <c r="J134" t="s">
         <v>276</v>
       </c>
-      <c r="B134" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="K134" t="s">
-        <v>32</v>
+        <v>112</v>
+      </c>
+      <c r="L134" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="135" spans="1:12">
       <c r="A135" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="B135" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C135" t="s">
         <v>15</v>
       </c>
       <c r="D135" t="s">
-        <v>83</v>
+        <v>31</v>
       </c>
       <c r="E135" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F135" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G135" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H135" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I135" t="s">
-        <v>269</v>
+        <v>170</v>
       </c>
       <c r="J135" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="K135" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L135" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="136" spans="1:12">
       <c r="A136" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="B136" t="s">
-        <v>280</v>
+        <v>268</v>
       </c>
       <c r="C136" t="s">
         <v>15</v>
       </c>
       <c r="D136" t="s">
         <v>16</v>
       </c>
       <c r="E136" t="s">
-        <v>281</v>
+        <v>27</v>
       </c>
       <c r="F136" t="s">
-        <v>282</v>
+        <v>28</v>
       </c>
       <c r="G136" t="s">
-        <v>282</v>
+        <v>28</v>
       </c>
       <c r="H136" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="I136" t="s">
         <v>244</v>
       </c>
       <c r="J136" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="K136" t="s">
         <v>32</v>
       </c>
-      <c r="L136" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="137" spans="1:12">
       <c r="A137" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="B137" t="s">
-        <v>280</v>
+        <v>268</v>
       </c>
       <c r="C137" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="D137" t="s">
         <v>83</v>
       </c>
       <c r="E137" t="s">
         <v>47</v>
       </c>
       <c r="F137" t="s">
         <v>48</v>
       </c>
       <c r="G137" t="s">
         <v>48</v>
       </c>
       <c r="H137" t="s">
         <v>29</v>
       </c>
       <c r="I137" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="J137" t="s">
-        <v>259</v>
+        <v>272</v>
       </c>
       <c r="K137" t="s">
         <v>52</v>
       </c>
-      <c r="L137" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="138" spans="1:12">
       <c r="A138" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="B138" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C138" t="s">
         <v>15</v>
       </c>
       <c r="D138" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="E138" t="s">
-        <v>108</v>
+        <v>283</v>
       </c>
       <c r="F138" t="s">
-        <v>109</v>
+        <v>284</v>
       </c>
       <c r="G138" t="s">
-        <v>109</v>
+        <v>284</v>
       </c>
       <c r="H138" t="s">
-        <v>273</v>
+        <v>20</v>
       </c>
       <c r="I138" t="s">
-        <v>170</v>
+        <v>244</v>
       </c>
       <c r="J138" t="s">
-        <v>285</v>
+        <v>279</v>
       </c>
       <c r="K138" t="s">
-        <v>112</v>
+        <v>32</v>
       </c>
       <c r="L138" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="139" spans="1:12">
       <c r="A139" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="B139" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C139" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="D139" t="s">
-        <v>31</v>
+        <v>83</v>
       </c>
       <c r="E139" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F139" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G139" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H139" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I139" t="s">
-        <v>170</v>
+        <v>271</v>
       </c>
       <c r="J139" t="s">
-        <v>285</v>
+        <v>261</v>
       </c>
       <c r="K139" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L139" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="140" spans="1:12">
       <c r="A140" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="B140" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C140" t="s">
         <v>15</v>
       </c>
       <c r="D140" t="s">
-        <v>83</v>
+        <v>31</v>
       </c>
       <c r="E140" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F140" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G140" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H140" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I140" t="s">
-        <v>269</v>
+        <v>170</v>
       </c>
       <c r="J140" t="s">
-        <v>259</v>
+        <v>287</v>
       </c>
       <c r="K140" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L140" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="141" spans="1:12">
       <c r="A141" t="s">
         <v>288</v>
       </c>
       <c r="B141" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C141" t="s">
         <v>54</v>
       </c>
       <c r="D141" t="s">
-        <v>83</v>
+        <v>31</v>
       </c>
       <c r="E141" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F141" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G141" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H141" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I141" t="s">
-        <v>269</v>
+        <v>170</v>
       </c>
       <c r="J141" t="s">
-        <v>259</v>
+        <v>287</v>
       </c>
       <c r="K141" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L141" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="142" spans="1:12">
       <c r="A142" t="s">
         <v>289</v>
       </c>
       <c r="B142" t="s">
-        <v>290</v>
+        <v>282</v>
       </c>
       <c r="C142" t="s">
         <v>15</v>
       </c>
       <c r="D142" t="s">
         <v>83</v>
       </c>
       <c r="E142" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="F142" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="G142" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="H142" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="I142" t="s">
-        <v>291</v>
+        <v>271</v>
       </c>
       <c r="J142" t="s">
-        <v>292</v>
+        <v>261</v>
       </c>
       <c r="K142" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>52</v>
       </c>
     </row>
     <row r="143" spans="1:12">
       <c r="A143" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="B143" t="s">
-        <v>290</v>
+        <v>282</v>
       </c>
       <c r="C143" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="D143" t="s">
         <v>83</v>
       </c>
       <c r="E143" t="s">
         <v>47</v>
       </c>
       <c r="F143" t="s">
         <v>48</v>
       </c>
       <c r="G143" t="s">
         <v>48</v>
       </c>
       <c r="H143" t="s">
         <v>29</v>
       </c>
       <c r="I143" t="s">
-        <v>294</v>
+        <v>271</v>
       </c>
       <c r="J143" t="s">
-        <v>295</v>
+        <v>261</v>
       </c>
       <c r="K143" t="s">
         <v>52</v>
       </c>
-      <c r="L143" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="144" spans="1:12">
       <c r="A144" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="B144" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C144" t="s">
         <v>15</v>
       </c>
       <c r="D144" t="s">
-        <v>31</v>
+        <v>83</v>
       </c>
       <c r="E144" t="s">
-        <v>108</v>
+        <v>17</v>
       </c>
       <c r="F144" t="s">
-        <v>109</v>
+        <v>18</v>
       </c>
       <c r="G144" t="s">
-        <v>109</v>
+        <v>19</v>
       </c>
       <c r="H144" t="s">
-        <v>273</v>
+        <v>183</v>
       </c>
       <c r="I144" t="s">
-        <v>218</v>
+        <v>293</v>
       </c>
       <c r="J144" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="K144" t="s">
-        <v>112</v>
+        <v>23</v>
       </c>
       <c r="L144" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="145" spans="1:12">
       <c r="A145" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="B145" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C145" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="D145" t="s">
-        <v>31</v>
+        <v>83</v>
       </c>
       <c r="E145" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F145" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G145" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H145" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I145" t="s">
-        <v>218</v>
+        <v>296</v>
       </c>
       <c r="J145" t="s">
         <v>297</v>
       </c>
       <c r="K145" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L145" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="146" spans="1:12">
       <c r="A146" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="B146" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C146" t="s">
         <v>15</v>
       </c>
       <c r="D146" t="s">
-        <v>83</v>
+        <v>31</v>
       </c>
       <c r="E146" t="s">
-        <v>27</v>
+        <v>108</v>
       </c>
       <c r="F146" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="G146" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="H146" t="s">
-        <v>20</v>
+        <v>275</v>
       </c>
       <c r="I146" t="s">
-        <v>255</v>
+        <v>218</v>
       </c>
       <c r="J146" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="K146" t="s">
-        <v>32</v>
+        <v>112</v>
+      </c>
+      <c r="L146" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="147" spans="1:12">
       <c r="A147" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="B147" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C147" t="s">
         <v>54</v>
       </c>
       <c r="D147" t="s">
-        <v>83</v>
+        <v>31</v>
       </c>
       <c r="E147" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F147" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G147" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H147" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I147" t="s">
-        <v>294</v>
+        <v>218</v>
       </c>
       <c r="J147" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="K147" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L147" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="148" spans="1:12">
       <c r="A148" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="B148" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C148" t="s">
         <v>15</v>
       </c>
       <c r="D148" t="s">
         <v>83</v>
       </c>
       <c r="E148" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="F148" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="G148" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="H148" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="I148" t="s">
-        <v>294</v>
+        <v>257</v>
       </c>
       <c r="J148" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="K148" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
     </row>
     <row r="149" spans="1:12">
       <c r="A149" t="s">
         <v>303</v>
       </c>
       <c r="B149" t="s">
-        <v>304</v>
+        <v>292</v>
       </c>
       <c r="C149" t="s">
         <v>15</v>
       </c>
       <c r="D149" t="s">
         <v>83</v>
       </c>
       <c r="E149" t="s">
-        <v>281</v>
+        <v>47</v>
       </c>
       <c r="F149" t="s">
-        <v>282</v>
+        <v>48</v>
       </c>
       <c r="G149" t="s">
-        <v>282</v>
+        <v>48</v>
       </c>
       <c r="H149" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="I149" t="s">
-        <v>255</v>
+        <v>296</v>
       </c>
       <c r="J149" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="K149" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>52</v>
       </c>
     </row>
     <row r="150" spans="1:12">
       <c r="A150" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="B150" t="s">
-        <v>304</v>
+        <v>292</v>
       </c>
       <c r="C150" t="s">
         <v>54</v>
       </c>
       <c r="D150" t="s">
         <v>83</v>
       </c>
       <c r="E150" t="s">
         <v>47</v>
       </c>
       <c r="F150" t="s">
         <v>48</v>
       </c>
       <c r="G150" t="s">
         <v>48</v>
       </c>
       <c r="H150" t="s">
         <v>29</v>
       </c>
       <c r="I150" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="J150" t="s">
-        <v>306</v>
+        <v>297</v>
       </c>
       <c r="K150" t="s">
         <v>52</v>
       </c>
-      <c r="L150" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="151" spans="1:12">
       <c r="A151" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="B151" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C151" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="D151" t="s">
         <v>83</v>
       </c>
       <c r="E151" t="s">
-        <v>47</v>
+        <v>283</v>
       </c>
       <c r="F151" t="s">
-        <v>48</v>
+        <v>284</v>
       </c>
       <c r="G151" t="s">
-        <v>48</v>
+        <v>284</v>
       </c>
       <c r="H151" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="I151" t="s">
-        <v>294</v>
+        <v>257</v>
       </c>
       <c r="J151" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="K151" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="L151" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="152" spans="1:12">
       <c r="A152" t="s">
+        <v>307</v>
+      </c>
+      <c r="B152" t="s">
+        <v>306</v>
+      </c>
+      <c r="C152" t="s">
+        <v>54</v>
+      </c>
+      <c r="D152" t="s">
+        <v>83</v>
+      </c>
+      <c r="E152" t="s">
+        <v>47</v>
+      </c>
+      <c r="F152" t="s">
+        <v>48</v>
+      </c>
+      <c r="G152" t="s">
+        <v>48</v>
+      </c>
+      <c r="H152" t="s">
+        <v>29</v>
+      </c>
+      <c r="I152" t="s">
+        <v>296</v>
+      </c>
+      <c r="J152" t="s">
         <v>308</v>
       </c>
-      <c r="B152" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="K152" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L152" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="153" spans="1:12">
       <c r="A153" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="B153" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C153" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="D153" t="s">
-        <v>16</v>
+        <v>83</v>
       </c>
       <c r="E153" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F153" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G153" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H153" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I153" t="s">
-        <v>218</v>
+        <v>296</v>
       </c>
       <c r="J153" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="K153" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L153" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="154" spans="1:12">
       <c r="A154" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="B154" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C154" t="s">
         <v>15</v>
       </c>
       <c r="D154" t="s">
-        <v>83</v>
+        <v>16</v>
       </c>
       <c r="E154" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F154" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G154" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H154" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I154" t="s">
-        <v>294</v>
+        <v>218</v>
       </c>
       <c r="J154" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="K154" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L154" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="155" spans="1:12">
       <c r="A155" t="s">
         <v>312</v>
       </c>
       <c r="B155" t="s">
-        <v>313</v>
+        <v>306</v>
       </c>
       <c r="C155" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="D155" t="s">
-        <v>83</v>
+        <v>16</v>
       </c>
       <c r="E155" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="F155" t="s">
-        <v>18</v>
+        <v>109</v>
       </c>
       <c r="G155" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="H155" t="s">
-        <v>183</v>
+        <v>275</v>
       </c>
       <c r="I155" t="s">
-        <v>314</v>
+        <v>218</v>
       </c>
       <c r="J155" t="s">
-        <v>262</v>
+        <v>311</v>
       </c>
       <c r="K155" t="s">
-        <v>23</v>
+        <v>112</v>
       </c>
       <c r="L155" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="156" spans="1:12">
       <c r="A156" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="B156" t="s">
-        <v>313</v>
+        <v>306</v>
       </c>
       <c r="C156" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="D156" t="s">
-        <v>103</v>
+        <v>83</v>
       </c>
       <c r="E156" t="s">
         <v>47</v>
       </c>
       <c r="F156" t="s">
         <v>48</v>
       </c>
       <c r="G156" t="s">
         <v>48</v>
       </c>
       <c r="H156" t="s">
         <v>29</v>
       </c>
       <c r="I156" t="s">
-        <v>316</v>
+        <v>296</v>
       </c>
       <c r="J156" t="s">
-        <v>317</v>
+        <v>308</v>
       </c>
       <c r="K156" t="s">
         <v>52</v>
       </c>
-      <c r="L156" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="157" spans="1:12">
       <c r="A157" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="B157" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C157" t="s">
         <v>15</v>
       </c>
       <c r="D157" t="s">
-        <v>16</v>
+        <v>83</v>
       </c>
       <c r="E157" t="s">
-        <v>108</v>
+        <v>17</v>
       </c>
       <c r="F157" t="s">
-        <v>109</v>
+        <v>18</v>
       </c>
       <c r="G157" t="s">
-        <v>109</v>
+        <v>19</v>
       </c>
       <c r="H157" t="s">
-        <v>273</v>
+        <v>183</v>
       </c>
       <c r="I157" t="s">
-        <v>218</v>
+        <v>316</v>
       </c>
       <c r="J157" t="s">
-        <v>319</v>
+        <v>264</v>
       </c>
       <c r="K157" t="s">
-        <v>112</v>
+        <v>23</v>
       </c>
       <c r="L157" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="158" spans="1:12">
       <c r="A158" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="B158" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C158" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="D158" t="s">
-        <v>16</v>
+        <v>103</v>
       </c>
       <c r="E158" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F158" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G158" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H158" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I158" t="s">
-        <v>218</v>
+        <v>318</v>
       </c>
       <c r="J158" t="s">
         <v>319</v>
       </c>
       <c r="K158" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L158" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="159" spans="1:12">
       <c r="A159" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="B159" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C159" t="s">
         <v>15</v>
       </c>
       <c r="D159" t="s">
-        <v>83</v>
+        <v>16</v>
       </c>
       <c r="E159" t="s">
-        <v>27</v>
+        <v>108</v>
       </c>
       <c r="F159" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="G159" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="H159" t="s">
-        <v>20</v>
+        <v>275</v>
       </c>
       <c r="I159" t="s">
-        <v>267</v>
+        <v>218</v>
       </c>
       <c r="J159" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="K159" t="s">
-        <v>32</v>
+        <v>112</v>
+      </c>
+      <c r="L159" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="160" spans="1:12">
       <c r="A160" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="B160" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C160" t="s">
         <v>54</v>
       </c>
       <c r="D160" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
       <c r="E160" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F160" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G160" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H160" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I160" t="s">
-        <v>316</v>
+        <v>218</v>
       </c>
       <c r="J160" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="K160" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L160" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="161" spans="1:12">
       <c r="A161" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="B161" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C161" t="s">
         <v>15</v>
       </c>
       <c r="D161" t="s">
-        <v>103</v>
+        <v>83</v>
       </c>
       <c r="E161" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="F161" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="G161" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="H161" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="I161" t="s">
-        <v>316</v>
+        <v>269</v>
       </c>
       <c r="J161" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="K161" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
     </row>
     <row r="162" spans="1:12">
       <c r="A162" t="s">
         <v>325</v>
       </c>
       <c r="B162" t="s">
-        <v>326</v>
+        <v>315</v>
       </c>
       <c r="C162" t="s">
-        <v>327</v>
+        <v>15</v>
       </c>
       <c r="D162" t="s">
         <v>103</v>
       </c>
       <c r="E162" t="s">
         <v>47</v>
       </c>
       <c r="F162" t="s">
         <v>48</v>
       </c>
       <c r="G162" t="s">
         <v>48</v>
       </c>
       <c r="H162" t="s">
         <v>29</v>
       </c>
       <c r="I162" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="J162" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="K162" t="s">
         <v>52</v>
       </c>
-      <c r="L162" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="163" spans="1:12">
       <c r="A163" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="B163" t="s">
-        <v>326</v>
+        <v>315</v>
       </c>
       <c r="C163" t="s">
-        <v>329</v>
+        <v>54</v>
       </c>
       <c r="D163" t="s">
         <v>103</v>
       </c>
       <c r="E163" t="s">
         <v>47</v>
       </c>
       <c r="F163" t="s">
         <v>48</v>
       </c>
       <c r="G163" t="s">
         <v>48</v>
       </c>
       <c r="H163" t="s">
         <v>29</v>
       </c>
       <c r="I163" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="J163" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="K163" t="s">
         <v>52</v>
       </c>
-      <c r="L163" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="164" spans="1:12">
       <c r="A164" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="B164" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C164" t="s">
-        <v>15</v>
+        <v>329</v>
       </c>
       <c r="D164" t="s">
-        <v>16</v>
+        <v>103</v>
       </c>
       <c r="E164" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F164" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G164" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H164" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I164" t="s">
-        <v>244</v>
+        <v>318</v>
       </c>
       <c r="J164" t="s">
-        <v>331</v>
+        <v>319</v>
       </c>
       <c r="K164" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L164" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="165" spans="1:12">
       <c r="A165" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="B165" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C165" t="s">
-        <v>54</v>
+        <v>331</v>
       </c>
       <c r="D165" t="s">
-        <v>16</v>
+        <v>103</v>
       </c>
       <c r="E165" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F165" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G165" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H165" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I165" t="s">
-        <v>244</v>
+        <v>318</v>
       </c>
       <c r="J165" t="s">
-        <v>331</v>
+        <v>319</v>
       </c>
       <c r="K165" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L165" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="166" spans="1:12">
       <c r="A166" t="s">
+        <v>332</v>
+      </c>
+      <c r="B166" t="s">
+        <v>328</v>
+      </c>
+      <c r="C166" t="s">
+        <v>54</v>
+      </c>
+      <c r="D166" t="s">
+        <v>16</v>
+      </c>
+      <c r="E166" t="s">
+        <v>108</v>
+      </c>
+      <c r="F166" t="s">
+        <v>109</v>
+      </c>
+      <c r="G166" t="s">
+        <v>109</v>
+      </c>
+      <c r="H166" t="s">
+        <v>275</v>
+      </c>
+      <c r="I166" t="s">
+        <v>244</v>
+      </c>
+      <c r="J166" t="s">
         <v>333</v>
       </c>
-      <c r="B166" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="K166" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L166" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="167" spans="1:12">
       <c r="A167" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="B167" t="s">
-        <v>336</v>
+        <v>328</v>
       </c>
       <c r="C167" t="s">
-        <v>337</v>
+        <v>15</v>
       </c>
       <c r="D167" t="s">
-        <v>83</v>
+        <v>16</v>
       </c>
       <c r="E167" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="F167" t="s">
-        <v>18</v>
+        <v>109</v>
       </c>
       <c r="G167" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="H167" t="s">
-        <v>183</v>
+        <v>275</v>
       </c>
       <c r="I167" t="s">
-        <v>338</v>
+        <v>244</v>
       </c>
       <c r="J167" t="s">
-        <v>277</v>
+        <v>333</v>
       </c>
       <c r="K167" t="s">
-        <v>23</v>
+        <v>112</v>
       </c>
       <c r="L167" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="168" spans="1:12">
       <c r="A168" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="B168" t="s">
+        <v>328</v>
+      </c>
+      <c r="C168" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="D168" t="s">
         <v>103</v>
       </c>
       <c r="E168" t="s">
         <v>47</v>
       </c>
       <c r="F168" t="s">
         <v>48</v>
       </c>
       <c r="G168" t="s">
         <v>48</v>
       </c>
       <c r="H168" t="s">
         <v>29</v>
       </c>
       <c r="I168" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="J168" t="s">
-        <v>340</v>
+        <v>319</v>
       </c>
       <c r="K168" t="s">
         <v>52</v>
       </c>
-      <c r="L168" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="169" spans="1:12">
       <c r="A169" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="B169" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="C169" t="s">
-        <v>327</v>
+        <v>339</v>
       </c>
       <c r="D169" t="s">
-        <v>103</v>
+        <v>83</v>
       </c>
       <c r="E169" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="F169" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="G169" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="H169" t="s">
-        <v>29</v>
+        <v>183</v>
       </c>
       <c r="I169" t="s">
-        <v>316</v>
+        <v>340</v>
       </c>
       <c r="J169" t="s">
-        <v>340</v>
+        <v>279</v>
       </c>
       <c r="K169" t="s">
-        <v>52</v>
+        <v>23</v>
       </c>
       <c r="L169" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="170" spans="1:12">
       <c r="A170" t="s">
+        <v>341</v>
+      </c>
+      <c r="B170" t="s">
+        <v>338</v>
+      </c>
+      <c r="C170" t="s">
+        <v>331</v>
+      </c>
+      <c r="D170" t="s">
+        <v>103</v>
+      </c>
+      <c r="E170" t="s">
+        <v>47</v>
+      </c>
+      <c r="F170" t="s">
+        <v>48</v>
+      </c>
+      <c r="G170" t="s">
+        <v>48</v>
+      </c>
+      <c r="H170" t="s">
+        <v>29</v>
+      </c>
+      <c r="I170" t="s">
+        <v>318</v>
+      </c>
+      <c r="J170" t="s">
         <v>342</v>
       </c>
-      <c r="B170" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="K170" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L170" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="171" spans="1:12">
       <c r="A171" t="s">
         <v>343</v>
       </c>
       <c r="B171" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="C171" t="s">
-        <v>54</v>
+        <v>329</v>
       </c>
       <c r="D171" t="s">
-        <v>51</v>
+        <v>103</v>
       </c>
       <c r="E171" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F171" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G171" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H171" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I171" t="s">
-        <v>244</v>
+        <v>318</v>
       </c>
       <c r="J171" t="s">
-        <v>319</v>
+        <v>342</v>
       </c>
       <c r="K171" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L171" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="172" spans="1:12">
       <c r="A172" t="s">
         <v>344</v>
       </c>
       <c r="B172" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="C172" t="s">
-        <v>337</v>
+        <v>54</v>
       </c>
       <c r="D172" t="s">
-        <v>83</v>
+        <v>51</v>
       </c>
       <c r="E172" t="s">
-        <v>27</v>
+        <v>108</v>
       </c>
       <c r="F172" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="G172" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="H172" t="s">
-        <v>20</v>
+        <v>275</v>
       </c>
       <c r="I172" t="s">
-        <v>314</v>
+        <v>244</v>
       </c>
       <c r="J172" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="K172" t="s">
-        <v>32</v>
+        <v>112</v>
+      </c>
+      <c r="L172" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="173" spans="1:12">
       <c r="A173" t="s">
         <v>345</v>
       </c>
       <c r="B173" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="C173" t="s">
-        <v>334</v>
+        <v>15</v>
       </c>
       <c r="D173" t="s">
-        <v>103</v>
+        <v>51</v>
       </c>
       <c r="E173" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F173" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G173" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H173" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I173" t="s">
-        <v>316</v>
+        <v>244</v>
       </c>
       <c r="J173" t="s">
-        <v>340</v>
+        <v>321</v>
       </c>
       <c r="K173" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L173" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="174" spans="1:12">
       <c r="A174" t="s">
         <v>346</v>
       </c>
       <c r="B174" t="s">
-        <v>347</v>
+        <v>338</v>
       </c>
       <c r="C174" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="D174" t="s">
         <v>83</v>
       </c>
       <c r="E174" t="s">
-        <v>281</v>
+        <v>27</v>
       </c>
       <c r="F174" t="s">
-        <v>282</v>
+        <v>28</v>
       </c>
       <c r="G174" t="s">
-        <v>282</v>
+        <v>28</v>
       </c>
       <c r="H174" t="s">
         <v>20</v>
       </c>
       <c r="I174" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="J174" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="K174" t="s">
         <v>32</v>
       </c>
-      <c r="L174" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="175" spans="1:12">
       <c r="A175" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="B175" t="s">
-        <v>347</v>
+        <v>338</v>
       </c>
       <c r="C175" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="D175" t="s">
         <v>103</v>
       </c>
       <c r="E175" t="s">
         <v>47</v>
       </c>
       <c r="F175" t="s">
         <v>48</v>
       </c>
       <c r="G175" t="s">
         <v>48</v>
       </c>
       <c r="H175" t="s">
         <v>29</v>
       </c>
       <c r="I175" t="s">
-        <v>349</v>
+        <v>318</v>
       </c>
       <c r="J175" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="K175" t="s">
         <v>52</v>
       </c>
-      <c r="L175" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="176" spans="1:12">
       <c r="A176" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="B176" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C176" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="D176" t="s">
-        <v>103</v>
+        <v>83</v>
       </c>
       <c r="E176" t="s">
-        <v>47</v>
+        <v>283</v>
       </c>
       <c r="F176" t="s">
-        <v>48</v>
+        <v>284</v>
       </c>
       <c r="G176" t="s">
-        <v>48</v>
+        <v>284</v>
       </c>
       <c r="H176" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="I176" t="s">
-        <v>349</v>
+        <v>316</v>
       </c>
       <c r="J176" t="s">
-        <v>340</v>
+        <v>321</v>
       </c>
       <c r="K176" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="L176" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="177" spans="1:12">
       <c r="A177" t="s">
+        <v>350</v>
+      </c>
+      <c r="B177" t="s">
+        <v>349</v>
+      </c>
+      <c r="C177" t="s">
+        <v>329</v>
+      </c>
+      <c r="D177" t="s">
+        <v>103</v>
+      </c>
+      <c r="E177" t="s">
+        <v>47</v>
+      </c>
+      <c r="F177" t="s">
+        <v>48</v>
+      </c>
+      <c r="G177" t="s">
+        <v>48</v>
+      </c>
+      <c r="H177" t="s">
+        <v>29</v>
+      </c>
+      <c r="I177" t="s">
         <v>351</v>
       </c>
-      <c r="B177" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="J177" t="s">
-        <v>352</v>
+        <v>342</v>
       </c>
       <c r="K177" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L177" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="178" spans="1:12">
       <c r="A178" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="B178" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C178" t="s">
-        <v>15</v>
+        <v>331</v>
       </c>
       <c r="D178" t="s">
-        <v>51</v>
+        <v>103</v>
       </c>
       <c r="E178" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F178" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G178" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H178" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I178" t="s">
-        <v>244</v>
+        <v>351</v>
       </c>
       <c r="J178" t="s">
-        <v>352</v>
+        <v>342</v>
       </c>
       <c r="K178" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L178" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="179" spans="1:12">
       <c r="A179" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="B179" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C179" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="D179" t="s">
         <v>51</v>
       </c>
       <c r="E179" t="s">
         <v>108</v>
       </c>
       <c r="F179" t="s">
         <v>109</v>
       </c>
       <c r="G179" t="s">
         <v>109</v>
       </c>
       <c r="H179" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I179" t="s">
         <v>244</v>
       </c>
       <c r="J179" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="K179" t="s">
         <v>112</v>
       </c>
       <c r="L179" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="180" spans="1:12">
       <c r="A180" t="s">
         <v>355</v>
       </c>
       <c r="B180" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C180" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D180" t="s">
-        <v>103</v>
+        <v>51</v>
       </c>
       <c r="E180" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F180" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G180" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H180" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I180" t="s">
-        <v>349</v>
+        <v>244</v>
       </c>
       <c r="J180" t="s">
-        <v>340</v>
+        <v>354</v>
       </c>
       <c r="K180" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L180" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="181" spans="1:12">
       <c r="A181" t="s">
         <v>356</v>
       </c>
       <c r="B181" t="s">
-        <v>357</v>
+        <v>349</v>
       </c>
       <c r="C181" t="s">
-        <v>337</v>
+        <v>54</v>
       </c>
       <c r="D181" t="s">
-        <v>83</v>
+        <v>51</v>
       </c>
       <c r="E181" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="F181" t="s">
-        <v>18</v>
+        <v>109</v>
       </c>
       <c r="G181" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="H181" t="s">
-        <v>43</v>
+        <v>275</v>
       </c>
       <c r="I181" t="s">
-        <v>316</v>
+        <v>244</v>
       </c>
       <c r="J181" t="s">
-        <v>340</v>
+        <v>354</v>
       </c>
       <c r="K181" t="s">
-        <v>23</v>
+        <v>112</v>
       </c>
       <c r="L181" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="182" spans="1:12">
       <c r="A182" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="B182" t="s">
-        <v>357</v>
+        <v>349</v>
       </c>
       <c r="C182" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="D182" t="s">
-        <v>121</v>
+        <v>103</v>
       </c>
       <c r="E182" t="s">
         <v>47</v>
       </c>
       <c r="F182" t="s">
         <v>48</v>
       </c>
       <c r="G182" t="s">
         <v>48</v>
       </c>
       <c r="H182" t="s">
         <v>29</v>
       </c>
       <c r="I182" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="J182" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="K182" t="s">
         <v>52</v>
       </c>
-      <c r="L182" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="183" spans="1:12">
       <c r="A183" t="s">
+        <v>358</v>
+      </c>
+      <c r="B183" t="s">
         <v>359</v>
       </c>
-      <c r="B183" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C183" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="D183" t="s">
-        <v>51</v>
+        <v>83</v>
       </c>
       <c r="E183" t="s">
-        <v>108</v>
+        <v>17</v>
       </c>
       <c r="F183" t="s">
-        <v>109</v>
+        <v>18</v>
       </c>
       <c r="G183" t="s">
-        <v>109</v>
+        <v>19</v>
       </c>
       <c r="H183" t="s">
-        <v>273</v>
+        <v>43</v>
       </c>
       <c r="I183" t="s">
-        <v>244</v>
+        <v>318</v>
       </c>
       <c r="J183" t="s">
-        <v>360</v>
+        <v>342</v>
       </c>
       <c r="K183" t="s">
-        <v>112</v>
+        <v>23</v>
       </c>
       <c r="L183" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="184" spans="1:12">
       <c r="A184" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="B184" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C184" t="s">
-        <v>54</v>
+        <v>331</v>
       </c>
       <c r="D184" t="s">
-        <v>51</v>
+        <v>121</v>
       </c>
       <c r="E184" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F184" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G184" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H184" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I184" t="s">
-        <v>244</v>
+        <v>351</v>
       </c>
       <c r="J184" t="s">
-        <v>360</v>
+        <v>342</v>
       </c>
       <c r="K184" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L184" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="185" spans="1:12">
       <c r="A185" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="B185" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C185" t="s">
         <v>15</v>
       </c>
       <c r="D185" t="s">
         <v>51</v>
       </c>
       <c r="E185" t="s">
         <v>108</v>
       </c>
       <c r="F185" t="s">
         <v>109</v>
       </c>
       <c r="G185" t="s">
         <v>109</v>
       </c>
       <c r="H185" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I185" t="s">
         <v>244</v>
       </c>
       <c r="J185" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="K185" t="s">
         <v>112</v>
       </c>
       <c r="L185" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="186" spans="1:12">
       <c r="A186" t="s">
         <v>363</v>
       </c>
       <c r="B186" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C186" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="D186" t="s">
-        <v>83</v>
+        <v>51</v>
       </c>
       <c r="E186" t="s">
-        <v>27</v>
+        <v>108</v>
       </c>
       <c r="F186" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="G186" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="H186" t="s">
-        <v>20</v>
+        <v>275</v>
       </c>
       <c r="I186" t="s">
-        <v>316</v>
+        <v>244</v>
       </c>
       <c r="J186" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="K186" t="s">
-        <v>32</v>
+        <v>112</v>
+      </c>
+      <c r="L186" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="187" spans="1:12">
       <c r="A187" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="B187" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C187" t="s">
-        <v>334</v>
+        <v>54</v>
       </c>
       <c r="D187" t="s">
-        <v>121</v>
+        <v>51</v>
       </c>
       <c r="E187" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F187" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G187" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H187" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I187" t="s">
-        <v>349</v>
+        <v>244</v>
       </c>
       <c r="J187" t="s">
-        <v>340</v>
+        <v>362</v>
       </c>
       <c r="K187" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L187" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="188" spans="1:12">
       <c r="A188" t="s">
+        <v>365</v>
+      </c>
+      <c r="B188" t="s">
+        <v>359</v>
+      </c>
+      <c r="C188" t="s">
+        <v>339</v>
+      </c>
+      <c r="D188" t="s">
+        <v>83</v>
+      </c>
+      <c r="E188" t="s">
+        <v>27</v>
+      </c>
+      <c r="F188" t="s">
+        <v>28</v>
+      </c>
+      <c r="G188" t="s">
+        <v>28</v>
+      </c>
+      <c r="H188" t="s">
+        <v>20</v>
+      </c>
+      <c r="I188" t="s">
+        <v>318</v>
+      </c>
+      <c r="J188" t="s">
         <v>366</v>
       </c>
-      <c r="B188" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="K188" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
     </row>
     <row r="189" spans="1:12">
       <c r="A189" t="s">
         <v>367</v>
       </c>
       <c r="B189" t="s">
-        <v>368</v>
+        <v>359</v>
       </c>
       <c r="C189" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="D189" t="s">
-        <v>83</v>
+        <v>121</v>
       </c>
       <c r="E189" t="s">
-        <v>281</v>
+        <v>47</v>
       </c>
       <c r="F189" t="s">
-        <v>282</v>
+        <v>48</v>
       </c>
       <c r="G189" t="s">
-        <v>282</v>
+        <v>48</v>
       </c>
       <c r="H189" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="I189" t="s">
-        <v>369</v>
+        <v>351</v>
       </c>
       <c r="J189" t="s">
-        <v>364</v>
+        <v>342</v>
       </c>
       <c r="K189" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>52</v>
       </c>
     </row>
     <row r="190" spans="1:12">
       <c r="A190" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="B190" t="s">
-        <v>368</v>
+        <v>359</v>
       </c>
       <c r="C190" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="D190" t="s">
         <v>121</v>
       </c>
       <c r="E190" t="s">
         <v>47</v>
       </c>
       <c r="F190" t="s">
         <v>48</v>
       </c>
       <c r="G190" t="s">
         <v>48</v>
       </c>
       <c r="H190" t="s">
         <v>29</v>
       </c>
       <c r="I190" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="J190" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="K190" t="s">
         <v>52</v>
       </c>
-      <c r="L190" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="191" spans="1:12">
       <c r="A191" t="s">
+        <v>369</v>
+      </c>
+      <c r="B191" t="s">
+        <v>370</v>
+      </c>
+      <c r="C191" t="s">
+        <v>339</v>
+      </c>
+      <c r="D191" t="s">
+        <v>83</v>
+      </c>
+      <c r="E191" t="s">
+        <v>283</v>
+      </c>
+      <c r="F191" t="s">
+        <v>284</v>
+      </c>
+      <c r="G191" t="s">
+        <v>284</v>
+      </c>
+      <c r="H191" t="s">
+        <v>20</v>
+      </c>
+      <c r="I191" t="s">
         <v>371</v>
       </c>
-      <c r="B191" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="J191" t="s">
-        <v>340</v>
+        <v>366</v>
       </c>
       <c r="K191" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="L191" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="192" spans="1:12">
       <c r="A192" t="s">
         <v>372</v>
       </c>
       <c r="B192" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="C192" t="s">
-        <v>373</v>
+        <v>331</v>
+      </c>
+      <c r="D192" t="s">
+        <v>121</v>
       </c>
       <c r="E192" t="s">
         <v>47</v>
       </c>
       <c r="F192" t="s">
         <v>48</v>
       </c>
       <c r="G192" t="s">
         <v>48</v>
       </c>
+      <c r="H192" t="s">
+        <v>29</v>
+      </c>
+      <c r="I192" t="s">
+        <v>351</v>
+      </c>
+      <c r="J192" t="s">
+        <v>342</v>
+      </c>
       <c r="K192" t="s">
         <v>52</v>
       </c>
       <c r="L192" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="193" spans="1:12">
       <c r="A193" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="B193" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="C193" t="s">
-        <v>54</v>
+        <v>329</v>
       </c>
       <c r="D193" t="s">
-        <v>51</v>
+        <v>121</v>
       </c>
       <c r="E193" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F193" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G193" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H193" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I193" t="s">
-        <v>255</v>
+        <v>351</v>
       </c>
       <c r="J193" t="s">
-        <v>375</v>
+        <v>342</v>
       </c>
       <c r="K193" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L193" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="194" spans="1:12">
       <c r="A194" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="B194" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="C194" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>375</v>
       </c>
       <c r="E194" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F194" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G194" t="s">
-        <v>109</v>
-[...8 lines deleted...]
-        <v>375</v>
+        <v>48</v>
       </c>
       <c r="K194" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L194" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="195" spans="1:12">
       <c r="A195" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="B195" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="C195" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D195" t="s">
         <v>51</v>
       </c>
       <c r="E195" t="s">
         <v>108</v>
       </c>
       <c r="F195" t="s">
         <v>109</v>
       </c>
       <c r="G195" t="s">
         <v>109</v>
       </c>
       <c r="H195" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I195" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="J195" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K195" t="s">
         <v>112</v>
       </c>
       <c r="L195" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="196" spans="1:12">
       <c r="A196" t="s">
         <v>378</v>
       </c>
       <c r="B196" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="C196" t="s">
-        <v>334</v>
+        <v>54</v>
       </c>
       <c r="D196" t="s">
-        <v>121</v>
+        <v>51</v>
       </c>
       <c r="E196" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F196" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G196" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H196" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I196" t="s">
-        <v>349</v>
+        <v>257</v>
       </c>
       <c r="J196" t="s">
-        <v>340</v>
+        <v>377</v>
       </c>
       <c r="K196" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L196" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="197" spans="1:12">
       <c r="A197" t="s">
         <v>379</v>
       </c>
       <c r="B197" t="s">
-        <v>380</v>
+        <v>370</v>
       </c>
       <c r="C197" t="s">
-        <v>337</v>
+        <v>15</v>
       </c>
       <c r="D197" t="s">
-        <v>83</v>
+        <v>51</v>
       </c>
       <c r="E197" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="F197" t="s">
-        <v>18</v>
+        <v>109</v>
       </c>
       <c r="G197" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="H197" t="s">
-        <v>43</v>
+        <v>275</v>
       </c>
       <c r="I197" t="s">
-        <v>381</v>
+        <v>257</v>
       </c>
       <c r="J197" t="s">
-        <v>300</v>
+        <v>377</v>
       </c>
       <c r="K197" t="s">
-        <v>23</v>
+        <v>112</v>
       </c>
       <c r="L197" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="198" spans="1:12">
       <c r="A198" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="B198" t="s">
-        <v>380</v>
+        <v>370</v>
       </c>
       <c r="C198" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="D198" t="s">
         <v>121</v>
       </c>
       <c r="E198" t="s">
         <v>47</v>
       </c>
       <c r="F198" t="s">
         <v>48</v>
       </c>
       <c r="G198" t="s">
         <v>48</v>
       </c>
       <c r="H198" t="s">
         <v>29</v>
       </c>
       <c r="I198" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="J198" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="K198" t="s">
         <v>52</v>
       </c>
-      <c r="L198" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="199" spans="1:12">
       <c r="A199" t="s">
+        <v>381</v>
+      </c>
+      <c r="B199" t="s">
+        <v>382</v>
+      </c>
+      <c r="C199" t="s">
+        <v>339</v>
+      </c>
+      <c r="D199" t="s">
+        <v>83</v>
+      </c>
+      <c r="E199" t="s">
+        <v>17</v>
+      </c>
+      <c r="F199" t="s">
+        <v>18</v>
+      </c>
+      <c r="G199" t="s">
+        <v>19</v>
+      </c>
+      <c r="H199" t="s">
+        <v>43</v>
+      </c>
+      <c r="I199" t="s">
         <v>383</v>
       </c>
-      <c r="B199" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="J199" t="s">
-        <v>340</v>
+        <v>302</v>
       </c>
       <c r="K199" t="s">
-        <v>52</v>
+        <v>23</v>
       </c>
       <c r="L199" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="200" spans="1:12">
       <c r="A200" t="s">
         <v>384</v>
       </c>
       <c r="B200" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C200" t="s">
         <v>329</v>
       </c>
       <c r="D200" t="s">
-        <v>64</v>
+        <v>121</v>
       </c>
       <c r="E200" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F200" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G200" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H200" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I200" t="s">
-        <v>314</v>
+        <v>351</v>
       </c>
       <c r="J200" t="s">
-        <v>385</v>
+        <v>342</v>
       </c>
       <c r="K200" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L200" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="201" spans="1:12">
       <c r="A201" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="B201" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C201" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D201" t="s">
-        <v>64</v>
+        <v>121</v>
       </c>
       <c r="E201" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F201" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G201" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H201" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I201" t="s">
-        <v>314</v>
+        <v>351</v>
       </c>
       <c r="J201" t="s">
-        <v>385</v>
+        <v>342</v>
       </c>
       <c r="K201" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L201" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="202" spans="1:12">
       <c r="A202" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="B202" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C202" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D202" t="s">
         <v>64</v>
       </c>
       <c r="E202" t="s">
         <v>108</v>
       </c>
       <c r="F202" t="s">
         <v>109</v>
       </c>
       <c r="G202" t="s">
         <v>109</v>
       </c>
       <c r="H202" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I202" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="J202" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="K202" t="s">
         <v>112</v>
       </c>
       <c r="L202" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="203" spans="1:12">
       <c r="A203" t="s">
         <v>388</v>
       </c>
       <c r="B203" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C203" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="D203" t="s">
-        <v>83</v>
+        <v>64</v>
       </c>
       <c r="E203" t="s">
-        <v>27</v>
+        <v>108</v>
       </c>
       <c r="F203" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="G203" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="H203" t="s">
-        <v>20</v>
+        <v>275</v>
       </c>
       <c r="I203" t="s">
-        <v>349</v>
+        <v>316</v>
       </c>
       <c r="J203" t="s">
-        <v>364</v>
+        <v>387</v>
       </c>
       <c r="K203" t="s">
-        <v>32</v>
+        <v>112</v>
+      </c>
+      <c r="L203" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="204" spans="1:12">
       <c r="A204" t="s">
         <v>389</v>
       </c>
       <c r="B204" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C204" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D204" t="s">
-        <v>121</v>
+        <v>64</v>
       </c>
       <c r="E204" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F204" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G204" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H204" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I204" t="s">
-        <v>349</v>
+        <v>316</v>
       </c>
       <c r="J204" t="s">
-        <v>340</v>
+        <v>387</v>
       </c>
       <c r="K204" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L204" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="205" spans="1:12">
       <c r="A205" t="s">
         <v>390</v>
       </c>
       <c r="B205" t="s">
-        <v>391</v>
+        <v>382</v>
       </c>
       <c r="C205" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="D205" t="s">
-        <v>64</v>
+        <v>83</v>
       </c>
       <c r="E205" t="s">
-        <v>108</v>
+        <v>27</v>
       </c>
       <c r="F205" t="s">
-        <v>109</v>
+        <v>28</v>
       </c>
       <c r="G205" t="s">
-        <v>109</v>
+        <v>28</v>
       </c>
       <c r="H205" t="s">
-        <v>273</v>
+        <v>20</v>
       </c>
       <c r="I205" t="s">
-        <v>314</v>
+        <v>351</v>
       </c>
       <c r="J205" t="s">
-        <v>392</v>
+        <v>366</v>
       </c>
       <c r="K205" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>32</v>
       </c>
     </row>
     <row r="206" spans="1:12">
       <c r="A206" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="B206" t="s">
-        <v>391</v>
+        <v>382</v>
       </c>
       <c r="C206" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D206" t="s">
-        <v>64</v>
+        <v>121</v>
       </c>
       <c r="E206" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F206" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G206" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H206" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I206" t="s">
-        <v>314</v>
+        <v>351</v>
       </c>
       <c r="J206" t="s">
-        <v>392</v>
+        <v>342</v>
       </c>
       <c r="K206" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>52</v>
       </c>
     </row>
     <row r="207" spans="1:12">
       <c r="A207" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="B207" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C207" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D207" t="s">
         <v>64</v>
       </c>
       <c r="E207" t="s">
         <v>108</v>
       </c>
       <c r="F207" t="s">
         <v>109</v>
       </c>
       <c r="G207" t="s">
         <v>109</v>
       </c>
       <c r="H207" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I207" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="J207" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="K207" t="s">
         <v>112</v>
       </c>
       <c r="L207" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="208" spans="1:12">
       <c r="A208" t="s">
         <v>395</v>
       </c>
       <c r="B208" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="C208" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D208" t="s">
         <v>64</v>
       </c>
       <c r="E208" t="s">
         <v>108</v>
       </c>
       <c r="F208" t="s">
         <v>109</v>
       </c>
       <c r="G208" t="s">
         <v>109</v>
       </c>
       <c r="H208" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I208" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="J208" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="K208" t="s">
         <v>112</v>
       </c>
       <c r="L208" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="209" spans="1:12">
       <c r="A209" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="B209" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="C209" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="D209" t="s">
         <v>64</v>
       </c>
       <c r="E209" t="s">
         <v>108</v>
       </c>
       <c r="F209" t="s">
         <v>109</v>
       </c>
       <c r="G209" t="s">
         <v>109</v>
       </c>
       <c r="H209" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I209" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="J209" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="K209" t="s">
         <v>112</v>
       </c>
       <c r="L209" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="210" spans="1:12">
       <c r="A210" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="B210" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="C210" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D210" t="s">
         <v>64</v>
       </c>
       <c r="E210" t="s">
         <v>108</v>
       </c>
       <c r="F210" t="s">
         <v>109</v>
       </c>
       <c r="G210" t="s">
         <v>109</v>
       </c>
       <c r="H210" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I210" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="J210" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="K210" t="s">
         <v>112</v>
       </c>
       <c r="L210" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="211" spans="1:12">
       <c r="A211" t="s">
         <v>400</v>
       </c>
       <c r="B211" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="C211" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="D211" t="s">
-        <v>83</v>
+        <v>64</v>
       </c>
       <c r="E211" t="s">
-        <v>281</v>
+        <v>108</v>
       </c>
       <c r="F211" t="s">
-        <v>282</v>
+        <v>109</v>
       </c>
       <c r="G211" t="s">
-        <v>282</v>
+        <v>109</v>
       </c>
       <c r="H211" t="s">
-        <v>20</v>
+        <v>275</v>
       </c>
       <c r="I211" t="s">
-        <v>349</v>
+        <v>316</v>
       </c>
       <c r="J211" t="s">
-        <v>364</v>
+        <v>399</v>
       </c>
       <c r="K211" t="s">
-        <v>32</v>
+        <v>112</v>
       </c>
       <c r="L211" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="212" spans="1:12">
       <c r="A212" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="B212" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="C212" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="D212" t="s">
-        <v>121</v>
+        <v>64</v>
       </c>
       <c r="E212" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F212" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G212" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H212" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I212" t="s">
-        <v>381</v>
+        <v>316</v>
       </c>
       <c r="J212" t="s">
-        <v>340</v>
+        <v>399</v>
       </c>
       <c r="K212" t="s">
-        <v>52</v>
+        <v>112</v>
       </c>
       <c r="L212" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="213" spans="1:12">
       <c r="A213" t="s">
+        <v>402</v>
+      </c>
+      <c r="B213" t="s">
         <v>403</v>
       </c>
-      <c r="B213" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C213" t="s">
-        <v>373</v>
+        <v>339</v>
+      </c>
+      <c r="D213" t="s">
+        <v>83</v>
       </c>
       <c r="E213" t="s">
-        <v>47</v>
+        <v>283</v>
       </c>
       <c r="F213" t="s">
-        <v>48</v>
+        <v>284</v>
       </c>
       <c r="G213" t="s">
-        <v>48</v>
+        <v>284</v>
+      </c>
+      <c r="H213" t="s">
+        <v>20</v>
+      </c>
+      <c r="I213" t="s">
+        <v>351</v>
+      </c>
+      <c r="J213" t="s">
+        <v>366</v>
       </c>
       <c r="K213" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="L213" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="214" spans="1:12">
       <c r="A214" t="s">
         <v>404</v>
       </c>
       <c r="B214" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C214" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="D214" t="s">
         <v>121</v>
       </c>
       <c r="E214" t="s">
         <v>47</v>
       </c>
       <c r="F214" t="s">
         <v>48</v>
       </c>
       <c r="G214" t="s">
         <v>48</v>
       </c>
       <c r="H214" t="s">
         <v>29</v>
       </c>
       <c r="I214" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="J214" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="K214" t="s">
         <v>52</v>
       </c>
       <c r="L214" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="215" spans="1:12">
       <c r="A215" t="s">
         <v>405</v>
       </c>
       <c r="B215" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C215" t="s">
-        <v>334</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>375</v>
       </c>
       <c r="E215" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F215" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G215" t="s">
-        <v>109</v>
-[...8 lines deleted...]
-        <v>406</v>
+        <v>48</v>
       </c>
       <c r="K215" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L215" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="216" spans="1:12">
       <c r="A216" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="B216" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C216" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D216" t="s">
-        <v>64</v>
+        <v>121</v>
       </c>
       <c r="E216" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F216" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G216" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H216" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I216" t="s">
-        <v>314</v>
+        <v>383</v>
       </c>
       <c r="J216" t="s">
-        <v>406</v>
+        <v>342</v>
       </c>
       <c r="K216" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L216" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="217" spans="1:12">
       <c r="A217" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="B217" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C217" t="s">
         <v>329</v>
       </c>
       <c r="D217" t="s">
         <v>64</v>
       </c>
       <c r="E217" t="s">
         <v>108</v>
       </c>
       <c r="F217" t="s">
         <v>109</v>
       </c>
       <c r="G217" t="s">
         <v>109</v>
       </c>
       <c r="H217" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I217" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="J217" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="K217" t="s">
         <v>112</v>
       </c>
       <c r="L217" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="218" spans="1:12">
       <c r="A218" t="s">
         <v>409</v>
       </c>
       <c r="B218" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C218" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D218" t="s">
-        <v>121</v>
+        <v>64</v>
       </c>
       <c r="E218" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F218" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G218" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H218" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I218" t="s">
-        <v>381</v>
+        <v>316</v>
       </c>
       <c r="J218" t="s">
-        <v>340</v>
+        <v>408</v>
       </c>
       <c r="K218" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L218" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="219" spans="1:12">
       <c r="A219" t="s">
         <v>410</v>
       </c>
       <c r="B219" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="C219" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D219" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="E219" t="s">
         <v>108</v>
       </c>
       <c r="F219" t="s">
         <v>109</v>
       </c>
       <c r="G219" t="s">
         <v>109</v>
       </c>
       <c r="H219" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I219" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="J219" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="K219" t="s">
         <v>112</v>
       </c>
       <c r="L219" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="220" spans="1:12">
       <c r="A220" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="B220" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="C220" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="D220" t="s">
-        <v>74</v>
+        <v>121</v>
       </c>
       <c r="E220" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F220" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G220" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H220" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I220" t="s">
-        <v>314</v>
+        <v>383</v>
       </c>
       <c r="J220" t="s">
-        <v>412</v>
+        <v>342</v>
       </c>
       <c r="K220" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>52</v>
       </c>
     </row>
     <row r="221" spans="1:12">
       <c r="A221" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="B221" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C221" t="s">
         <v>329</v>
       </c>
       <c r="D221" t="s">
         <v>74</v>
       </c>
       <c r="E221" t="s">
         <v>108</v>
       </c>
       <c r="F221" t="s">
         <v>109</v>
       </c>
       <c r="G221" t="s">
         <v>109</v>
       </c>
       <c r="H221" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I221" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="J221" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="K221" t="s">
         <v>112</v>
       </c>
       <c r="L221" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="222" spans="1:12">
       <c r="A222" t="s">
         <v>415</v>
       </c>
       <c r="B222" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="C222" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="D222" t="s">
         <v>74</v>
       </c>
       <c r="E222" t="s">
         <v>108</v>
       </c>
       <c r="F222" t="s">
         <v>109</v>
       </c>
       <c r="G222" t="s">
         <v>109</v>
       </c>
       <c r="H222" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I222" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="J222" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="K222" t="s">
         <v>112</v>
       </c>
       <c r="L222" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="223" spans="1:12">
       <c r="A223" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="B223" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="C223" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D223" t="s">
         <v>74</v>
       </c>
       <c r="E223" t="s">
         <v>108</v>
       </c>
       <c r="F223" t="s">
         <v>109</v>
       </c>
       <c r="G223" t="s">
         <v>109</v>
       </c>
       <c r="H223" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I223" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="J223" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="K223" t="s">
         <v>112</v>
       </c>
       <c r="L223" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="224" spans="1:12">
       <c r="A224" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="B224" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="C224" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D224" t="s">
         <v>74</v>
       </c>
       <c r="E224" t="s">
         <v>108</v>
       </c>
       <c r="F224" t="s">
         <v>109</v>
       </c>
       <c r="G224" t="s">
         <v>109</v>
       </c>
       <c r="H224" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I224" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="J224" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="K224" t="s">
         <v>112</v>
       </c>
       <c r="L224" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="225" spans="1:12">
       <c r="A225" t="s">
         <v>420</v>
       </c>
       <c r="B225" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="C225" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="D225" t="s">
-        <v>83</v>
+        <v>74</v>
       </c>
       <c r="E225" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="F225" t="s">
-        <v>18</v>
+        <v>109</v>
       </c>
       <c r="G225" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="H225" t="s">
-        <v>43</v>
+        <v>275</v>
       </c>
       <c r="I225" t="s">
-        <v>422</v>
+        <v>316</v>
       </c>
       <c r="J225" t="s">
-        <v>322</v>
+        <v>419</v>
       </c>
       <c r="K225" t="s">
-        <v>23</v>
+        <v>112</v>
       </c>
       <c r="L225" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="226" spans="1:12">
       <c r="A226" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="B226" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="C226" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="D226" t="s">
-        <v>131</v>
+        <v>74</v>
       </c>
       <c r="E226" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F226" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G226" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H226" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I226" t="s">
-        <v>422</v>
+        <v>316</v>
       </c>
       <c r="J226" t="s">
-        <v>364</v>
+        <v>419</v>
       </c>
       <c r="K226" t="s">
-        <v>52</v>
+        <v>112</v>
       </c>
       <c r="L226" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="227" spans="1:12">
       <c r="A227" t="s">
+        <v>422</v>
+      </c>
+      <c r="B227" t="s">
+        <v>423</v>
+      </c>
+      <c r="C227" t="s">
+        <v>339</v>
+      </c>
+      <c r="D227" t="s">
+        <v>83</v>
+      </c>
+      <c r="E227" t="s">
+        <v>17</v>
+      </c>
+      <c r="F227" t="s">
+        <v>18</v>
+      </c>
+      <c r="G227" t="s">
+        <v>19</v>
+      </c>
+      <c r="H227" t="s">
+        <v>43</v>
+      </c>
+      <c r="I227" t="s">
         <v>424</v>
       </c>
-      <c r="B227" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="J227" t="s">
-        <v>364</v>
+        <v>324</v>
       </c>
       <c r="K227" t="s">
-        <v>52</v>
+        <v>23</v>
       </c>
       <c r="L227" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="228" spans="1:12">
       <c r="A228" t="s">
         <v>425</v>
       </c>
       <c r="B228" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="C228" t="s">
         <v>329</v>
       </c>
       <c r="D228" t="s">
-        <v>74</v>
+        <v>131</v>
       </c>
       <c r="E228" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F228" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G228" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H228" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I228" t="s">
-        <v>314</v>
+        <v>424</v>
       </c>
       <c r="J228" t="s">
-        <v>426</v>
+        <v>366</v>
       </c>
       <c r="K228" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L228" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="229" spans="1:12">
       <c r="A229" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="B229" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="C229" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D229" t="s">
-        <v>74</v>
+        <v>131</v>
       </c>
       <c r="E229" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F229" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G229" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H229" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I229" t="s">
-        <v>314</v>
+        <v>424</v>
       </c>
       <c r="J229" t="s">
-        <v>426</v>
+        <v>366</v>
       </c>
       <c r="K229" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L229" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="230" spans="1:12">
       <c r="A230" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="B230" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="C230" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="D230" t="s">
         <v>74</v>
       </c>
       <c r="E230" t="s">
         <v>108</v>
       </c>
       <c r="F230" t="s">
         <v>109</v>
       </c>
       <c r="G230" t="s">
         <v>109</v>
       </c>
       <c r="H230" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I230" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="J230" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="K230" t="s">
         <v>112</v>
       </c>
       <c r="L230" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="231" spans="1:12">
       <c r="A231" t="s">
         <v>429</v>
       </c>
       <c r="B231" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="C231" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="D231" t="s">
-        <v>83</v>
+        <v>74</v>
       </c>
       <c r="E231" t="s">
-        <v>27</v>
+        <v>108</v>
       </c>
       <c r="F231" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="G231" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="H231" t="s">
-        <v>20</v>
+        <v>275</v>
       </c>
       <c r="I231" t="s">
-        <v>381</v>
+        <v>316</v>
       </c>
       <c r="J231" t="s">
-        <v>364</v>
+        <v>428</v>
       </c>
       <c r="K231" t="s">
-        <v>32</v>
+        <v>112</v>
+      </c>
+      <c r="L231" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="232" spans="1:12">
       <c r="A232" t="s">
         <v>430</v>
       </c>
       <c r="B232" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="C232" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="D232" t="s">
-        <v>131</v>
+        <v>74</v>
       </c>
       <c r="E232" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F232" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G232" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H232" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I232" t="s">
-        <v>422</v>
+        <v>316</v>
       </c>
       <c r="J232" t="s">
-        <v>364</v>
+        <v>428</v>
       </c>
       <c r="K232" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L232" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="233" spans="1:12">
       <c r="A233" t="s">
         <v>431</v>
       </c>
       <c r="B233" t="s">
-        <v>432</v>
+        <v>423</v>
       </c>
       <c r="C233" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="D233" t="s">
-        <v>74</v>
+        <v>83</v>
       </c>
       <c r="E233" t="s">
-        <v>108</v>
+        <v>27</v>
       </c>
       <c r="F233" t="s">
-        <v>109</v>
+        <v>28</v>
       </c>
       <c r="G233" t="s">
-        <v>109</v>
+        <v>28</v>
       </c>
       <c r="H233" t="s">
-        <v>273</v>
+        <v>20</v>
       </c>
       <c r="I233" t="s">
-        <v>316</v>
+        <v>383</v>
       </c>
       <c r="J233" t="s">
-        <v>433</v>
+        <v>366</v>
       </c>
       <c r="K233" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>32</v>
       </c>
     </row>
     <row r="234" spans="1:12">
       <c r="A234" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="B234" t="s">
-        <v>432</v>
+        <v>423</v>
       </c>
       <c r="C234" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D234" t="s">
-        <v>74</v>
+        <v>131</v>
       </c>
       <c r="E234" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F234" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G234" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H234" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I234" t="s">
-        <v>316</v>
+        <v>424</v>
       </c>
       <c r="J234" t="s">
-        <v>433</v>
+        <v>366</v>
       </c>
       <c r="K234" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>52</v>
       </c>
     </row>
     <row r="235" spans="1:12">
       <c r="A235" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="B235" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="C235" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="D235" t="s">
         <v>74</v>
       </c>
       <c r="E235" t="s">
         <v>108</v>
       </c>
       <c r="F235" t="s">
         <v>109</v>
       </c>
       <c r="G235" t="s">
         <v>109</v>
       </c>
       <c r="H235" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I235" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="J235" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="K235" t="s">
         <v>112</v>
       </c>
       <c r="L235" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="236" spans="1:12">
       <c r="A236" t="s">
         <v>436</v>
       </c>
       <c r="B236" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="C236" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="D236" t="s">
         <v>74</v>
       </c>
       <c r="E236" t="s">
         <v>108</v>
       </c>
       <c r="F236" t="s">
         <v>109</v>
       </c>
       <c r="G236" t="s">
         <v>109</v>
       </c>
       <c r="H236" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I236" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="J236" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="K236" t="s">
         <v>112</v>
       </c>
       <c r="L236" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="237" spans="1:12">
       <c r="A237" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="B237" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="C237" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D237" t="s">
         <v>74</v>
       </c>
       <c r="E237" t="s">
         <v>108</v>
       </c>
       <c r="F237" t="s">
         <v>109</v>
       </c>
       <c r="G237" t="s">
         <v>109</v>
       </c>
       <c r="H237" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I237" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="J237" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="K237" t="s">
         <v>112</v>
       </c>
       <c r="L237" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="238" spans="1:12">
       <c r="A238" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="B238" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="C238" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D238" t="s">
         <v>74</v>
       </c>
       <c r="E238" t="s">
         <v>108</v>
       </c>
       <c r="F238" t="s">
         <v>109</v>
       </c>
       <c r="G238" t="s">
         <v>109</v>
       </c>
       <c r="H238" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I238" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="J238" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="K238" t="s">
         <v>112</v>
       </c>
       <c r="L238" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="239" spans="1:12">
       <c r="A239" t="s">
         <v>441</v>
       </c>
       <c r="B239" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="C239" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="D239" t="s">
-        <v>131</v>
+        <v>74</v>
       </c>
       <c r="E239" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F239" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G239" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H239" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I239" t="s">
-        <v>443</v>
+        <v>318</v>
       </c>
       <c r="J239" t="s">
-        <v>364</v>
+        <v>440</v>
       </c>
       <c r="K239" t="s">
-        <v>52</v>
+        <v>112</v>
       </c>
       <c r="L239" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="240" spans="1:12">
       <c r="A240" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="B240" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="C240" t="s">
-        <v>373</v>
+        <v>329</v>
+      </c>
+      <c r="D240" t="s">
+        <v>74</v>
       </c>
       <c r="E240" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F240" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G240" t="s">
-        <v>48</v>
+        <v>109</v>
+      </c>
+      <c r="H240" t="s">
+        <v>275</v>
+      </c>
+      <c r="I240" t="s">
+        <v>318</v>
+      </c>
+      <c r="J240" t="s">
+        <v>440</v>
       </c>
       <c r="K240" t="s">
-        <v>52</v>
+        <v>112</v>
       </c>
       <c r="L240" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="241" spans="1:12">
       <c r="A241" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="B241" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="C241" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D241" t="s">
         <v>131</v>
       </c>
       <c r="E241" t="s">
         <v>47</v>
       </c>
       <c r="F241" t="s">
         <v>48</v>
       </c>
       <c r="G241" t="s">
         <v>48</v>
       </c>
       <c r="H241" t="s">
         <v>29</v>
       </c>
       <c r="I241" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="J241" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="K241" t="s">
         <v>52</v>
       </c>
       <c r="L241" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="242" spans="1:12">
       <c r="A242" t="s">
         <v>446</v>
       </c>
       <c r="B242" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="C242" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="D242" t="s">
-        <v>74</v>
+        <v>131</v>
       </c>
       <c r="E242" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F242" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G242" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H242" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I242" t="s">
-        <v>316</v>
+        <v>445</v>
       </c>
       <c r="J242" t="s">
-        <v>447</v>
+        <v>366</v>
       </c>
       <c r="K242" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L242" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="243" spans="1:12">
       <c r="A243" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="B243" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="C243" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>375</v>
       </c>
       <c r="E243" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F243" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G243" t="s">
-        <v>109</v>
-[...8 lines deleted...]
-        <v>447</v>
+        <v>48</v>
       </c>
       <c r="K243" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L243" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="244" spans="1:12">
       <c r="A244" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="B244" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="C244" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D244" t="s">
         <v>74</v>
       </c>
       <c r="E244" t="s">
         <v>108</v>
       </c>
       <c r="F244" t="s">
         <v>109</v>
       </c>
       <c r="G244" t="s">
         <v>109</v>
       </c>
       <c r="H244" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I244" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="J244" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="K244" t="s">
         <v>112</v>
       </c>
       <c r="L244" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="245" spans="1:12">
       <c r="A245" t="s">
         <v>450</v>
       </c>
       <c r="B245" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="C245" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="D245" t="s">
-        <v>131</v>
+        <v>74</v>
       </c>
       <c r="E245" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F245" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G245" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H245" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I245" t="s">
-        <v>443</v>
+        <v>318</v>
       </c>
       <c r="J245" t="s">
-        <v>364</v>
+        <v>449</v>
       </c>
       <c r="K245" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L245" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="246" spans="1:12">
       <c r="A246" t="s">
         <v>451</v>
       </c>
       <c r="B246" t="s">
-        <v>452</v>
+        <v>444</v>
       </c>
       <c r="C246" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="D246" t="s">
-        <v>83</v>
+        <v>74</v>
       </c>
       <c r="E246" t="s">
         <v>108</v>
       </c>
       <c r="F246" t="s">
         <v>109</v>
       </c>
       <c r="G246" t="s">
         <v>109</v>
       </c>
       <c r="H246" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I246" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="J246" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="K246" t="s">
         <v>112</v>
       </c>
       <c r="L246" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="247" spans="1:12">
       <c r="A247" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="B247" t="s">
-        <v>452</v>
+        <v>444</v>
       </c>
       <c r="C247" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="D247" t="s">
-        <v>83</v>
+        <v>131</v>
       </c>
       <c r="E247" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F247" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G247" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H247" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I247" t="s">
-        <v>316</v>
+        <v>445</v>
       </c>
       <c r="J247" t="s">
-        <v>447</v>
+        <v>366</v>
       </c>
       <c r="K247" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>52</v>
       </c>
     </row>
     <row r="248" spans="1:12">
       <c r="A248" t="s">
+        <v>453</v>
+      </c>
+      <c r="B248" t="s">
         <v>454</v>
       </c>
-      <c r="B248" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C248" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D248" t="s">
         <v>83</v>
       </c>
       <c r="E248" t="s">
         <v>108</v>
       </c>
       <c r="F248" t="s">
         <v>109</v>
       </c>
       <c r="G248" t="s">
         <v>109</v>
       </c>
       <c r="H248" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I248" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="J248" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="K248" t="s">
         <v>112</v>
       </c>
       <c r="L248" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="249" spans="1:12">
       <c r="A249" t="s">
         <v>455</v>
       </c>
       <c r="B249" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="C249" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D249" t="s">
         <v>83</v>
       </c>
       <c r="E249" t="s">
         <v>108</v>
       </c>
       <c r="F249" t="s">
         <v>109</v>
       </c>
       <c r="G249" t="s">
         <v>109</v>
       </c>
       <c r="H249" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I249" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="J249" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="K249" t="s">
         <v>112</v>
       </c>
       <c r="L249" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="250" spans="1:12">
       <c r="A250" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="B250" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="C250" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="D250" t="s">
         <v>83</v>
       </c>
       <c r="E250" t="s">
         <v>108</v>
       </c>
       <c r="F250" t="s">
         <v>109</v>
       </c>
       <c r="G250" t="s">
         <v>109</v>
       </c>
       <c r="H250" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I250" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="J250" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="K250" t="s">
         <v>112</v>
       </c>
       <c r="L250" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="251" spans="1:12">
       <c r="A251" t="s">
+        <v>457</v>
+      </c>
+      <c r="B251" t="s">
         <v>458</v>
       </c>
-      <c r="B251" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C251" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="D251" t="s">
         <v>83</v>
       </c>
       <c r="E251" t="s">
         <v>108</v>
       </c>
       <c r="F251" t="s">
         <v>109</v>
       </c>
       <c r="G251" t="s">
         <v>109</v>
       </c>
       <c r="H251" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I251" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="J251" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="K251" t="s">
         <v>112</v>
       </c>
       <c r="L251" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="252" spans="1:12">
       <c r="A252" t="s">
         <v>459</v>
       </c>
       <c r="B252" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="C252" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="D252" t="s">
         <v>83</v>
       </c>
       <c r="E252" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="F252" t="s">
-        <v>18</v>
+        <v>109</v>
       </c>
       <c r="G252" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="H252" t="s">
-        <v>43</v>
+        <v>275</v>
       </c>
       <c r="I252" t="s">
-        <v>461</v>
+        <v>318</v>
       </c>
       <c r="J252" t="s">
-        <v>319</v>
+        <v>449</v>
       </c>
       <c r="K252" t="s">
-        <v>23</v>
+        <v>112</v>
       </c>
       <c r="L252" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="253" spans="1:12">
       <c r="A253" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="B253" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="C253" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D253" t="s">
-        <v>131</v>
+        <v>83</v>
       </c>
       <c r="E253" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F253" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G253" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H253" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I253" t="s">
-        <v>443</v>
+        <v>318</v>
       </c>
       <c r="J253" t="s">
-        <v>364</v>
+        <v>449</v>
       </c>
       <c r="K253" t="s">
-        <v>52</v>
+        <v>112</v>
       </c>
       <c r="L253" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="254" spans="1:12">
       <c r="A254" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="B254" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C254" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="D254" t="s">
         <v>83</v>
       </c>
       <c r="E254" t="s">
-        <v>108</v>
+        <v>17</v>
       </c>
       <c r="F254" t="s">
-        <v>109</v>
+        <v>18</v>
       </c>
       <c r="G254" t="s">
-        <v>109</v>
+        <v>19</v>
       </c>
       <c r="H254" t="s">
-        <v>273</v>
+        <v>43</v>
       </c>
       <c r="I254" t="s">
-        <v>316</v>
+        <v>463</v>
       </c>
       <c r="J254" t="s">
-        <v>464</v>
+        <v>321</v>
       </c>
       <c r="K254" t="s">
-        <v>112</v>
+        <v>23</v>
       </c>
       <c r="L254" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="255" spans="1:12">
       <c r="A255" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="B255" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C255" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D255" t="s">
-        <v>83</v>
+        <v>131</v>
       </c>
       <c r="E255" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F255" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G255" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H255" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I255" t="s">
-        <v>316</v>
+        <v>445</v>
       </c>
       <c r="J255" t="s">
-        <v>464</v>
+        <v>366</v>
       </c>
       <c r="K255" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L255" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="256" spans="1:12">
       <c r="A256" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="B256" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C256" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="D256" t="s">
         <v>83</v>
       </c>
       <c r="E256" t="s">
         <v>108</v>
       </c>
       <c r="F256" t="s">
         <v>109</v>
       </c>
       <c r="G256" t="s">
         <v>109</v>
       </c>
       <c r="H256" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I256" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="J256" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="K256" t="s">
         <v>112</v>
       </c>
       <c r="L256" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="257" spans="1:12">
       <c r="A257" t="s">
         <v>467</v>
       </c>
       <c r="B257" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C257" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="D257" t="s">
         <v>83</v>
       </c>
       <c r="E257" t="s">
-        <v>27</v>
+        <v>108</v>
       </c>
       <c r="F257" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="G257" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="H257" t="s">
-        <v>20</v>
+        <v>275</v>
       </c>
       <c r="I257" t="s">
-        <v>443</v>
+        <v>318</v>
       </c>
       <c r="J257" t="s">
-        <v>364</v>
+        <v>466</v>
       </c>
       <c r="K257" t="s">
-        <v>32</v>
+        <v>112</v>
+      </c>
+      <c r="L257" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="258" spans="1:12">
       <c r="A258" t="s">
         <v>468</v>
       </c>
       <c r="B258" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C258" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="D258" t="s">
-        <v>131</v>
+        <v>83</v>
       </c>
       <c r="E258" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F258" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G258" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H258" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I258" t="s">
-        <v>443</v>
+        <v>318</v>
       </c>
       <c r="J258" t="s">
-        <v>364</v>
+        <v>466</v>
       </c>
       <c r="K258" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L258" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="259" spans="1:12">
       <c r="A259" t="s">
         <v>469</v>
       </c>
       <c r="B259" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C259" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="D259" t="s">
-        <v>131</v>
+        <v>83</v>
       </c>
       <c r="E259" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="F259" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="G259" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="H259" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="I259" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="J259" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="K259" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
     </row>
     <row r="260" spans="1:12">
       <c r="A260" t="s">
         <v>470</v>
       </c>
       <c r="B260" t="s">
-        <v>471</v>
+        <v>462</v>
       </c>
       <c r="C260" t="s">
         <v>329</v>
       </c>
       <c r="D260" t="s">
-        <v>83</v>
+        <v>131</v>
       </c>
       <c r="E260" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F260" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G260" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H260" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I260" t="s">
-        <v>316</v>
+        <v>445</v>
       </c>
       <c r="J260" t="s">
-        <v>464</v>
+        <v>366</v>
       </c>
       <c r="K260" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>52</v>
       </c>
     </row>
     <row r="261" spans="1:12">
       <c r="A261" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="B261" t="s">
-        <v>471</v>
+        <v>462</v>
       </c>
       <c r="C261" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D261" t="s">
-        <v>83</v>
+        <v>131</v>
       </c>
       <c r="E261" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F261" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G261" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H261" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I261" t="s">
-        <v>316</v>
+        <v>445</v>
       </c>
       <c r="J261" t="s">
-        <v>464</v>
+        <v>366</v>
       </c>
       <c r="K261" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>52</v>
       </c>
     </row>
     <row r="262" spans="1:12">
       <c r="A262" t="s">
+        <v>472</v>
+      </c>
+      <c r="B262" t="s">
         <v>473</v>
       </c>
-      <c r="B262" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C262" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="D262" t="s">
         <v>83</v>
       </c>
       <c r="E262" t="s">
         <v>108</v>
       </c>
       <c r="F262" t="s">
         <v>109</v>
       </c>
       <c r="G262" t="s">
         <v>109</v>
       </c>
       <c r="H262" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I262" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="J262" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="K262" t="s">
         <v>112</v>
       </c>
       <c r="L262" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="263" spans="1:12">
       <c r="A263" t="s">
         <v>474</v>
       </c>
       <c r="B263" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="C263" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D263" t="s">
         <v>83</v>
       </c>
       <c r="E263" t="s">
         <v>108</v>
       </c>
       <c r="F263" t="s">
         <v>109</v>
       </c>
       <c r="G263" t="s">
         <v>109</v>
       </c>
       <c r="H263" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I263" t="s">
-        <v>381</v>
+        <v>318</v>
       </c>
       <c r="J263" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="K263" t="s">
         <v>112</v>
       </c>
       <c r="L263" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="264" spans="1:12">
       <c r="A264" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="B264" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="C264" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D264" t="s">
         <v>83</v>
       </c>
       <c r="E264" t="s">
         <v>108</v>
       </c>
       <c r="F264" t="s">
         <v>109</v>
       </c>
       <c r="G264" t="s">
         <v>109</v>
       </c>
       <c r="H264" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I264" t="s">
-        <v>381</v>
+        <v>318</v>
       </c>
       <c r="J264" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="K264" t="s">
         <v>112</v>
       </c>
       <c r="L264" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="265" spans="1:12">
       <c r="A265" t="s">
+        <v>476</v>
+      </c>
+      <c r="B265" t="s">
         <v>477</v>
       </c>
-      <c r="B265" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C265" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="D265" t="s">
         <v>83</v>
       </c>
       <c r="E265" t="s">
         <v>108</v>
       </c>
       <c r="F265" t="s">
         <v>109</v>
       </c>
       <c r="G265" t="s">
         <v>109</v>
       </c>
       <c r="H265" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I265" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="J265" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="K265" t="s">
         <v>112</v>
       </c>
       <c r="L265" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="266" spans="1:12">
       <c r="A266" t="s">
         <v>478</v>
       </c>
       <c r="B266" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="C266" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="D266" t="s">
         <v>83</v>
       </c>
       <c r="E266" t="s">
-        <v>281</v>
+        <v>108</v>
       </c>
       <c r="F266" t="s">
-        <v>282</v>
+        <v>109</v>
       </c>
       <c r="G266" t="s">
-        <v>282</v>
+        <v>109</v>
       </c>
       <c r="H266" t="s">
-        <v>20</v>
+        <v>275</v>
       </c>
       <c r="I266" t="s">
-        <v>443</v>
+        <v>383</v>
       </c>
       <c r="J266" t="s">
-        <v>364</v>
+        <v>466</v>
       </c>
       <c r="K266" t="s">
-        <v>32</v>
+        <v>112</v>
       </c>
       <c r="L266" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="267" spans="1:12">
       <c r="A267" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="B267" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="C267" t="s">
-        <v>373</v>
+        <v>336</v>
+      </c>
+      <c r="D267" t="s">
+        <v>83</v>
       </c>
       <c r="E267" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F267" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G267" t="s">
-        <v>48</v>
+        <v>109</v>
+      </c>
+      <c r="H267" t="s">
+        <v>275</v>
+      </c>
+      <c r="I267" t="s">
+        <v>383</v>
+      </c>
+      <c r="J267" t="s">
+        <v>466</v>
       </c>
       <c r="K267" t="s">
-        <v>52</v>
+        <v>112</v>
       </c>
       <c r="L267" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="268" spans="1:12">
       <c r="A268" t="s">
+        <v>480</v>
+      </c>
+      <c r="B268" t="s">
         <v>481</v>
       </c>
-      <c r="B268" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C268" t="s">
-        <v>327</v>
+        <v>339</v>
       </c>
       <c r="D268" t="s">
-        <v>131</v>
+        <v>83</v>
       </c>
       <c r="E268" t="s">
-        <v>47</v>
+        <v>283</v>
       </c>
       <c r="F268" t="s">
-        <v>48</v>
+        <v>284</v>
       </c>
       <c r="G268" t="s">
-        <v>48</v>
+        <v>284</v>
       </c>
       <c r="H268" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="I268" t="s">
-        <v>461</v>
+        <v>445</v>
       </c>
       <c r="J268" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="K268" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="L268" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="269" spans="1:12">
       <c r="A269" t="s">
         <v>482</v>
       </c>
       <c r="B269" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="C269" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>375</v>
       </c>
       <c r="E269" t="s">
         <v>47</v>
       </c>
       <c r="F269" t="s">
         <v>48</v>
       </c>
       <c r="G269" t="s">
         <v>48</v>
-      </c>
-[...7 lines deleted...]
-        <v>364</v>
       </c>
       <c r="K269" t="s">
         <v>52</v>
       </c>
       <c r="L269" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="270" spans="1:12">
       <c r="A270" t="s">
         <v>483</v>
       </c>
       <c r="B270" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="C270" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D270" t="s">
-        <v>83</v>
+        <v>131</v>
       </c>
       <c r="E270" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F270" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G270" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H270" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I270" t="s">
-        <v>381</v>
+        <v>463</v>
       </c>
       <c r="J270" t="s">
-        <v>464</v>
+        <v>366</v>
       </c>
       <c r="K270" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L270" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="271" spans="1:12">
       <c r="A271" t="s">
         <v>484</v>
       </c>
       <c r="B271" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="C271" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D271" t="s">
-        <v>83</v>
+        <v>131</v>
       </c>
       <c r="E271" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F271" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G271" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H271" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I271" t="s">
-        <v>381</v>
+        <v>463</v>
       </c>
       <c r="J271" t="s">
-        <v>464</v>
+        <v>366</v>
       </c>
       <c r="K271" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L271" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="272" spans="1:12">
       <c r="A272" t="s">
         <v>485</v>
       </c>
       <c r="B272" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="C272" t="s">
         <v>329</v>
       </c>
       <c r="D272" t="s">
         <v>83</v>
       </c>
       <c r="E272" t="s">
         <v>108</v>
       </c>
       <c r="F272" t="s">
         <v>109</v>
       </c>
       <c r="G272" t="s">
         <v>109</v>
       </c>
       <c r="H272" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I272" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="J272" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="K272" t="s">
         <v>112</v>
       </c>
       <c r="L272" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="273" spans="1:12">
       <c r="A273" t="s">
         <v>486</v>
       </c>
       <c r="B273" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="C273" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D273" t="s">
-        <v>131</v>
+        <v>83</v>
       </c>
       <c r="E273" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F273" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G273" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H273" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I273" t="s">
-        <v>461</v>
+        <v>383</v>
       </c>
       <c r="J273" t="s">
-        <v>364</v>
+        <v>466</v>
       </c>
       <c r="K273" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L273" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="274" spans="1:12">
       <c r="A274" t="s">
         <v>487</v>
       </c>
       <c r="B274" t="s">
-        <v>488</v>
+        <v>481</v>
       </c>
       <c r="C274" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="D274" t="s">
         <v>83</v>
       </c>
       <c r="E274" t="s">
         <v>108</v>
       </c>
       <c r="F274" t="s">
         <v>109</v>
       </c>
       <c r="G274" t="s">
         <v>109</v>
       </c>
       <c r="H274" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I274" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="J274" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="K274" t="s">
         <v>112</v>
       </c>
       <c r="L274" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="275" spans="1:12">
       <c r="A275" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="B275" t="s">
-        <v>488</v>
+        <v>481</v>
       </c>
       <c r="C275" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="D275" t="s">
-        <v>83</v>
+        <v>131</v>
       </c>
       <c r="E275" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F275" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G275" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H275" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I275" t="s">
-        <v>381</v>
+        <v>463</v>
       </c>
       <c r="J275" t="s">
-        <v>464</v>
+        <v>366</v>
       </c>
       <c r="K275" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>52</v>
       </c>
     </row>
     <row r="276" spans="1:12">
       <c r="A276" t="s">
+        <v>489</v>
+      </c>
+      <c r="B276" t="s">
         <v>490</v>
       </c>
-      <c r="B276" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C276" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="D276" t="s">
         <v>83</v>
       </c>
       <c r="E276" t="s">
         <v>108</v>
       </c>
       <c r="F276" t="s">
         <v>109</v>
       </c>
       <c r="G276" t="s">
         <v>109</v>
       </c>
       <c r="H276" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I276" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="J276" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="K276" t="s">
         <v>112</v>
       </c>
       <c r="L276" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="277" spans="1:12">
       <c r="A277" t="s">
         <v>491</v>
       </c>
       <c r="B277" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="C277" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="D277" t="s">
         <v>83</v>
       </c>
       <c r="E277" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="F277" t="s">
-        <v>18</v>
+        <v>109</v>
       </c>
       <c r="G277" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="H277" t="s">
-        <v>20</v>
+        <v>275</v>
       </c>
       <c r="I277" t="s">
-        <v>461</v>
+        <v>383</v>
       </c>
       <c r="J277" t="s">
-        <v>364</v>
+        <v>466</v>
       </c>
       <c r="K277" t="s">
-        <v>23</v>
+        <v>112</v>
       </c>
       <c r="L277" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="278" spans="1:12">
       <c r="A278" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="B278" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="C278" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="D278" t="s">
-        <v>154</v>
+        <v>83</v>
       </c>
       <c r="E278" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F278" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G278" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H278" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I278" t="s">
-        <v>494</v>
+        <v>383</v>
       </c>
       <c r="J278" t="s">
-        <v>364</v>
+        <v>466</v>
       </c>
       <c r="K278" t="s">
-        <v>52</v>
+        <v>112</v>
       </c>
       <c r="L278" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="279" spans="1:12">
       <c r="A279" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="B279" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C279" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="D279" t="s">
-        <v>103</v>
+        <v>83</v>
       </c>
       <c r="E279" t="s">
-        <v>108</v>
+        <v>17</v>
       </c>
       <c r="F279" t="s">
-        <v>109</v>
+        <v>18</v>
       </c>
       <c r="G279" t="s">
-        <v>109</v>
+        <v>19</v>
       </c>
       <c r="H279" t="s">
-        <v>273</v>
+        <v>20</v>
       </c>
       <c r="I279" t="s">
-        <v>381</v>
+        <v>463</v>
       </c>
       <c r="J279" t="s">
-        <v>496</v>
+        <v>366</v>
       </c>
       <c r="K279" t="s">
-        <v>112</v>
+        <v>23</v>
       </c>
       <c r="L279" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="280" spans="1:12">
       <c r="A280" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="B280" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C280" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="D280" t="s">
-        <v>103</v>
+        <v>154</v>
       </c>
       <c r="E280" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F280" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G280" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H280" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I280" t="s">
-        <v>381</v>
+        <v>496</v>
       </c>
       <c r="J280" t="s">
-        <v>496</v>
+        <v>366</v>
       </c>
       <c r="K280" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L280" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="281" spans="1:12">
       <c r="A281" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="B281" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C281" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="D281" t="s">
         <v>103</v>
       </c>
       <c r="E281" t="s">
         <v>108</v>
       </c>
       <c r="F281" t="s">
         <v>109</v>
       </c>
       <c r="G281" t="s">
         <v>109</v>
       </c>
       <c r="H281" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I281" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="J281" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="K281" t="s">
         <v>112</v>
       </c>
       <c r="L281" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="282" spans="1:12">
       <c r="A282" t="s">
         <v>499</v>
       </c>
       <c r="B282" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C282" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="D282" t="s">
-        <v>83</v>
+        <v>103</v>
       </c>
       <c r="E282" t="s">
-        <v>27</v>
+        <v>108</v>
       </c>
       <c r="F282" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="G282" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="H282" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I282" t="s">
-        <v>461</v>
+        <v>383</v>
       </c>
       <c r="J282" t="s">
-        <v>364</v>
+        <v>498</v>
       </c>
       <c r="K282" t="s">
-        <v>32</v>
+        <v>112</v>
+      </c>
+      <c r="L282" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="283" spans="1:12">
       <c r="A283" t="s">
         <v>500</v>
       </c>
       <c r="B283" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C283" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D283" t="s">
-        <v>154</v>
+        <v>103</v>
       </c>
       <c r="E283" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F283" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G283" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H283" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I283" t="s">
-        <v>494</v>
+        <v>383</v>
       </c>
       <c r="J283" t="s">
-        <v>364</v>
+        <v>498</v>
       </c>
       <c r="K283" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L283" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="284" spans="1:12">
       <c r="A284" t="s">
         <v>501</v>
       </c>
       <c r="B284" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C284" t="s">
-        <v>327</v>
+        <v>339</v>
       </c>
       <c r="D284" t="s">
-        <v>154</v>
+        <v>83</v>
       </c>
       <c r="E284" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="F284" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="G284" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="H284" t="s">
         <v>29</v>
       </c>
       <c r="I284" t="s">
-        <v>494</v>
+        <v>463</v>
       </c>
       <c r="J284" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="K284" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
     </row>
     <row r="285" spans="1:12">
       <c r="A285" t="s">
         <v>502</v>
       </c>
       <c r="B285" t="s">
-        <v>503</v>
+        <v>494</v>
       </c>
       <c r="C285" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="D285" t="s">
-        <v>103</v>
+        <v>154</v>
       </c>
       <c r="E285" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F285" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G285" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H285" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I285" t="s">
-        <v>381</v>
+        <v>496</v>
       </c>
       <c r="J285" t="s">
-        <v>496</v>
+        <v>366</v>
       </c>
       <c r="K285" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>52</v>
       </c>
     </row>
     <row r="286" spans="1:12">
       <c r="A286" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="B286" t="s">
-        <v>503</v>
+        <v>494</v>
       </c>
       <c r="C286" t="s">
         <v>329</v>
       </c>
       <c r="D286" t="s">
-        <v>103</v>
+        <v>154</v>
       </c>
       <c r="E286" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F286" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G286" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H286" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I286" t="s">
-        <v>381</v>
+        <v>496</v>
       </c>
       <c r="J286" t="s">
-        <v>496</v>
+        <v>366</v>
       </c>
       <c r="K286" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>52</v>
       </c>
     </row>
     <row r="287" spans="1:12">
       <c r="A287" t="s">
+        <v>504</v>
+      </c>
+      <c r="B287" t="s">
         <v>505</v>
       </c>
-      <c r="B287" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C287" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D287" t="s">
         <v>103</v>
       </c>
       <c r="E287" t="s">
         <v>108</v>
       </c>
       <c r="F287" t="s">
         <v>109</v>
       </c>
       <c r="G287" t="s">
         <v>109</v>
       </c>
       <c r="H287" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I287" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="J287" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="K287" t="s">
         <v>112</v>
       </c>
       <c r="L287" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="288" spans="1:12">
       <c r="A288" t="s">
         <v>506</v>
       </c>
       <c r="B288" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="C288" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="D288" t="s">
-        <v>83</v>
+        <v>103</v>
       </c>
       <c r="E288" t="s">
-        <v>281</v>
+        <v>108</v>
       </c>
       <c r="F288" t="s">
-        <v>282</v>
+        <v>109</v>
       </c>
       <c r="G288" t="s">
-        <v>282</v>
+        <v>109</v>
       </c>
       <c r="H288" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I288" t="s">
-        <v>461</v>
+        <v>383</v>
       </c>
       <c r="J288" t="s">
-        <v>364</v>
+        <v>498</v>
       </c>
       <c r="K288" t="s">
-        <v>32</v>
+        <v>112</v>
       </c>
       <c r="L288" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="289" spans="1:12">
       <c r="A289" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="B289" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="C289" t="s">
         <v>329</v>
       </c>
       <c r="D289" t="s">
-        <v>154</v>
+        <v>103</v>
       </c>
       <c r="E289" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F289" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G289" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H289" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I289" t="s">
-        <v>494</v>
+        <v>383</v>
       </c>
       <c r="J289" t="s">
-        <v>364</v>
+        <v>498</v>
       </c>
       <c r="K289" t="s">
-        <v>52</v>
+        <v>112</v>
       </c>
       <c r="L289" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="290" spans="1:12">
       <c r="A290" t="s">
+        <v>508</v>
+      </c>
+      <c r="B290" t="s">
         <v>509</v>
       </c>
-      <c r="B290" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C290" t="s">
-        <v>327</v>
+        <v>339</v>
       </c>
       <c r="D290" t="s">
-        <v>154</v>
+        <v>83</v>
       </c>
       <c r="E290" t="s">
-        <v>47</v>
+        <v>283</v>
       </c>
       <c r="F290" t="s">
-        <v>48</v>
+        <v>284</v>
       </c>
       <c r="G290" t="s">
-        <v>48</v>
+        <v>284</v>
       </c>
       <c r="H290" t="s">
         <v>29</v>
       </c>
       <c r="I290" t="s">
-        <v>494</v>
+        <v>463</v>
       </c>
       <c r="J290" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="K290" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="L290" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="291" spans="1:12">
       <c r="A291" t="s">
         <v>510</v>
       </c>
       <c r="B291" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="C291" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="D291" t="s">
-        <v>103</v>
+        <v>154</v>
       </c>
       <c r="E291" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F291" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G291" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H291" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I291" t="s">
-        <v>381</v>
+        <v>496</v>
       </c>
       <c r="J291" t="s">
-        <v>511</v>
+        <v>366</v>
       </c>
       <c r="K291" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L291" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="292" spans="1:12">
       <c r="A292" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="B292" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="C292" t="s">
         <v>329</v>
       </c>
       <c r="D292" t="s">
-        <v>103</v>
+        <v>154</v>
       </c>
       <c r="E292" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F292" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G292" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H292" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I292" t="s">
-        <v>381</v>
+        <v>496</v>
       </c>
       <c r="J292" t="s">
-        <v>511</v>
+        <v>366</v>
       </c>
       <c r="K292" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L292" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="293" spans="1:12">
       <c r="A293" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="B293" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="C293" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D293" t="s">
         <v>103</v>
       </c>
       <c r="E293" t="s">
         <v>108</v>
       </c>
       <c r="F293" t="s">
         <v>109</v>
       </c>
       <c r="G293" t="s">
         <v>109</v>
       </c>
       <c r="H293" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I293" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="J293" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="K293" t="s">
         <v>112</v>
       </c>
       <c r="L293" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="294" spans="1:12">
       <c r="A294" t="s">
         <v>514</v>
       </c>
       <c r="B294" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="C294" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D294" t="s">
-        <v>154</v>
+        <v>103</v>
       </c>
       <c r="E294" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F294" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G294" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H294" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I294" t="s">
-        <v>494</v>
+        <v>383</v>
       </c>
       <c r="J294" t="s">
-        <v>364</v>
+        <v>513</v>
       </c>
       <c r="K294" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L294" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="295" spans="1:12">
       <c r="A295" t="s">
         <v>515</v>
       </c>
       <c r="B295" t="s">
-        <v>516</v>
+        <v>509</v>
       </c>
       <c r="C295" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D295" t="s">
         <v>103</v>
       </c>
       <c r="E295" t="s">
         <v>108</v>
       </c>
       <c r="F295" t="s">
         <v>109</v>
       </c>
       <c r="G295" t="s">
         <v>109</v>
       </c>
       <c r="H295" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I295" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="J295" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="K295" t="s">
         <v>112</v>
       </c>
       <c r="L295" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="296" spans="1:12">
       <c r="A296" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="B296" t="s">
-        <v>516</v>
+        <v>509</v>
       </c>
       <c r="C296" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="D296" t="s">
-        <v>103</v>
+        <v>154</v>
       </c>
       <c r="E296" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F296" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G296" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H296" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I296" t="s">
-        <v>381</v>
+        <v>496</v>
       </c>
       <c r="J296" t="s">
-        <v>511</v>
+        <v>366</v>
       </c>
       <c r="K296" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>52</v>
       </c>
     </row>
     <row r="297" spans="1:12">
       <c r="A297" t="s">
+        <v>517</v>
+      </c>
+      <c r="B297" t="s">
         <v>518</v>
       </c>
-      <c r="B297" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C297" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D297" t="s">
         <v>103</v>
       </c>
       <c r="E297" t="s">
         <v>108</v>
       </c>
       <c r="F297" t="s">
         <v>109</v>
       </c>
       <c r="G297" t="s">
         <v>109</v>
       </c>
       <c r="H297" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I297" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="J297" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="K297" t="s">
         <v>112</v>
       </c>
       <c r="L297" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="298" spans="1:12">
       <c r="A298" t="s">
         <v>519</v>
       </c>
       <c r="B298" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="C298" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="D298" t="s">
-        <v>83</v>
+        <v>103</v>
       </c>
       <c r="E298" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="F298" t="s">
-        <v>18</v>
+        <v>109</v>
       </c>
       <c r="G298" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="H298" t="s">
-        <v>20</v>
+        <v>275</v>
       </c>
       <c r="I298" t="s">
-        <v>461</v>
+        <v>383</v>
       </c>
       <c r="J298" t="s">
-        <v>364</v>
+        <v>513</v>
       </c>
       <c r="K298" t="s">
-        <v>23</v>
+        <v>112</v>
       </c>
       <c r="L298" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="299" spans="1:12">
       <c r="A299" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="B299" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="C299" t="s">
         <v>329</v>
       </c>
       <c r="D299" t="s">
-        <v>154</v>
+        <v>103</v>
       </c>
       <c r="E299" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F299" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G299" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H299" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I299" t="s">
-        <v>522</v>
+        <v>383</v>
       </c>
       <c r="J299" t="s">
-        <v>364</v>
+        <v>513</v>
       </c>
       <c r="K299" t="s">
-        <v>52</v>
+        <v>112</v>
       </c>
       <c r="L299" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="300" spans="1:12">
       <c r="A300" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="B300" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C300" t="s">
-        <v>327</v>
+        <v>339</v>
       </c>
       <c r="D300" t="s">
-        <v>103</v>
+        <v>83</v>
       </c>
       <c r="E300" t="s">
-        <v>108</v>
+        <v>17</v>
       </c>
       <c r="F300" t="s">
-        <v>109</v>
+        <v>18</v>
       </c>
       <c r="G300" t="s">
-        <v>109</v>
+        <v>19</v>
       </c>
       <c r="H300" t="s">
-        <v>273</v>
+        <v>20</v>
       </c>
       <c r="I300" t="s">
-        <v>381</v>
+        <v>463</v>
       </c>
       <c r="J300" t="s">
-        <v>524</v>
+        <v>366</v>
       </c>
       <c r="K300" t="s">
-        <v>112</v>
+        <v>23</v>
       </c>
       <c r="L300" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="301" spans="1:12">
       <c r="A301" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="B301" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C301" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D301" t="s">
-        <v>103</v>
+        <v>154</v>
       </c>
       <c r="E301" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F301" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G301" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H301" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I301" t="s">
-        <v>381</v>
+        <v>524</v>
       </c>
       <c r="J301" t="s">
-        <v>524</v>
+        <v>366</v>
       </c>
       <c r="K301" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L301" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="302" spans="1:12">
       <c r="A302" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="B302" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C302" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="D302" t="s">
         <v>103</v>
       </c>
       <c r="E302" t="s">
         <v>108</v>
       </c>
       <c r="F302" t="s">
         <v>109</v>
       </c>
       <c r="G302" t="s">
         <v>109</v>
       </c>
       <c r="H302" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I302" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="J302" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="K302" t="s">
         <v>112</v>
       </c>
       <c r="L302" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="303" spans="1:12">
       <c r="A303" t="s">
         <v>527</v>
       </c>
       <c r="B303" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C303" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="D303" t="s">
-        <v>83</v>
+        <v>103</v>
       </c>
       <c r="E303" t="s">
-        <v>27</v>
+        <v>108</v>
       </c>
       <c r="F303" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="G303" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="H303" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I303" t="s">
-        <v>461</v>
+        <v>383</v>
       </c>
       <c r="J303" t="s">
-        <v>364</v>
+        <v>526</v>
       </c>
       <c r="K303" t="s">
-        <v>32</v>
+        <v>112</v>
+      </c>
+      <c r="L303" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="304" spans="1:12">
       <c r="A304" t="s">
         <v>528</v>
       </c>
       <c r="B304" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C304" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="D304" t="s">
-        <v>154</v>
+        <v>103</v>
       </c>
       <c r="E304" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F304" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G304" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H304" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I304" t="s">
-        <v>522</v>
+        <v>383</v>
       </c>
       <c r="J304" t="s">
-        <v>364</v>
+        <v>526</v>
       </c>
       <c r="K304" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L304" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="305" spans="1:12">
       <c r="A305" t="s">
         <v>529</v>
       </c>
       <c r="B305" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C305" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="D305" t="s">
-        <v>154</v>
+        <v>83</v>
       </c>
       <c r="E305" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="F305" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="G305" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="H305" t="s">
         <v>29</v>
       </c>
       <c r="I305" t="s">
-        <v>522</v>
+        <v>463</v>
       </c>
       <c r="J305" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="K305" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
     </row>
     <row r="306" spans="1:12">
       <c r="A306" t="s">
         <v>530</v>
       </c>
       <c r="B306" t="s">
-        <v>531</v>
+        <v>522</v>
       </c>
       <c r="C306" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D306" t="s">
-        <v>103</v>
+        <v>154</v>
       </c>
       <c r="E306" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F306" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G306" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H306" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I306" t="s">
-        <v>461</v>
+        <v>524</v>
       </c>
       <c r="J306" t="s">
-        <v>524</v>
+        <v>366</v>
       </c>
       <c r="K306" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>52</v>
       </c>
     </row>
     <row r="307" spans="1:12">
       <c r="A307" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="B307" t="s">
-        <v>531</v>
+        <v>522</v>
       </c>
       <c r="C307" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D307" t="s">
-        <v>103</v>
+        <v>154</v>
       </c>
       <c r="E307" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F307" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G307" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H307" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I307" t="s">
-        <v>461</v>
+        <v>524</v>
       </c>
       <c r="J307" t="s">
-        <v>524</v>
+        <v>366</v>
       </c>
       <c r="K307" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>52</v>
       </c>
     </row>
     <row r="308" spans="1:12">
       <c r="A308" t="s">
+        <v>532</v>
+      </c>
+      <c r="B308" t="s">
         <v>533</v>
       </c>
-      <c r="B308" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C308" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D308" t="s">
         <v>103</v>
       </c>
       <c r="E308" t="s">
         <v>108</v>
       </c>
       <c r="F308" t="s">
         <v>109</v>
       </c>
       <c r="G308" t="s">
         <v>109</v>
       </c>
       <c r="H308" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I308" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="J308" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="K308" t="s">
         <v>112</v>
       </c>
       <c r="L308" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="309" spans="1:12">
       <c r="A309" t="s">
         <v>534</v>
       </c>
       <c r="B309" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="C309" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D309" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="E309" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F309" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G309" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H309" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I309" t="s">
-        <v>522</v>
+        <v>463</v>
       </c>
       <c r="J309" t="s">
-        <v>364</v>
+        <v>526</v>
       </c>
       <c r="K309" t="s">
-        <v>52</v>
+        <v>112</v>
       </c>
       <c r="L309" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="310" spans="1:12">
       <c r="A310" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="B310" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="C310" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="D310" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="E310" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F310" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G310" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H310" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I310" t="s">
-        <v>522</v>
+        <v>463</v>
       </c>
       <c r="J310" t="s">
-        <v>364</v>
+        <v>526</v>
       </c>
       <c r="K310" t="s">
-        <v>52</v>
+        <v>112</v>
       </c>
       <c r="L310" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="311" spans="1:12">
       <c r="A311" t="s">
+        <v>536</v>
+      </c>
+      <c r="B311" t="s">
         <v>537</v>
       </c>
-      <c r="B311" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C311" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="D311" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="E311" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F311" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G311" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H311" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I311" t="s">
-        <v>461</v>
+        <v>524</v>
       </c>
       <c r="J311" t="s">
-        <v>524</v>
+        <v>366</v>
       </c>
       <c r="K311" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L311" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="312" spans="1:12">
       <c r="A312" t="s">
         <v>538</v>
       </c>
       <c r="B312" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="C312" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="D312" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="E312" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F312" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G312" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H312" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I312" t="s">
-        <v>461</v>
+        <v>524</v>
       </c>
       <c r="J312" t="s">
-        <v>524</v>
+        <v>366</v>
       </c>
       <c r="K312" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L312" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="313" spans="1:12">
       <c r="A313" t="s">
         <v>539</v>
       </c>
       <c r="B313" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="C313" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D313" t="s">
         <v>103</v>
       </c>
       <c r="E313" t="s">
         <v>108</v>
       </c>
       <c r="F313" t="s">
         <v>109</v>
       </c>
       <c r="G313" t="s">
         <v>109</v>
       </c>
       <c r="H313" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I313" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="J313" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="K313" t="s">
         <v>112</v>
       </c>
       <c r="L313" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="314" spans="1:12">
       <c r="A314" t="s">
         <v>540</v>
       </c>
       <c r="B314" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="C314" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D314" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="E314" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F314" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G314" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H314" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I314" t="s">
-        <v>522</v>
+        <v>463</v>
       </c>
       <c r="J314" t="s">
-        <v>364</v>
+        <v>526</v>
       </c>
       <c r="K314" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L314" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="315" spans="1:12">
       <c r="A315" t="s">
         <v>541</v>
       </c>
       <c r="B315" t="s">
-        <v>542</v>
+        <v>537</v>
       </c>
       <c r="C315" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="D315" t="s">
-        <v>83</v>
+        <v>103</v>
       </c>
       <c r="E315" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="F315" t="s">
-        <v>18</v>
+        <v>109</v>
       </c>
       <c r="G315" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="H315" t="s">
-        <v>20</v>
+        <v>275</v>
       </c>
       <c r="I315" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="J315" t="s">
-        <v>364</v>
+        <v>526</v>
       </c>
       <c r="K315" t="s">
-        <v>23</v>
+        <v>112</v>
       </c>
       <c r="L315" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="316" spans="1:12">
       <c r="A316" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="B316" t="s">
-        <v>542</v>
+        <v>537</v>
       </c>
       <c r="C316" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="D316" t="s">
         <v>111</v>
       </c>
       <c r="E316" t="s">
         <v>47</v>
       </c>
       <c r="F316" t="s">
         <v>48</v>
       </c>
       <c r="G316" t="s">
         <v>48</v>
       </c>
       <c r="H316" t="s">
         <v>29</v>
       </c>
       <c r="I316" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="J316" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="K316" t="s">
         <v>52</v>
       </c>
-      <c r="L316" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="317" spans="1:12">
       <c r="A317" t="s">
+        <v>543</v>
+      </c>
+      <c r="B317" t="s">
         <v>544</v>
       </c>
-      <c r="B317" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C317" t="s">
-        <v>327</v>
+        <v>339</v>
       </c>
       <c r="D317" t="s">
-        <v>103</v>
+        <v>83</v>
       </c>
       <c r="E317" t="s">
-        <v>108</v>
+        <v>17</v>
       </c>
       <c r="F317" t="s">
-        <v>109</v>
+        <v>18</v>
       </c>
       <c r="G317" t="s">
-        <v>109</v>
+        <v>19</v>
       </c>
       <c r="H317" t="s">
-        <v>273</v>
+        <v>20</v>
       </c>
       <c r="I317" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="J317" t="s">
-        <v>524</v>
+        <v>366</v>
       </c>
       <c r="K317" t="s">
-        <v>112</v>
+        <v>23</v>
       </c>
       <c r="L317" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="318" spans="1:12">
       <c r="A318" t="s">
         <v>545</v>
       </c>
       <c r="B318" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="C318" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D318" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="E318" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F318" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G318" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H318" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I318" t="s">
-        <v>461</v>
+        <v>524</v>
       </c>
       <c r="J318" t="s">
-        <v>524</v>
+        <v>366</v>
       </c>
       <c r="K318" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L318" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="319" spans="1:12">
       <c r="A319" t="s">
         <v>546</v>
       </c>
       <c r="B319" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="C319" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D319" t="s">
         <v>103</v>
       </c>
       <c r="E319" t="s">
         <v>108</v>
       </c>
       <c r="F319" t="s">
         <v>109</v>
       </c>
       <c r="G319" t="s">
         <v>109</v>
       </c>
       <c r="H319" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I319" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="J319" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="K319" t="s">
         <v>112</v>
       </c>
       <c r="L319" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="320" spans="1:12">
       <c r="A320" t="s">
         <v>547</v>
       </c>
       <c r="B320" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="C320" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="D320" t="s">
-        <v>83</v>
+        <v>103</v>
       </c>
       <c r="E320" t="s">
-        <v>27</v>
+        <v>108</v>
       </c>
       <c r="F320" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="G320" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="H320" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I320" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="J320" t="s">
-        <v>364</v>
+        <v>526</v>
       </c>
       <c r="K320" t="s">
-        <v>32</v>
+        <v>112</v>
+      </c>
+      <c r="L320" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="321" spans="1:12">
       <c r="A321" t="s">
         <v>548</v>
       </c>
       <c r="B321" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="C321" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D321" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="E321" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F321" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G321" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H321" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I321" t="s">
-        <v>522</v>
+        <v>463</v>
       </c>
       <c r="J321" t="s">
-        <v>364</v>
+        <v>526</v>
       </c>
       <c r="K321" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L321" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="322" spans="1:12">
       <c r="A322" t="s">
         <v>549</v>
       </c>
       <c r="B322" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="C322" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="D322" t="s">
-        <v>111</v>
+        <v>83</v>
       </c>
       <c r="E322" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="F322" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="G322" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="H322" t="s">
         <v>29</v>
       </c>
       <c r="I322" t="s">
-        <v>522</v>
+        <v>463</v>
       </c>
       <c r="J322" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="K322" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
     </row>
     <row r="323" spans="1:12">
       <c r="A323" t="s">
         <v>550</v>
       </c>
       <c r="B323" t="s">
-        <v>551</v>
+        <v>544</v>
       </c>
       <c r="C323" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D323" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="E323" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F323" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G323" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H323" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I323" t="s">
-        <v>461</v>
+        <v>524</v>
       </c>
       <c r="J323" t="s">
-        <v>552</v>
+        <v>366</v>
       </c>
       <c r="K323" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>52</v>
       </c>
     </row>
     <row r="324" spans="1:12">
       <c r="A324" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="B324" t="s">
-        <v>551</v>
+        <v>544</v>
       </c>
       <c r="C324" t="s">
         <v>329</v>
       </c>
       <c r="D324" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="E324" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F324" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G324" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H324" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I324" t="s">
-        <v>461</v>
+        <v>524</v>
       </c>
       <c r="J324" t="s">
-        <v>552</v>
+        <v>366</v>
       </c>
       <c r="K324" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>52</v>
       </c>
     </row>
     <row r="325" spans="1:12">
       <c r="A325" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="B325" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="C325" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="D325" t="s">
         <v>103</v>
       </c>
       <c r="E325" t="s">
         <v>108</v>
       </c>
       <c r="F325" t="s">
         <v>109</v>
       </c>
       <c r="G325" t="s">
         <v>109</v>
       </c>
       <c r="H325" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I325" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="J325" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="K325" t="s">
         <v>112</v>
       </c>
       <c r="L325" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="326" spans="1:12">
       <c r="A326" t="s">
         <v>555</v>
       </c>
       <c r="B326" t="s">
-        <v>556</v>
+        <v>553</v>
       </c>
       <c r="C326" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D326" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="E326" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F326" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G326" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H326" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I326" t="s">
-        <v>557</v>
+        <v>463</v>
       </c>
       <c r="J326" t="s">
-        <v>464</v>
+        <v>554</v>
       </c>
       <c r="K326" t="s">
-        <v>52</v>
+        <v>112</v>
       </c>
       <c r="L326" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="327" spans="1:12">
       <c r="A327" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="B327" t="s">
-        <v>556</v>
+        <v>553</v>
       </c>
       <c r="C327" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D327" t="s">
         <v>103</v>
       </c>
       <c r="E327" t="s">
         <v>108</v>
       </c>
       <c r="F327" t="s">
         <v>109</v>
       </c>
       <c r="G327" t="s">
         <v>109</v>
       </c>
       <c r="H327" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I327" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="J327" t="s">
-        <v>559</v>
+        <v>554</v>
       </c>
       <c r="K327" t="s">
         <v>112</v>
       </c>
       <c r="L327" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="328" spans="1:12">
       <c r="A328" t="s">
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="B328" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="C328" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D328" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="E328" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F328" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G328" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H328" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I328" t="s">
-        <v>461</v>
+        <v>559</v>
       </c>
       <c r="J328" t="s">
-        <v>559</v>
+        <v>466</v>
       </c>
       <c r="K328" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L328" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="329" spans="1:12">
       <c r="A329" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="B329" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="C329" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="D329" t="s">
         <v>103</v>
       </c>
       <c r="E329" t="s">
         <v>108</v>
       </c>
       <c r="F329" t="s">
         <v>109</v>
       </c>
       <c r="G329" t="s">
         <v>109</v>
       </c>
       <c r="H329" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I329" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="J329" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="K329" t="s">
         <v>112</v>
       </c>
       <c r="L329" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="330" spans="1:12">
       <c r="A330" t="s">
         <v>562</v>
       </c>
       <c r="B330" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="C330" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D330" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="E330" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F330" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G330" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H330" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I330" t="s">
-        <v>557</v>
+        <v>463</v>
       </c>
       <c r="J330" t="s">
-        <v>464</v>
+        <v>561</v>
       </c>
       <c r="K330" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L330" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="331" spans="1:12">
       <c r="A331" t="s">
         <v>563</v>
       </c>
       <c r="B331" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="C331" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D331" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="E331" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F331" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G331" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H331" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I331" t="s">
-        <v>557</v>
+        <v>463</v>
       </c>
       <c r="J331" t="s">
-        <v>464</v>
+        <v>561</v>
       </c>
       <c r="K331" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L331" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="332" spans="1:12">
       <c r="A332" t="s">
         <v>564</v>
       </c>
       <c r="B332" t="s">
-        <v>565</v>
+        <v>558</v>
       </c>
       <c r="C332" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="D332" t="s">
         <v>111</v>
       </c>
       <c r="E332" t="s">
         <v>47</v>
       </c>
       <c r="F332" t="s">
         <v>48</v>
       </c>
       <c r="G332" t="s">
         <v>48</v>
       </c>
       <c r="H332" t="s">
         <v>29</v>
       </c>
       <c r="I332" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="J332" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="K332" t="s">
         <v>52</v>
       </c>
-      <c r="L332" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="333" spans="1:12">
       <c r="A333" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="B333" t="s">
-        <v>565</v>
+        <v>558</v>
       </c>
       <c r="C333" t="s">
         <v>329</v>
       </c>
       <c r="D333" t="s">
         <v>111</v>
       </c>
       <c r="E333" t="s">
         <v>47</v>
       </c>
       <c r="F333" t="s">
         <v>48</v>
       </c>
       <c r="G333" t="s">
         <v>48</v>
       </c>
       <c r="H333" t="s">
         <v>29</v>
       </c>
       <c r="I333" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="J333" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="K333" t="s">
         <v>52</v>
       </c>
-      <c r="L333" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="334" spans="1:12">
       <c r="A334" t="s">
+        <v>566</v>
+      </c>
+      <c r="B334" t="s">
         <v>567</v>
       </c>
-      <c r="B334" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C334" t="s">
-        <v>373</v>
+        <v>331</v>
+      </c>
+      <c r="D334" t="s">
+        <v>111</v>
       </c>
       <c r="E334" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F334" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G334" t="s">
-        <v>109</v>
+        <v>48</v>
+      </c>
+      <c r="H334" t="s">
+        <v>29</v>
+      </c>
+      <c r="I334" t="s">
+        <v>559</v>
+      </c>
+      <c r="J334" t="s">
+        <v>466</v>
       </c>
       <c r="K334" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L334" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="335" spans="1:12">
       <c r="A335" t="s">
         <v>568</v>
       </c>
       <c r="B335" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="C335" t="s">
         <v>329</v>
       </c>
       <c r="D335" t="s">
-        <v>133</v>
+        <v>111</v>
       </c>
       <c r="E335" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F335" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G335" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H335" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I335" t="s">
-        <v>461</v>
+        <v>559</v>
       </c>
       <c r="J335" t="s">
-        <v>559</v>
+        <v>466</v>
       </c>
       <c r="K335" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L335" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="336" spans="1:12">
       <c r="A336" t="s">
         <v>569</v>
       </c>
       <c r="B336" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="C336" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="D336" t="s">
         <v>133</v>
       </c>
       <c r="E336" t="s">
         <v>108</v>
       </c>
       <c r="F336" t="s">
         <v>109</v>
       </c>
       <c r="G336" t="s">
         <v>109</v>
       </c>
       <c r="H336" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I336" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="J336" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="K336" t="s">
         <v>112</v>
       </c>
       <c r="L336" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="337" spans="1:12">
       <c r="A337" t="s">
         <v>570</v>
       </c>
       <c r="B337" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="C337" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="D337" t="s">
         <v>133</v>
       </c>
       <c r="E337" t="s">
         <v>108</v>
       </c>
       <c r="F337" t="s">
         <v>109</v>
       </c>
       <c r="G337" t="s">
         <v>109</v>
       </c>
       <c r="H337" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I337" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="J337" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="K337" t="s">
         <v>112</v>
       </c>
       <c r="L337" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="338" spans="1:12">
       <c r="A338" t="s">
         <v>571</v>
       </c>
       <c r="B338" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="C338" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="D338" t="s">
-        <v>83</v>
+        <v>133</v>
       </c>
       <c r="E338" t="s">
-        <v>27</v>
+        <v>108</v>
       </c>
       <c r="F338" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="G338" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="H338" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I338" t="s">
-        <v>572</v>
+        <v>463</v>
       </c>
       <c r="J338" t="s">
-        <v>464</v>
+        <v>561</v>
       </c>
       <c r="K338" t="s">
-        <v>32</v>
+        <v>112</v>
+      </c>
+      <c r="L338" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="339" spans="1:12">
       <c r="A339" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="B339" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="C339" t="s">
-        <v>334</v>
-[...2 lines deleted...]
-        <v>111</v>
+        <v>375</v>
       </c>
       <c r="E339" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F339" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G339" t="s">
-        <v>48</v>
-[...8 lines deleted...]
-        <v>464</v>
+        <v>109</v>
       </c>
       <c r="K339" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L339" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="340" spans="1:12">
       <c r="A340" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="B340" t="s">
-        <v>575</v>
+        <v>567</v>
       </c>
       <c r="C340" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="D340" t="s">
-        <v>111</v>
+        <v>83</v>
       </c>
       <c r="E340" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="F340" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="G340" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="H340" t="s">
         <v>29</v>
       </c>
       <c r="I340" t="s">
-        <v>557</v>
+        <v>574</v>
       </c>
       <c r="J340" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="K340" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>32</v>
       </c>
     </row>
     <row r="341" spans="1:12">
       <c r="A341" t="s">
-        <v>576</v>
+        <v>575</v>
       </c>
       <c r="B341" t="s">
-        <v>575</v>
+        <v>567</v>
       </c>
       <c r="C341" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="D341" t="s">
         <v>111</v>
       </c>
       <c r="E341" t="s">
         <v>47</v>
       </c>
       <c r="F341" t="s">
         <v>48</v>
       </c>
       <c r="G341" t="s">
         <v>48</v>
       </c>
       <c r="H341" t="s">
         <v>29</v>
       </c>
       <c r="I341" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="J341" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="K341" t="s">
         <v>52</v>
       </c>
-      <c r="L341" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="342" spans="1:12">
       <c r="A342" t="s">
+        <v>576</v>
+      </c>
+      <c r="B342" t="s">
         <v>577</v>
       </c>
-      <c r="B342" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C342" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D342" t="s">
-        <v>133</v>
+        <v>111</v>
       </c>
       <c r="E342" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F342" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G342" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H342" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I342" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="J342" t="s">
-        <v>559</v>
+        <v>466</v>
       </c>
       <c r="K342" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L342" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="343" spans="1:12">
       <c r="A343" t="s">
         <v>578</v>
       </c>
       <c r="B343" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="C343" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D343" t="s">
-        <v>133</v>
+        <v>111</v>
       </c>
       <c r="E343" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F343" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G343" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H343" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I343" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="J343" t="s">
-        <v>559</v>
+        <v>466</v>
       </c>
       <c r="K343" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L343" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="344" spans="1:12">
       <c r="A344" t="s">
         <v>579</v>
       </c>
       <c r="B344" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="C344" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="D344" t="s">
         <v>133</v>
       </c>
       <c r="E344" t="s">
         <v>108</v>
       </c>
       <c r="F344" t="s">
         <v>109</v>
       </c>
       <c r="G344" t="s">
         <v>109</v>
       </c>
       <c r="H344" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I344" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="J344" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="K344" t="s">
         <v>112</v>
       </c>
       <c r="L344" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="345" spans="1:12">
       <c r="A345" t="s">
         <v>580</v>
       </c>
       <c r="B345" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="C345" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D345" t="s">
-        <v>111</v>
+        <v>133</v>
       </c>
       <c r="E345" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F345" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G345" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H345" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I345" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="J345" t="s">
-        <v>464</v>
+        <v>561</v>
       </c>
       <c r="K345" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L345" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="346" spans="1:12">
       <c r="A346" t="s">
         <v>581</v>
       </c>
       <c r="B346" t="s">
-        <v>582</v>
+        <v>577</v>
       </c>
       <c r="C346" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="D346" t="s">
-        <v>111</v>
+        <v>133</v>
       </c>
       <c r="E346" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F346" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G346" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H346" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I346" t="s">
-        <v>583</v>
+        <v>559</v>
       </c>
       <c r="J346" t="s">
-        <v>464</v>
+        <v>561</v>
       </c>
       <c r="K346" t="s">
-        <v>52</v>
+        <v>112</v>
       </c>
       <c r="L346" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="347" spans="1:12">
       <c r="A347" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="B347" t="s">
-        <v>582</v>
+        <v>577</v>
       </c>
       <c r="C347" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D347" t="s">
-        <v>133</v>
+        <v>111</v>
       </c>
       <c r="E347" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F347" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G347" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H347" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I347" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="J347" t="s">
-        <v>559</v>
+        <v>466</v>
       </c>
       <c r="K347" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>52</v>
       </c>
     </row>
     <row r="348" spans="1:12">
       <c r="A348" t="s">
+        <v>583</v>
+      </c>
+      <c r="B348" t="s">
+        <v>584</v>
+      </c>
+      <c r="C348" t="s">
+        <v>331</v>
+      </c>
+      <c r="D348" t="s">
+        <v>111</v>
+      </c>
+      <c r="E348" t="s">
+        <v>47</v>
+      </c>
+      <c r="F348" t="s">
+        <v>48</v>
+      </c>
+      <c r="G348" t="s">
+        <v>48</v>
+      </c>
+      <c r="H348" t="s">
+        <v>29</v>
+      </c>
+      <c r="I348" t="s">
         <v>585</v>
       </c>
-      <c r="B348" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="J348" t="s">
-        <v>559</v>
+        <v>466</v>
       </c>
       <c r="K348" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="L348" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="349" spans="1:12">
       <c r="A349" t="s">
         <v>586</v>
       </c>
       <c r="B349" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="C349" t="s">
         <v>329</v>
       </c>
       <c r="D349" t="s">
         <v>133</v>
       </c>
       <c r="E349" t="s">
         <v>108</v>
       </c>
       <c r="F349" t="s">
         <v>109</v>
       </c>
       <c r="G349" t="s">
         <v>109</v>
       </c>
       <c r="H349" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I349" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="J349" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="K349" t="s">
         <v>112</v>
       </c>
       <c r="L349" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="350" spans="1:12">
       <c r="A350" t="s">
         <v>587</v>
       </c>
       <c r="B350" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="C350" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="D350" t="s">
-        <v>83</v>
+        <v>133</v>
       </c>
       <c r="E350" t="s">
-        <v>27</v>
+        <v>108</v>
       </c>
       <c r="F350" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="G350" t="s">
-        <v>28</v>
+        <v>109</v>
       </c>
       <c r="H350" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I350" t="s">
-        <v>572</v>
+        <v>559</v>
       </c>
       <c r="J350" t="s">
-        <v>464</v>
+        <v>561</v>
       </c>
       <c r="K350" t="s">
-        <v>32</v>
+        <v>112</v>
+      </c>
+      <c r="L350" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="351" spans="1:12">
       <c r="A351" t="s">
         <v>588</v>
       </c>
       <c r="B351" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="C351" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="D351" t="s">
-        <v>111</v>
+        <v>133</v>
       </c>
       <c r="E351" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="F351" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="G351" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H351" t="s">
-        <v>29</v>
+        <v>275</v>
       </c>
       <c r="I351" t="s">
-        <v>583</v>
+        <v>559</v>
       </c>
       <c r="J351" t="s">
-        <v>464</v>
+        <v>561</v>
       </c>
       <c r="K351" t="s">
-        <v>52</v>
+        <v>112</v>
+      </c>
+      <c r="L351" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="352" spans="1:12">
       <c r="A352" t="s">
         <v>589</v>
       </c>
       <c r="B352" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="C352" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="D352" t="s">
-        <v>111</v>
+        <v>83</v>
       </c>
       <c r="E352" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="F352" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="G352" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="H352" t="s">
         <v>29</v>
       </c>
       <c r="I352" t="s">
-        <v>583</v>
+        <v>574</v>
       </c>
       <c r="J352" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="K352" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
     </row>
     <row r="353" spans="1:12">
       <c r="A353" t="s">
         <v>590</v>
       </c>
       <c r="B353" t="s">
-        <v>591</v>
+        <v>584</v>
       </c>
       <c r="C353" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="D353" t="s">
-        <v>133</v>
+        <v>111</v>
       </c>
       <c r="E353" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F353" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G353" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H353" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I353" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="J353" t="s">
-        <v>592</v>
+        <v>466</v>
       </c>
       <c r="K353" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>52</v>
       </c>
     </row>
     <row r="354" spans="1:12">
       <c r="A354" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="B354" t="s">
-        <v>591</v>
+        <v>584</v>
       </c>
       <c r="C354" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="D354" t="s">
-        <v>133</v>
+        <v>111</v>
       </c>
       <c r="E354" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F354" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="G354" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="H354" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I354" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="J354" t="s">
-        <v>592</v>
+        <v>466</v>
       </c>
       <c r="K354" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>52</v>
       </c>
     </row>
     <row r="355" spans="1:12">
       <c r="A355" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="B355" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="C355" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D355" t="s">
         <v>133</v>
       </c>
       <c r="E355" t="s">
         <v>108</v>
       </c>
       <c r="F355" t="s">
         <v>109</v>
       </c>
       <c r="G355" t="s">
         <v>109</v>
       </c>
       <c r="H355" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I355" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="J355" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="K355" t="s">
         <v>112</v>
       </c>
       <c r="L355" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="356" spans="1:12">
       <c r="A356" t="s">
         <v>595</v>
       </c>
       <c r="B356" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
       <c r="C356" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D356" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="E356" t="s">
         <v>108</v>
       </c>
       <c r="F356" t="s">
         <v>109</v>
       </c>
       <c r="G356" t="s">
         <v>109</v>
       </c>
       <c r="H356" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I356" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="J356" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="K356" t="s">
         <v>112</v>
       </c>
       <c r="L356" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="357" spans="1:12">
       <c r="A357" t="s">
-        <v>597</v>
+        <v>596</v>
       </c>
       <c r="B357" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
       <c r="C357" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D357" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="E357" t="s">
         <v>108</v>
       </c>
       <c r="F357" t="s">
         <v>109</v>
       </c>
       <c r="G357" t="s">
         <v>109</v>
       </c>
       <c r="H357" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I357" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="J357" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="K357" t="s">
         <v>112</v>
       </c>
       <c r="L357" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="358" spans="1:12">
       <c r="A358" t="s">
+        <v>597</v>
+      </c>
+      <c r="B358" t="s">
         <v>598</v>
       </c>
-      <c r="B358" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C358" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D358" t="s">
         <v>131</v>
       </c>
       <c r="E358" t="s">
         <v>108</v>
       </c>
       <c r="F358" t="s">
         <v>109</v>
       </c>
       <c r="G358" t="s">
         <v>109</v>
       </c>
       <c r="H358" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I358" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="J358" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="K358" t="s">
         <v>112</v>
       </c>
       <c r="L358" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="359" spans="1:12">
       <c r="A359" t="s">
         <v>599</v>
       </c>
       <c r="B359" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="C359" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D359" t="s">
         <v>131</v>
       </c>
       <c r="E359" t="s">
         <v>108</v>
       </c>
       <c r="F359" t="s">
         <v>109</v>
       </c>
       <c r="G359" t="s">
         <v>109</v>
       </c>
       <c r="H359" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I359" t="s">
-        <v>572</v>
+        <v>585</v>
       </c>
       <c r="J359" t="s">
-        <v>601</v>
+        <v>594</v>
       </c>
       <c r="K359" t="s">
         <v>112</v>
       </c>
       <c r="L359" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="360" spans="1:12">
       <c r="A360" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="B360" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="C360" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D360" t="s">
         <v>131</v>
       </c>
       <c r="E360" t="s">
         <v>108</v>
       </c>
       <c r="F360" t="s">
         <v>109</v>
       </c>
       <c r="G360" t="s">
         <v>109</v>
       </c>
       <c r="H360" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I360" t="s">
-        <v>572</v>
+        <v>585</v>
       </c>
       <c r="J360" t="s">
-        <v>601</v>
+        <v>594</v>
       </c>
       <c r="K360" t="s">
         <v>112</v>
       </c>
       <c r="L360" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="361" spans="1:12">
       <c r="A361" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="B361" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="C361" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="D361" t="s">
         <v>131</v>
       </c>
       <c r="E361" t="s">
         <v>108</v>
       </c>
       <c r="F361" t="s">
         <v>109</v>
       </c>
       <c r="G361" t="s">
         <v>109</v>
       </c>
       <c r="H361" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I361" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="J361" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="K361" t="s">
         <v>112</v>
       </c>
       <c r="L361" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="362" spans="1:12">
       <c r="A362" t="s">
         <v>604</v>
       </c>
       <c r="B362" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="C362" t="s">
         <v>329</v>
       </c>
       <c r="D362" t="s">
-        <v>145</v>
+        <v>131</v>
       </c>
       <c r="E362" t="s">
         <v>108</v>
       </c>
       <c r="F362" t="s">
         <v>109</v>
       </c>
       <c r="G362" t="s">
         <v>109</v>
       </c>
       <c r="H362" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I362" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="J362" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="K362" t="s">
         <v>112</v>
       </c>
       <c r="L362" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="363" spans="1:12">
       <c r="A363" t="s">
-        <v>606</v>
+        <v>605</v>
       </c>
       <c r="B363" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="C363" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="D363" t="s">
-        <v>145</v>
+        <v>131</v>
       </c>
       <c r="E363" t="s">
         <v>108</v>
       </c>
       <c r="F363" t="s">
         <v>109</v>
       </c>
       <c r="G363" t="s">
         <v>109</v>
       </c>
       <c r="H363" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I363" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="J363" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="K363" t="s">
         <v>112</v>
       </c>
       <c r="L363" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="364" spans="1:12">
       <c r="A364" t="s">
+        <v>606</v>
+      </c>
+      <c r="B364" t="s">
         <v>607</v>
       </c>
-      <c r="B364" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C364" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D364" t="s">
         <v>145</v>
       </c>
       <c r="E364" t="s">
         <v>108</v>
       </c>
       <c r="F364" t="s">
         <v>109</v>
       </c>
       <c r="G364" t="s">
         <v>109</v>
       </c>
       <c r="H364" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I364" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="J364" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="K364" t="s">
         <v>112</v>
       </c>
       <c r="L364" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="365" spans="1:12">
+      <c r="A365" t="s">
+        <v>608</v>
+      </c>
+      <c r="B365" t="s">
+        <v>607</v>
+      </c>
+      <c r="C365" t="s">
+        <v>336</v>
+      </c>
+      <c r="D365" t="s">
+        <v>145</v>
+      </c>
+      <c r="E365" t="s">
+        <v>108</v>
+      </c>
+      <c r="F365" t="s">
+        <v>109</v>
+      </c>
+      <c r="G365" t="s">
+        <v>109</v>
+      </c>
+      <c r="H365" t="s">
+        <v>275</v>
+      </c>
+      <c r="I365" t="s">
+        <v>574</v>
+      </c>
+      <c r="J365" t="s">
+        <v>603</v>
+      </c>
+      <c r="K365" t="s">
+        <v>112</v>
+      </c>
+      <c r="L365" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="366" spans="1:12">
+      <c r="A366" t="s">
+        <v>609</v>
+      </c>
+      <c r="B366" t="s">
+        <v>607</v>
+      </c>
+      <c r="C366" t="s">
+        <v>329</v>
+      </c>
+      <c r="D366" t="s">
+        <v>145</v>
+      </c>
+      <c r="E366" t="s">
+        <v>108</v>
+      </c>
+      <c r="F366" t="s">
+        <v>109</v>
+      </c>
+      <c r="G366" t="s">
+        <v>109</v>
+      </c>
+      <c r="H366" t="s">
+        <v>275</v>
+      </c>
+      <c r="I366" t="s">
+        <v>574</v>
+      </c>
+      <c r="J366" t="s">
+        <v>603</v>
+      </c>
+      <c r="K366" t="s">
+        <v>112</v>
+      </c>
+      <c r="L366" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">