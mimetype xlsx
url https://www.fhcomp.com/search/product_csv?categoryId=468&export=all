--- v0 (2025-10-30)
+++ v1 (2026-03-18)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="373" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="380" uniqueCount="122">
   <si>
     <t>Part Number</t>
   </si>
   <si>
     <t>Capacitance</t>
   </si>
   <si>
     <t>Tolerance</t>
   </si>
   <si>
     <t>Size Code</t>
   </si>
   <si>
     <t>Structure</t>
   </si>
   <si>
     <t>T.C.R(ppm/°C)</t>
   </si>
   <si>
     <t>Rated Vdc</t>
   </si>
   <si>
     <t>D</t>
   </si>
   <si>
@@ -360,54 +360,63 @@
   <si>
     <t>FH2R7L155M-H0816</t>
   </si>
   <si>
     <t>FH2R7L155M-H0612</t>
   </si>
   <si>
     <t>13.5*6.5*13.8*9</t>
   </si>
   <si>
     <t>6.3mm</t>
   </si>
   <si>
     <t>12mm</t>
   </si>
   <si>
     <t>13.5mm</t>
   </si>
   <si>
     <t>6.5mm</t>
   </si>
   <si>
     <t>13.8mm</t>
   </si>
   <si>
+    <t>FH2R7L105X-H0612-BD</t>
+  </si>
+  <si>
+    <t>1F</t>
+  </si>
+  <si>
+    <t>-10%~+30%</t>
+  </si>
+  <si>
+    <t>06*12mm</t>
+  </si>
+  <si>
     <t>FH2R7L105M-H0813</t>
-  </si>
-[...1 lines deleted...]
-    <t>1F</t>
   </si>
   <si>
     <t>FH2R7L105M-H0612</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -702,51 +711,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:O35"/>
+  <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1925,121 +1934,147 @@
       </c>
       <c r="I33" t="s">
         <v>112</v>
       </c>
       <c r="L33" t="s">
         <v>113</v>
       </c>
       <c r="M33" t="s">
         <v>114</v>
       </c>
       <c r="N33" t="s">
         <v>115</v>
       </c>
       <c r="O33">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="s">
         <v>116</v>
       </c>
       <c r="B34" t="s">
         <v>117</v>
       </c>
       <c r="C34" t="s">
-        <v>17</v>
+        <v>118</v>
       </c>
       <c r="D34" t="s">
-        <v>97</v>
+        <v>119</v>
       </c>
       <c r="E34" t="s">
         <v>19</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
         <v>21</v>
-      </c>
-[...13 lines deleted...]
-        <v>100</v>
       </c>
       <c r="O34">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B35" t="s">
         <v>117</v>
       </c>
       <c r="C35" t="s">
         <v>17</v>
       </c>
       <c r="D35" t="s">
+        <v>97</v>
+      </c>
+      <c r="E35" t="s">
+        <v>19</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>21</v>
+      </c>
+      <c r="H35" t="s">
+        <v>77</v>
+      </c>
+      <c r="I35" t="s">
+        <v>98</v>
+      </c>
+      <c r="L35" t="s">
+        <v>99</v>
+      </c>
+      <c r="M35" t="s">
+        <v>80</v>
+      </c>
+      <c r="N35" t="s">
+        <v>100</v>
+      </c>
+      <c r="O35">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:15">
+      <c r="A36" t="s">
+        <v>121</v>
+      </c>
+      <c r="B36" t="s">
+        <v>117</v>
+      </c>
+      <c r="C36" t="s">
+        <v>17</v>
+      </c>
+      <c r="D36" t="s">
         <v>110</v>
       </c>
-      <c r="E35" t="s">
-[...8 lines deleted...]
-      <c r="H35" t="s">
+      <c r="E36" t="s">
+        <v>19</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>21</v>
+      </c>
+      <c r="H36" t="s">
         <v>111</v>
       </c>
-      <c r="I35" t="s">
+      <c r="I36" t="s">
         <v>112</v>
       </c>
-      <c r="L35" t="s">
+      <c r="L36" t="s">
         <v>113</v>
       </c>
-      <c r="M35" t="s">
+      <c r="M36" t="s">
         <v>114</v>
       </c>
-      <c r="N35" t="s">
+      <c r="N36" t="s">
         <v>115</v>
       </c>
-      <c r="O35">
+      <c r="O36">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">