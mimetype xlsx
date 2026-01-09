--- v0 (2025-11-21)
+++ v1 (2026-01-09)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="185" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="170" uniqueCount="68">
   <si>
     <t>Part Number</t>
   </si>
   <si>
     <t>Resistance(Ω)</t>
   </si>
   <si>
     <t>Size Code</t>
   </si>
   <si>
     <t>Terminal Shape</t>
   </si>
   <si>
     <t>Power(W)</t>
   </si>
   <si>
     <t>T.C.R(ppm/°C)</t>
   </si>
   <si>
     <t>Resistance Accuracy</t>
   </si>
   <si>
     <t>Applications</t>
   </si>
   <si>
@@ -105,147 +105,138 @@
   <si>
     <t>330Ω</t>
   </si>
   <si>
     <t>RCMT08W151JTL</t>
   </si>
   <si>
     <t>150Ω</t>
   </si>
   <si>
     <t>0402</t>
   </si>
   <si>
     <t>RCML08W101JTL</t>
   </si>
   <si>
     <t>100Ω</t>
   </si>
   <si>
     <t>RCML08W750JTL</t>
   </si>
   <si>
     <t>75Ω</t>
   </si>
   <si>
-    <t>RCML08W750JTG</t>
-[...4 lines deleted...]
-  <si>
     <t>RCMT08W750JTL</t>
   </si>
   <si>
     <t>RCML08W680JTL</t>
   </si>
   <si>
     <t>68Ω</t>
   </si>
   <si>
     <t>RCMT08W680JTL</t>
   </si>
   <si>
     <t>RCML08W510JTL</t>
   </si>
   <si>
     <t>51Ω</t>
   </si>
   <si>
     <t>RCMT08W510JTL</t>
   </si>
   <si>
     <t>RCMT08W470JTL</t>
   </si>
   <si>
     <t>47Ω</t>
   </si>
   <si>
+    <t>RCMT08W390JTL</t>
+  </si>
+  <si>
+    <t>39Ω</t>
+  </si>
+  <si>
     <t>RCMT08W390FTL</t>
   </si>
   <si>
-    <t>39Ω</t>
-[...1 lines deleted...]
-  <si>
     <t>±1%</t>
   </si>
   <si>
-    <t>RCMT08W390JTL</t>
-[...1 lines deleted...]
-  <si>
     <t>RCMT08W360JTL</t>
   </si>
   <si>
     <t>36Ω</t>
   </si>
   <si>
     <t>RCML08W330JTL</t>
   </si>
   <si>
     <t>33Ω</t>
   </si>
   <si>
-    <t>RCML08W330JTG</t>
+    <t>RCMT08W330JTL</t>
   </si>
   <si>
     <t>RCMT04W330JTL</t>
   </si>
   <si>
-    <t>RCMT08W330JTL</t>
-[...1 lines deleted...]
-  <si>
     <t>RCMT08W300JTL</t>
   </si>
   <si>
     <t>30Ω</t>
   </si>
   <si>
     <t>RCML08W270JTL</t>
   </si>
   <si>
     <t>27Ω</t>
   </si>
   <si>
+    <t>RCML08W220JTL</t>
+  </si>
+  <si>
+    <t>22Ω</t>
+  </si>
+  <si>
+    <t>RCMT08W220JTL</t>
+  </si>
+  <si>
     <t>RCMT08W220FTL</t>
   </si>
   <si>
-    <t>22Ω</t>
-[...5 lines deleted...]
-    <t>RCMT08W220JTL</t>
+    <t>RCMT08W150JTL</t>
+  </si>
+  <si>
+    <t>15Ω</t>
   </si>
   <si>
     <t>RCMT08W150FTL</t>
-  </si>
-[...4 lines deleted...]
-    <t>RCMT08W150JTL</t>
   </si>
   <si>
     <t>RCML08W100JTL</t>
   </si>
   <si>
     <t>10Ω</t>
   </si>
   <si>
     <t>RCMT08W100JTL</t>
   </si>
   <si>
     <t>RCMT08W7R5JTL</t>
   </si>
   <si>
     <t>7.5Ω</t>
   </si>
   <si>
     <t>RCMT08W3R0JTL</t>
   </si>
   <si>
     <t>3.0Ω</t>
   </si>
 </sst>
 </file>
 
@@ -558,51 +549,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J36"/>
+  <dimension ref="A1:J33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -784,559 +775,499 @@
       </c>
       <c r="B10" t="s">
         <v>30</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="J10">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" t="s">
         <v>31</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="J11">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" t="s">
         <v>32</v>
       </c>
       <c r="B12" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C12" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="J12">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" t="s">
+        <v>34</v>
+      </c>
+      <c r="B13" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C13" t="s">
         <v>26</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="J13">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="J14">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" t="s">
+        <v>37</v>
+      </c>
+      <c r="B15" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="C15" t="s">
         <v>26</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="J15">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B16" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C16" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="J16">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C17" t="s">
         <v>26</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="J17">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18" t="s">
         <v>26</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="J18">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B19" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C19" t="s">
         <v>26</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="J19">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="C20" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="J20">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21" t="s">
         <v>26</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="J21">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B22" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C22" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="J22">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C23" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="J23">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="C24" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="J24">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="C25" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="J25">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C26" t="s">
         <v>26</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="J26">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>55</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="J27">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B28" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C28" t="s">
         <v>26</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="J28">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" t="s">
+        <v>60</v>
+      </c>
+      <c r="B29" t="s">
         <v>59</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="J29">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B30" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="C30" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="J30">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B31" t="s">
         <v>62</v>
       </c>
       <c r="C31" t="s">
         <v>26</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="J31">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B32" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C32" t="s">
         <v>26</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="J32">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B33" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C33" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="J33">
-        <v>0</v>
-[...58 lines deleted...]
-      <c r="J36">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">