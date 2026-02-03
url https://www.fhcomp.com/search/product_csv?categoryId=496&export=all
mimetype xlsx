--- v0 (2025-12-14)
+++ v1 (2026-02-03)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7535" uniqueCount="2040">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7543" uniqueCount="2042">
   <si>
     <t>型号</t>
   </si>
   <si>
     <t>阻值(Ω)</t>
   </si>
   <si>
     <t>额定功率</t>
   </si>
   <si>
     <t>温度系数值(ppm/℃)</t>
   </si>
   <si>
     <t>阻值精度</t>
   </si>
   <si>
     <t>尺寸(inch)</t>
   </si>
   <si>
     <t>生产状态</t>
   </si>
   <si>
     <t xml:space="preserve">AH05-556JP                    </t>
   </si>
   <si>
@@ -66,6114 +66,6120 @@
   <si>
     <t>±5%</t>
   </si>
   <si>
     <t xml:space="preserve">A12-516JP                     </t>
   </si>
   <si>
     <t>51MΩ</t>
   </si>
   <si>
     <t>1/8W</t>
   </si>
   <si>
     <t xml:space="preserve">B08-106JP                     </t>
   </si>
   <si>
     <t>10MΩ</t>
   </si>
   <si>
     <t xml:space="preserve">B08-515JP                     </t>
   </si>
   <si>
     <t>5.1MΩ</t>
   </si>
   <si>
+    <t xml:space="preserve">A05-475JP                     </t>
+  </si>
+  <si>
+    <t>4.7MΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A04-475JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A09-475JP                     </t>
   </si>
   <si>
-    <t>4.7MΩ</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">A06-275JP                     </t>
   </si>
   <si>
     <t>2.7MΩ</t>
   </si>
   <si>
     <t xml:space="preserve">A10-225JP                     </t>
   </si>
   <si>
     <t>2.2MΩ</t>
   </si>
   <si>
     <t xml:space="preserve">A09-225JP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A06-205JP                     </t>
+  </si>
+  <si>
+    <t>2MΩ</t>
+  </si>
+  <si>
     <t xml:space="preserve">A09-205JP                     </t>
   </si>
   <si>
-    <t>2MΩ</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-185JP                     </t>
   </si>
   <si>
     <t>1.8MΩ</t>
   </si>
   <si>
+    <t xml:space="preserve">A08-105JP                     </t>
+  </si>
+  <si>
+    <t>1MΩ</t>
+  </si>
+  <si>
     <t xml:space="preserve">B08-105JP                     </t>
   </si>
   <si>
-    <t>1MΩ</t>
+    <t xml:space="preserve">A07-105JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-105JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-105JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A11-105JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A04-105JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A08-105JP                     </t>
+    <t xml:space="preserve">A05-105JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-105JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A10-105JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A07-105JP                     </t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">AH09-105JP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">B10-105GHP                    </t>
+  </si>
+  <si>
+    <t>±2%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-105GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-105GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-105GMP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">A05-105GHP                    </t>
   </si>
   <si>
-    <t>±2%</t>
+    <t xml:space="preserve">A08-105GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-105GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-105GMP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A05-105GP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A09-105GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-105GHP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">A07-105GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B08-105GP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A07-105GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-105GP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">B08-105GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B06-105GFP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A09-105GHP                    </t>
-[...8 lines deleted...]
-    <t xml:space="preserve">A10-105GMP                    </t>
+    <t xml:space="preserve">A11-105GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A11-105GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A08-105GHP                    </t>
-[...22 lines deleted...]
-  <si>
     <t xml:space="preserve">B08-105FP                     </t>
   </si>
   <si>
     <t>±1%</t>
   </si>
   <si>
+    <t xml:space="preserve">B10-824JP                     </t>
+  </si>
+  <si>
+    <t>820KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-824JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-824JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A06-824JP                     </t>
   </si>
   <si>
-    <t>820KΩ</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">B08-824GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">B10-754FP                     </t>
+  </si>
+  <si>
+    <t>750KΩ</t>
+  </si>
+  <si>
     <t xml:space="preserve">B08-754FP                     </t>
   </si>
   <si>
-    <t>750KΩ</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">A08-684JP                     </t>
   </si>
   <si>
     <t>680KΩ</t>
   </si>
   <si>
+    <t xml:space="preserve">A09-684JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-684JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-684JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">B10-684JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A05-684JP                     </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A06-684JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A10-684JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A07-684JP                     </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-684GHP                    </t>
   </si>
   <si>
     <t>A11-604JP</t>
   </si>
   <si>
     <t>600KΩ</t>
   </si>
   <si>
+    <t xml:space="preserve">A06-564JP                     </t>
+  </si>
+  <si>
+    <t>560KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-564JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A09-564JP                     </t>
   </si>
   <si>
-    <t>560KΩ</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">A05-564JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B08-564FP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A08-514JP                     </t>
+  </si>
+  <si>
+    <t>510KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-514JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-514JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">B10-514JP                     </t>
   </si>
   <si>
-    <t>510KΩ</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-514JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A08-514JP                     </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">B10-514GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A05-514GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A09-514GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B08-4993FHP                   </t>
   </si>
   <si>
     <t>499KΩ</t>
   </si>
   <si>
+    <t xml:space="preserve">A06-474JP                     </t>
+  </si>
+  <si>
+    <t>470KΩ</t>
+  </si>
+  <si>
     <t xml:space="preserve">A10-474JP                     </t>
   </si>
   <si>
-    <t>470KΩ</t>
+    <t xml:space="preserve">A07-474JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-474JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B10-474JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A07-474JP                     </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">B06-474JP                     </t>
+    <t xml:space="preserve">B08-474JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A08-474JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A06-474JP                     </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A05-474JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-474JP                     </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-474JP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A05-474GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-474GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-474GMP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">A09-474GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A08-474GMP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B08-474GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A09-474GP                     </t>
+    <t xml:space="preserve">B08-474GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-474GP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A06-474GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B06-474GFP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A05-474GP                     </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">C05-474FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B08-394GFP                    </t>
   </si>
   <si>
     <t>390KΩ</t>
   </si>
   <si>
     <t xml:space="preserve">B08-394GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">A10-334JP                     </t>
+  </si>
+  <si>
+    <t>330KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-334JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-334JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-334JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">B10-334JP                     </t>
   </si>
   <si>
-    <t>330KΩ</t>
+    <t xml:space="preserve">A07-334JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A06-334JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A10-334JP                     </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">A08-334JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-334JP                     </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">A09-334JP                     </t>
+    <t xml:space="preserve">B10-334GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-334GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-334GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-334GP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A08-334GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">A09-334GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-334GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-334GHP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">A05-334GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A05-334GHP                    </t>
-[...19 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-304JP                     </t>
   </si>
   <si>
     <t>300KΩ</t>
   </si>
   <si>
     <t xml:space="preserve">A09-274JP                     </t>
   </si>
   <si>
     <t>270KΩ</t>
   </si>
   <si>
+    <t xml:space="preserve">B08-224JP                     </t>
+  </si>
+  <si>
+    <t>220KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-224JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-224JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-224JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-224JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-224JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-224JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A10-224JP                     </t>
   </si>
   <si>
-    <t>220KΩ</t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">B06-224JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B10-224JP                     </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">B08-224JP                     </t>
+    <t xml:space="preserve">A09-224GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">BH08-224GHP                   </t>
   </si>
   <si>
+    <t xml:space="preserve">A06-224GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-224GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-224GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-224GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-224GHP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">B10-224GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A08-224GHP                    </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">B08-224GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-224GFP                    </t>
-[...11 lines deleted...]
-    <t xml:space="preserve">A06-224GHP                    </t>
+    <t xml:space="preserve">B10-204JP                     </t>
+  </si>
+  <si>
+    <t>200KΩ</t>
   </si>
   <si>
     <t xml:space="preserve">A09-204JP                     </t>
   </si>
   <si>
-    <t>200KΩ</t>
+    <t xml:space="preserve">A05-204JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-204JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-204JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A13-204JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-204JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-204JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A04-204JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A13-204JP                     </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">B08-204JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A11-204JP                     </t>
-[...8 lines deleted...]
-    <t xml:space="preserve">A05-204JP                     </t>
+    <t xml:space="preserve">A09-204GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-204GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-204GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B08-204GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A05-204GHP                    </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">B10-204GHP                    </t>
+    <t xml:space="preserve">B08-204FHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-204FP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-204FP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A04-204FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B08-2003FHP                   </t>
   </si>
   <si>
-    <t xml:space="preserve">A04-204FP                     </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-184JP                     </t>
   </si>
   <si>
     <t>180KΩ</t>
   </si>
   <si>
     <t xml:space="preserve">B08-184JP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A07-184GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-184GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-184GP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">B08-184GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A08-184GP                     </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">B08-184GP                     </t>
+    <t xml:space="preserve">C09-154JP                     </t>
+  </si>
+  <si>
+    <t>150KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-154JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-154JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-154JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-154JTP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A04-154JP                     </t>
   </si>
   <si>
-    <t>150KΩ</t>
+    <t xml:space="preserve">A08-154JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">AH08-154JP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">C09-154JP                     </t>
+    <t xml:space="preserve">A05-154JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-154JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B08-154JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A08-154JTP                    </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-154JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B10-154JP                     </t>
-[...11 lines deleted...]
-    <t xml:space="preserve">A11-154JP                     </t>
+    <t xml:space="preserve">A10-154GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-154GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-154GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-154GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-154GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B10-154GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">B10-154GFP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">A09-154GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-154GHP                    </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-154GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A10-154GHP                    </t>
+    <t xml:space="preserve">C10-154GP                     </t>
   </si>
   <si>
     <t xml:space="preserve">C10-154GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">C10-154GP                     </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">A05-154FP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">B06-154FP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A06-154FP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B06-154FP                     </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A05-124JP                     </t>
   </si>
   <si>
     <t>120KΩ</t>
   </si>
   <si>
     <t>B06-124JP</t>
   </si>
   <si>
     <t xml:space="preserve">B08-124JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A04-124JP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">B06-124GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-124GP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">B06-124GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">B08-124GHP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">B08-124GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-124GHP                    </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">B08-114GP                     </t>
   </si>
   <si>
     <t>110KΩ</t>
   </si>
   <si>
+    <t xml:space="preserve">B06-104JP                     </t>
+  </si>
+  <si>
+    <t>100KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-104JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH06-104JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-104JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-104JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-104JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-104JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A12-104JP                     </t>
   </si>
   <si>
-    <t>100KΩ</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A13-104JP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A05-104JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-104JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-104JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-104JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">B12-104JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B10-104JP                     </t>
+    <t xml:space="preserve">AH09-104JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH05-104JP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A04-104JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">AH05-104JP                    </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-104JYP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A09-104JP                     </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A06-104JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B04-104JP                     </t>
-[...17 lines deleted...]
-    <t xml:space="preserve">A11-104JP                     </t>
+    <t xml:space="preserve">BH08-104GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B12-104GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B12-104GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-104GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-104GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-104GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-104GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-104GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-104GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-104GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-104GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-104GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-104GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-104GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-104GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-104GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-104GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A04-104GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH09-104GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-104GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-104GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-104GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-104GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-104GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-104GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-104GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-104GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-104GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-104GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-104GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-104GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH10-104GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-104GMP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B08-104GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B08-104GFP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B08-104GBP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B08-104GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B04-104GHP                    </t>
-[...58 lines deleted...]
-  <si>
     <t xml:space="preserve">BH08-104GMP                   </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-104GMP                    </t>
-[...35 lines deleted...]
-    <t xml:space="preserve">B10-104GHP                    </t>
+    <t xml:space="preserve">AH10-104FP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-104FP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-1003FMP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-104FMP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A09-1003FMP                   </t>
   </si>
   <si>
     <t xml:space="preserve">A05-104FP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A09-104FMP                    </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">AH10-104FP                    </t>
+    <t xml:space="preserve">B08-1003FHP                   </t>
   </si>
   <si>
     <t xml:space="preserve">B08-104FHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A06-104FP                     </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">B08-104FP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-1003FHP                   </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-913JP                     </t>
   </si>
   <si>
     <t>91KΩ</t>
   </si>
   <si>
     <t xml:space="preserve">B08-913GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B08-913GP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A08-913GP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A10-823JP                     </t>
   </si>
   <si>
     <t>82KΩ</t>
   </si>
   <si>
     <t xml:space="preserve">A05-823JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A09-823JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A05-823GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A08-753JP                     </t>
   </si>
   <si>
     <t>75KΩ</t>
   </si>
   <si>
     <t xml:space="preserve">A09-753JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A05-753JP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">B08-753GP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">B08-753GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-753GP                     </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A08-753GP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">B08-683JP                     </t>
+  </si>
+  <si>
+    <t>68KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-683JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">B10-683JP                     </t>
   </si>
   <si>
-    <t>68KΩ</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">A09-683JP                     </t>
+    <t xml:space="preserve">B06-683JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-683JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-683JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-683JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A07-683JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B06-683JP                     </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">A10-683JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A06-683JP                     </t>
+    <t xml:space="preserve">B08-683GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-683GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-683GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-683GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH08-683GP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A10-683GMP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-683GHP                    </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">B08-683GMP                    </t>
+    <t xml:space="preserve">B10-683GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A07-683GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B10-683GHP                    </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">B08-683GP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A05-623JP                     </t>
   </si>
   <si>
     <t>62KΩ</t>
   </si>
   <si>
     <t xml:space="preserve">A09-623JP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">BH06-563JP                    </t>
+  </si>
+  <si>
+    <t>56KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-563JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-563JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A12-563JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-563JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-563JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-563JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH08-563JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-563JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">B08-563JP                     </t>
   </si>
   <si>
-    <t>56KΩ</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">A05-563JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">BH06-563JP                    </t>
-[...14 lines deleted...]
-    <t xml:space="preserve">A08-563JP                     </t>
+    <t xml:space="preserve">B08-563GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-563GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A09-563GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-563GHP                    </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A08-563GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A06-563GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B06-563GHP                    </t>
+    <t xml:space="preserve">A07-513JP                     </t>
+  </si>
+  <si>
+    <t>51KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-513JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-513JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-513JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B10-513JP                     </t>
   </si>
   <si>
-    <t>51KΩ</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">A07-513JP                     </t>
+    <t xml:space="preserve">A04-513JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-513JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-513JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A08-513JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A06-513JP                     </t>
-[...11 lines deleted...]
-    <t xml:space="preserve">A04-513JP                     </t>
+    <t xml:space="preserve">A06-513GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A05-513GP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A04-513GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-513GP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A05-513GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A04-513GHP                    </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-513GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A09-513GP                     </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">B06-513FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A13-473JP                     </t>
   </si>
   <si>
     <t>47KΩ</t>
   </si>
   <si>
+    <t xml:space="preserve">AH08-473JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-473JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A07-473JP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">B10-473JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A08-473JP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A10-473JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-473JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH08-473JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A04-473JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-473JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH09-473JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH06-473JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-473JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-473JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-473JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-473JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">AH13-473JP                    </t>
   </si>
   <si>
     <t xml:space="preserve">AH10-473JP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B06-473JP                     </t>
-[...32 lines deleted...]
-    <t xml:space="preserve">AH06-473JP                    </t>
+    <t xml:space="preserve">AH05-473JP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A13-473JYP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A04-473JP                     </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">A08-473GFP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">A08-473GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-473GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-473GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-473GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH06-473GHP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-473GP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A08-473GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">A04-473GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-473GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-473GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-473GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-473GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-473GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-473GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-473GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH09-473GP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">AH10-473GP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B10-473GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">AH09-473GP                    </t>
+    <t xml:space="preserve">A09-473GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-473GP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B06-473GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A04-473GHP                    </t>
+    <t xml:space="preserve">A10-473GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A13-473GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-473GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-473GP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A09-473GMP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A09-473GHP                    </t>
-[...26 lines deleted...]
-    <t xml:space="preserve">B08-473GHP                    </t>
+    <t xml:space="preserve">BH10-473GHP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-473GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-473GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-473GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B08-473GMP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A05-473GHP                    </t>
-[...35 lines deleted...]
-    <t xml:space="preserve">B04-473GP                     </t>
+    <t xml:space="preserve">A08-473FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B08-4702FHP                   </t>
   </si>
   <si>
     <t xml:space="preserve">B08-473FP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A08-473FP                     </t>
+    <t xml:space="preserve">A05-403GP                     </t>
+  </si>
+  <si>
+    <t>40KΩ</t>
   </si>
   <si>
     <t xml:space="preserve">A09-403GP                     </t>
   </si>
   <si>
-    <t>40KΩ</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">A05-403GP                     </t>
+    <t xml:space="preserve">B06-393JP                     </t>
+  </si>
+  <si>
+    <t>39KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-393JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-393JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-393JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH09-393JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-393JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-393JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A12-393JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A05-393JP                     </t>
   </si>
   <si>
-    <t>39KΩ</t>
-[...23 lines deleted...]
-    <t xml:space="preserve">A08-393JP                     </t>
+    <t xml:space="preserve">A06-393GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-393GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-393GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-393GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-393GFP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A10-393GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-393GFP                    </t>
-[...11 lines deleted...]
-    <t xml:space="preserve">B08-393GHP                    </t>
+    <t xml:space="preserve">A05-393FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B06-393FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B08-393FP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A05-393FP                     </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-363JP                     </t>
   </si>
   <si>
     <t>36KΩ</t>
   </si>
   <si>
     <t xml:space="preserve">A07-363JP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A05-363FP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">B10-363FP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A05-363FP                     </t>
+    <t xml:space="preserve">A09-333JP                     </t>
+  </si>
+  <si>
+    <t>33KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-333JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-333JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-333JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A04-333JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-333JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-333JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-333JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-333JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B04-333JP                     </t>
   </si>
   <si>
-    <t>33KΩ</t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">A05-333JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A08-333JP                     </t>
-[...8 lines deleted...]
-    <t xml:space="preserve">A04-333JP                     </t>
+    <t xml:space="preserve">A09-333GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-333GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-333GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B10-333GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">A06-333GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-333GMP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">A07-333GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A06-333GMP                    </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">A10-333GHP                    </t>
+    <t xml:space="preserve">A05-333GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-333GP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B06-333GMP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A05-333GHP                    </t>
+    <t xml:space="preserve">B06-333GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-333GFP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A05-333GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A09-333GHP                    </t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">B06-333GP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B08-333FP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A04-303JP                     </t>
+  </si>
+  <si>
+    <t>30KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-303JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A08-303JP                     </t>
   </si>
   <si>
-    <t>30KΩ</t>
+    <t xml:space="preserve">A07-303JHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-303JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B08-303JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A09-303JP                     </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">A07-303JHP                    </t>
+    <t xml:space="preserve">A07-303JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A06-303JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A04-303JP                     </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">A06-303GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B08-303GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">A04-303FP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A04-3002FHP                   </t>
   </si>
   <si>
-    <t xml:space="preserve">A04-303FP                     </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">B04-303FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A10-293JP                     </t>
   </si>
   <si>
     <t>29KΩ</t>
   </si>
   <si>
+    <t xml:space="preserve">A06-273JP                     </t>
+  </si>
+  <si>
+    <t>27KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-273JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-273JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">B08-273JP                     </t>
   </si>
   <si>
-    <t>27KΩ</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">A06-273JP                     </t>
+    <t xml:space="preserve">B06-273JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-273JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A05-273JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B06-273JP                     </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">A09-273JP                     </t>
+    <t xml:space="preserve">AH08-273GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-273GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A09-273GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A05-273GHP                    </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">B08-273FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A09-243GP                     </t>
   </si>
   <si>
     <t>24KΩ</t>
   </si>
   <si>
     <t xml:space="preserve">A10-243GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">AH08-223JP                    </t>
+  </si>
+  <si>
+    <t>22KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-223JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-223JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH09-223JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-223JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-223JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH06-223JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-223JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-223JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-223JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">B06-223JP                     </t>
   </si>
   <si>
-    <t>22KΩ</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">A06-223JP                     </t>
+    <t xml:space="preserve">A04-223JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-223JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A05-223JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A11-223JP                     </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A07-223JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-223JP                     </t>
-[...23 lines deleted...]
-    <t xml:space="preserve">B04-223JP                     </t>
+    <t xml:space="preserve">AH08-223GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-223GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-223GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-223GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-223GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-223GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-223GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A09-223GFP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">B04-223GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-223GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-223GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-223GP                     </t>
+  </si>
+  <si>
+    <t>BH08-223GP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-223GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-223GMP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">B10-223GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B10-223GP                     </t>
+    <t xml:space="preserve">A06-223GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-223GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-223GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-223GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-223GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-223GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-223GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-223GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A04-223GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-223GP                     </t>
-[...11 lines deleted...]
-    <t xml:space="preserve">A06-223GHP                    </t>
+    <t xml:space="preserve">AH10-223GHP                   </t>
   </si>
   <si>
     <t xml:space="preserve">A06-223GMP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A09-223GMP                    </t>
-[...40 lines deleted...]
-  <si>
     <t xml:space="preserve">A07-223GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A10-223GHP                    </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">A04-223FP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A08-223FP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-223FP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A09-223FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B08-223FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A05-223FP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A08-223FP                     </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">A06-223FP                     </t>
+    <t xml:space="preserve">A07-203JP                     </t>
+  </si>
+  <si>
+    <t>20KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-203JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-203JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH09-203JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-203JYP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-203JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH05-203JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-203JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-203JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-203JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B12-203JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A04-203JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH04-203JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-203JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-203JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-203JYP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A06-203JP                     </t>
   </si>
   <si>
-    <t>20KΩ</t>
-[...47 lines deleted...]
-    <t xml:space="preserve">A05-203JP                     </t>
+    <t xml:space="preserve">A05-203GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-203GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B12-203GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B08-203GMP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">A10-203GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-203GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-203GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-203GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-203GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-203GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-203GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-203GP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A08-203GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A06-203GHP                    </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">B08-203GHP                    </t>
+    <t xml:space="preserve">A07-203GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A09-203GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A10-203GFP                    </t>
-[...23 lines deleted...]
-    <t xml:space="preserve">B08-203GP                     </t>
+    <t xml:space="preserve">C07-203FP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-203FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B08-203FP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A08-203FP                     </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">C07-203FP                     </t>
+    <t xml:space="preserve">A05-183JP                     </t>
+  </si>
+  <si>
+    <t>18KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-183JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A10-183JP                     </t>
   </si>
   <si>
-    <t>18KΩ</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">A10-183GMP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A09-183GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">A10-153JP                     </t>
+  </si>
+  <si>
+    <t>15KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-153JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">C09-153JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A04-153JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH09-153JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-153JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-153JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-153JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-153JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-153JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A07-153JP                     </t>
   </si>
   <si>
-    <t>15KΩ</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A08-153JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A11-153JP                     </t>
-[...26 lines deleted...]
-    <t xml:space="preserve">A05-153JP                     </t>
+    <t xml:space="preserve">A06-153GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-153GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-153GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-153GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A04-153GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-153GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-153GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">C10-153GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">C10-153GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B08-153GFP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A04-153GHP                    </t>
+    <t xml:space="preserve">B06-153GFP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A10-153GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B06-153GFP                    </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">A05-153GFP                    </t>
+    <t xml:space="preserve">A07-153GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-153GP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A09-153GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A06-153GHP                    </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">A05-153GP                     </t>
+    <t xml:space="preserve">A09-153GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-153GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B08-153GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A07-153GHP                    </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">B08-153GMP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A05-153GHP                    </t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-153FP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A07-123JP                     </t>
+  </si>
+  <si>
+    <t>12KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-123JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-123JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-123JYP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-123JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">B08-123JP                     </t>
   </si>
   <si>
-    <t>12KΩ</t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">B08-123GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B08-123GFP                    </t>
   </si>
   <si>
+    <t>B06-123GP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-123GHP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">A10-123GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">B06-123GP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">B10-123GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A09-123GHP                    </t>
-[...5 lines deleted...]
-    <t>B06-123GP</t>
+    <t xml:space="preserve">B08-123FP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-123FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A06-123FP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A05-123FP                     </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-113JP                     </t>
   </si>
   <si>
     <t>11KΩ</t>
   </si>
   <si>
+    <t xml:space="preserve">AH05-103JP                    </t>
+  </si>
+  <si>
+    <t>10KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-103JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-103JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH08-103JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-103JMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-103JTP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH07-103JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-103JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH09-103JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A12-103JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH10-103JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-103JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-103JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-103JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A04-103JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A13-103JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-103JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-103JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH08-103JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">C06-103JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH06-103JP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">B08-103JP                     </t>
   </si>
   <si>
-    <t>10KΩ</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">B06-103JP                     </t>
+    <t xml:space="preserve">A09-103JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B04-103JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">AH08-103JP                    </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">D09-103JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A10-103JMP                    </t>
-[...40 lines deleted...]
-  <si>
     <t xml:space="preserve">A05-103JYP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">AH09-103JP                    </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">BH08-103JP                    </t>
+    <t xml:space="preserve">B08-103GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-103GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-103GBP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-103GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-103GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-103GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A13-103GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-103GZP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-103GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-103GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-103GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-103GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH04-103GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-103GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-103GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-103GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-103GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A12-103GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH09-103GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-103GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-103GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-103GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-103GBP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-103GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-103GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-103GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-103GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-103GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH06-103GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH07-103GHP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH08-103GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH08-103GMP                   </t>
   </si>
   <si>
     <t xml:space="preserve">A05-103GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A10-103GP                     </t>
-[...8 lines deleted...]
-    <t xml:space="preserve">A10-103GFP                    </t>
+    <t xml:space="preserve">A06-103GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-103GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-103GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-103GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A04-103GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A04-103GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-103GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-103GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-103GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-103GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-103GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B12-103GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B12-103GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B12-103GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-103GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-103GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH06-103GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH08-103GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH08-103GMP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-103GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-103GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH10-103GP                    </t>
   </si>
   <si>
     <t xml:space="preserve">BH10-103GHP                   </t>
   </si>
   <si>
-    <t xml:space="preserve">BH10-103GP                    </t>
-[...8 lines deleted...]
-    <t xml:space="preserve">B08-103GHP                    </t>
+    <t xml:space="preserve">C06-103GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-103GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH10-103GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-103GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-103GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-103GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH05-103GP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B08-103GMP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A04-103GP                     </t>
-[...155 lines deleted...]
-    <t xml:space="preserve">A09-103GHP                    </t>
+    <t xml:space="preserve">BH08-103FMP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-1002FMP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH05-103FP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-103FMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-103FP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-103FP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH10-103FP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">C10-103FP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH09-103FP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-1002FMP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-1002FHP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-103FMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A04-103FP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-103FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">C05-103FP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A04-103FP                     </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">CH10-103FP                    </t>
+    <t xml:space="preserve">B08-103FP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-103FMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-103FHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A08-103FP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A09-103FHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-103FP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-1002FHP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-1002FHP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-103FP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-103FP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">B10-103FP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A09-103FHP                    </t>
-[...59 lines deleted...]
-    <t xml:space="preserve">A05-103FP                     </t>
+    <t xml:space="preserve">A08-912JP                     </t>
+  </si>
+  <si>
+    <t>9.1KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-912JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A09-912JP                     </t>
   </si>
   <si>
-    <t>9.1KΩ</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">A05-912JP                     </t>
+    <t xml:space="preserve">A05-822JP                     </t>
+  </si>
+  <si>
+    <t>8.2KΩ</t>
   </si>
   <si>
     <t xml:space="preserve">A10-822JP                     </t>
   </si>
   <si>
-    <t>8.2KΩ</t>
+    <t xml:space="preserve">B08-822JP                     </t>
+  </si>
+  <si>
+    <t>A06-822JP</t>
   </si>
   <si>
     <t xml:space="preserve">A09-822JP                     </t>
   </si>
   <si>
-    <t>A06-822JP</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">A08-822JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A08-822GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">A05-822GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-822GP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A09-822GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">B06-822GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-822GMP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">A07-822GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A05-822GHP                    </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">B10-752JP                     </t>
   </si>
   <si>
     <t>7.5KΩ</t>
   </si>
   <si>
+    <t xml:space="preserve">A06-752JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A05-752JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A09-752JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A06-752JP                     </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">AH10-6821FMP                  </t>
   </si>
   <si>
     <t>6.82KΩ</t>
   </si>
   <si>
+    <t xml:space="preserve">AH09-682JP                    </t>
+  </si>
+  <si>
+    <t>6.8KΩ</t>
+  </si>
+  <si>
     <t xml:space="preserve">A07-682JP                     </t>
   </si>
   <si>
-    <t>6.8KΩ</t>
+    <t xml:space="preserve">A09-682JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-682JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-682JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-682JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-682JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-682JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A08-682JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A10-682JP                     </t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">A06-682JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-682JP                     </t>
+    <t xml:space="preserve">A08-682GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-682GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-682GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-682GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-682GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH09-682GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-682GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B08-682GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A05-682GHP                    </t>
-[...8 lines deleted...]
-    <t xml:space="preserve">AH09-682GP                    </t>
+    <t xml:space="preserve">A06-682GMP                    </t>
   </si>
   <si>
     <t xml:space="preserve">AH08-682GP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A08-682GMP                    </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A06-682GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A05-682GP                     </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">A06-682GMP                    </t>
+    <t xml:space="preserve">AH07-682FP                    </t>
   </si>
   <si>
     <t xml:space="preserve">AH09-682FP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">AH05-682FP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-6801FHP                   </t>
+  </si>
+  <si>
     <t xml:space="preserve">AH08-682FP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">AH05-682FP                    </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-622JP                     </t>
   </si>
   <si>
     <t>6.2KΩ</t>
   </si>
   <si>
+    <t xml:space="preserve">A12-622JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A10-622JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A12-622JP                     </t>
+    <t xml:space="preserve">AH09-562JP                    </t>
+  </si>
+  <si>
+    <t>5.6KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-562JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-562JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-562JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-562JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-562JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-562JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A08-562JP                     </t>
   </si>
   <si>
-    <t>5.6KΩ</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">AH09-562JP                    </t>
+    <t xml:space="preserve">A04-562JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B10-562JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A09-562JP                     </t>
-[...17 lines deleted...]
-    <t xml:space="preserve">A07-562JP                     </t>
+    <t xml:space="preserve">A05-562GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-562GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-562GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-562GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-562GMP                    </t>
   </si>
   <si>
     <t xml:space="preserve">AH09-562GP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">B10-562GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-562GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-562GHP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">B06-562GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B06-562GP                     </t>
+    <t xml:space="preserve">B08-562GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-562GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-562GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-562GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-562GMP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A08-562GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A08-562GMP                    </t>
+    <t xml:space="preserve">A10-562GMP                    </t>
   </si>
   <si>
     <t xml:space="preserve">BH08-562GMP                   </t>
   </si>
   <si>
-    <t xml:space="preserve">A09-562GP                     </t>
-[...32 lines deleted...]
-    <t xml:space="preserve">A10-562GMP                    </t>
+    <t xml:space="preserve">A11-512JP                     </t>
+  </si>
+  <si>
+    <t>5.1KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-512JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH09-512JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A12-512JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-512JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-512JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-512JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH05-512JP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B10-512JP                     </t>
   </si>
   <si>
-    <t>5.1KΩ</t>
+    <t xml:space="preserve">AH10-512JP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A10-512JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A11-512JP                     </t>
-[...8 lines deleted...]
-    <t xml:space="preserve">A06-512JP                     </t>
+    <t xml:space="preserve">A07-512JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A08-512JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">AH10-512JP                    </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A04-512JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A07-512JP                     </t>
-[...11 lines deleted...]
-    <t xml:space="preserve">A09-512JP                     </t>
+    <t xml:space="preserve">A05-512GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-512GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-512GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-512GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-512GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-512GP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A07-512GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">A09-512GZP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-512GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-512GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-512GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-512GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-512GP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">B08-512GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A06-512GHP                    </t>
-[...14 lines deleted...]
-    <t xml:space="preserve">A05-512GHP                    </t>
+    <t xml:space="preserve">A04-512GP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A04-512GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A04-512GP                     </t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">A10-512GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A05-512GP                     </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-512FP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">AH05-512FP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">A05-512FP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">AH05-512FP                    </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">B10-502JP                     </t>
   </si>
   <si>
     <t>5KΩ</t>
   </si>
   <si>
     <t xml:space="preserve">A09-502JP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A07-472JP                     </t>
+  </si>
+  <si>
+    <t>4.7KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH09-472JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-472JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-472JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-472JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-472JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH08-472JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A04-472JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A04-472JYP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-472JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-472JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-472JTP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-472JYP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH05-472JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-472JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">AH04-472JP                    </t>
   </si>
   <si>
-    <t>4.7KΩ</t>
+    <t xml:space="preserve">A13-472JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A12-472JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-472JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">D09-472JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A13-472JP                     </t>
-[...23 lines deleted...]
-    <t xml:space="preserve">B10-472JP                     </t>
+    <t xml:space="preserve">A08-472JYP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B12-472JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-472JP                     </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">A04-472JYP                    </t>
+    <t xml:space="preserve">A10-472JMP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A10-472JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A05-472JTP                    </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-472JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B04-472JP                     </t>
-[...14 lines deleted...]
-    <t xml:space="preserve">B06-472JP                     </t>
+    <t xml:space="preserve">A09-472GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-472GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-472GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-472GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-472GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-472GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH08-472GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-472GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-472GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-472GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-472GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-472GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-472GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-472GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH09-472GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH09-472GMP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-472GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-472GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-472GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-472GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-472GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-472GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH08-472GMP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-472GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-472GZP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-472GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-472GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH10-472GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH06-472GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-472GYP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-472GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-472GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-472GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-472GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-472GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-472GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-472GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-472GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-472GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A04-472GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A04-472GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A04-472GHP                    </t>
-[...116 lines deleted...]
-    <t xml:space="preserve">AH08-472GP                    </t>
+    <t xml:space="preserve">A09-472FP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-472FP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH04-472FP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-472FP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-472FP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-472FP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-472FP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH08-472FP                    </t>
   </si>
   <si>
     <t xml:space="preserve">AH06-472FP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">AH09-472FP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">AH07-472FP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A11-472FP                     </t>
-[...25 lines deleted...]
-  <si>
     <t xml:space="preserve">A10-402JP                     </t>
   </si>
   <si>
     <t>4KΩ</t>
   </si>
   <si>
+    <t xml:space="preserve">A06-392JP                     </t>
+  </si>
+  <si>
+    <t>3.9KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-392JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-392JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">B08-392JP                     </t>
   </si>
   <si>
-    <t>3.9KΩ</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A04-392JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A07-392JP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A10-392JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A05-392JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A08-392JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A06-392JP                     </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-392GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B08-392GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">A06-392GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-392GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-392GMP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">A10-392GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A10-392GMP                    </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">A05-392GHP                    </t>
   </si>
   <si>
     <t>A06-392GHP</t>
   </si>
   <si>
     <t xml:space="preserve">AH09-392FP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">B08-362JP                     </t>
+  </si>
+  <si>
+    <t>3.6KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-362JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-362JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A08-362JP                     </t>
   </si>
   <si>
-    <t>3.6KΩ</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">B08-362JP                     </t>
+    <t xml:space="preserve">A11-332JP                     </t>
+  </si>
+  <si>
+    <t>3.3KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-332JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A09-332JP                     </t>
   </si>
   <si>
-    <t>3.3KΩ</t>
+    <t xml:space="preserve">A12-332JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-332JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH05-332JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A04-332JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A05-332JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A04-332JP                     </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">A10-332JP                     </t>
+    <t xml:space="preserve">B08-332JMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-332JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-332JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-332JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-332JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A07-332JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">AH05-332JP                    </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">A12-332JP                     </t>
+    <t xml:space="preserve">AH09-332JP                    </t>
   </si>
   <si>
     <t xml:space="preserve">BH08-332JP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">AH09-332JP                    </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">A06-332JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B06-332JP                     </t>
-[...14 lines deleted...]
-    <t xml:space="preserve">A08-332JP                     </t>
+    <t xml:space="preserve">A08-332GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-332GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-332GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-332GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-332GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-332GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B12-332GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-332GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-332GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-332GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-332GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH08-332GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-332GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-332GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-332GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-332GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B06-332GMP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">AH09-332GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-332GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-332GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-332GP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A09-332GFP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">AH08-332GP                    </t>
+    <t xml:space="preserve">A09-332GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-332GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-332GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-332GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-332GMP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A08-332GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">AH09-332GP                    </t>
-[...68 lines deleted...]
-    <t xml:space="preserve">B08-332GHP                    </t>
+    <t xml:space="preserve">A09-332FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A05-332FP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A09-332FP                     </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-322JP                     </t>
   </si>
   <si>
     <t>3.2KΩ</t>
   </si>
   <si>
+    <t xml:space="preserve">BH08-302JP                    </t>
+  </si>
+  <si>
+    <t>3KΩ</t>
+  </si>
+  <si>
     <t xml:space="preserve">A04-302JP                     </t>
   </si>
   <si>
-    <t>3KΩ</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-302JP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A10-302JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-302JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A07-302JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A05-302JP                     </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">B04-302JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A08-302JP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">AH07-302JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-302JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A06-302JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">AH07-302JP                    </t>
-[...8 lines deleted...]
-    <t xml:space="preserve">B08-302JP                     </t>
+    <t xml:space="preserve">A08-302GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-302GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-302GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-302GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-302GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-302GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-302GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A09-302GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A10-302GHP                    </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-302GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A06-302GHP                    </t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">A05-302FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A09-3001FHP                   </t>
   </si>
   <si>
+    <t xml:space="preserve">B08-272JP                     </t>
+  </si>
+  <si>
+    <t>2.7KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-272JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-272JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-272JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-272JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH09-272JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-272JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-272JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-272JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-272JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A04-272JP                     </t>
   </si>
   <si>
-    <t>2.7KΩ</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">B06-272JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A07-272JP                     </t>
-[...26 lines deleted...]
-    <t xml:space="preserve">AH09-272JP                    </t>
+    <t xml:space="preserve">B04-272GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-272GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A10-272GP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A05-272GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-272GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-272GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-272GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-272GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-272GHP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">A08-272GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B04-272GHP                    </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">B04-272GFP                    </t>
+    <t xml:space="preserve">A10-272GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A09-272GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A09-272GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-272GP                     </t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">A07-272GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B06-272GHP                    </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">A10-272GHP                    </t>
+    <t xml:space="preserve">AH05-272FP                    </t>
   </si>
   <si>
     <t xml:space="preserve">AH09-272FP                    </t>
   </si>
   <si>
     <t xml:space="preserve">AH07-272FP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">AH05-272FP                    </t>
+    <t xml:space="preserve">A05-242JP                     </t>
+  </si>
+  <si>
+    <t>2.4KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-242JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A04-242JP                     </t>
   </si>
   <si>
-    <t>2.4KΩ</t>
+    <t xml:space="preserve">A08-242JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A06-242JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A05-242JP                     </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">A10-242GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">B04-222JP                     </t>
+  </si>
+  <si>
+    <t>2.2KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-222JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH07-222JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A12-222JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-222JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH10-222JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-222JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-222JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-222JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A13-222JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH05-222JP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">A04-222JP                     </t>
   </si>
   <si>
-    <t>2.2KΩ</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">A10-222JP                     </t>
+    <t xml:space="preserve">A08-222JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-222JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH08-222JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-222JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH09-222JP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A07-222JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A13-222JP                     </t>
-[...34 lines deleted...]
-  <si>
     <t xml:space="preserve">B08-222JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B10-222JP                     </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">AH05-222JP                    </t>
+    <t xml:space="preserve">A06-222GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-222GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-222GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-222GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH09-222GYP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-222GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-222GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-222GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-222GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A10-222GFP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">B04-222GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH05-222GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-222GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-222GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-222GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-222GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A04-222GP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">B08-222GFP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B10-222GMP                    </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">B10-222GFP                    </t>
+    <t xml:space="preserve">B04-222GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-222GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-222GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH08-222GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-222GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH05-222GHP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-222GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-222GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH08-222GMP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-222GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">AH09-222GP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B06-222GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B10-222GHP                    </t>
-[...11 lines deleted...]
-    <t xml:space="preserve">BH08-222GP                    </t>
+    <t xml:space="preserve">BH08222GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-222GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-222GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">AH10-222GMP                   </t>
   </si>
   <si>
-    <t xml:space="preserve">A11-222GHP                    </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-222GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">BH08-222GMP                   </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">AH09-222GYP                   </t>
+    <t xml:space="preserve">B08-222GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-222GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-222GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-222GZP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A05-222GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A05-222GFP                    </t>
-[...59 lines deleted...]
-    <t xml:space="preserve">A06-222GMP                    </t>
+    <t xml:space="preserve">B10-222FP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH07-222FP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH04-222FP                    </t>
   </si>
   <si>
     <t xml:space="preserve">AH05-222FP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">AH07-222FP                    </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-222FP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B10-222FP                     </t>
+    <t xml:space="preserve">B08-222FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A10-222FP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-222FP                     </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A07-212JP                     </t>
   </si>
   <si>
     <t>2.1KΩ</t>
   </si>
   <si>
+    <t xml:space="preserve">A13-202JP                     </t>
+  </si>
+  <si>
+    <t>2KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A04-202JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A10-202JP                     </t>
   </si>
   <si>
-    <t>2KΩ</t>
+    <t xml:space="preserve">A08-202JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-202JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-202JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-202JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A05-202JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A04-202JP                     </t>
+    <t xml:space="preserve">BH08-202JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-202JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-202JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-202JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-202JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-202JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">AH09-202JP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A13-202JP                     </t>
-[...29 lines deleted...]
-    <t xml:space="preserve">BH08-202JP                    </t>
+    <t xml:space="preserve">BH04-202GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-202GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-202GP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A10-202GMP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">A07-202GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-202GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-202GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-202GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-202GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-202GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH05-202GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-202GHP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">A10-202GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">B06-202GHP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">A10-202GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">BH04-202GP                    </t>
+    <t xml:space="preserve">A06-202GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A06-202GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A08-202GP                     </t>
-[...34 lines deleted...]
-  <si>
     <t xml:space="preserve">B08-202FP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">AH05-202FP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">A05-202FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A09-202FP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A04-202FP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-202FP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A06-202FP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A08-202FP                     </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">AH09-202FP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">AH05-202FP                    </t>
+    <t xml:space="preserve">A07-182JP                     </t>
+  </si>
+  <si>
+    <t>1.8KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-182JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-182JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A08-182JP                     </t>
   </si>
   <si>
-    <t>1.8KΩ</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">B10-182JP                     </t>
+    <t xml:space="preserve">A09-182JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A05-182JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A10-182JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-182JP                     </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">A06-182JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A07-182JP                     </t>
+    <t xml:space="preserve">B06-182GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-182GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-182GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-182GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-182GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-182GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-182GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B06-182GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A08-182GHP                    </t>
-[...19 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-162JP                     </t>
   </si>
   <si>
     <t>1.6KΩ</t>
   </si>
   <si>
+    <t xml:space="preserve">AH06-152JP                    </t>
+  </si>
+  <si>
+    <t>1.5KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A04-152JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-152JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-152JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-152JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-152JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-152JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">B04-152JP                     </t>
   </si>
   <si>
-    <t>1.5KΩ</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A05-152JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B06-152JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">AH06-152JP                    </t>
-[...17 lines deleted...]
-    <t xml:space="preserve">A10-152JP                     </t>
+    <t xml:space="preserve">A06-152JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A11-152JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A06-152JP                     </t>
+    <t xml:space="preserve">C09-152JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A09-152JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">C09-152JP                     </t>
+    <t xml:space="preserve">A05-152GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-152GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-152GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-152GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-152GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-152GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-152GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">C10-152GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">C10-152GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-152GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-152GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-152GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-152GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-152GMP                    </t>
   </si>
   <si>
     <t xml:space="preserve">AH10-152GP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A09-152GMP                    </t>
+    <t xml:space="preserve">BH08-152GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-152GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-152GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-152GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-152GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A04-152GFP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A07-152GHP                    </t>
-[...50 lines deleted...]
-    <t xml:space="preserve">A05-152GHP                    </t>
+    <t xml:space="preserve">A06-152FP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-152FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A08-152FP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A06-152FP                     </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">A09-152FP                     </t>
+    <t xml:space="preserve">B10-142FP                     </t>
+  </si>
+  <si>
+    <t>1.4KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-142FMP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B10-1401FMP                   </t>
   </si>
   <si>
-    <t>1.4KΩ</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">B10-142FMP                    </t>
+    <t xml:space="preserve">A09-122JP                     </t>
+  </si>
+  <si>
+    <t>1.2KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-122JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-122JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-122JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-122JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">AH09-122JP                    </t>
   </si>
   <si>
-    <t>1.2KΩ</t>
+    <t xml:space="preserve">B08-122JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-122JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-122JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-122JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A04-122JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A06-122JP                     </t>
-[...23 lines deleted...]
-    <t xml:space="preserve">A05-122JP                     </t>
+    <t xml:space="preserve">AH09-122GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-122GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-122GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-122GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-122GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-122GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-122GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-122GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-122GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-122GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-122GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-122GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-122GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-122GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-122GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-122GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B10-122GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A06-122GP                     </t>
-[...44 lines deleted...]
-    <t xml:space="preserve">B08-122GMP                    </t>
+    <t xml:space="preserve">A09-112JP                     </t>
+  </si>
+  <si>
+    <t>1.1KΩ</t>
   </si>
   <si>
     <t xml:space="preserve">B10-112JP                     </t>
   </si>
   <si>
-    <t>1.1KΩ</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">A09-112JP                     </t>
+    <t xml:space="preserve">A09-102JP                     </t>
+  </si>
+  <si>
+    <t>1KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-102JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-102JTP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-102JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH05-102JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-102JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A06-102JP                     </t>
   </si>
   <si>
-    <t>1KΩ</t>
+    <t xml:space="preserve">B12-102JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH09-102JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-102JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH10-102JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH06-102JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A12-102JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH08-102JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-102JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-102JYP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-102JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH06-102JP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A04-102JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">AH10-102JP                    </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">B08-102JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A09-102JP                     </t>
-[...8 lines deleted...]
-    <t xml:space="preserve">B04-102JP                     </t>
+    <t xml:space="preserve">B06-102JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-102JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH07-102JP                    </t>
   </si>
   <si>
     <t xml:space="preserve">AH04-102JP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B12-102JP                     </t>
-[...22 lines deleted...]
-  <si>
     <t xml:space="preserve">A13-102JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B10-102JP                     </t>
-[...14 lines deleted...]
-    <t xml:space="preserve">BH08-102JP                    </t>
+    <t xml:space="preserve">BH10-102GHP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-102GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-102GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-102GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-102GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-102GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH08-102GP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B06-102GFP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">B06-102GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-102GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH06-102GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-102GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH05-102GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-102GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH09-102GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH04-102GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-102GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-102GHP                    </t>
+  </si>
+  <si>
+    <t>B06-102GP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A12-102GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A04-102GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A04-102GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-102GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-102GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-102GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-102GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-102GBP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-102GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-102GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-102GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-102GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-102GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-102GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-102GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-102GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-102GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-102GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-102GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-102GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-102GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-102GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-102GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-102GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-102GMP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">A10-102GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A10-102GFP                    </t>
-[...112 lines deleted...]
-  <si>
     <t xml:space="preserve">AH08-102GP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B06-102GMP                    </t>
-[...11 lines deleted...]
-    <t>B06-102GP</t>
+    <t xml:space="preserve">A08-102FP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-102FP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-102FMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-1001FHP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-102FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B10-102FP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A09-102FMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-102FHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-102FP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH05-102FP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-102FP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH10-102FP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH09-102FP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-1001FMP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">C10-102FP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A04-102FP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A09-102FP                     </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A05-102FP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">AH09-102FP                    </t>
-[...25 lines deleted...]
-  <si>
     <t xml:space="preserve">A06-102FP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-1001FMP                   </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">A07-821JP                     </t>
   </si>
   <si>
     <t>820Ω</t>
   </si>
   <si>
     <t xml:space="preserve">AH05-821JP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">B10-821JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-821JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH09-821JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-821JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A09-821JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A05-821JP                     </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">B10-821JP                     </t>
+    <t xml:space="preserve">A10-821JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A08-821JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A10-821JP                     </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">B08-821JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">AH09-821JP                    </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">B06-821JP                     </t>
+    <t xml:space="preserve">A06-821GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-821GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-821GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-821GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-821GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-821GFP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A05-821GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A08-821GP                     </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-821GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A08-821GHP                    </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">A08-821FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B08-821FP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A10-751JP                     </t>
+  </si>
+  <si>
+    <t>750Ω</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-751JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A09-751JP                     </t>
   </si>
   <si>
-    <t>750Ω</t>
+    <t xml:space="preserve">A05-751JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A04-751JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A10-751JP                     </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">A05-751JP                     </t>
+    <t xml:space="preserve">A07-681JP                     </t>
+  </si>
+  <si>
+    <t>680Ω</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-681JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-681JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH05-681JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-681JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A04-681JP                     </t>
   </si>
   <si>
-    <t>680Ω</t>
+    <t xml:space="preserve">B10-681JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-681JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">BH08-681JP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">B08-681JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-681JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">B04-681JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B10-681JP                     </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">B06-681JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A05-681JP                     </t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">B10-681GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B10-681GMP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">A09-681GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-681GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-681GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-681GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-681GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-681GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-681GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-681GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-681GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-681GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-681GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-681GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH09-681GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-681GP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A05-681GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A10-681GMP                    </t>
-[...38 lines deleted...]
-    <t xml:space="preserve">A07-681GP                     </t>
+    <t>A09-681FP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-681FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A08-681FP                     </t>
   </si>
   <si>
-    <t>A09-681FP</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-621JP                     </t>
   </si>
   <si>
     <t>620Ω</t>
   </si>
   <si>
     <t xml:space="preserve">A05-621JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B06-621JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B08-621FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A09-621FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A12-561JP                     </t>
   </si>
   <si>
     <t>560Ω</t>
   </si>
   <si>
     <t xml:space="preserve">B06-561JP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A08-561JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-561JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-561JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-561JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A07-561JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B10-561JP                     </t>
+    <t xml:space="preserve">A09-561JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-561JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-561JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A06-561JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A08-561JP                     </t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">A07-561GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">A09-561GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH12-561GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-561GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-561GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-561GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A12-561GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-561GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-561GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-561GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-561GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-561GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-561GHP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">A09-561GMP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B06-561GHP                    </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">B08-561GMP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">AH12-561GP                    </t>
-[...29 lines deleted...]
-    <t xml:space="preserve">A06-561GHP                    </t>
+    <t xml:space="preserve">AH09-511JP                    </t>
+  </si>
+  <si>
+    <t>510Ω</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-511JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-511JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-511JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-511JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A06-511JP                     </t>
   </si>
   <si>
-    <t>510Ω</t>
+    <t xml:space="preserve">AH11-511JP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B04-511JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A07-511JP                     </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">A10-511JP                     </t>
+    <t xml:space="preserve">A11-511JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-511JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-511JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A05-511JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B10-511JP                     </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">B08-511JP                     </t>
+    <t xml:space="preserve">A04-511JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">AH05-511JP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A04-511JP                     </t>
-[...14 lines deleted...]
-    <t xml:space="preserve">AH09-511JP                    </t>
+    <t xml:space="preserve">AH09-511GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-511GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-511GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-511GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-511GP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A09-511GP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A06-511GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-511GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-511GHP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">A09-511GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-511GP                     </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">A07-511GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A06-511GHP                    </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">A04-511GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A05-511GHP                    </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-511FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A05-471JP                     </t>
   </si>
   <si>
     <t>470Ω</t>
   </si>
   <si>
+    <t xml:space="preserve">A08-471JHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-471JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A04-471JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-471JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-471JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-471JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-471JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">B04-471JP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A08-471JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-471JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-471JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-471JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A12-471JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A11-471JP                     </t>
-[...29 lines deleted...]
-    <t xml:space="preserve">A06-471JP                     </t>
+    <t xml:space="preserve">B10-471GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-471GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-471GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-471GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH05-471GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-471GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-471GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-471GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-471GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-471GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-471GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH06-471GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-471GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-471GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-471GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH08-471GMP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-471GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-471GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-471GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-471GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-471GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-471GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-471GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-471GFP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A07-471GP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A11-471GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B10-471GP                     </t>
-[...62 lines deleted...]
-    <t xml:space="preserve">AH05-471GP                    </t>
+    <t xml:space="preserve">A07-471GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A10-471GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A10-471GFP                    </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-471FP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">B10-471FP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A07-471FP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B10-471FP                     </t>
+    <t xml:space="preserve">A09-431JP                     </t>
+  </si>
+  <si>
+    <t>430Ω</t>
   </si>
   <si>
     <t xml:space="preserve">A08-431JP                     </t>
   </si>
   <si>
-    <t>430Ω</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A07-431JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A09-431JP                     </t>
+    <t xml:space="preserve">A10-391JP                     </t>
+  </si>
+  <si>
+    <t>390Ω</t>
   </si>
   <si>
     <t xml:space="preserve">A08-391JP                     </t>
   </si>
   <si>
-    <t>390Ω</t>
+    <t xml:space="preserve">AH09-391JP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A06-391JP                     </t>
   </si>
   <si>
+    <t>A09-391JTP</t>
+  </si>
+  <si>
+    <t>A04-391JP</t>
+  </si>
+  <si>
     <t xml:space="preserve">A09-391JP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">B08-391JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-391JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A05-391JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A07-391JP                     </t>
-[...14 lines deleted...]
-    <t>A09-391JTP</t>
+    <t xml:space="preserve">A06-391GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-391GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-391GMP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A05-391GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A10-391GMP                    </t>
+    <t xml:space="preserve">A09-391GP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A09-391GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B08-391GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A09-391GP                     </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A06-391GMP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A06-391GP                     </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">A10-391GHP                    </t>
+    <t xml:space="preserve">B08-391FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">AH09-391FP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-391FP                     </t>
+    <t xml:space="preserve">AH09-361JP                    </t>
+  </si>
+  <si>
+    <t>360Ω</t>
   </si>
   <si>
     <t xml:space="preserve">A08-361JP                     </t>
   </si>
   <si>
-    <t>360Ω</t>
+    <t xml:space="preserve">AH07-361JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-361JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A05-361JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A09-361JP                     </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-361GP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A05-331JP                     </t>
+  </si>
+  <si>
+    <t>330Ω</t>
+  </si>
+  <si>
     <t xml:space="preserve">B06-331JP                     </t>
   </si>
   <si>
-    <t>330Ω</t>
+    <t xml:space="preserve">AH09-331JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-331JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A04-331JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-331JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-331JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-331JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-331JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-331JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-331JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH10-331JP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A06-331JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-331JP                     </t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">B04-331JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">AH09-331JP                    </t>
-[...14 lines deleted...]
-    <t xml:space="preserve">B10-331JP                     </t>
+    <t xml:space="preserve">A07-331GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-331GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-331GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-331GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-331GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-331GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A10-331GP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A10-331GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-331GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-331GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-331GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-331GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-331GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-331GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-331GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-331GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-331GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-331GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-331GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-331GP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">B10-331GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B10-331GP                     </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">AH09-331GP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B04-331GP                     </t>
+    <t xml:space="preserve">A05-331GP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B08-331GMP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B06-331GHP                    </t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">B08-331GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B08-331GFP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B08-331GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A09-331GHP                    </t>
-[...26 lines deleted...]
-    <t xml:space="preserve">A09-331GFP                    </t>
+    <t xml:space="preserve">A09-331FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B08-331FP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A11-331FP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A07-331FP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A11-331FP                     </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">A09-331FP                     </t>
+    <t xml:space="preserve">A07-301JP                     </t>
+  </si>
+  <si>
+    <t>300Ω</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-301JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH08-301JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-301JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-301JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-301JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A06-301JP                     </t>
   </si>
   <si>
-    <t>300Ω</t>
-[...19 lines deleted...]
-  <si>
     <t xml:space="preserve">B08-301GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A09-301GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A09-301GP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A07-271JP                     </t>
+  </si>
+  <si>
+    <t>270Ω</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-271JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-271JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-271JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-271JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-271JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-271JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-271JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">B10-271JP                     </t>
   </si>
   <si>
-    <t>270Ω</t>
-[...22 lines deleted...]
-  <si>
     <t xml:space="preserve">A06-271JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A05-271JP                     </t>
+    <t xml:space="preserve">B08-271GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A09-271GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">A08-271GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-271GHP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">A10-271GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B10-271GHP                    </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">A05-271GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">AH05-241JP                    </t>
+  </si>
+  <si>
+    <t>240Ω</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-241JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A09-241JP                     </t>
   </si>
   <si>
-    <t>240Ω</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">A05-241JP                     </t>
+    <t xml:space="preserve">B04-221JP                     </t>
+  </si>
+  <si>
+    <t>220Ω</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-221JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-221JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-221JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-221JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">AH09-221JP                    </t>
   </si>
   <si>
-    <t>220Ω</t>
+    <t xml:space="preserve">B08-221JMP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B10-221JP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A10-221JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A04-221JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A09-221JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B06-221JP                     </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">A10-221JP                     </t>
+    <t xml:space="preserve">BH08-221JP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A10-221JZP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B04-221JP                     </t>
-[...8 lines deleted...]
-    <t xml:space="preserve">A08-221JP                     </t>
+    <t xml:space="preserve">A11-221JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-221JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A06-221JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A04-221JP                     </t>
-[...11 lines deleted...]
-    <t xml:space="preserve">BH08-221JP                    </t>
+    <t xml:space="preserve">A05-221GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-221GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-221GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-221GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH08-221GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-221GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-221GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-221GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-221GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-221GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-221GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-221GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-221GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-221GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-221GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-221GP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B08-221GMP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A07-221GHP                    </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">A09-221GHP                    </t>
+    <t xml:space="preserve">A10-221GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-221GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A09-221GFP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-221GHP                    </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">B08-221GFP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B08-221GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B06-221GHP                    </t>
-[...40 lines deleted...]
-  <si>
     <t xml:space="preserve">B08-221FP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">B08-201JP                     </t>
+  </si>
+  <si>
+    <t>200Ω</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-201JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-201JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-201JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-201JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A07-201JP                     </t>
   </si>
   <si>
-    <t>200Ω</t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">A10-201GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">A05-201GHP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">A09-201GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B08-201GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A05-201GHP                    </t>
+    <t xml:space="preserve">A09-201FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A05-201FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">AH05-201FP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A09-201FP                     </t>
+    <t xml:space="preserve">A08-181JP                     </t>
+  </si>
+  <si>
+    <t>180Ω</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-181JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-181JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-181JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-181JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B08-181JP                     </t>
   </si>
   <si>
-    <t>180Ω</t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-181GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A06-181GP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">B06-181GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-181GFP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">B08-181GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-181GFP                    </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">B06-181GMP                    </t>
+    <t xml:space="preserve">A07-151JP                     </t>
+  </si>
+  <si>
+    <t>150Ω</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-151JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-151JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-151JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A08-151JP                     </t>
   </si>
   <si>
-    <t>150Ω</t>
+    <t xml:space="preserve">A06-151JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-151JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-151JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B08-151JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A05-151JP                     </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">B10-151JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A06-151JP                     </t>
-[...14 lines deleted...]
-    <t xml:space="preserve">A10-151JP                     </t>
+    <t xml:space="preserve">A05-151GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-151GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-151GMP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B10-151GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">B08-151GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-151GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-151GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-151GHP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">B08-151GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A09-151GP                     </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">B04-151GMP                    </t>
+    <t xml:space="preserve">A06-151GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-151GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-151GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A08-151GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B06-151GHP                    </t>
-[...22 lines deleted...]
-  <si>
     <t xml:space="preserve">B08-151FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A10-131JP                     </t>
   </si>
   <si>
     <t>130Ω</t>
   </si>
   <si>
     <t xml:space="preserve">A07-121JP                     </t>
   </si>
   <si>
     <t>120Ω</t>
   </si>
   <si>
+    <t xml:space="preserve">B06-121JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-121JMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-121JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-121JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A05-121JP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">B10-121JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-121JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A09-121JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A06-121JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-121JMP                    </t>
-[...14 lines deleted...]
-    <t xml:space="preserve">B10-121JP                     </t>
+    <t xml:space="preserve">B08-121GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A06-121GP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A05-121GHP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">B08-121GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-121GHP                    </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">A07-101JP                     </t>
   </si>
   <si>
     <t>100Ω</t>
   </si>
   <si>
     <t xml:space="preserve">B06-101JP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">B08-101JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-101JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-101JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-101JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A04-101JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-101JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH08-101JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-101JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-101JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-101JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">AH09-101JP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A09-101JP                     </t>
-[...19 lines deleted...]
-  <si>
     <t xml:space="preserve">A11-101JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A05-101JP                     </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">B04-101JP                     </t>
+    <t xml:space="preserve">B08-101GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-101GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH06-101GHP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH08-101GHP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH08-101GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-101GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B12-101GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-101GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-101GFP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-101GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-101GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-101GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-101GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AH08-101GP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A05-101GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">A09-101GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-101GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-101GMP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">B08-101GFMP                   </t>
   </si>
   <si>
-    <t xml:space="preserve">B04-101GHP                    </t>
+    <t xml:space="preserve">B08-101GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-101GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-101GBP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A09-101GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A09-101GHP                    </t>
-[...55 lines deleted...]
-  <si>
     <t xml:space="preserve">A10-101FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B08-101FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B08-820JP                     </t>
   </si>
   <si>
     <t>82Ω</t>
   </si>
   <si>
     <t xml:space="preserve">A08-820JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A09-820JP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A09-820GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-820GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-820GHP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">A06-820GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A09-820GHP                    </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-750JP                     </t>
   </si>
   <si>
     <t>75Ω</t>
   </si>
   <si>
+    <t xml:space="preserve">A04-750JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A05-750JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B08-750JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A04-750JP                     </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A05-750GP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A09-750GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">A07-680JP                     </t>
+  </si>
+  <si>
+    <t>68Ω</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-680JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-680JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-680JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-680JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH08-680JP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">A08-680JP                     </t>
   </si>
   <si>
-    <t>68Ω</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">BH08-680JP                    </t>
+    <t xml:space="preserve">A09-680GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B08-680GP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A08-680GP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">B08-680GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A07-680GHP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">B10-680GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-680GHP                    </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">A09-680GHP                    </t>
+    <t xml:space="preserve">A10-560JP                     </t>
+  </si>
+  <si>
+    <t>56Ω</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-560JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A09-560JP                     </t>
   </si>
   <si>
-    <t>56Ω</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">A08-560JP                     </t>
+    <t xml:space="preserve">B08-560GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-560GMP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A08-560GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A08-560GMP                    </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">B08-560GHP                    </t>
+    <t xml:space="preserve">B08-510JP                     </t>
+  </si>
+  <si>
+    <t>51Ω</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-510JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-510JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-510JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A05-510JP                     </t>
   </si>
   <si>
-    <t>51Ω</t>
-[...11 lines deleted...]
-    <t xml:space="preserve">B08-510JP                     </t>
+    <t xml:space="preserve">A05-510GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-510GP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B08-510GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B06-510GP                     </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-510GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">A05-510GP                     </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-500FP                     </t>
   </si>
   <si>
     <t>50Ω</t>
   </si>
   <si>
     <t xml:space="preserve">A05-470JP                     </t>
   </si>
   <si>
     <t>47Ω</t>
   </si>
   <si>
+    <t xml:space="preserve">A09-470JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A08-470JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A06-470JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A09-470JP                     </t>
+    <t xml:space="preserve">A10-470JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-470JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B10-470JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A10-470JP                     </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">B08-470JP                     </t>
+    <t xml:space="preserve">BH06-470GP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-470GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A04-470GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B06-470GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B08-470GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-470GMP                    </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">A04-470GHP                    </t>
+    <t xml:space="preserve">B08-470GP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A05-470GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">A08-470GP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">BH08-470GP                    </t>
   </si>
   <si>
     <t xml:space="preserve">B10-470GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-470GP                     </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">A08-470GP                     </t>
+    <t xml:space="preserve">B06-390JP                     </t>
+  </si>
+  <si>
+    <t>39Ω</t>
   </si>
   <si>
     <t xml:space="preserve">A07-390JP                     </t>
   </si>
   <si>
-    <t>39Ω</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">B06-390JP                     </t>
+    <t xml:space="preserve">B10-390JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">B08-390JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B10-390JP                     </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">B08-390GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">A07-330JP                     </t>
+  </si>
+  <si>
+    <t>33Ω</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-330JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">D10-330JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-330JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-330JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-330JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH08-330JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-330JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">D09-330JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">B08-330JP                     </t>
   </si>
   <si>
-    <t>33Ω</t>
-[...26 lines deleted...]
-    <t xml:space="preserve">A08-330JP                     </t>
+    <t xml:space="preserve">B06-330GHP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-330GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-330GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A09-330GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B06-330GHP                    </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">B08-330GHP                    </t>
+    <t xml:space="preserve">A09-300JP                     </t>
+  </si>
+  <si>
+    <t>30Ω</t>
   </si>
   <si>
     <t xml:space="preserve">A06-300JP                     </t>
   </si>
   <si>
-    <t>30Ω</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">A05-300JP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">A08-270JP                     </t>
+  </si>
+  <si>
+    <t>27Ω</t>
+  </si>
+  <si>
     <t xml:space="preserve">B06-270JP                     </t>
   </si>
   <si>
-    <t>27Ω</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">B08-270GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">A07-220JP                     </t>
+  </si>
+  <si>
+    <t>22Ω</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10-220JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A09-220JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A04-220JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A08-220JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-220JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH08-220JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B06-220JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A05-220JP                     </t>
   </si>
   <si>
-    <t>22Ω</t>
-[...23 lines deleted...]
-    <t xml:space="preserve">A08-220JP                     </t>
+    <t xml:space="preserve">B08-220GP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-220GHP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A10-220GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B08-220GP                     </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">B08-220GHP                    </t>
+    <t xml:space="preserve">B08-200JP                     </t>
+  </si>
+  <si>
+    <t>20Ω</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A06-200JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A05-200JP                     </t>
   </si>
   <si>
-    <t>20Ω</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-200JP                     </t>
   </si>
   <si>
     <t>A09-150JP</t>
   </si>
   <si>
     <t>15Ω</t>
   </si>
   <si>
+    <t xml:space="preserve">B08-120JP                     </t>
+  </si>
+  <si>
+    <t>12Ω</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B12-120JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A05-120JP                     </t>
   </si>
   <si>
-    <t>12Ω</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">B08-120GMP                    </t>
   </si>
   <si>
     <t xml:space="preserve">A11-110JP                     </t>
   </si>
   <si>
     <t>11Ω</t>
   </si>
   <si>
+    <t xml:space="preserve">A07-100JP                     </t>
+  </si>
+  <si>
+    <t>10Ω</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B08-100JP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">B06-100JP                     </t>
   </si>
   <si>
-    <t>10Ω</t>
+    <t xml:space="preserve">B10-100JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BH08-100JP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A11-100JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A10-100JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B04-100JP                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A05-100JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A09-100JP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">A07-100JP                     </t>
-[...16 lines deleted...]
-  <si>
     <t>A07-100JP</t>
   </si>
   <si>
-    <t xml:space="preserve">B10-100JP                     </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">A06-100JP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">B10-100GHP                    </t>
+  </si>
+  <si>
     <t xml:space="preserve">B06-100GHP                    </t>
   </si>
   <si>
+    <t xml:space="preserve">B10-100GP                     </t>
+  </si>
+  <si>
     <t xml:space="preserve">A10-100GP                     </t>
   </si>
   <si>
-    <t xml:space="preserve">B10-100GP                     </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-100GHP                    </t>
   </si>
   <si>
-    <t xml:space="preserve">B10-100GHP                    </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">A09-5R1JP                     </t>
   </si>
   <si>
     <t>5.1Ω</t>
   </si>
   <si>
     <t xml:space="preserve">B08-5R1FP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A05-3R3JP                     </t>
   </si>
   <si>
     <t>3.3Ω</t>
   </si>
   <si>
     <t xml:space="preserve">A05-2R2JP                     </t>
   </si>
   <si>
     <t>2.2Ω</t>
   </si>
   <si>
     <t xml:space="preserve">A09-2R2JP                     </t>
   </si>
   <si>
     <t xml:space="preserve">A05-1R0JP                     </t>
   </si>
   <si>
     <t>1.0Ω</t>
   </si>
   <si>
     <t>B331MGM1630LEN91E0</t>
   </si>
   <si>
     <t>0.001Ω</t>
   </si>
   <si>
     <t>B472LAMAB20LEN91E0</t>
   </si>
   <si>
     <t>0Ω</t>
   </si>
   <si>
     <t>±15%</t>
   </si>
   <si>
     <t xml:space="preserve">A06-000JP                     </t>
   </si>
   <si>
+    <t>C805DT476M2R5NB</t>
+  </si>
+  <si>
+    <t>±0.5%</t>
+  </si>
+  <si>
+    <t>C206DT107M4R0NT</t>
+  </si>
+  <si>
+    <t>C805DT476M2R5NT</t>
+  </si>
+  <si>
+    <t>C402DT106M2R5NB</t>
+  </si>
+  <si>
+    <t>C603DT226M4R0NB</t>
+  </si>
+  <si>
     <t>C402DT106M2R5NT</t>
   </si>
   <si>
-    <t>±0.5%</t>
-[...1 lines deleted...]
-  <si>
     <t>C603DT226M4R0NT</t>
   </si>
   <si>
+    <t>C805DT476M4R0NB</t>
+  </si>
+  <si>
     <t>C206DT107M4R0NB</t>
   </si>
   <si>
-    <t>C805DT476M2R5NB</t>
-[...14 lines deleted...]
-    <t>C603DT226M4R0NB</t>
+    <t>C402BT225K160NT</t>
+  </si>
+  <si>
+    <t>±0.1</t>
   </si>
   <si>
     <t>C210BS106K101NB</t>
   </si>
   <si>
-    <t>±0.1%</t>
+    <t>C402BT225K160NB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BX08-1002FHP                  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AX10-223GMP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AX10-223GHP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AX10-103GMP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BO8-470GMP                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BX08-471GHP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BX08-101GHP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AX10-222GMP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AX10-6821FMP                  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BX08-222GHP                   </t>
   </si>
   <si>
     <t xml:space="preserve">AX10-821FMP                   </t>
   </si>
   <si>
+    <t xml:space="preserve">AX09-683GMP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BX08-222GMP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BX08-332GHP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BX08-562GMP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BX08-103GHP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BX08-103GMP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BX08-104GHP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BX08-104GMP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AX09-563GHP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BX08-224GMP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BX06-101GHP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BX10-1002FMP                  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BX10-102GHP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BX10-103GHP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BX10-473GHP                   </t>
+  </si>
+  <si>
     <t xml:space="preserve">AO5-222JP                     </t>
   </si>
   <si>
+    <t xml:space="preserve">AX09-1002FMP                  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AX08-103GMP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BX06-102GHP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AX08-472GMP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AX07-103GHP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AX07-102GHP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AX09-103GMP                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AX09-472GMP                   </t>
+  </si>
+  <si>
     <t xml:space="preserve">AX05-222GHP                   </t>
   </si>
   <si>
-    <t xml:space="preserve">AX07-103GHP                   </t>
-[...71 lines deleted...]
-    <t xml:space="preserve">BX10-473GHP                   </t>
+    <t xml:space="preserve">BX06-473GHP                   </t>
   </si>
   <si>
     <t xml:space="preserve">BX12-102GMP                   </t>
-  </si>
-[...25 lines deleted...]
-    <t xml:space="preserve">AX10-6821FMP                  </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -6465,51 +6471,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G1902"/>
+  <dimension ref="A1:G1904"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -8238,65 +8244,65 @@
         <v>10</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" t="s">
         <v>158</v>
       </c>
       <c r="B125" t="s">
         <v>150</v>
       </c>
       <c r="C125" t="s">
         <v>13</v>
       </c>
       <c r="E125" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" t="s">
         <v>159</v>
       </c>
       <c r="B126" t="s">
         <v>150</v>
       </c>
       <c r="C126" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E126" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" t="s">
         <v>160</v>
       </c>
       <c r="B127" t="s">
         <v>150</v>
       </c>
       <c r="C127" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E127" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" t="s">
         <v>161</v>
       </c>
       <c r="B128" t="s">
         <v>150</v>
       </c>
       <c r="C128" t="s">
         <v>13</v>
       </c>
       <c r="E128" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" t="s">
         <v>162</v>
       </c>
       <c r="B129" t="s">
         <v>150</v>
@@ -8728,51 +8734,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" t="s">
         <v>195</v>
       </c>
       <c r="B160" t="s">
         <v>196</v>
       </c>
       <c r="C160" t="s">
         <v>13</v>
       </c>
       <c r="E160" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="A161" t="s">
         <v>197</v>
       </c>
       <c r="B161" t="s">
         <v>196</v>
       </c>
       <c r="C161" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E161" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" t="s">
         <v>198</v>
       </c>
       <c r="B162" t="s">
         <v>196</v>
       </c>
       <c r="C162" t="s">
         <v>13</v>
       </c>
       <c r="E162" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" t="s">
         <v>199</v>
       </c>
       <c r="B163" t="s">
         <v>196</v>
@@ -8812,51 +8818,51 @@
         <v>10</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" t="s">
         <v>202</v>
       </c>
       <c r="B166" t="s">
         <v>196</v>
       </c>
       <c r="C166" t="s">
         <v>13</v>
       </c>
       <c r="E166" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" t="s">
         <v>203</v>
       </c>
       <c r="B167" t="s">
         <v>196</v>
       </c>
       <c r="C167" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E167" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" t="s">
         <v>204</v>
       </c>
       <c r="B168" t="s">
         <v>196</v>
       </c>
       <c r="C168" t="s">
         <v>13</v>
       </c>
       <c r="E168" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" t="s">
         <v>205</v>
       </c>
       <c r="B169" t="s">
         <v>196</v>
@@ -9246,135 +9252,135 @@
         <v>10</v>
       </c>
     </row>
     <row r="197" spans="1:5">
       <c r="A197" t="s">
         <v>236</v>
       </c>
       <c r="B197" t="s">
         <v>235</v>
       </c>
       <c r="C197" t="s">
         <v>13</v>
       </c>
       <c r="E197" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="198" spans="1:5">
       <c r="A198" t="s">
         <v>237</v>
       </c>
       <c r="B198" t="s">
         <v>235</v>
       </c>
       <c r="C198" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E198" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="199" spans="1:5">
       <c r="A199" t="s">
         <v>238</v>
       </c>
       <c r="B199" t="s">
         <v>235</v>
       </c>
       <c r="C199" t="s">
         <v>13</v>
       </c>
       <c r="E199" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="200" spans="1:5">
       <c r="A200" t="s">
         <v>239</v>
       </c>
       <c r="B200" t="s">
         <v>235</v>
       </c>
       <c r="C200" t="s">
         <v>13</v>
       </c>
       <c r="E200" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="201" spans="1:5">
       <c r="A201" t="s">
         <v>240</v>
       </c>
       <c r="B201" t="s">
         <v>235</v>
       </c>
       <c r="C201" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E201" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="202" spans="1:5">
       <c r="A202" t="s">
         <v>241</v>
       </c>
       <c r="B202" t="s">
         <v>235</v>
       </c>
       <c r="C202" t="s">
         <v>13</v>
       </c>
       <c r="E202" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="203" spans="1:5">
       <c r="A203" t="s">
         <v>242</v>
       </c>
       <c r="B203" t="s">
         <v>235</v>
       </c>
       <c r="C203" t="s">
         <v>13</v>
       </c>
       <c r="E203" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="204" spans="1:5">
       <c r="A204" t="s">
         <v>243</v>
       </c>
       <c r="B204" t="s">
         <v>235</v>
       </c>
       <c r="C204" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E204" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="205" spans="1:5">
       <c r="A205" t="s">
         <v>244</v>
       </c>
       <c r="B205" t="s">
         <v>235</v>
       </c>
       <c r="C205" t="s">
         <v>13</v>
       </c>
       <c r="E205" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="206" spans="1:5">
       <c r="A206" t="s">
         <v>245</v>
       </c>
       <c r="B206" t="s">
         <v>235</v>
@@ -9400,79 +9406,79 @@
         <v>10</v>
       </c>
     </row>
     <row r="208" spans="1:5">
       <c r="A208" t="s">
         <v>247</v>
       </c>
       <c r="B208" t="s">
         <v>235</v>
       </c>
       <c r="C208" t="s">
         <v>13</v>
       </c>
       <c r="E208" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="209" spans="1:5">
       <c r="A209" t="s">
         <v>248</v>
       </c>
       <c r="B209" t="s">
         <v>235</v>
       </c>
       <c r="C209" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E209" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="210" spans="1:5">
       <c r="A210" t="s">
         <v>249</v>
       </c>
       <c r="B210" t="s">
         <v>235</v>
       </c>
       <c r="C210" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E210" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="211" spans="1:5">
       <c r="A211" t="s">
         <v>250</v>
       </c>
       <c r="B211" t="s">
         <v>235</v>
       </c>
       <c r="C211" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E211" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="212" spans="1:5">
       <c r="A212" t="s">
         <v>251</v>
       </c>
       <c r="B212" t="s">
         <v>235</v>
       </c>
       <c r="C212" t="s">
         <v>13</v>
       </c>
       <c r="E212" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="213" spans="1:5">
       <c r="A213" t="s">
         <v>252</v>
       </c>
       <c r="B213" t="s">
         <v>235</v>
@@ -9484,51 +9490,51 @@
         <v>10</v>
       </c>
     </row>
     <row r="214" spans="1:5">
       <c r="A214" t="s">
         <v>253</v>
       </c>
       <c r="B214" t="s">
         <v>235</v>
       </c>
       <c r="C214" t="s">
         <v>13</v>
       </c>
       <c r="E214" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="215" spans="1:5">
       <c r="A215" t="s">
         <v>254</v>
       </c>
       <c r="B215" t="s">
         <v>235</v>
       </c>
       <c r="C215" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E215" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="216" spans="1:5">
       <c r="A216" t="s">
         <v>255</v>
       </c>
       <c r="B216" t="s">
         <v>235</v>
       </c>
       <c r="C216" t="s">
         <v>13</v>
       </c>
       <c r="E216" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="217" spans="1:5">
       <c r="A217" t="s">
         <v>256</v>
       </c>
       <c r="B217" t="s">
         <v>235</v>
@@ -9582,51 +9588,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="221" spans="1:5">
       <c r="A221" t="s">
         <v>260</v>
       </c>
       <c r="B221" t="s">
         <v>235</v>
       </c>
       <c r="C221" t="s">
         <v>13</v>
       </c>
       <c r="E221" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="222" spans="1:5">
       <c r="A222" t="s">
         <v>261</v>
       </c>
       <c r="B222" t="s">
         <v>235</v>
       </c>
       <c r="C222" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E222" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="223" spans="1:5">
       <c r="A223" t="s">
         <v>262</v>
       </c>
       <c r="B223" t="s">
         <v>235</v>
       </c>
       <c r="C223" t="s">
         <v>13</v>
       </c>
       <c r="E223" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="224" spans="1:5">
       <c r="A224" t="s">
         <v>263</v>
       </c>
       <c r="B224" t="s">
         <v>235</v>
@@ -9736,51 +9742,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="232" spans="1:5">
       <c r="A232" t="s">
         <v>271</v>
       </c>
       <c r="B232" t="s">
         <v>235</v>
       </c>
       <c r="C232" t="s">
         <v>13</v>
       </c>
       <c r="E232" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="233" spans="1:5">
       <c r="A233" t="s">
         <v>272</v>
       </c>
       <c r="B233" t="s">
         <v>235</v>
       </c>
       <c r="C233" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E233" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="234" spans="1:5">
       <c r="A234" t="s">
         <v>273</v>
       </c>
       <c r="B234" t="s">
         <v>235</v>
       </c>
       <c r="C234" t="s">
         <v>13</v>
       </c>
       <c r="E234" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="235" spans="1:5">
       <c r="A235" t="s">
         <v>274</v>
       </c>
       <c r="B235" t="s">
         <v>235</v>
@@ -9792,79 +9798,79 @@
         <v>45</v>
       </c>
     </row>
     <row r="236" spans="1:5">
       <c r="A236" t="s">
         <v>275</v>
       </c>
       <c r="B236" t="s">
         <v>235</v>
       </c>
       <c r="C236" t="s">
         <v>13</v>
       </c>
       <c r="E236" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="237" spans="1:5">
       <c r="A237" t="s">
         <v>276</v>
       </c>
       <c r="B237" t="s">
         <v>235</v>
       </c>
       <c r="C237" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E237" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="238" spans="1:5">
       <c r="A238" t="s">
         <v>277</v>
       </c>
       <c r="B238" t="s">
         <v>235</v>
       </c>
       <c r="C238" t="s">
         <v>13</v>
       </c>
       <c r="E238" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="239" spans="1:5">
       <c r="A239" t="s">
         <v>278</v>
       </c>
       <c r="B239" t="s">
         <v>235</v>
       </c>
       <c r="C239" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E239" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="240" spans="1:5">
       <c r="A240" t="s">
         <v>279</v>
       </c>
       <c r="B240" t="s">
         <v>235</v>
       </c>
       <c r="C240" t="s">
         <v>13</v>
       </c>
       <c r="E240" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="241" spans="1:5">
       <c r="A241" t="s">
         <v>280</v>
       </c>
       <c r="B241" t="s">
         <v>235</v>
@@ -9918,65 +9924,65 @@
         <v>45</v>
       </c>
     </row>
     <row r="245" spans="1:5">
       <c r="A245" t="s">
         <v>284</v>
       </c>
       <c r="B245" t="s">
         <v>235</v>
       </c>
       <c r="C245" t="s">
         <v>13</v>
       </c>
       <c r="E245" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="246" spans="1:5">
       <c r="A246" t="s">
         <v>285</v>
       </c>
       <c r="B246" t="s">
         <v>235</v>
       </c>
       <c r="C246" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E246" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="247" spans="1:5">
       <c r="A247" t="s">
         <v>286</v>
       </c>
       <c r="B247" t="s">
         <v>235</v>
       </c>
       <c r="C247" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E247" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="248" spans="1:5">
       <c r="A248" t="s">
         <v>287</v>
       </c>
       <c r="B248" t="s">
         <v>235</v>
       </c>
       <c r="C248" t="s">
         <v>13</v>
       </c>
       <c r="E248" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="249" spans="1:5">
       <c r="A249" t="s">
         <v>288</v>
       </c>
       <c r="B249" t="s">
         <v>235</v>
@@ -10002,65 +10008,65 @@
         <v>45</v>
       </c>
     </row>
     <row r="251" spans="1:5">
       <c r="A251" t="s">
         <v>290</v>
       </c>
       <c r="B251" t="s">
         <v>235</v>
       </c>
       <c r="C251" t="s">
         <v>13</v>
       </c>
       <c r="E251" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="252" spans="1:5">
       <c r="A252" t="s">
         <v>291</v>
       </c>
       <c r="B252" t="s">
         <v>235</v>
       </c>
       <c r="C252" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E252" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="253" spans="1:5">
       <c r="A253" t="s">
         <v>292</v>
       </c>
       <c r="B253" t="s">
         <v>235</v>
       </c>
       <c r="C253" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E253" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="254" spans="1:5">
       <c r="A254" t="s">
         <v>293</v>
       </c>
       <c r="B254" t="s">
         <v>235</v>
       </c>
       <c r="C254" t="s">
         <v>13</v>
       </c>
       <c r="E254" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="255" spans="1:5">
       <c r="A255" t="s">
         <v>294</v>
       </c>
       <c r="B255" t="s">
         <v>235</v>
@@ -10072,51 +10078,51 @@
         <v>65</v>
       </c>
     </row>
     <row r="256" spans="1:5">
       <c r="A256" t="s">
         <v>295</v>
       </c>
       <c r="B256" t="s">
         <v>235</v>
       </c>
       <c r="C256" t="s">
         <v>13</v>
       </c>
       <c r="E256" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="257" spans="1:5">
       <c r="A257" t="s">
         <v>296</v>
       </c>
       <c r="B257" t="s">
         <v>235</v>
       </c>
       <c r="C257" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E257" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="258" spans="1:5">
       <c r="A258" t="s">
         <v>297</v>
       </c>
       <c r="B258" t="s">
         <v>235</v>
       </c>
       <c r="C258" t="s">
         <v>13</v>
       </c>
       <c r="E258" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="259" spans="1:5">
       <c r="A259" t="s">
         <v>298</v>
       </c>
       <c r="B259" t="s">
         <v>235</v>
@@ -10520,93 +10526,93 @@
         <v>45</v>
       </c>
     </row>
     <row r="288" spans="1:5">
       <c r="A288" t="s">
         <v>331</v>
       </c>
       <c r="B288" t="s">
         <v>319</v>
       </c>
       <c r="C288" t="s">
         <v>13</v>
       </c>
       <c r="E288" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="289" spans="1:5">
       <c r="A289" t="s">
         <v>332</v>
       </c>
       <c r="B289" t="s">
         <v>319</v>
       </c>
       <c r="C289" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E289" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="290" spans="1:5">
       <c r="A290" t="s">
         <v>333</v>
       </c>
       <c r="B290" t="s">
         <v>319</v>
       </c>
       <c r="C290" t="s">
         <v>13</v>
       </c>
       <c r="E290" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="291" spans="1:5">
       <c r="A291" t="s">
         <v>334</v>
       </c>
       <c r="B291" t="s">
         <v>319</v>
       </c>
       <c r="C291" t="s">
         <v>13</v>
       </c>
       <c r="E291" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="292" spans="1:5">
       <c r="A292" t="s">
         <v>335</v>
       </c>
       <c r="B292" t="s">
         <v>319</v>
       </c>
       <c r="C292" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E292" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="293" spans="1:5">
       <c r="A293" t="s">
         <v>336</v>
       </c>
       <c r="B293" t="s">
         <v>319</v>
       </c>
       <c r="C293" t="s">
         <v>13</v>
       </c>
       <c r="E293" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="294" spans="1:5">
       <c r="A294" t="s">
         <v>337</v>
       </c>
       <c r="B294" t="s">
         <v>338</v>
@@ -10618,51 +10624,51 @@
         <v>10</v>
       </c>
     </row>
     <row r="295" spans="1:5">
       <c r="A295" t="s">
         <v>339</v>
       </c>
       <c r="B295" t="s">
         <v>338</v>
       </c>
       <c r="C295" t="s">
         <v>13</v>
       </c>
       <c r="E295" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="296" spans="1:5">
       <c r="A296" t="s">
         <v>340</v>
       </c>
       <c r="B296" t="s">
         <v>341</v>
       </c>
       <c r="C296" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E296" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="297" spans="1:5">
       <c r="A297" t="s">
         <v>342</v>
       </c>
       <c r="B297" t="s">
         <v>341</v>
       </c>
       <c r="C297" t="s">
         <v>13</v>
       </c>
       <c r="E297" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="298" spans="1:5">
       <c r="A298" t="s">
         <v>343</v>
       </c>
       <c r="B298" t="s">
         <v>341</v>
@@ -10688,93 +10694,93 @@
         <v>10</v>
       </c>
     </row>
     <row r="300" spans="1:5">
       <c r="A300" t="s">
         <v>345</v>
       </c>
       <c r="B300" t="s">
         <v>341</v>
       </c>
       <c r="C300" t="s">
         <v>13</v>
       </c>
       <c r="E300" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="301" spans="1:5">
       <c r="A301" t="s">
         <v>346</v>
       </c>
       <c r="B301" t="s">
         <v>341</v>
       </c>
       <c r="C301" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E301" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="302" spans="1:5">
       <c r="A302" t="s">
         <v>347</v>
       </c>
       <c r="B302" t="s">
         <v>341</v>
       </c>
       <c r="C302" t="s">
         <v>13</v>
       </c>
       <c r="E302" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="303" spans="1:5">
       <c r="A303" t="s">
         <v>348</v>
       </c>
       <c r="B303" t="s">
         <v>341</v>
       </c>
       <c r="C303" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E303" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="304" spans="1:5">
       <c r="A304" t="s">
         <v>349</v>
       </c>
       <c r="B304" t="s">
         <v>341</v>
       </c>
       <c r="C304" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E304" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="305" spans="1:5">
       <c r="A305" t="s">
         <v>350</v>
       </c>
       <c r="B305" t="s">
         <v>341</v>
       </c>
       <c r="C305" t="s">
         <v>13</v>
       </c>
       <c r="E305" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="306" spans="1:5">
       <c r="A306" t="s">
         <v>351</v>
       </c>
       <c r="B306" t="s">
         <v>341</v>
@@ -11080,93 +11086,93 @@
         <v>65</v>
       </c>
     </row>
     <row r="328" spans="1:5">
       <c r="A328" t="s">
         <v>374</v>
       </c>
       <c r="B328" t="s">
         <v>375</v>
       </c>
       <c r="C328" t="s">
         <v>13</v>
       </c>
       <c r="E328" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="329" spans="1:5">
       <c r="A329" t="s">
         <v>376</v>
       </c>
       <c r="B329" t="s">
         <v>375</v>
       </c>
       <c r="C329" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E329" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="330" spans="1:5">
       <c r="A330" t="s">
         <v>377</v>
       </c>
       <c r="B330" t="s">
         <v>375</v>
       </c>
       <c r="C330" t="s">
         <v>13</v>
       </c>
       <c r="E330" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="331" spans="1:5">
       <c r="A331" t="s">
         <v>378</v>
       </c>
       <c r="B331" t="s">
         <v>375</v>
       </c>
       <c r="C331" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E331" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="332" spans="1:5">
       <c r="A332" t="s">
         <v>379</v>
       </c>
       <c r="B332" t="s">
         <v>375</v>
       </c>
       <c r="C332" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E332" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="333" spans="1:5">
       <c r="A333" t="s">
         <v>380</v>
       </c>
       <c r="B333" t="s">
         <v>375</v>
       </c>
       <c r="C333" t="s">
         <v>13</v>
       </c>
       <c r="E333" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="334" spans="1:5">
       <c r="A334" t="s">
         <v>381</v>
       </c>
       <c r="B334" t="s">
         <v>375</v>
@@ -11178,303 +11184,303 @@
         <v>10</v>
       </c>
     </row>
     <row r="335" spans="1:5">
       <c r="A335" t="s">
         <v>382</v>
       </c>
       <c r="B335" t="s">
         <v>375</v>
       </c>
       <c r="C335" t="s">
         <v>13</v>
       </c>
       <c r="E335" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="336" spans="1:5">
       <c r="A336" t="s">
         <v>383</v>
       </c>
       <c r="B336" t="s">
         <v>375</v>
       </c>
       <c r="C336" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E336" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="337" spans="1:5">
       <c r="A337" t="s">
         <v>384</v>
       </c>
       <c r="B337" t="s">
         <v>375</v>
       </c>
       <c r="C337" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E337" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="338" spans="1:5">
       <c r="A338" t="s">
         <v>385</v>
       </c>
       <c r="B338" t="s">
         <v>375</v>
       </c>
       <c r="C338" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E338" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="339" spans="1:5">
       <c r="A339" t="s">
         <v>386</v>
       </c>
       <c r="B339" t="s">
         <v>375</v>
       </c>
       <c r="C339" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E339" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="340" spans="1:5">
       <c r="A340" t="s">
         <v>387</v>
       </c>
       <c r="B340" t="s">
         <v>375</v>
       </c>
       <c r="C340" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E340" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="341" spans="1:5">
       <c r="A341" t="s">
         <v>388</v>
       </c>
       <c r="B341" t="s">
         <v>375</v>
       </c>
       <c r="C341" t="s">
         <v>13</v>
       </c>
       <c r="E341" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="342" spans="1:5">
       <c r="A342" t="s">
         <v>389</v>
       </c>
       <c r="B342" t="s">
         <v>375</v>
       </c>
       <c r="C342" t="s">
         <v>13</v>
       </c>
       <c r="E342" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="343" spans="1:5">
       <c r="A343" t="s">
         <v>390</v>
       </c>
       <c r="B343" t="s">
         <v>375</v>
       </c>
       <c r="C343" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E343" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="344" spans="1:5">
       <c r="A344" t="s">
         <v>391</v>
       </c>
       <c r="B344" t="s">
         <v>375</v>
       </c>
       <c r="C344" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E344" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="345" spans="1:5">
       <c r="A345" t="s">
         <v>392</v>
       </c>
       <c r="B345" t="s">
         <v>375</v>
       </c>
       <c r="C345" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E345" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="346" spans="1:5">
       <c r="A346" t="s">
         <v>393</v>
       </c>
       <c r="B346" t="s">
         <v>375</v>
       </c>
       <c r="C346" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E346" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="347" spans="1:5">
       <c r="A347" t="s">
         <v>394</v>
       </c>
       <c r="B347" t="s">
         <v>375</v>
       </c>
       <c r="C347" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E347" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="348" spans="1:5">
       <c r="A348" t="s">
         <v>395</v>
       </c>
       <c r="B348" t="s">
         <v>375</v>
       </c>
       <c r="C348" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E348" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="349" spans="1:5">
       <c r="A349" t="s">
         <v>396</v>
       </c>
       <c r="B349" t="s">
         <v>375</v>
       </c>
       <c r="C349" t="s">
         <v>13</v>
       </c>
       <c r="E349" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="350" spans="1:5">
       <c r="A350" t="s">
         <v>397</v>
       </c>
       <c r="B350" t="s">
         <v>375</v>
       </c>
       <c r="C350" t="s">
         <v>13</v>
       </c>
       <c r="E350" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="351" spans="1:5">
       <c r="A351" t="s">
         <v>398</v>
       </c>
       <c r="B351" t="s">
         <v>375</v>
       </c>
       <c r="C351" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E351" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="352" spans="1:5">
       <c r="A352" t="s">
         <v>399</v>
       </c>
       <c r="B352" t="s">
         <v>375</v>
       </c>
       <c r="C352" t="s">
         <v>13</v>
       </c>
       <c r="E352" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="353" spans="1:5">
       <c r="A353" t="s">
         <v>400</v>
       </c>
       <c r="B353" t="s">
         <v>375</v>
       </c>
       <c r="C353" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E353" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="354" spans="1:5">
       <c r="A354" t="s">
         <v>401</v>
       </c>
       <c r="B354" t="s">
         <v>375</v>
       </c>
       <c r="C354" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E354" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="355" spans="1:5">
       <c r="A355" t="s">
         <v>402</v>
       </c>
       <c r="B355" t="s">
         <v>375</v>
       </c>
       <c r="C355" t="s">
         <v>13</v>
       </c>
       <c r="E355" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="356" spans="1:5">
       <c r="A356" t="s">
         <v>403</v>
       </c>
       <c r="B356" t="s">
         <v>375</v>
@@ -11556,93 +11562,93 @@
         <v>45</v>
       </c>
     </row>
     <row r="362" spans="1:5">
       <c r="A362" t="s">
         <v>409</v>
       </c>
       <c r="B362" t="s">
         <v>375</v>
       </c>
       <c r="C362" t="s">
         <v>13</v>
       </c>
       <c r="E362" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="363" spans="1:5">
       <c r="A363" t="s">
         <v>410</v>
       </c>
       <c r="B363" t="s">
         <v>375</v>
       </c>
       <c r="C363" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E363" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="364" spans="1:5">
       <c r="A364" t="s">
         <v>411</v>
       </c>
       <c r="B364" t="s">
         <v>375</v>
       </c>
       <c r="C364" t="s">
         <v>13</v>
       </c>
       <c r="E364" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="365" spans="1:5">
       <c r="A365" t="s">
         <v>412</v>
       </c>
       <c r="B365" t="s">
         <v>375</v>
       </c>
       <c r="C365" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E365" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="366" spans="1:5">
       <c r="A366" t="s">
         <v>413</v>
       </c>
       <c r="B366" t="s">
         <v>375</v>
       </c>
       <c r="C366" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E366" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="367" spans="1:5">
       <c r="A367" t="s">
         <v>414</v>
       </c>
       <c r="B367" t="s">
         <v>375</v>
       </c>
       <c r="C367" t="s">
         <v>13</v>
       </c>
       <c r="E367" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="368" spans="1:5">
       <c r="A368" t="s">
         <v>415</v>
       </c>
       <c r="B368" t="s">
         <v>375</v>
@@ -11724,65 +11730,65 @@
         <v>45</v>
       </c>
     </row>
     <row r="374" spans="1:5">
       <c r="A374" t="s">
         <v>421</v>
       </c>
       <c r="B374" t="s">
         <v>375</v>
       </c>
       <c r="C374" t="s">
         <v>13</v>
       </c>
       <c r="E374" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="375" spans="1:5">
       <c r="A375" t="s">
         <v>422</v>
       </c>
       <c r="B375" t="s">
         <v>375</v>
       </c>
       <c r="C375" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E375" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="376" spans="1:5">
       <c r="A376" t="s">
         <v>423</v>
       </c>
       <c r="B376" t="s">
         <v>375</v>
       </c>
       <c r="C376" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E376" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="377" spans="1:5">
       <c r="A377" t="s">
         <v>424</v>
       </c>
       <c r="B377" t="s">
         <v>375</v>
       </c>
       <c r="C377" t="s">
         <v>13</v>
       </c>
       <c r="E377" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="378" spans="1:5">
       <c r="A378" t="s">
         <v>425</v>
       </c>
       <c r="B378" t="s">
         <v>375</v>
@@ -11934,93 +11940,93 @@
         <v>10</v>
       </c>
     </row>
     <row r="389" spans="1:5">
       <c r="A389" t="s">
         <v>438</v>
       </c>
       <c r="B389" t="s">
         <v>435</v>
       </c>
       <c r="C389" t="s">
         <v>13</v>
       </c>
       <c r="E389" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="390" spans="1:5">
       <c r="A390" t="s">
         <v>439</v>
       </c>
       <c r="B390" t="s">
         <v>435</v>
       </c>
       <c r="C390" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E390" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="391" spans="1:5">
       <c r="A391" t="s">
         <v>440</v>
       </c>
       <c r="B391" t="s">
         <v>435</v>
       </c>
       <c r="C391" t="s">
         <v>13</v>
       </c>
       <c r="E391" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="392" spans="1:5">
       <c r="A392" t="s">
         <v>441</v>
       </c>
       <c r="B392" t="s">
         <v>435</v>
       </c>
       <c r="C392" t="s">
         <v>13</v>
       </c>
       <c r="E392" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="393" spans="1:5">
       <c r="A393" t="s">
         <v>442</v>
       </c>
       <c r="B393" t="s">
         <v>435</v>
       </c>
       <c r="C393" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E393" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="394" spans="1:5">
       <c r="A394" t="s">
         <v>443</v>
       </c>
       <c r="B394" t="s">
         <v>435</v>
       </c>
       <c r="C394" t="s">
         <v>13</v>
       </c>
       <c r="E394" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="395" spans="1:5">
       <c r="A395" t="s">
         <v>444</v>
       </c>
       <c r="B395" t="s">
         <v>435</v>
@@ -12844,79 +12850,79 @@
         <v>10</v>
       </c>
     </row>
     <row r="454" spans="1:5">
       <c r="A454" t="s">
         <v>508</v>
       </c>
       <c r="B454" t="s">
         <v>502</v>
       </c>
       <c r="C454" t="s">
         <v>13</v>
       </c>
       <c r="E454" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="455" spans="1:5">
       <c r="A455" t="s">
         <v>509</v>
       </c>
       <c r="B455" t="s">
         <v>502</v>
       </c>
       <c r="C455" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E455" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="456" spans="1:5">
       <c r="A456" t="s">
         <v>510</v>
       </c>
       <c r="B456" t="s">
         <v>502</v>
       </c>
       <c r="C456" t="s">
         <v>13</v>
       </c>
       <c r="E456" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="457" spans="1:5">
       <c r="A457" t="s">
         <v>511</v>
       </c>
       <c r="B457" t="s">
         <v>502</v>
       </c>
       <c r="C457" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E457" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="458" spans="1:5">
       <c r="A458" t="s">
         <v>512</v>
       </c>
       <c r="B458" t="s">
         <v>502</v>
       </c>
       <c r="C458" t="s">
         <v>13</v>
       </c>
       <c r="E458" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="459" spans="1:5">
       <c r="A459" t="s">
         <v>513</v>
       </c>
       <c r="B459" t="s">
         <v>514</v>
@@ -12928,135 +12934,135 @@
         <v>45</v>
       </c>
     </row>
     <row r="460" spans="1:5">
       <c r="A460" t="s">
         <v>515</v>
       </c>
       <c r="B460" t="s">
         <v>514</v>
       </c>
       <c r="C460" t="s">
         <v>13</v>
       </c>
       <c r="E460" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="461" spans="1:5">
       <c r="A461" t="s">
         <v>516</v>
       </c>
       <c r="B461" t="s">
         <v>517</v>
       </c>
       <c r="C461" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E461" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="462" spans="1:5">
       <c r="A462" t="s">
         <v>518</v>
       </c>
       <c r="B462" t="s">
         <v>517</v>
       </c>
       <c r="C462" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E462" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="463" spans="1:5">
       <c r="A463" t="s">
         <v>519</v>
       </c>
       <c r="B463" t="s">
         <v>517</v>
       </c>
       <c r="C463" t="s">
         <v>13</v>
       </c>
       <c r="E463" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="464" spans="1:5">
       <c r="A464" t="s">
         <v>520</v>
       </c>
       <c r="B464" t="s">
         <v>517</v>
       </c>
       <c r="C464" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E464" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="465" spans="1:5">
       <c r="A465" t="s">
         <v>521</v>
       </c>
       <c r="B465" t="s">
         <v>517</v>
       </c>
       <c r="C465" t="s">
         <v>13</v>
       </c>
       <c r="E465" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="466" spans="1:5">
       <c r="A466" t="s">
         <v>522</v>
       </c>
       <c r="B466" t="s">
         <v>517</v>
       </c>
       <c r="C466" t="s">
         <v>13</v>
       </c>
       <c r="E466" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="467" spans="1:5">
       <c r="A467" t="s">
         <v>523</v>
       </c>
       <c r="B467" t="s">
         <v>517</v>
       </c>
       <c r="C467" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E467" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="468" spans="1:5">
       <c r="A468" t="s">
         <v>524</v>
       </c>
       <c r="B468" t="s">
         <v>517</v>
       </c>
       <c r="C468" t="s">
         <v>13</v>
       </c>
       <c r="E468" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="469" spans="1:5">
       <c r="A469" t="s">
         <v>525</v>
       </c>
       <c r="B469" t="s">
         <v>517</v>
@@ -13068,121 +13074,121 @@
         <v>10</v>
       </c>
     </row>
     <row r="470" spans="1:5">
       <c r="A470" t="s">
         <v>526</v>
       </c>
       <c r="B470" t="s">
         <v>517</v>
       </c>
       <c r="C470" t="s">
         <v>13</v>
       </c>
       <c r="E470" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="471" spans="1:5">
       <c r="A471" t="s">
         <v>527</v>
       </c>
       <c r="B471" t="s">
         <v>517</v>
       </c>
       <c r="C471" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E471" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="472" spans="1:5">
       <c r="A472" t="s">
         <v>528</v>
       </c>
       <c r="B472" t="s">
         <v>517</v>
       </c>
       <c r="C472" t="s">
         <v>13</v>
       </c>
       <c r="E472" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="473" spans="1:5">
       <c r="A473" t="s">
         <v>529</v>
       </c>
       <c r="B473" t="s">
         <v>517</v>
       </c>
       <c r="C473" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E473" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="474" spans="1:5">
       <c r="A474" t="s">
         <v>530</v>
       </c>
       <c r="B474" t="s">
         <v>517</v>
       </c>
       <c r="C474" t="s">
         <v>13</v>
       </c>
       <c r="E474" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="475" spans="1:5">
       <c r="A475" t="s">
         <v>531</v>
       </c>
       <c r="B475" t="s">
         <v>517</v>
       </c>
       <c r="C475" t="s">
         <v>13</v>
       </c>
       <c r="E475" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="476" spans="1:5">
       <c r="A476" t="s">
         <v>532</v>
       </c>
       <c r="B476" t="s">
         <v>517</v>
       </c>
       <c r="C476" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E476" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="477" spans="1:5">
       <c r="A477" t="s">
         <v>533</v>
       </c>
       <c r="B477" t="s">
         <v>517</v>
       </c>
       <c r="C477" t="s">
         <v>13</v>
       </c>
       <c r="E477" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="478" spans="1:5">
       <c r="A478" t="s">
         <v>534</v>
       </c>
       <c r="B478" t="s">
         <v>517</v>
@@ -13306,51 +13312,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="487" spans="1:5">
       <c r="A487" t="s">
         <v>543</v>
       </c>
       <c r="B487" t="s">
         <v>517</v>
       </c>
       <c r="C487" t="s">
         <v>13</v>
       </c>
       <c r="E487" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="488" spans="1:5">
       <c r="A488" t="s">
         <v>544</v>
       </c>
       <c r="B488" t="s">
         <v>517</v>
       </c>
       <c r="C488" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E488" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="489" spans="1:5">
       <c r="A489" t="s">
         <v>545</v>
       </c>
       <c r="B489" t="s">
         <v>517</v>
       </c>
       <c r="C489" t="s">
         <v>13</v>
       </c>
       <c r="E489" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="490" spans="1:5">
       <c r="A490" t="s">
         <v>546</v>
       </c>
       <c r="B490" t="s">
         <v>517</v>
@@ -13362,93 +13368,93 @@
         <v>45</v>
       </c>
     </row>
     <row r="491" spans="1:5">
       <c r="A491" t="s">
         <v>547</v>
       </c>
       <c r="B491" t="s">
         <v>517</v>
       </c>
       <c r="C491" t="s">
         <v>13</v>
       </c>
       <c r="E491" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="492" spans="1:5">
       <c r="A492" t="s">
         <v>548</v>
       </c>
       <c r="B492" t="s">
         <v>517</v>
       </c>
       <c r="C492" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E492" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="493" spans="1:5">
       <c r="A493" t="s">
         <v>549</v>
       </c>
       <c r="B493" t="s">
         <v>517</v>
       </c>
       <c r="C493" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E493" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="494" spans="1:5">
       <c r="A494" t="s">
         <v>550</v>
       </c>
       <c r="B494" t="s">
         <v>517</v>
       </c>
       <c r="C494" t="s">
         <v>13</v>
       </c>
       <c r="E494" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="495" spans="1:5">
       <c r="A495" t="s">
         <v>551</v>
       </c>
       <c r="B495" t="s">
         <v>517</v>
       </c>
       <c r="C495" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E495" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="496" spans="1:5">
       <c r="A496" t="s">
         <v>552</v>
       </c>
       <c r="B496" t="s">
         <v>517</v>
       </c>
       <c r="C496" t="s">
         <v>13</v>
       </c>
       <c r="E496" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="497" spans="1:5">
       <c r="A497" t="s">
         <v>553</v>
       </c>
       <c r="B497" t="s">
         <v>517</v>
@@ -13488,51 +13494,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="500" spans="1:5">
       <c r="A500" t="s">
         <v>556</v>
       </c>
       <c r="B500" t="s">
         <v>517</v>
       </c>
       <c r="C500" t="s">
         <v>13</v>
       </c>
       <c r="E500" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="501" spans="1:5">
       <c r="A501" t="s">
         <v>557</v>
       </c>
       <c r="B501" t="s">
         <v>517</v>
       </c>
       <c r="C501" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E501" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="502" spans="1:5">
       <c r="A502" t="s">
         <v>558</v>
       </c>
       <c r="B502" t="s">
         <v>517</v>
       </c>
       <c r="C502" t="s">
         <v>13</v>
       </c>
       <c r="E502" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="503" spans="1:5">
       <c r="A503" t="s">
         <v>559</v>
       </c>
       <c r="B503" t="s">
         <v>517</v>
@@ -13628,121 +13634,121 @@
         <v>65</v>
       </c>
     </row>
     <row r="510" spans="1:5">
       <c r="A510" t="s">
         <v>566</v>
       </c>
       <c r="B510" t="s">
         <v>567</v>
       </c>
       <c r="C510" t="s">
         <v>13</v>
       </c>
       <c r="E510" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="511" spans="1:5">
       <c r="A511" t="s">
         <v>568</v>
       </c>
       <c r="B511" t="s">
         <v>567</v>
       </c>
       <c r="C511" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E511" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="512" spans="1:5">
       <c r="A512" t="s">
         <v>569</v>
       </c>
       <c r="B512" t="s">
         <v>567</v>
       </c>
       <c r="C512" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E512" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="513" spans="1:5">
       <c r="A513" t="s">
         <v>570</v>
       </c>
       <c r="B513" t="s">
         <v>567</v>
       </c>
       <c r="C513" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E513" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="514" spans="1:5">
       <c r="A514" t="s">
         <v>571</v>
       </c>
       <c r="B514" t="s">
         <v>567</v>
       </c>
       <c r="C514" t="s">
         <v>13</v>
       </c>
       <c r="E514" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="515" spans="1:5">
       <c r="A515" t="s">
         <v>572</v>
       </c>
       <c r="B515" t="s">
         <v>567</v>
       </c>
       <c r="C515" t="s">
         <v>13</v>
       </c>
       <c r="E515" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="516" spans="1:5">
       <c r="A516" t="s">
         <v>573</v>
       </c>
       <c r="B516" t="s">
         <v>567</v>
       </c>
       <c r="C516" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E516" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="517" spans="1:5">
       <c r="A517" t="s">
         <v>574</v>
       </c>
       <c r="B517" t="s">
         <v>567</v>
       </c>
       <c r="C517" t="s">
         <v>13</v>
       </c>
       <c r="E517" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="518" spans="1:5">
       <c r="A518" t="s">
         <v>575</v>
       </c>
       <c r="B518" t="s">
         <v>567</v>
@@ -13782,79 +13788,79 @@
         <v>10</v>
       </c>
     </row>
     <row r="521" spans="1:5">
       <c r="A521" t="s">
         <v>578</v>
       </c>
       <c r="B521" t="s">
         <v>567</v>
       </c>
       <c r="C521" t="s">
         <v>13</v>
       </c>
       <c r="E521" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="522" spans="1:5">
       <c r="A522" t="s">
         <v>579</v>
       </c>
       <c r="B522" t="s">
         <v>567</v>
       </c>
       <c r="C522" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E522" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="523" spans="1:5">
       <c r="A523" t="s">
         <v>580</v>
       </c>
       <c r="B523" t="s">
         <v>567</v>
       </c>
       <c r="C523" t="s">
         <v>13</v>
       </c>
       <c r="E523" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="524" spans="1:5">
       <c r="A524" t="s">
         <v>581</v>
       </c>
       <c r="B524" t="s">
         <v>567</v>
       </c>
       <c r="C524" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E524" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="525" spans="1:5">
       <c r="A525" t="s">
         <v>582</v>
       </c>
       <c r="B525" t="s">
         <v>567</v>
       </c>
       <c r="C525" t="s">
         <v>13</v>
       </c>
       <c r="E525" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="526" spans="1:5">
       <c r="A526" t="s">
         <v>583</v>
       </c>
       <c r="B526" t="s">
         <v>567</v>
@@ -14230,79 +14236,79 @@
         <v>10</v>
       </c>
     </row>
     <row r="553" spans="1:5">
       <c r="A553" t="s">
         <v>612</v>
       </c>
       <c r="B553" t="s">
         <v>609</v>
       </c>
       <c r="C553" t="s">
         <v>13</v>
       </c>
       <c r="E553" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="554" spans="1:5">
       <c r="A554" t="s">
         <v>613</v>
       </c>
       <c r="B554" t="s">
         <v>609</v>
       </c>
       <c r="C554" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E554" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="555" spans="1:5">
       <c r="A555" t="s">
         <v>614</v>
       </c>
       <c r="B555" t="s">
         <v>609</v>
       </c>
       <c r="C555" t="s">
         <v>13</v>
       </c>
       <c r="E555" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="556" spans="1:5">
       <c r="A556" t="s">
         <v>615</v>
       </c>
       <c r="B556" t="s">
         <v>609</v>
       </c>
       <c r="C556" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E556" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="557" spans="1:5">
       <c r="A557" t="s">
         <v>616</v>
       </c>
       <c r="B557" t="s">
         <v>609</v>
       </c>
       <c r="C557" t="s">
         <v>13</v>
       </c>
       <c r="E557" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="558" spans="1:5">
       <c r="A558" t="s">
         <v>617</v>
       </c>
       <c r="B558" t="s">
         <v>609</v>
@@ -14860,233 +14866,233 @@
         <v>65</v>
       </c>
     </row>
     <row r="598" spans="1:5">
       <c r="A598" t="s">
         <v>658</v>
       </c>
       <c r="B598" t="s">
         <v>659</v>
       </c>
       <c r="C598" t="s">
         <v>13</v>
       </c>
       <c r="E598" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="599" spans="1:5">
       <c r="A599" t="s">
         <v>660</v>
       </c>
       <c r="B599" t="s">
         <v>661</v>
       </c>
       <c r="C599" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E599" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="600" spans="1:5">
       <c r="A600" t="s">
         <v>662</v>
       </c>
       <c r="B600" t="s">
         <v>661</v>
       </c>
       <c r="C600" t="s">
         <v>13</v>
       </c>
       <c r="E600" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="601" spans="1:5">
       <c r="A601" t="s">
         <v>663</v>
       </c>
       <c r="B601" t="s">
         <v>661</v>
       </c>
       <c r="C601" t="s">
         <v>13</v>
       </c>
       <c r="E601" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="602" spans="1:5">
       <c r="A602" t="s">
         <v>664</v>
       </c>
       <c r="B602" t="s">
         <v>661</v>
       </c>
       <c r="C602" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E602" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="603" spans="1:5">
       <c r="A603" t="s">
         <v>665</v>
       </c>
       <c r="B603" t="s">
         <v>661</v>
       </c>
       <c r="C603" t="s">
         <v>13</v>
       </c>
       <c r="E603" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="604" spans="1:5">
       <c r="A604" t="s">
         <v>666</v>
       </c>
       <c r="B604" t="s">
         <v>661</v>
       </c>
       <c r="C604" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E604" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="605" spans="1:5">
       <c r="A605" t="s">
         <v>667</v>
       </c>
       <c r="B605" t="s">
         <v>661</v>
       </c>
       <c r="C605" t="s">
         <v>9</v>
       </c>
       <c r="E605" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="606" spans="1:5">
       <c r="A606" t="s">
         <v>668</v>
       </c>
       <c r="B606" t="s">
         <v>661</v>
       </c>
       <c r="C606" t="s">
         <v>13</v>
       </c>
       <c r="E606" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="607" spans="1:5">
       <c r="A607" t="s">
         <v>669</v>
       </c>
       <c r="B607" t="s">
         <v>661</v>
       </c>
       <c r="C607" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E607" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="608" spans="1:5">
       <c r="A608" t="s">
         <v>670</v>
       </c>
       <c r="B608" t="s">
         <v>661</v>
       </c>
       <c r="C608" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E608" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="609" spans="1:5">
       <c r="A609" t="s">
         <v>671</v>
       </c>
       <c r="B609" t="s">
         <v>661</v>
       </c>
       <c r="C609" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E609" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="610" spans="1:5">
       <c r="A610" t="s">
         <v>672</v>
       </c>
       <c r="B610" t="s">
         <v>661</v>
       </c>
       <c r="C610" t="s">
         <v>13</v>
       </c>
       <c r="E610" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="611" spans="1:5">
       <c r="A611" t="s">
         <v>673</v>
       </c>
       <c r="B611" t="s">
         <v>661</v>
       </c>
       <c r="C611" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E611" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="612" spans="1:5">
       <c r="A612" t="s">
         <v>674</v>
       </c>
       <c r="B612" t="s">
         <v>661</v>
       </c>
       <c r="C612" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E612" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="613" spans="1:5">
       <c r="A613" t="s">
         <v>675</v>
       </c>
       <c r="B613" t="s">
         <v>661</v>
       </c>
       <c r="C613" t="s">
         <v>13</v>
       </c>
       <c r="E613" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="614" spans="1:5">
       <c r="A614" t="s">
         <v>676</v>
       </c>
       <c r="B614" t="s">
         <v>661</v>
@@ -15112,149 +15118,149 @@
         <v>10</v>
       </c>
     </row>
     <row r="616" spans="1:5">
       <c r="A616" t="s">
         <v>678</v>
       </c>
       <c r="B616" t="s">
         <v>661</v>
       </c>
       <c r="C616" t="s">
         <v>13</v>
       </c>
       <c r="E616" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="617" spans="1:5">
       <c r="A617" t="s">
         <v>679</v>
       </c>
       <c r="B617" t="s">
         <v>661</v>
       </c>
       <c r="C617" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E617" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="618" spans="1:5">
       <c r="A618" t="s">
         <v>680</v>
       </c>
       <c r="B618" t="s">
         <v>661</v>
       </c>
       <c r="C618" t="s">
         <v>13</v>
       </c>
       <c r="E618" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="619" spans="1:5">
       <c r="A619" t="s">
         <v>681</v>
       </c>
       <c r="B619" t="s">
         <v>661</v>
       </c>
       <c r="C619" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E619" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="620" spans="1:5">
       <c r="A620" t="s">
         <v>682</v>
       </c>
       <c r="B620" t="s">
         <v>661</v>
       </c>
       <c r="C620" t="s">
         <v>13</v>
       </c>
       <c r="E620" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="621" spans="1:5">
       <c r="A621" t="s">
         <v>683</v>
       </c>
       <c r="B621" t="s">
         <v>661</v>
       </c>
       <c r="C621" t="s">
         <v>13</v>
       </c>
       <c r="E621" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="622" spans="1:5">
       <c r="A622" t="s">
         <v>684</v>
       </c>
       <c r="B622" t="s">
         <v>661</v>
       </c>
       <c r="C622" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E622" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="623" spans="1:5">
       <c r="A623" t="s">
         <v>685</v>
       </c>
       <c r="B623" t="s">
         <v>661</v>
       </c>
       <c r="C623" t="s">
         <v>13</v>
       </c>
       <c r="E623" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="624" spans="1:5">
       <c r="A624" t="s">
         <v>686</v>
       </c>
       <c r="B624" t="s">
         <v>661</v>
       </c>
       <c r="C624" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E624" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="625" spans="1:5">
       <c r="A625" t="s">
         <v>687</v>
       </c>
       <c r="B625" t="s">
         <v>661</v>
       </c>
       <c r="C625" t="s">
         <v>13</v>
       </c>
       <c r="E625" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="626" spans="1:5">
       <c r="A626" t="s">
         <v>688</v>
       </c>
       <c r="B626" t="s">
         <v>661</v>
@@ -15294,79 +15300,79 @@
         <v>45</v>
       </c>
     </row>
     <row r="629" spans="1:5">
       <c r="A629" t="s">
         <v>691</v>
       </c>
       <c r="B629" t="s">
         <v>661</v>
       </c>
       <c r="C629" t="s">
         <v>13</v>
       </c>
       <c r="E629" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="630" spans="1:5">
       <c r="A630" t="s">
         <v>692</v>
       </c>
       <c r="B630" t="s">
         <v>661</v>
       </c>
       <c r="C630" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E630" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="631" spans="1:5">
       <c r="A631" t="s">
         <v>693</v>
       </c>
       <c r="B631" t="s">
         <v>661</v>
       </c>
       <c r="C631" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E631" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="632" spans="1:5">
       <c r="A632" t="s">
         <v>694</v>
       </c>
       <c r="B632" t="s">
         <v>661</v>
       </c>
       <c r="C632" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E632" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="633" spans="1:5">
       <c r="A633" t="s">
         <v>695</v>
       </c>
       <c r="B633" t="s">
         <v>661</v>
       </c>
       <c r="C633" t="s">
         <v>13</v>
       </c>
       <c r="E633" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="634" spans="1:5">
       <c r="A634" t="s">
         <v>696</v>
       </c>
       <c r="B634" t="s">
         <v>661</v>
@@ -15392,51 +15398,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="636" spans="1:5">
       <c r="A636" t="s">
         <v>698</v>
       </c>
       <c r="B636" t="s">
         <v>661</v>
       </c>
       <c r="C636" t="s">
         <v>13</v>
       </c>
       <c r="E636" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="637" spans="1:5">
       <c r="A637" t="s">
         <v>699</v>
       </c>
       <c r="B637" t="s">
         <v>661</v>
       </c>
       <c r="C637" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E637" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="638" spans="1:5">
       <c r="A638" t="s">
         <v>700</v>
       </c>
       <c r="B638" t="s">
         <v>661</v>
       </c>
       <c r="C638" t="s">
         <v>13</v>
       </c>
       <c r="E638" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="639" spans="1:5">
       <c r="A639" t="s">
         <v>701</v>
       </c>
       <c r="B639" t="s">
         <v>661</v>
@@ -15490,51 +15496,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="643" spans="1:5">
       <c r="A643" t="s">
         <v>705</v>
       </c>
       <c r="B643" t="s">
         <v>661</v>
       </c>
       <c r="C643" t="s">
         <v>9</v>
       </c>
       <c r="E643" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="644" spans="1:5">
       <c r="A644" t="s">
         <v>706</v>
       </c>
       <c r="B644" t="s">
         <v>661</v>
       </c>
       <c r="C644" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E644" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="645" spans="1:5">
       <c r="A645" t="s">
         <v>707</v>
       </c>
       <c r="B645" t="s">
         <v>661</v>
       </c>
       <c r="C645" t="s">
         <v>13</v>
       </c>
       <c r="E645" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="646" spans="1:5">
       <c r="A646" t="s">
         <v>708</v>
       </c>
       <c r="B646" t="s">
         <v>661</v>
@@ -15672,51 +15678,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="656" spans="1:5">
       <c r="A656" t="s">
         <v>718</v>
       </c>
       <c r="B656" t="s">
         <v>661</v>
       </c>
       <c r="C656" t="s">
         <v>9</v>
       </c>
       <c r="E656" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="657" spans="1:5">
       <c r="A657" t="s">
         <v>719</v>
       </c>
       <c r="B657" t="s">
         <v>661</v>
       </c>
       <c r="C657" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E657" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="658" spans="1:5">
       <c r="A658" t="s">
         <v>720</v>
       </c>
       <c r="B658" t="s">
         <v>661</v>
       </c>
       <c r="C658" t="s">
         <v>13</v>
       </c>
       <c r="E658" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="659" spans="1:5">
       <c r="A659" t="s">
         <v>721</v>
       </c>
       <c r="B659" t="s">
         <v>661</v>
@@ -15910,135 +15916,135 @@
         <v>45</v>
       </c>
     </row>
     <row r="673" spans="1:5">
       <c r="A673" t="s">
         <v>735</v>
       </c>
       <c r="B673" t="s">
         <v>661</v>
       </c>
       <c r="C673" t="s">
         <v>13</v>
       </c>
       <c r="E673" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="674" spans="1:5">
       <c r="A674" t="s">
         <v>736</v>
       </c>
       <c r="B674" t="s">
         <v>661</v>
       </c>
       <c r="C674" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E674" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="675" spans="1:5">
       <c r="A675" t="s">
         <v>737</v>
       </c>
       <c r="B675" t="s">
         <v>661</v>
       </c>
       <c r="C675" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E675" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="676" spans="1:5">
       <c r="A676" t="s">
         <v>738</v>
       </c>
       <c r="B676" t="s">
         <v>661</v>
       </c>
       <c r="C676" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E676" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="677" spans="1:5">
       <c r="A677" t="s">
         <v>739</v>
       </c>
       <c r="B677" t="s">
         <v>661</v>
       </c>
       <c r="C677" t="s">
         <v>13</v>
       </c>
       <c r="E677" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="678" spans="1:5">
       <c r="A678" t="s">
         <v>740</v>
       </c>
       <c r="B678" t="s">
         <v>661</v>
       </c>
       <c r="C678" t="s">
         <v>13</v>
       </c>
       <c r="E678" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="679" spans="1:5">
       <c r="A679" t="s">
         <v>741</v>
       </c>
       <c r="B679" t="s">
         <v>661</v>
       </c>
       <c r="C679" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E679" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="680" spans="1:5">
       <c r="A680" t="s">
         <v>742</v>
       </c>
       <c r="B680" t="s">
         <v>661</v>
       </c>
       <c r="C680" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E680" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="681" spans="1:5">
       <c r="A681" t="s">
         <v>743</v>
       </c>
       <c r="B681" t="s">
         <v>661</v>
       </c>
       <c r="C681" t="s">
         <v>13</v>
       </c>
       <c r="E681" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="682" spans="1:5">
       <c r="A682" t="s">
         <v>744</v>
       </c>
       <c r="B682" t="s">
         <v>661</v>
@@ -16050,121 +16056,121 @@
         <v>45</v>
       </c>
     </row>
     <row r="683" spans="1:5">
       <c r="A683" t="s">
         <v>745</v>
       </c>
       <c r="B683" t="s">
         <v>661</v>
       </c>
       <c r="C683" t="s">
         <v>9</v>
       </c>
       <c r="E683" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="684" spans="1:5">
       <c r="A684" t="s">
         <v>746</v>
       </c>
       <c r="B684" t="s">
         <v>661</v>
       </c>
       <c r="C684" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E684" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="685" spans="1:5">
       <c r="A685" t="s">
         <v>747</v>
       </c>
       <c r="B685" t="s">
         <v>661</v>
       </c>
       <c r="C685" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E685" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="686" spans="1:5">
       <c r="A686" t="s">
         <v>748</v>
       </c>
       <c r="B686" t="s">
         <v>661</v>
       </c>
       <c r="C686" t="s">
         <v>13</v>
       </c>
       <c r="E686" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="687" spans="1:5">
       <c r="A687" t="s">
         <v>749</v>
       </c>
       <c r="B687" t="s">
         <v>661</v>
       </c>
       <c r="C687" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E687" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="688" spans="1:5">
       <c r="A688" t="s">
         <v>750</v>
       </c>
       <c r="B688" t="s">
         <v>661</v>
       </c>
       <c r="C688" t="s">
         <v>13</v>
       </c>
       <c r="E688" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="689" spans="1:5">
       <c r="A689" t="s">
         <v>751</v>
       </c>
       <c r="B689" t="s">
         <v>661</v>
       </c>
       <c r="C689" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E689" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="690" spans="1:5">
       <c r="A690" t="s">
         <v>752</v>
       </c>
       <c r="B690" t="s">
         <v>661</v>
       </c>
       <c r="C690" t="s">
         <v>13</v>
       </c>
       <c r="E690" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="691" spans="1:5">
       <c r="A691" t="s">
         <v>753</v>
       </c>
       <c r="B691" t="s">
         <v>661</v>
@@ -16204,93 +16210,93 @@
         <v>65</v>
       </c>
     </row>
     <row r="694" spans="1:5">
       <c r="A694" t="s">
         <v>756</v>
       </c>
       <c r="B694" t="s">
         <v>661</v>
       </c>
       <c r="C694" t="s">
         <v>13</v>
       </c>
       <c r="E694" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="695" spans="1:5">
       <c r="A695" t="s">
         <v>757</v>
       </c>
       <c r="B695" t="s">
         <v>661</v>
       </c>
       <c r="C695" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E695" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="696" spans="1:5">
       <c r="A696" t="s">
         <v>758</v>
       </c>
       <c r="B696" t="s">
         <v>661</v>
       </c>
       <c r="C696" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E696" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="697" spans="1:5">
       <c r="A697" t="s">
         <v>759</v>
       </c>
       <c r="B697" t="s">
         <v>661</v>
       </c>
       <c r="C697" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E697" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="698" spans="1:5">
       <c r="A698" t="s">
         <v>760</v>
       </c>
       <c r="B698" t="s">
         <v>661</v>
       </c>
       <c r="C698" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E698" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="699" spans="1:5">
       <c r="A699" t="s">
         <v>761</v>
       </c>
       <c r="B699" t="s">
         <v>661</v>
       </c>
       <c r="C699" t="s">
         <v>13</v>
       </c>
       <c r="E699" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="700" spans="1:5">
       <c r="A700" t="s">
         <v>762</v>
       </c>
       <c r="B700" t="s">
         <v>661</v>
@@ -16442,51 +16448,51 @@
         <v>65</v>
       </c>
     </row>
     <row r="711" spans="1:5">
       <c r="A711" t="s">
         <v>773</v>
       </c>
       <c r="B711" t="s">
         <v>661</v>
       </c>
       <c r="C711" t="s">
         <v>13</v>
       </c>
       <c r="E711" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="712" spans="1:5">
       <c r="A712" t="s">
         <v>774</v>
       </c>
       <c r="B712" t="s">
         <v>661</v>
       </c>
       <c r="C712" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E712" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="713" spans="1:5">
       <c r="A713" t="s">
         <v>775</v>
       </c>
       <c r="B713" t="s">
         <v>661</v>
       </c>
       <c r="C713" t="s">
         <v>13</v>
       </c>
       <c r="E713" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="714" spans="1:5">
       <c r="A714" t="s">
         <v>776</v>
       </c>
       <c r="B714" t="s">
         <v>661</v>
@@ -16778,51 +16784,51 @@
         <v>10</v>
       </c>
     </row>
     <row r="735" spans="1:5">
       <c r="A735" t="s">
         <v>800</v>
       </c>
       <c r="B735" t="s">
         <v>801</v>
       </c>
       <c r="C735" t="s">
         <v>9</v>
       </c>
       <c r="E735" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="736" spans="1:5">
       <c r="A736" t="s">
         <v>802</v>
       </c>
       <c r="B736" t="s">
         <v>803</v>
       </c>
       <c r="C736" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E736" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="737" spans="1:5">
       <c r="A737" t="s">
         <v>804</v>
       </c>
       <c r="B737" t="s">
         <v>803</v>
       </c>
       <c r="C737" t="s">
         <v>13</v>
       </c>
       <c r="E737" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="738" spans="1:5">
       <c r="A738" t="s">
         <v>805</v>
       </c>
       <c r="B738" t="s">
         <v>803</v>
@@ -16834,51 +16840,51 @@
         <v>10</v>
       </c>
     </row>
     <row r="739" spans="1:5">
       <c r="A739" t="s">
         <v>806</v>
       </c>
       <c r="B739" t="s">
         <v>803</v>
       </c>
       <c r="C739" t="s">
         <v>13</v>
       </c>
       <c r="E739" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="740" spans="1:5">
       <c r="A740" t="s">
         <v>807</v>
       </c>
       <c r="B740" t="s">
         <v>803</v>
       </c>
       <c r="C740" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E740" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="741" spans="1:5">
       <c r="A741" t="s">
         <v>808</v>
       </c>
       <c r="B741" t="s">
         <v>803</v>
       </c>
       <c r="C741" t="s">
         <v>13</v>
       </c>
       <c r="E741" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="742" spans="1:5">
       <c r="A742" t="s">
         <v>809</v>
       </c>
       <c r="B742" t="s">
         <v>803</v>
@@ -16974,51 +16980,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="749" spans="1:5">
       <c r="A749" t="s">
         <v>816</v>
       </c>
       <c r="B749" t="s">
         <v>803</v>
       </c>
       <c r="C749" t="s">
         <v>13</v>
       </c>
       <c r="E749" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="750" spans="1:5">
       <c r="A750" t="s">
         <v>817</v>
       </c>
       <c r="B750" t="s">
         <v>803</v>
       </c>
       <c r="C750" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E750" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="751" spans="1:5">
       <c r="A751" t="s">
         <v>818</v>
       </c>
       <c r="B751" t="s">
         <v>803</v>
       </c>
       <c r="C751" t="s">
         <v>9</v>
       </c>
       <c r="E751" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="752" spans="1:5">
       <c r="A752" t="s">
         <v>819</v>
       </c>
       <c r="B752" t="s">
         <v>803</v>
@@ -17044,51 +17050,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="754" spans="1:5">
       <c r="A754" t="s">
         <v>821</v>
       </c>
       <c r="B754" t="s">
         <v>803</v>
       </c>
       <c r="C754" t="s">
         <v>13</v>
       </c>
       <c r="E754" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="755" spans="1:5">
       <c r="A755" t="s">
         <v>822</v>
       </c>
       <c r="B755" t="s">
         <v>803</v>
       </c>
       <c r="C755" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E755" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="756" spans="1:5">
       <c r="A756" t="s">
         <v>823</v>
       </c>
       <c r="B756" t="s">
         <v>803</v>
       </c>
       <c r="C756" t="s">
         <v>13</v>
       </c>
       <c r="E756" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="757" spans="1:5">
       <c r="A757" t="s">
         <v>824</v>
       </c>
       <c r="B757" t="s">
         <v>803</v>
@@ -17184,65 +17190,65 @@
         <v>10</v>
       </c>
     </row>
     <row r="764" spans="1:5">
       <c r="A764" t="s">
         <v>832</v>
       </c>
       <c r="B764" t="s">
         <v>830</v>
       </c>
       <c r="C764" t="s">
         <v>13</v>
       </c>
       <c r="E764" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="765" spans="1:5">
       <c r="A765" t="s">
         <v>833</v>
       </c>
       <c r="B765" t="s">
         <v>834</v>
       </c>
       <c r="C765" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E765" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="766" spans="1:5">
       <c r="A766" t="s">
         <v>835</v>
       </c>
       <c r="B766" t="s">
         <v>834</v>
       </c>
       <c r="C766" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E766" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="767" spans="1:5">
       <c r="A767" t="s">
         <v>836</v>
       </c>
       <c r="B767" t="s">
         <v>834</v>
       </c>
       <c r="C767" t="s">
         <v>13</v>
       </c>
       <c r="E767" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="768" spans="1:5">
       <c r="A768" t="s">
         <v>837</v>
       </c>
       <c r="B768" t="s">
         <v>834</v>
@@ -17324,51 +17330,51 @@
         <v>10</v>
       </c>
     </row>
     <row r="774" spans="1:5">
       <c r="A774" t="s">
         <v>843</v>
       </c>
       <c r="B774" t="s">
         <v>834</v>
       </c>
       <c r="C774" t="s">
         <v>13</v>
       </c>
       <c r="E774" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="775" spans="1:5">
       <c r="A775" t="s">
         <v>844</v>
       </c>
       <c r="B775" t="s">
         <v>834</v>
       </c>
       <c r="C775" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E775" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="776" spans="1:5">
       <c r="A776" t="s">
         <v>845</v>
       </c>
       <c r="B776" t="s">
         <v>834</v>
       </c>
       <c r="C776" t="s">
         <v>13</v>
       </c>
       <c r="E776" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="777" spans="1:5">
       <c r="A777" t="s">
         <v>846</v>
       </c>
       <c r="B777" t="s">
         <v>834</v>
@@ -17562,107 +17568,107 @@
         <v>45</v>
       </c>
     </row>
     <row r="791" spans="1:5">
       <c r="A791" t="s">
         <v>860</v>
       </c>
       <c r="B791" t="s">
         <v>834</v>
       </c>
       <c r="C791" t="s">
         <v>13</v>
       </c>
       <c r="E791" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="792" spans="1:5">
       <c r="A792" t="s">
         <v>861</v>
       </c>
       <c r="B792" t="s">
         <v>834</v>
       </c>
       <c r="C792" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E792" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="793" spans="1:5">
       <c r="A793" t="s">
         <v>862</v>
       </c>
       <c r="B793" t="s">
         <v>863</v>
       </c>
       <c r="C793" t="s">
         <v>13</v>
       </c>
       <c r="E793" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="794" spans="1:5">
       <c r="A794" t="s">
         <v>864</v>
       </c>
       <c r="B794" t="s">
         <v>863</v>
       </c>
       <c r="C794" t="s">
         <v>13</v>
       </c>
       <c r="E794" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="795" spans="1:5">
       <c r="A795" t="s">
         <v>865</v>
       </c>
       <c r="B795" t="s">
         <v>863</v>
       </c>
       <c r="C795" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E795" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="796" spans="1:5">
       <c r="A796" t="s">
         <v>866</v>
       </c>
       <c r="B796" t="s">
         <v>863</v>
       </c>
       <c r="C796" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E796" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="797" spans="1:5">
       <c r="A797" t="s">
         <v>867</v>
       </c>
       <c r="B797" t="s">
         <v>863</v>
       </c>
       <c r="C797" t="s">
         <v>13</v>
       </c>
       <c r="E797" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="798" spans="1:5">
       <c r="A798" t="s">
         <v>868</v>
       </c>
       <c r="B798" t="s">
         <v>863</v>
@@ -17702,65 +17708,65 @@
         <v>10</v>
       </c>
     </row>
     <row r="801" spans="1:5">
       <c r="A801" t="s">
         <v>871</v>
       </c>
       <c r="B801" t="s">
         <v>863</v>
       </c>
       <c r="C801" t="s">
         <v>13</v>
       </c>
       <c r="E801" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="802" spans="1:5">
       <c r="A802" t="s">
         <v>872</v>
       </c>
       <c r="B802" t="s">
         <v>863</v>
       </c>
       <c r="C802" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E802" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="803" spans="1:5">
       <c r="A803" t="s">
         <v>873</v>
       </c>
       <c r="B803" t="s">
         <v>863</v>
       </c>
       <c r="C803" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E803" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="804" spans="1:5">
       <c r="A804" t="s">
         <v>874</v>
       </c>
       <c r="B804" t="s">
         <v>863</v>
       </c>
       <c r="C804" t="s">
         <v>13</v>
       </c>
       <c r="E804" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="805" spans="1:5">
       <c r="A805" t="s">
         <v>875</v>
       </c>
       <c r="B805" t="s">
         <v>863</v>
@@ -18024,121 +18030,121 @@
         <v>45</v>
       </c>
     </row>
     <row r="824" spans="1:5">
       <c r="A824" t="s">
         <v>894</v>
       </c>
       <c r="B824" t="s">
         <v>863</v>
       </c>
       <c r="C824" t="s">
         <v>13</v>
       </c>
       <c r="E824" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="825" spans="1:5">
       <c r="A825" t="s">
         <v>895</v>
       </c>
       <c r="B825" t="s">
         <v>863</v>
       </c>
       <c r="C825" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E825" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="826" spans="1:5">
       <c r="A826" t="s">
         <v>896</v>
       </c>
       <c r="B826" t="s">
         <v>863</v>
       </c>
       <c r="C826" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E826" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="827" spans="1:5">
       <c r="A827" t="s">
         <v>897</v>
       </c>
       <c r="B827" t="s">
         <v>898</v>
       </c>
       <c r="C827" t="s">
         <v>13</v>
       </c>
       <c r="E827" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="828" spans="1:5">
       <c r="A828" t="s">
         <v>899</v>
       </c>
       <c r="B828" t="s">
         <v>898</v>
       </c>
       <c r="C828" t="s">
         <v>13</v>
       </c>
       <c r="E828" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="829" spans="1:5">
       <c r="A829" t="s">
         <v>900</v>
       </c>
       <c r="B829" t="s">
         <v>901</v>
       </c>
       <c r="C829" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E829" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="830" spans="1:5">
       <c r="A830" t="s">
         <v>902</v>
       </c>
       <c r="B830" t="s">
         <v>901</v>
       </c>
       <c r="C830" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E830" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="831" spans="1:5">
       <c r="A831" t="s">
         <v>903</v>
       </c>
       <c r="B831" t="s">
         <v>901</v>
       </c>
       <c r="C831" t="s">
         <v>13</v>
       </c>
       <c r="E831" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="832" spans="1:5">
       <c r="A832" t="s">
         <v>904</v>
       </c>
       <c r="B832" t="s">
         <v>901</v>
@@ -18150,51 +18156,51 @@
         <v>10</v>
       </c>
     </row>
     <row r="833" spans="1:5">
       <c r="A833" t="s">
         <v>905</v>
       </c>
       <c r="B833" t="s">
         <v>901</v>
       </c>
       <c r="C833" t="s">
         <v>13</v>
       </c>
       <c r="E833" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="834" spans="1:5">
       <c r="A834" t="s">
         <v>906</v>
       </c>
       <c r="B834" t="s">
         <v>901</v>
       </c>
       <c r="C834" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E834" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="835" spans="1:5">
       <c r="A835" t="s">
         <v>907</v>
       </c>
       <c r="B835" t="s">
         <v>901</v>
       </c>
       <c r="C835" t="s">
         <v>9</v>
       </c>
       <c r="E835" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="836" spans="1:5">
       <c r="A836" t="s">
         <v>908</v>
       </c>
       <c r="B836" t="s">
         <v>901</v>
@@ -18262,79 +18268,79 @@
         <v>10</v>
       </c>
     </row>
     <row r="841" spans="1:5">
       <c r="A841" t="s">
         <v>913</v>
       </c>
       <c r="B841" t="s">
         <v>901</v>
       </c>
       <c r="C841" t="s">
         <v>13</v>
       </c>
       <c r="E841" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="842" spans="1:5">
       <c r="A842" t="s">
         <v>914</v>
       </c>
       <c r="B842" t="s">
         <v>901</v>
       </c>
       <c r="C842" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E842" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="843" spans="1:5">
       <c r="A843" t="s">
         <v>915</v>
       </c>
       <c r="B843" t="s">
         <v>901</v>
       </c>
       <c r="C843" t="s">
         <v>13</v>
       </c>
       <c r="E843" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="844" spans="1:5">
       <c r="A844" t="s">
         <v>916</v>
       </c>
       <c r="B844" t="s">
         <v>901</v>
       </c>
       <c r="C844" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E844" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="845" spans="1:5">
       <c r="A845" t="s">
         <v>917</v>
       </c>
       <c r="B845" t="s">
         <v>901</v>
       </c>
       <c r="C845" t="s">
         <v>13</v>
       </c>
       <c r="E845" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="846" spans="1:5">
       <c r="A846" t="s">
         <v>918</v>
       </c>
       <c r="B846" t="s">
         <v>901</v>
@@ -18360,51 +18366,51 @@
         <v>10</v>
       </c>
     </row>
     <row r="848" spans="1:5">
       <c r="A848" t="s">
         <v>920</v>
       </c>
       <c r="B848" t="s">
         <v>901</v>
       </c>
       <c r="C848" t="s">
         <v>13</v>
       </c>
       <c r="E848" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="849" spans="1:5">
       <c r="A849" t="s">
         <v>921</v>
       </c>
       <c r="B849" t="s">
         <v>901</v>
       </c>
       <c r="C849" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E849" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="850" spans="1:5">
       <c r="A850" t="s">
         <v>922</v>
       </c>
       <c r="B850" t="s">
         <v>901</v>
       </c>
       <c r="C850" t="s">
         <v>13</v>
       </c>
       <c r="E850" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="851" spans="1:5">
       <c r="A851" t="s">
         <v>923</v>
       </c>
       <c r="B851" t="s">
         <v>901</v>
@@ -18556,51 +18562,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="862" spans="1:5">
       <c r="A862" t="s">
         <v>934</v>
       </c>
       <c r="B862" t="s">
         <v>901</v>
       </c>
       <c r="C862" t="s">
         <v>13</v>
       </c>
       <c r="E862" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="863" spans="1:5">
       <c r="A863" t="s">
         <v>935</v>
       </c>
       <c r="B863" t="s">
         <v>901</v>
       </c>
       <c r="C863" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E863" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="864" spans="1:5">
       <c r="A864" t="s">
         <v>936</v>
       </c>
       <c r="B864" t="s">
         <v>901</v>
       </c>
       <c r="C864" t="s">
         <v>13</v>
       </c>
       <c r="E864" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="865" spans="1:5">
       <c r="A865" t="s">
         <v>937</v>
       </c>
       <c r="B865" t="s">
         <v>901</v>
@@ -18612,79 +18618,79 @@
         <v>45</v>
       </c>
     </row>
     <row r="866" spans="1:5">
       <c r="A866" t="s">
         <v>938</v>
       </c>
       <c r="B866" t="s">
         <v>901</v>
       </c>
       <c r="C866" t="s">
         <v>13</v>
       </c>
       <c r="E866" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="867" spans="1:5">
       <c r="A867" t="s">
         <v>939</v>
       </c>
       <c r="B867" t="s">
         <v>901</v>
       </c>
       <c r="C867" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E867" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="868" spans="1:5">
       <c r="A868" t="s">
         <v>940</v>
       </c>
       <c r="B868" t="s">
         <v>901</v>
       </c>
       <c r="C868" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E868" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="869" spans="1:5">
       <c r="A869" t="s">
         <v>941</v>
       </c>
       <c r="B869" t="s">
         <v>901</v>
       </c>
       <c r="C869" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E869" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="870" spans="1:5">
       <c r="A870" t="s">
         <v>942</v>
       </c>
       <c r="B870" t="s">
         <v>901</v>
       </c>
       <c r="C870" t="s">
         <v>13</v>
       </c>
       <c r="E870" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="871" spans="1:5">
       <c r="A871" t="s">
         <v>943</v>
       </c>
       <c r="B871" t="s">
         <v>901</v>
@@ -18738,65 +18744,65 @@
         <v>45</v>
       </c>
     </row>
     <row r="875" spans="1:5">
       <c r="A875" t="s">
         <v>947</v>
       </c>
       <c r="B875" t="s">
         <v>901</v>
       </c>
       <c r="C875" t="s">
         <v>13</v>
       </c>
       <c r="E875" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="876" spans="1:5">
       <c r="A876" t="s">
         <v>948</v>
       </c>
       <c r="B876" t="s">
         <v>901</v>
       </c>
       <c r="C876" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E876" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="877" spans="1:5">
       <c r="A877" t="s">
         <v>949</v>
       </c>
       <c r="B877" t="s">
         <v>901</v>
       </c>
       <c r="C877" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E877" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="878" spans="1:5">
       <c r="A878" t="s">
         <v>950</v>
       </c>
       <c r="B878" t="s">
         <v>901</v>
       </c>
       <c r="C878" t="s">
         <v>13</v>
       </c>
       <c r="E878" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="879" spans="1:5">
       <c r="A879" t="s">
         <v>951</v>
       </c>
       <c r="B879" t="s">
         <v>901</v>
@@ -18808,65 +18814,65 @@
         <v>45</v>
       </c>
     </row>
     <row r="880" spans="1:5">
       <c r="A880" t="s">
         <v>952</v>
       </c>
       <c r="B880" t="s">
         <v>901</v>
       </c>
       <c r="C880" t="s">
         <v>13</v>
       </c>
       <c r="E880" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="881" spans="1:5">
       <c r="A881" t="s">
         <v>953</v>
       </c>
       <c r="B881" t="s">
         <v>901</v>
       </c>
       <c r="C881" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E881" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="882" spans="1:5">
       <c r="A882" t="s">
         <v>954</v>
       </c>
       <c r="B882" t="s">
         <v>901</v>
       </c>
       <c r="C882" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E882" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="883" spans="1:5">
       <c r="A883" t="s">
         <v>955</v>
       </c>
       <c r="B883" t="s">
         <v>901</v>
       </c>
       <c r="C883" t="s">
         <v>13</v>
       </c>
       <c r="E883" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="884" spans="1:5">
       <c r="A884" t="s">
         <v>956</v>
       </c>
       <c r="B884" t="s">
         <v>901</v>
@@ -18934,51 +18940,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="889" spans="1:5">
       <c r="A889" t="s">
         <v>961</v>
       </c>
       <c r="B889" t="s">
         <v>901</v>
       </c>
       <c r="C889" t="s">
         <v>13</v>
       </c>
       <c r="E889" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="890" spans="1:5">
       <c r="A890" t="s">
         <v>962</v>
       </c>
       <c r="B890" t="s">
         <v>901</v>
       </c>
       <c r="C890" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E890" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="891" spans="1:5">
       <c r="A891" t="s">
         <v>963</v>
       </c>
       <c r="B891" t="s">
         <v>901</v>
       </c>
       <c r="C891" t="s">
         <v>13</v>
       </c>
       <c r="E891" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="892" spans="1:5">
       <c r="A892" t="s">
         <v>964</v>
       </c>
       <c r="B892" t="s">
         <v>901</v>
@@ -18990,205 +18996,205 @@
         <v>45</v>
       </c>
     </row>
     <row r="893" spans="1:5">
       <c r="A893" t="s">
         <v>965</v>
       </c>
       <c r="B893" t="s">
         <v>901</v>
       </c>
       <c r="C893" t="s">
         <v>13</v>
       </c>
       <c r="E893" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="894" spans="1:5">
       <c r="A894" t="s">
         <v>966</v>
       </c>
       <c r="B894" t="s">
         <v>901</v>
       </c>
       <c r="C894" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E894" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="895" spans="1:5">
       <c r="A895" t="s">
         <v>967</v>
       </c>
       <c r="B895" t="s">
         <v>901</v>
       </c>
       <c r="C895" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E895" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="896" spans="1:5">
       <c r="A896" t="s">
         <v>968</v>
       </c>
       <c r="B896" t="s">
         <v>901</v>
       </c>
       <c r="C896" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E896" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="897" spans="1:5">
       <c r="A897" t="s">
         <v>969</v>
       </c>
       <c r="B897" t="s">
         <v>901</v>
       </c>
       <c r="C897" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E897" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="898" spans="1:5">
       <c r="A898" t="s">
         <v>970</v>
       </c>
       <c r="B898" t="s">
         <v>901</v>
       </c>
       <c r="C898" t="s">
         <v>13</v>
       </c>
       <c r="E898" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="899" spans="1:5">
       <c r="A899" t="s">
         <v>971</v>
       </c>
       <c r="B899" t="s">
         <v>901</v>
       </c>
       <c r="C899" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E899" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="900" spans="1:5">
       <c r="A900" t="s">
         <v>972</v>
       </c>
       <c r="B900" t="s">
         <v>901</v>
       </c>
       <c r="C900" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E900" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="901" spans="1:5">
       <c r="A901" t="s">
         <v>973</v>
       </c>
       <c r="B901" t="s">
         <v>901</v>
       </c>
       <c r="C901" t="s">
         <v>13</v>
       </c>
       <c r="E901" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="902" spans="1:5">
       <c r="A902" t="s">
         <v>974</v>
       </c>
       <c r="B902" t="s">
         <v>901</v>
       </c>
       <c r="C902" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E902" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="903" spans="1:5">
       <c r="A903" t="s">
         <v>975</v>
       </c>
       <c r="B903" t="s">
         <v>901</v>
       </c>
       <c r="C903" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E903" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="904" spans="1:5">
       <c r="A904" t="s">
         <v>976</v>
       </c>
       <c r="B904" t="s">
         <v>901</v>
       </c>
       <c r="C904" t="s">
         <v>9</v>
       </c>
       <c r="E904" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="905" spans="1:5">
       <c r="A905" t="s">
         <v>977</v>
       </c>
       <c r="B905" t="s">
         <v>901</v>
       </c>
       <c r="C905" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E905" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="906" spans="1:5">
       <c r="A906" t="s">
         <v>978</v>
       </c>
       <c r="B906" t="s">
         <v>979</v>
       </c>
       <c r="C906" t="s">
         <v>13</v>
       </c>
       <c r="E906" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="907" spans="1:5">
       <c r="A907" t="s">
         <v>980</v>
       </c>
       <c r="B907" t="s">
         <v>981</v>
@@ -19578,65 +19584,65 @@
         <v>10</v>
       </c>
     </row>
     <row r="935" spans="1:5">
       <c r="A935" t="s">
         <v>1011</v>
       </c>
       <c r="B935" t="s">
         <v>1005</v>
       </c>
       <c r="C935" t="s">
         <v>13</v>
       </c>
       <c r="E935" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="936" spans="1:5">
       <c r="A936" t="s">
         <v>1012</v>
       </c>
       <c r="B936" t="s">
         <v>1005</v>
       </c>
       <c r="C936" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E936" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="937" spans="1:5">
       <c r="A937" t="s">
         <v>1013</v>
       </c>
       <c r="B937" t="s">
         <v>1005</v>
       </c>
       <c r="C937" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E937" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="938" spans="1:5">
       <c r="A938" t="s">
         <v>1014</v>
       </c>
       <c r="B938" t="s">
         <v>1005</v>
       </c>
       <c r="C938" t="s">
         <v>13</v>
       </c>
       <c r="E938" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="939" spans="1:5">
       <c r="A939" t="s">
         <v>1015</v>
       </c>
       <c r="B939" t="s">
         <v>1005</v>
@@ -19676,65 +19682,65 @@
         <v>10</v>
       </c>
     </row>
     <row r="942" spans="1:5">
       <c r="A942" t="s">
         <v>1018</v>
       </c>
       <c r="B942" t="s">
         <v>1005</v>
       </c>
       <c r="C942" t="s">
         <v>13</v>
       </c>
       <c r="E942" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="943" spans="1:5">
       <c r="A943" t="s">
         <v>1019</v>
       </c>
       <c r="B943" t="s">
         <v>1005</v>
       </c>
       <c r="C943" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E943" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="944" spans="1:5">
       <c r="A944" t="s">
         <v>1020</v>
       </c>
       <c r="B944" t="s">
         <v>1005</v>
       </c>
       <c r="C944" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E944" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="945" spans="1:5">
       <c r="A945" t="s">
         <v>1021</v>
       </c>
       <c r="B945" t="s">
         <v>1005</v>
       </c>
       <c r="C945" t="s">
         <v>13</v>
       </c>
       <c r="E945" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="946" spans="1:5">
       <c r="A946" t="s">
         <v>1022</v>
       </c>
       <c r="B946" t="s">
         <v>1005</v>
@@ -19746,79 +19752,79 @@
         <v>45</v>
       </c>
     </row>
     <row r="947" spans="1:5">
       <c r="A947" t="s">
         <v>1023</v>
       </c>
       <c r="B947" t="s">
         <v>1005</v>
       </c>
       <c r="C947" t="s">
         <v>13</v>
       </c>
       <c r="E947" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="948" spans="1:5">
       <c r="A948" t="s">
         <v>1024</v>
       </c>
       <c r="B948" t="s">
         <v>1005</v>
       </c>
       <c r="C948" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E948" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="949" spans="1:5">
       <c r="A949" t="s">
         <v>1025</v>
       </c>
       <c r="B949" t="s">
         <v>1005</v>
       </c>
       <c r="C949" t="s">
         <v>13</v>
       </c>
       <c r="E949" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="950" spans="1:5">
       <c r="A950" t="s">
         <v>1026</v>
       </c>
       <c r="B950" t="s">
         <v>1005</v>
       </c>
       <c r="C950" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E950" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="951" spans="1:5">
       <c r="A951" t="s">
         <v>1027</v>
       </c>
       <c r="B951" t="s">
         <v>1005</v>
       </c>
       <c r="C951" t="s">
         <v>13</v>
       </c>
       <c r="E951" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="952" spans="1:5">
       <c r="A952" t="s">
         <v>1028</v>
       </c>
       <c r="B952" t="s">
         <v>1005</v>
@@ -19872,51 +19878,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="956" spans="1:5">
       <c r="A956" t="s">
         <v>1032</v>
       </c>
       <c r="B956" t="s">
         <v>1005</v>
       </c>
       <c r="C956" t="s">
         <v>13</v>
       </c>
       <c r="E956" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="957" spans="1:5">
       <c r="A957" t="s">
         <v>1033</v>
       </c>
       <c r="B957" t="s">
         <v>1005</v>
       </c>
       <c r="C957" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E957" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="958" spans="1:5">
       <c r="A958" t="s">
         <v>1034</v>
       </c>
       <c r="B958" t="s">
         <v>1005</v>
       </c>
       <c r="C958" t="s">
         <v>13</v>
       </c>
       <c r="E958" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="959" spans="1:5">
       <c r="A959" t="s">
         <v>1035</v>
       </c>
       <c r="B959" t="s">
         <v>1005</v>
@@ -19956,51 +19962,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="962" spans="1:5">
       <c r="A962" t="s">
         <v>1038</v>
       </c>
       <c r="B962" t="s">
         <v>1005</v>
       </c>
       <c r="C962" t="s">
         <v>13</v>
       </c>
       <c r="E962" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="963" spans="1:5">
       <c r="A963" t="s">
         <v>1039</v>
       </c>
       <c r="B963" t="s">
         <v>1005</v>
       </c>
       <c r="C963" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E963" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="964" spans="1:5">
       <c r="A964" t="s">
         <v>1040</v>
       </c>
       <c r="B964" t="s">
         <v>1005</v>
       </c>
       <c r="C964" t="s">
         <v>13</v>
       </c>
       <c r="E964" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="965" spans="1:5">
       <c r="A965" t="s">
         <v>1041</v>
       </c>
       <c r="B965" t="s">
         <v>1005</v>
@@ -20152,51 +20158,51 @@
         <v>65</v>
       </c>
     </row>
     <row r="976" spans="1:5">
       <c r="A976" t="s">
         <v>1052</v>
       </c>
       <c r="B976" t="s">
         <v>1053</v>
       </c>
       <c r="C976" t="s">
         <v>13</v>
       </c>
       <c r="E976" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="977" spans="1:5">
       <c r="A977" t="s">
         <v>1054</v>
       </c>
       <c r="B977" t="s">
         <v>1055</v>
       </c>
       <c r="C977" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E977" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="978" spans="1:5">
       <c r="A978" t="s">
         <v>1056</v>
       </c>
       <c r="B978" t="s">
         <v>1055</v>
       </c>
       <c r="C978" t="s">
         <v>13</v>
       </c>
       <c r="E978" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="979" spans="1:5">
       <c r="A979" t="s">
         <v>1057</v>
       </c>
       <c r="B979" t="s">
         <v>1055</v>
@@ -20250,51 +20256,51 @@
         <v>10</v>
       </c>
     </row>
     <row r="983" spans="1:5">
       <c r="A983" t="s">
         <v>1061</v>
       </c>
       <c r="B983" t="s">
         <v>1055</v>
       </c>
       <c r="C983" t="s">
         <v>13</v>
       </c>
       <c r="E983" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="984" spans="1:5">
       <c r="A984" t="s">
         <v>1062</v>
       </c>
       <c r="B984" t="s">
         <v>1055</v>
       </c>
       <c r="C984" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E984" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="985" spans="1:5">
       <c r="A985" t="s">
         <v>1063</v>
       </c>
       <c r="B985" t="s">
         <v>1055</v>
       </c>
       <c r="C985" t="s">
         <v>9</v>
       </c>
       <c r="E985" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="986" spans="1:5">
       <c r="A986" t="s">
         <v>1064</v>
       </c>
       <c r="B986" t="s">
         <v>1055</v>
@@ -20530,51 +20536,51 @@
         <v>10</v>
       </c>
     </row>
     <row r="1003" spans="1:5">
       <c r="A1003" t="s">
         <v>1082</v>
       </c>
       <c r="B1003" t="s">
         <v>1078</v>
       </c>
       <c r="C1003" t="s">
         <v>13</v>
       </c>
       <c r="E1003" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1004" spans="1:5">
       <c r="A1004" t="s">
         <v>1083</v>
       </c>
       <c r="B1004" t="s">
         <v>1078</v>
       </c>
       <c r="C1004" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1004" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1005" spans="1:5">
       <c r="A1005" t="s">
         <v>1084</v>
       </c>
       <c r="B1005" t="s">
         <v>1078</v>
       </c>
       <c r="C1005" t="s">
         <v>13</v>
       </c>
       <c r="E1005" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1006" spans="1:5">
       <c r="A1006" t="s">
         <v>1085</v>
       </c>
       <c r="B1006" t="s">
         <v>1078</v>
@@ -20614,51 +20620,51 @@
         <v>10</v>
       </c>
     </row>
     <row r="1009" spans="1:5">
       <c r="A1009" t="s">
         <v>1088</v>
       </c>
       <c r="B1009" t="s">
         <v>1078</v>
       </c>
       <c r="C1009" t="s">
         <v>13</v>
       </c>
       <c r="E1009" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1010" spans="1:5">
       <c r="A1010" t="s">
         <v>1089</v>
       </c>
       <c r="B1010" t="s">
         <v>1078</v>
       </c>
       <c r="C1010" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1010" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1011" spans="1:5">
       <c r="A1011" t="s">
         <v>1090</v>
       </c>
       <c r="B1011" t="s">
         <v>1078</v>
       </c>
       <c r="C1011" t="s">
         <v>13</v>
       </c>
       <c r="E1011" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1012" spans="1:5">
       <c r="A1012" t="s">
         <v>1091</v>
       </c>
       <c r="B1012" t="s">
         <v>1078</v>
@@ -20978,93 +20984,93 @@
         <v>10</v>
       </c>
     </row>
     <row r="1035" spans="1:5">
       <c r="A1035" t="s">
         <v>1116</v>
       </c>
       <c r="B1035" t="s">
         <v>1115</v>
       </c>
       <c r="C1035" t="s">
         <v>13</v>
       </c>
       <c r="E1035" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1036" spans="1:5">
       <c r="A1036" t="s">
         <v>1117</v>
       </c>
       <c r="B1036" t="s">
         <v>1115</v>
       </c>
       <c r="C1036" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1036" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1037" spans="1:5">
       <c r="A1037" t="s">
         <v>1118</v>
       </c>
       <c r="B1037" t="s">
         <v>1115</v>
       </c>
       <c r="C1037" t="s">
         <v>13</v>
       </c>
       <c r="E1037" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1038" spans="1:5">
       <c r="A1038" t="s">
         <v>1119</v>
       </c>
       <c r="B1038" t="s">
         <v>1115</v>
       </c>
       <c r="C1038" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1038" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1039" spans="1:5">
       <c r="A1039" t="s">
         <v>1120</v>
       </c>
       <c r="B1039" t="s">
         <v>1115</v>
       </c>
       <c r="C1039" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1039" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1040" spans="1:5">
       <c r="A1040" t="s">
         <v>1121</v>
       </c>
       <c r="B1040" t="s">
         <v>1115</v>
       </c>
       <c r="C1040" t="s">
         <v>13</v>
       </c>
       <c r="E1040" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1041" spans="1:5">
       <c r="A1041" t="s">
         <v>1122</v>
       </c>
       <c r="B1041" t="s">
         <v>1115</v>
@@ -21076,51 +21082,51 @@
         <v>10</v>
       </c>
     </row>
     <row r="1042" spans="1:5">
       <c r="A1042" t="s">
         <v>1123</v>
       </c>
       <c r="B1042" t="s">
         <v>1115</v>
       </c>
       <c r="C1042" t="s">
         <v>13</v>
       </c>
       <c r="E1042" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1043" spans="1:5">
       <c r="A1043" t="s">
         <v>1124</v>
       </c>
       <c r="B1043" t="s">
         <v>1115</v>
       </c>
       <c r="C1043" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1043" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1044" spans="1:5">
       <c r="A1044" t="s">
         <v>1125</v>
       </c>
       <c r="B1044" t="s">
         <v>1115</v>
       </c>
       <c r="C1044" t="s">
         <v>9</v>
       </c>
       <c r="E1044" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1045" spans="1:5">
       <c r="A1045" t="s">
         <v>1126</v>
       </c>
       <c r="B1045" t="s">
         <v>1115</v>
@@ -21132,121 +21138,121 @@
         <v>10</v>
       </c>
     </row>
     <row r="1046" spans="1:5">
       <c r="A1046" t="s">
         <v>1127</v>
       </c>
       <c r="B1046" t="s">
         <v>1115</v>
       </c>
       <c r="C1046" t="s">
         <v>13</v>
       </c>
       <c r="E1046" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1047" spans="1:5">
       <c r="A1047" t="s">
         <v>1128</v>
       </c>
       <c r="B1047" t="s">
         <v>1115</v>
       </c>
       <c r="C1047" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1047" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1048" spans="1:5">
       <c r="A1048" t="s">
         <v>1129</v>
       </c>
       <c r="B1048" t="s">
         <v>1115</v>
       </c>
       <c r="C1048" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1048" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1049" spans="1:5">
       <c r="A1049" t="s">
         <v>1130</v>
       </c>
       <c r="B1049" t="s">
         <v>1115</v>
       </c>
       <c r="C1049" t="s">
         <v>13</v>
       </c>
       <c r="E1049" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1050" spans="1:5">
       <c r="A1050" t="s">
         <v>1131</v>
       </c>
       <c r="B1050" t="s">
         <v>1115</v>
       </c>
       <c r="C1050" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1050" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1051" spans="1:5">
       <c r="A1051" t="s">
         <v>1132</v>
       </c>
       <c r="B1051" t="s">
         <v>1115</v>
       </c>
       <c r="C1051" t="s">
         <v>13</v>
       </c>
       <c r="E1051" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1052" spans="1:5">
       <c r="A1052" t="s">
         <v>1133</v>
       </c>
       <c r="B1052" t="s">
         <v>1115</v>
       </c>
       <c r="C1052" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1052" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1053" spans="1:5">
       <c r="A1053" t="s">
         <v>1134</v>
       </c>
       <c r="B1053" t="s">
         <v>1115</v>
       </c>
       <c r="C1053" t="s">
         <v>13</v>
       </c>
       <c r="E1053" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1054" spans="1:5">
       <c r="A1054" t="s">
         <v>1135</v>
       </c>
       <c r="B1054" t="s">
         <v>1115</v>
@@ -21356,51 +21362,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="1062" spans="1:5">
       <c r="A1062" t="s">
         <v>1143</v>
       </c>
       <c r="B1062" t="s">
         <v>1115</v>
       </c>
       <c r="C1062" t="s">
         <v>13</v>
       </c>
       <c r="E1062" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1063" spans="1:5">
       <c r="A1063" t="s">
         <v>1144</v>
       </c>
       <c r="B1063" t="s">
         <v>1115</v>
       </c>
       <c r="C1063" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1063" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1064" spans="1:5">
       <c r="A1064" t="s">
         <v>1145</v>
       </c>
       <c r="B1064" t="s">
         <v>1115</v>
       </c>
       <c r="C1064" t="s">
         <v>9</v>
       </c>
       <c r="E1064" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1065" spans="1:5">
       <c r="A1065" t="s">
         <v>1146</v>
       </c>
       <c r="B1065" t="s">
         <v>1115</v>
@@ -21426,79 +21432,79 @@
         <v>45</v>
       </c>
     </row>
     <row r="1067" spans="1:5">
       <c r="A1067" t="s">
         <v>1148</v>
       </c>
       <c r="B1067" t="s">
         <v>1115</v>
       </c>
       <c r="C1067" t="s">
         <v>13</v>
       </c>
       <c r="E1067" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1068" spans="1:5">
       <c r="A1068" t="s">
         <v>1149</v>
       </c>
       <c r="B1068" t="s">
         <v>1115</v>
       </c>
       <c r="C1068" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1068" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1069" spans="1:5">
       <c r="A1069" t="s">
         <v>1150</v>
       </c>
       <c r="B1069" t="s">
         <v>1115</v>
       </c>
       <c r="C1069" t="s">
         <v>13</v>
       </c>
       <c r="E1069" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1070" spans="1:5">
       <c r="A1070" t="s">
         <v>1151</v>
       </c>
       <c r="B1070" t="s">
         <v>1115</v>
       </c>
       <c r="C1070" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1070" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1071" spans="1:5">
       <c r="A1071" t="s">
         <v>1152</v>
       </c>
       <c r="B1071" t="s">
         <v>1115</v>
       </c>
       <c r="C1071" t="s">
         <v>13</v>
       </c>
       <c r="E1071" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1072" spans="1:5">
       <c r="A1072" t="s">
         <v>1153</v>
       </c>
       <c r="B1072" t="s">
         <v>1115</v>
@@ -21510,205 +21516,205 @@
         <v>45</v>
       </c>
     </row>
     <row r="1073" spans="1:5">
       <c r="A1073" t="s">
         <v>1154</v>
       </c>
       <c r="B1073" t="s">
         <v>1115</v>
       </c>
       <c r="C1073" t="s">
         <v>13</v>
       </c>
       <c r="E1073" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1074" spans="1:5">
       <c r="A1074" t="s">
         <v>1155</v>
       </c>
       <c r="B1074" t="s">
         <v>1115</v>
       </c>
       <c r="C1074" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1074" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1075" spans="1:5">
       <c r="A1075" t="s">
         <v>1156</v>
       </c>
       <c r="B1075" t="s">
         <v>1115</v>
       </c>
       <c r="C1075" t="s">
         <v>13</v>
       </c>
       <c r="E1075" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1076" spans="1:5">
       <c r="A1076" t="s">
         <v>1157</v>
       </c>
       <c r="B1076" t="s">
         <v>1115</v>
       </c>
       <c r="C1076" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1076" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1077" spans="1:5">
       <c r="A1077" t="s">
         <v>1158</v>
       </c>
       <c r="B1077" t="s">
         <v>1115</v>
       </c>
       <c r="C1077" t="s">
         <v>13</v>
       </c>
       <c r="E1077" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1078" spans="1:5">
       <c r="A1078" t="s">
         <v>1159</v>
       </c>
       <c r="B1078" t="s">
         <v>1115</v>
       </c>
       <c r="C1078" t="s">
         <v>13</v>
       </c>
       <c r="E1078" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1079" spans="1:5">
       <c r="A1079" t="s">
         <v>1160</v>
       </c>
       <c r="B1079" t="s">
         <v>1115</v>
       </c>
       <c r="C1079" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1079" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1080" spans="1:5">
       <c r="A1080" t="s">
         <v>1161</v>
       </c>
       <c r="B1080" t="s">
         <v>1115</v>
       </c>
       <c r="C1080" t="s">
         <v>13</v>
       </c>
       <c r="E1080" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1081" spans="1:5">
       <c r="A1081" t="s">
         <v>1162</v>
       </c>
       <c r="B1081" t="s">
         <v>1115</v>
       </c>
       <c r="C1081" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1081" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1082" spans="1:5">
       <c r="A1082" t="s">
         <v>1163</v>
       </c>
       <c r="B1082" t="s">
         <v>1115</v>
       </c>
       <c r="C1082" t="s">
         <v>13</v>
       </c>
       <c r="E1082" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1083" spans="1:5">
       <c r="A1083" t="s">
         <v>1164</v>
       </c>
       <c r="B1083" t="s">
         <v>1115</v>
       </c>
       <c r="C1083" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1083" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1084" spans="1:5">
       <c r="A1084" t="s">
         <v>1165</v>
       </c>
       <c r="B1084" t="s">
         <v>1115</v>
       </c>
       <c r="C1084" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1084" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1085" spans="1:5">
       <c r="A1085" t="s">
         <v>1166</v>
       </c>
       <c r="B1085" t="s">
         <v>1115</v>
       </c>
       <c r="C1085" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1085" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1086" spans="1:5">
       <c r="A1086" t="s">
         <v>1167</v>
       </c>
       <c r="B1086" t="s">
         <v>1115</v>
       </c>
       <c r="C1086" t="s">
         <v>9</v>
       </c>
       <c r="E1086" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1087" spans="1:5">
       <c r="A1087" t="s">
         <v>1168</v>
       </c>
       <c r="B1087" t="s">
         <v>1115</v>
@@ -21776,93 +21782,93 @@
         <v>45</v>
       </c>
     </row>
     <row r="1092" spans="1:5">
       <c r="A1092" t="s">
         <v>1173</v>
       </c>
       <c r="B1092" t="s">
         <v>1115</v>
       </c>
       <c r="C1092" t="s">
         <v>13</v>
       </c>
       <c r="E1092" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1093" spans="1:5">
       <c r="A1093" t="s">
         <v>1174</v>
       </c>
       <c r="B1093" t="s">
         <v>1115</v>
       </c>
       <c r="C1093" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1093" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1094" spans="1:5">
       <c r="A1094" t="s">
         <v>1175</v>
       </c>
       <c r="B1094" t="s">
         <v>1115</v>
       </c>
       <c r="C1094" t="s">
         <v>9</v>
       </c>
       <c r="E1094" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1095" spans="1:5">
       <c r="A1095" t="s">
         <v>1176</v>
       </c>
       <c r="B1095" t="s">
         <v>1115</v>
       </c>
       <c r="C1095" t="s">
         <v>9</v>
       </c>
       <c r="E1095" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1096" spans="1:5">
       <c r="A1096" t="s">
         <v>1177</v>
       </c>
       <c r="B1096" t="s">
         <v>1115</v>
       </c>
       <c r="C1096" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1096" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1097" spans="1:5">
       <c r="A1097" t="s">
         <v>1178</v>
       </c>
       <c r="B1097" t="s">
         <v>1115</v>
       </c>
       <c r="C1097" t="s">
         <v>13</v>
       </c>
       <c r="E1097" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1098" spans="1:5">
       <c r="A1098" t="s">
         <v>1179</v>
       </c>
       <c r="B1098" t="s">
         <v>1115</v>
@@ -21930,51 +21936,51 @@
         <v>10</v>
       </c>
     </row>
     <row r="1103" spans="1:5">
       <c r="A1103" t="s">
         <v>1186</v>
       </c>
       <c r="B1103" t="s">
         <v>1184</v>
       </c>
       <c r="C1103" t="s">
         <v>13</v>
       </c>
       <c r="E1103" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1104" spans="1:5">
       <c r="A1104" t="s">
         <v>1187</v>
       </c>
       <c r="B1104" t="s">
         <v>1184</v>
       </c>
       <c r="C1104" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1104" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1105" spans="1:5">
       <c r="A1105" t="s">
         <v>1188</v>
       </c>
       <c r="B1105" t="s">
         <v>1184</v>
       </c>
       <c r="C1105" t="s">
         <v>13</v>
       </c>
       <c r="E1105" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1106" spans="1:5">
       <c r="A1106" t="s">
         <v>1189</v>
       </c>
       <c r="B1106" t="s">
         <v>1184</v>
@@ -22000,51 +22006,51 @@
         <v>10</v>
       </c>
     </row>
     <row r="1108" spans="1:5">
       <c r="A1108" t="s">
         <v>1191</v>
       </c>
       <c r="B1108" t="s">
         <v>1184</v>
       </c>
       <c r="C1108" t="s">
         <v>13</v>
       </c>
       <c r="E1108" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1109" spans="1:5">
       <c r="A1109" t="s">
         <v>1192</v>
       </c>
       <c r="B1109" t="s">
         <v>1184</v>
       </c>
       <c r="C1109" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1109" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1110" spans="1:5">
       <c r="A1110" t="s">
         <v>1193</v>
       </c>
       <c r="B1110" t="s">
         <v>1184</v>
       </c>
       <c r="C1110" t="s">
         <v>13</v>
       </c>
       <c r="E1110" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1111" spans="1:5">
       <c r="A1111" t="s">
         <v>1194</v>
       </c>
       <c r="B1111" t="s">
         <v>1184</v>
@@ -22098,93 +22104,93 @@
         <v>10</v>
       </c>
     </row>
     <row r="1115" spans="1:5">
       <c r="A1115" t="s">
         <v>1198</v>
       </c>
       <c r="B1115" t="s">
         <v>1184</v>
       </c>
       <c r="C1115" t="s">
         <v>9</v>
       </c>
       <c r="E1115" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1116" spans="1:5">
       <c r="A1116" t="s">
         <v>1199</v>
       </c>
       <c r="B1116" t="s">
         <v>1184</v>
       </c>
       <c r="C1116" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1116" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1117" spans="1:5">
       <c r="A1117" t="s">
         <v>1200</v>
       </c>
       <c r="B1117" t="s">
         <v>1184</v>
       </c>
       <c r="C1117" t="s">
         <v>13</v>
       </c>
       <c r="E1117" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1118" spans="1:5">
       <c r="A1118" t="s">
         <v>1201</v>
       </c>
       <c r="B1118" t="s">
         <v>1184</v>
       </c>
       <c r="C1118" t="s">
         <v>13</v>
       </c>
       <c r="E1118" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1119" spans="1:5">
       <c r="A1119" t="s">
         <v>1202</v>
       </c>
       <c r="B1119" t="s">
         <v>1184</v>
       </c>
       <c r="C1119" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1119" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1120" spans="1:5">
       <c r="A1120" t="s">
         <v>1203</v>
       </c>
       <c r="B1120" t="s">
         <v>1184</v>
       </c>
       <c r="C1120" t="s">
         <v>13</v>
       </c>
       <c r="E1120" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1121" spans="1:5">
       <c r="A1121" t="s">
         <v>1204</v>
       </c>
       <c r="B1121" t="s">
         <v>1184</v>
@@ -22196,93 +22202,93 @@
         <v>45</v>
       </c>
     </row>
     <row r="1122" spans="1:5">
       <c r="A1122" t="s">
         <v>1205</v>
       </c>
       <c r="B1122" t="s">
         <v>1184</v>
       </c>
       <c r="C1122" t="s">
         <v>13</v>
       </c>
       <c r="E1122" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1123" spans="1:5">
       <c r="A1123" t="s">
         <v>1206</v>
       </c>
       <c r="B1123" t="s">
         <v>1184</v>
       </c>
       <c r="C1123" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1123" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1124" spans="1:5">
       <c r="A1124" t="s">
         <v>1207</v>
       </c>
       <c r="B1124" t="s">
         <v>1184</v>
       </c>
       <c r="C1124" t="s">
         <v>13</v>
       </c>
       <c r="E1124" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1125" spans="1:5">
       <c r="A1125" t="s">
         <v>1208</v>
       </c>
       <c r="B1125" t="s">
         <v>1184</v>
       </c>
       <c r="C1125" t="s">
         <v>13</v>
       </c>
       <c r="E1125" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1126" spans="1:5">
       <c r="A1126" t="s">
         <v>1209</v>
       </c>
       <c r="B1126" t="s">
         <v>1184</v>
       </c>
       <c r="C1126" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1126" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1127" spans="1:5">
       <c r="A1127" t="s">
         <v>1210</v>
       </c>
       <c r="B1127" t="s">
         <v>1184</v>
       </c>
       <c r="C1127" t="s">
         <v>13</v>
       </c>
       <c r="E1127" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1128" spans="1:5">
       <c r="A1128" t="s">
         <v>1211</v>
       </c>
       <c r="B1128" t="s">
         <v>1184</v>
@@ -22350,51 +22356,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="1133" spans="1:5">
       <c r="A1133" t="s">
         <v>1216</v>
       </c>
       <c r="B1133" t="s">
         <v>1184</v>
       </c>
       <c r="C1133" t="s">
         <v>13</v>
       </c>
       <c r="E1133" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1134" spans="1:5">
       <c r="A1134" t="s">
         <v>1217</v>
       </c>
       <c r="B1134" t="s">
         <v>1184</v>
       </c>
       <c r="C1134" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1134" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1135" spans="1:5">
       <c r="A1135" t="s">
         <v>1218</v>
       </c>
       <c r="B1135" t="s">
         <v>1184</v>
       </c>
       <c r="C1135" t="s">
         <v>13</v>
       </c>
       <c r="E1135" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1136" spans="1:5">
       <c r="A1136" t="s">
         <v>1219</v>
       </c>
       <c r="B1136" t="s">
         <v>1184</v>
@@ -22420,51 +22426,51 @@
         <v>65</v>
       </c>
     </row>
     <row r="1138" spans="1:5">
       <c r="A1138" t="s">
         <v>1221</v>
       </c>
       <c r="B1138" t="s">
         <v>1184</v>
       </c>
       <c r="C1138" t="s">
         <v>13</v>
       </c>
       <c r="E1138" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1139" spans="1:5">
       <c r="A1139" t="s">
         <v>1222</v>
       </c>
       <c r="B1139" t="s">
         <v>1184</v>
       </c>
       <c r="C1139" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1139" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1140" spans="1:5">
       <c r="A1140" t="s">
         <v>1223</v>
       </c>
       <c r="B1140" t="s">
         <v>1184</v>
       </c>
       <c r="C1140" t="s">
         <v>9</v>
       </c>
       <c r="E1140" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1141" spans="1:5">
       <c r="A1141" t="s">
         <v>1224</v>
       </c>
       <c r="B1141" t="s">
         <v>1225</v>
@@ -22686,93 +22692,93 @@
         <v>45</v>
       </c>
     </row>
     <row r="1157" spans="1:5">
       <c r="A1157" t="s">
         <v>1241</v>
       </c>
       <c r="B1157" t="s">
         <v>1242</v>
       </c>
       <c r="C1157" t="s">
         <v>13</v>
       </c>
       <c r="E1157" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1158" spans="1:5">
       <c r="A1158" t="s">
         <v>1243</v>
       </c>
       <c r="B1158" t="s">
         <v>1244</v>
       </c>
       <c r="C1158" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1158" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1159" spans="1:5">
       <c r="A1159" t="s">
         <v>1245</v>
       </c>
       <c r="B1159" t="s">
         <v>1244</v>
       </c>
       <c r="C1159" t="s">
         <v>13</v>
       </c>
       <c r="E1159" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1160" spans="1:5">
       <c r="A1160" t="s">
         <v>1246</v>
       </c>
       <c r="B1160" t="s">
         <v>1244</v>
       </c>
       <c r="C1160" t="s">
         <v>13</v>
       </c>
       <c r="E1160" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1161" spans="1:5">
       <c r="A1161" t="s">
         <v>1247</v>
       </c>
       <c r="B1161" t="s">
         <v>1244</v>
       </c>
       <c r="C1161" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1161" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1162" spans="1:5">
       <c r="A1162" t="s">
         <v>1248</v>
       </c>
       <c r="B1162" t="s">
         <v>1244</v>
       </c>
       <c r="C1162" t="s">
         <v>13</v>
       </c>
       <c r="E1162" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1163" spans="1:5">
       <c r="A1163" t="s">
         <v>1249</v>
       </c>
       <c r="B1163" t="s">
         <v>1244</v>
@@ -22882,51 +22888,51 @@
         <v>10</v>
       </c>
     </row>
     <row r="1171" spans="1:5">
       <c r="A1171" t="s">
         <v>1257</v>
       </c>
       <c r="B1171" t="s">
         <v>1244</v>
       </c>
       <c r="C1171" t="s">
         <v>13</v>
       </c>
       <c r="E1171" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1172" spans="1:5">
       <c r="A1172" t="s">
         <v>1258</v>
       </c>
       <c r="B1172" t="s">
         <v>1244</v>
       </c>
       <c r="C1172" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1172" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1173" spans="1:5">
       <c r="A1173" t="s">
         <v>1259</v>
       </c>
       <c r="B1173" t="s">
         <v>1244</v>
       </c>
       <c r="C1173" t="s">
         <v>13</v>
       </c>
       <c r="E1173" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1174" spans="1:5">
       <c r="A1174" t="s">
         <v>1260</v>
       </c>
       <c r="B1174" t="s">
         <v>1244</v>
@@ -22938,51 +22944,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="1175" spans="1:5">
       <c r="A1175" t="s">
         <v>1261</v>
       </c>
       <c r="B1175" t="s">
         <v>1244</v>
       </c>
       <c r="C1175" t="s">
         <v>13</v>
       </c>
       <c r="E1175" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1176" spans="1:5">
       <c r="A1176" t="s">
         <v>1262</v>
       </c>
       <c r="B1176" t="s">
         <v>1244</v>
       </c>
       <c r="C1176" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1176" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1177" spans="1:5">
       <c r="A1177" t="s">
         <v>1263</v>
       </c>
       <c r="B1177" t="s">
         <v>1244</v>
       </c>
       <c r="C1177" t="s">
         <v>13</v>
       </c>
       <c r="E1177" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1178" spans="1:5">
       <c r="A1178" t="s">
         <v>1264</v>
       </c>
       <c r="B1178" t="s">
         <v>1244</v>
@@ -23078,65 +23084,65 @@
         <v>45</v>
       </c>
     </row>
     <row r="1185" spans="1:5">
       <c r="A1185" t="s">
         <v>1271</v>
       </c>
       <c r="B1185" t="s">
         <v>1244</v>
       </c>
       <c r="C1185" t="s">
         <v>13</v>
       </c>
       <c r="E1185" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1186" spans="1:5">
       <c r="A1186" t="s">
         <v>1272</v>
       </c>
       <c r="B1186" t="s">
         <v>1244</v>
       </c>
       <c r="C1186" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1186" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1187" spans="1:5">
       <c r="A1187" t="s">
         <v>1273</v>
       </c>
       <c r="B1187" t="s">
         <v>1244</v>
       </c>
       <c r="C1187" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1187" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1188" spans="1:5">
       <c r="A1188" t="s">
         <v>1274</v>
       </c>
       <c r="B1188" t="s">
         <v>1244</v>
       </c>
       <c r="C1188" t="s">
         <v>13</v>
       </c>
       <c r="E1188" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1189" spans="1:5">
       <c r="A1189" t="s">
         <v>1275</v>
       </c>
       <c r="B1189" t="s">
         <v>1244</v>
@@ -23260,51 +23266,51 @@
         <v>65</v>
       </c>
     </row>
     <row r="1198" spans="1:5">
       <c r="A1198" t="s">
         <v>1285</v>
       </c>
       <c r="B1198" t="s">
         <v>1283</v>
       </c>
       <c r="C1198" t="s">
         <v>13</v>
       </c>
       <c r="E1198" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1199" spans="1:5">
       <c r="A1199" t="s">
         <v>1286</v>
       </c>
       <c r="B1199" t="s">
         <v>1287</v>
       </c>
       <c r="C1199" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1199" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1200" spans="1:5">
       <c r="A1200" t="s">
         <v>1288</v>
       </c>
       <c r="B1200" t="s">
         <v>1287</v>
       </c>
       <c r="C1200" t="s">
         <v>13</v>
       </c>
       <c r="E1200" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1201" spans="1:5">
       <c r="A1201" t="s">
         <v>1289</v>
       </c>
       <c r="B1201" t="s">
         <v>1287</v>
@@ -23330,51 +23336,51 @@
         <v>10</v>
       </c>
     </row>
     <row r="1203" spans="1:5">
       <c r="A1203" t="s">
         <v>1291</v>
       </c>
       <c r="B1203" t="s">
         <v>1287</v>
       </c>
       <c r="C1203" t="s">
         <v>13</v>
       </c>
       <c r="E1203" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1204" spans="1:5">
       <c r="A1204" t="s">
         <v>1292</v>
       </c>
       <c r="B1204" t="s">
         <v>1287</v>
       </c>
       <c r="C1204" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1204" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1205" spans="1:5">
       <c r="A1205" t="s">
         <v>1293</v>
       </c>
       <c r="B1205" t="s">
         <v>1287</v>
       </c>
       <c r="C1205" t="s">
         <v>13</v>
       </c>
       <c r="E1205" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1206" spans="1:5">
       <c r="A1206" t="s">
         <v>1294</v>
       </c>
       <c r="B1206" t="s">
         <v>1287</v>
@@ -23414,51 +23420,51 @@
         <v>10</v>
       </c>
     </row>
     <row r="1209" spans="1:5">
       <c r="A1209" t="s">
         <v>1297</v>
       </c>
       <c r="B1209" t="s">
         <v>1287</v>
       </c>
       <c r="C1209" t="s">
         <v>13</v>
       </c>
       <c r="E1209" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1210" spans="1:5">
       <c r="A1210" t="s">
         <v>1298</v>
       </c>
       <c r="B1210" t="s">
         <v>1287</v>
       </c>
       <c r="C1210" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1210" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1211" spans="1:5">
       <c r="A1211" t="s">
         <v>1299</v>
       </c>
       <c r="B1211" t="s">
         <v>1287</v>
       </c>
       <c r="C1211" t="s">
         <v>13</v>
       </c>
       <c r="E1211" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1212" spans="1:5">
       <c r="A1212" t="s">
         <v>1300</v>
       </c>
       <c r="B1212" t="s">
         <v>1287</v>
@@ -23596,51 +23602,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="1222" spans="1:5">
       <c r="A1222" t="s">
         <v>1310</v>
       </c>
       <c r="B1222" t="s">
         <v>1287</v>
       </c>
       <c r="C1222" t="s">
         <v>13</v>
       </c>
       <c r="E1222" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1223" spans="1:5">
       <c r="A1223" t="s">
         <v>1311</v>
       </c>
       <c r="B1223" t="s">
         <v>1287</v>
       </c>
       <c r="C1223" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1223" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1224" spans="1:5">
       <c r="A1224" t="s">
         <v>1312</v>
       </c>
       <c r="B1224" t="s">
         <v>1287</v>
       </c>
       <c r="C1224" t="s">
         <v>13</v>
       </c>
       <c r="E1224" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1225" spans="1:5">
       <c r="A1225" t="s">
         <v>1313</v>
       </c>
       <c r="B1225" t="s">
         <v>1287</v>
@@ -23708,247 +23714,247 @@
         <v>10</v>
       </c>
     </row>
     <row r="1230" spans="1:5">
       <c r="A1230" t="s">
         <v>1320</v>
       </c>
       <c r="B1230" t="s">
         <v>1319</v>
       </c>
       <c r="C1230" t="s">
         <v>13</v>
       </c>
       <c r="E1230" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1231" spans="1:5">
       <c r="A1231" t="s">
         <v>1321</v>
       </c>
       <c r="B1231" t="s">
         <v>1319</v>
       </c>
       <c r="C1231" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1231" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1232" spans="1:5">
       <c r="A1232" t="s">
         <v>1322</v>
       </c>
       <c r="B1232" t="s">
         <v>1319</v>
       </c>
       <c r="C1232" t="s">
         <v>13</v>
       </c>
       <c r="E1232" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1233" spans="1:5">
       <c r="A1233" t="s">
         <v>1323</v>
       </c>
       <c r="B1233" t="s">
         <v>1319</v>
       </c>
       <c r="C1233" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1233" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1234" spans="1:5">
       <c r="A1234" t="s">
         <v>1324</v>
       </c>
       <c r="B1234" t="s">
         <v>1319</v>
       </c>
       <c r="C1234" t="s">
         <v>13</v>
       </c>
       <c r="E1234" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1235" spans="1:5">
       <c r="A1235" t="s">
         <v>1325</v>
       </c>
       <c r="B1235" t="s">
         <v>1319</v>
       </c>
       <c r="C1235" t="s">
         <v>13</v>
       </c>
       <c r="E1235" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1236" spans="1:5">
       <c r="A1236" t="s">
         <v>1326</v>
       </c>
       <c r="B1236" t="s">
         <v>1319</v>
       </c>
       <c r="C1236" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1236" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1237" spans="1:5">
       <c r="A1237" t="s">
         <v>1327</v>
       </c>
       <c r="B1237" t="s">
         <v>1319</v>
       </c>
       <c r="C1237" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1237" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1238" spans="1:5">
       <c r="A1238" t="s">
         <v>1328</v>
       </c>
       <c r="B1238" t="s">
         <v>1319</v>
       </c>
       <c r="C1238" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1238" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1239" spans="1:5">
       <c r="A1239" t="s">
         <v>1329</v>
       </c>
       <c r="B1239" t="s">
         <v>1319</v>
       </c>
       <c r="C1239" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1239" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1240" spans="1:5">
       <c r="A1240" t="s">
         <v>1330</v>
       </c>
       <c r="B1240" t="s">
         <v>1319</v>
       </c>
       <c r="C1240" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1240" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1241" spans="1:5">
       <c r="A1241" t="s">
         <v>1331</v>
       </c>
       <c r="B1241" t="s">
         <v>1319</v>
       </c>
       <c r="C1241" t="s">
         <v>13</v>
       </c>
       <c r="E1241" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1242" spans="1:5">
       <c r="A1242" t="s">
         <v>1332</v>
       </c>
       <c r="B1242" t="s">
         <v>1319</v>
       </c>
       <c r="C1242" t="s">
         <v>9</v>
       </c>
       <c r="E1242" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1243" spans="1:5">
       <c r="A1243" t="s">
         <v>1333</v>
       </c>
       <c r="B1243" t="s">
         <v>1319</v>
       </c>
       <c r="C1243" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1243" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1244" spans="1:5">
       <c r="A1244" t="s">
         <v>1334</v>
       </c>
       <c r="B1244" t="s">
         <v>1319</v>
       </c>
       <c r="C1244" t="s">
         <v>13</v>
       </c>
       <c r="E1244" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1245" spans="1:5">
       <c r="A1245" t="s">
         <v>1335</v>
       </c>
       <c r="B1245" t="s">
         <v>1319</v>
       </c>
       <c r="C1245" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1245" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1246" spans="1:5">
       <c r="A1246" t="s">
         <v>1336</v>
       </c>
       <c r="B1246" t="s">
         <v>1319</v>
       </c>
       <c r="C1246" t="s">
         <v>9</v>
       </c>
       <c r="E1246" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1247" spans="1:5">
       <c r="A1247" t="s">
         <v>1337</v>
       </c>
       <c r="B1247" t="s">
         <v>1319</v>
@@ -23988,93 +23994,93 @@
         <v>10</v>
       </c>
     </row>
     <row r="1250" spans="1:5">
       <c r="A1250" t="s">
         <v>1340</v>
       </c>
       <c r="B1250" t="s">
         <v>1319</v>
       </c>
       <c r="C1250" t="s">
         <v>13</v>
       </c>
       <c r="E1250" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1251" spans="1:5">
       <c r="A1251" t="s">
         <v>1341</v>
       </c>
       <c r="B1251" t="s">
         <v>1319</v>
       </c>
       <c r="C1251" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1251" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1252" spans="1:5">
       <c r="A1252" t="s">
         <v>1342</v>
       </c>
       <c r="B1252" t="s">
         <v>1319</v>
       </c>
       <c r="C1252" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1252" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1253" spans="1:5">
       <c r="A1253" t="s">
         <v>1343</v>
       </c>
       <c r="B1253" t="s">
         <v>1319</v>
       </c>
       <c r="C1253" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1253" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1254" spans="1:5">
       <c r="A1254" t="s">
         <v>1344</v>
       </c>
       <c r="B1254" t="s">
         <v>1319</v>
       </c>
       <c r="C1254" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1254" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1255" spans="1:5">
       <c r="A1255" t="s">
         <v>1345</v>
       </c>
       <c r="B1255" t="s">
         <v>1319</v>
       </c>
       <c r="C1255" t="s">
         <v>13</v>
       </c>
       <c r="E1255" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1256" spans="1:5">
       <c r="A1256" t="s">
         <v>1346</v>
       </c>
       <c r="B1256" t="s">
         <v>1319</v>
@@ -24114,233 +24120,233 @@
         <v>45</v>
       </c>
     </row>
     <row r="1259" spans="1:5">
       <c r="A1259" t="s">
         <v>1349</v>
       </c>
       <c r="B1259" t="s">
         <v>1319</v>
       </c>
       <c r="C1259" t="s">
         <v>13</v>
       </c>
       <c r="E1259" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1260" spans="1:5">
       <c r="A1260" t="s">
         <v>1350</v>
       </c>
       <c r="B1260" t="s">
         <v>1319</v>
       </c>
       <c r="C1260" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1260" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1261" spans="1:5">
       <c r="A1261" t="s">
         <v>1351</v>
       </c>
       <c r="B1261" t="s">
         <v>1319</v>
       </c>
       <c r="C1261" t="s">
         <v>13</v>
       </c>
       <c r="E1261" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1262" spans="1:5">
       <c r="A1262" t="s">
         <v>1352</v>
       </c>
       <c r="B1262" t="s">
         <v>1319</v>
       </c>
       <c r="C1262" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1262" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1263" spans="1:5">
       <c r="A1263" t="s">
         <v>1353</v>
       </c>
       <c r="B1263" t="s">
         <v>1319</v>
       </c>
       <c r="C1263" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1263" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1264" spans="1:5">
       <c r="A1264" t="s">
         <v>1354</v>
       </c>
       <c r="B1264" t="s">
         <v>1319</v>
       </c>
       <c r="C1264" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1264" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1265" spans="1:5">
       <c r="A1265" t="s">
         <v>1355</v>
       </c>
       <c r="B1265" t="s">
         <v>1319</v>
       </c>
       <c r="C1265" t="s">
         <v>13</v>
       </c>
       <c r="E1265" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1266" spans="1:5">
       <c r="A1266" t="s">
         <v>1356</v>
       </c>
       <c r="B1266" t="s">
         <v>1319</v>
       </c>
       <c r="C1266" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1266" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1267" spans="1:5">
       <c r="A1267" t="s">
         <v>1357</v>
       </c>
       <c r="B1267" t="s">
         <v>1319</v>
       </c>
       <c r="C1267" t="s">
         <v>13</v>
       </c>
       <c r="E1267" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1268" spans="1:5">
       <c r="A1268" t="s">
         <v>1358</v>
       </c>
       <c r="B1268" t="s">
         <v>1319</v>
       </c>
       <c r="C1268" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1268" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1269" spans="1:5">
       <c r="A1269" t="s">
         <v>1359</v>
       </c>
       <c r="B1269" t="s">
         <v>1319</v>
       </c>
       <c r="C1269" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1269" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1270" spans="1:5">
       <c r="A1270" t="s">
         <v>1360</v>
       </c>
       <c r="B1270" t="s">
         <v>1319</v>
       </c>
       <c r="C1270" t="s">
         <v>13</v>
       </c>
       <c r="E1270" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1271" spans="1:5">
       <c r="A1271" t="s">
         <v>1361</v>
       </c>
       <c r="B1271" t="s">
         <v>1319</v>
       </c>
       <c r="C1271" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1271" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1272" spans="1:5">
       <c r="A1272" t="s">
         <v>1362</v>
       </c>
       <c r="B1272" t="s">
         <v>1319</v>
       </c>
       <c r="C1272" t="s">
         <v>13</v>
       </c>
       <c r="E1272" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1273" spans="1:5">
       <c r="A1273" t="s">
         <v>1363</v>
       </c>
       <c r="B1273" t="s">
         <v>1319</v>
       </c>
       <c r="C1273" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1273" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1274" spans="1:5">
       <c r="A1274" t="s">
         <v>1364</v>
       </c>
       <c r="B1274" t="s">
         <v>1319</v>
       </c>
       <c r="C1274" t="s">
         <v>13</v>
       </c>
       <c r="E1274" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1275" spans="1:5">
       <c r="A1275" t="s">
         <v>1365</v>
       </c>
       <c r="B1275" t="s">
         <v>1319</v>
@@ -24394,51 +24400,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="1279" spans="1:5">
       <c r="A1279" t="s">
         <v>1369</v>
       </c>
       <c r="B1279" t="s">
         <v>1319</v>
       </c>
       <c r="C1279" t="s">
         <v>13</v>
       </c>
       <c r="E1279" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1280" spans="1:5">
       <c r="A1280" t="s">
         <v>1370</v>
       </c>
       <c r="B1280" t="s">
         <v>1319</v>
       </c>
       <c r="C1280" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1280" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1281" spans="1:5">
       <c r="A1281" t="s">
         <v>1371</v>
       </c>
       <c r="B1281" t="s">
         <v>1319</v>
       </c>
       <c r="C1281" t="s">
         <v>13</v>
       </c>
       <c r="E1281" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1282" spans="1:5">
       <c r="A1282" t="s">
         <v>1372</v>
       </c>
       <c r="B1282" t="s">
         <v>1319</v>
@@ -24492,51 +24498,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="1286" spans="1:5">
       <c r="A1286" t="s">
         <v>1376</v>
       </c>
       <c r="B1286" t="s">
         <v>1319</v>
       </c>
       <c r="C1286" t="s">
         <v>13</v>
       </c>
       <c r="E1286" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1287" spans="1:5">
       <c r="A1287" t="s">
         <v>1377</v>
       </c>
       <c r="B1287" t="s">
         <v>1319</v>
       </c>
       <c r="C1287" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1287" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1288" spans="1:5">
       <c r="A1288" t="s">
         <v>1378</v>
       </c>
       <c r="B1288" t="s">
         <v>1319</v>
       </c>
       <c r="C1288" t="s">
         <v>13</v>
       </c>
       <c r="E1288" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1289" spans="1:5">
       <c r="A1289" t="s">
         <v>1379</v>
       </c>
       <c r="B1289" t="s">
         <v>1319</v>
@@ -24590,51 +24596,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="1293" spans="1:5">
       <c r="A1293" t="s">
         <v>1383</v>
       </c>
       <c r="B1293" t="s">
         <v>1319</v>
       </c>
       <c r="C1293" t="s">
         <v>13</v>
       </c>
       <c r="E1293" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1294" spans="1:5">
       <c r="A1294" t="s">
         <v>1384</v>
       </c>
       <c r="B1294" t="s">
         <v>1319</v>
       </c>
       <c r="C1294" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1294" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1295" spans="1:5">
       <c r="A1295" t="s">
         <v>1385</v>
       </c>
       <c r="B1295" t="s">
         <v>1319</v>
       </c>
       <c r="C1295" t="s">
         <v>13</v>
       </c>
       <c r="E1295" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1296" spans="1:5">
       <c r="A1296" t="s">
         <v>1386</v>
       </c>
       <c r="B1296" t="s">
         <v>1319</v>
@@ -24660,51 +24666,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="1298" spans="1:5">
       <c r="A1298" t="s">
         <v>1388</v>
       </c>
       <c r="B1298" t="s">
         <v>1319</v>
       </c>
       <c r="C1298" t="s">
         <v>13</v>
       </c>
       <c r="E1298" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1299" spans="1:5">
       <c r="A1299" t="s">
         <v>1389</v>
       </c>
       <c r="B1299" t="s">
         <v>1319</v>
       </c>
       <c r="C1299" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1299" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1300" spans="1:5">
       <c r="A1300" t="s">
         <v>1390</v>
       </c>
       <c r="B1300" t="s">
         <v>1319</v>
       </c>
       <c r="C1300" t="s">
         <v>13</v>
       </c>
       <c r="E1300" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1301" spans="1:5">
       <c r="A1301" t="s">
         <v>1391</v>
       </c>
       <c r="B1301" t="s">
         <v>1319</v>
@@ -24730,51 +24736,51 @@
         <v>65</v>
       </c>
     </row>
     <row r="1303" spans="1:5">
       <c r="A1303" t="s">
         <v>1393</v>
       </c>
       <c r="B1303" t="s">
         <v>1319</v>
       </c>
       <c r="C1303" t="s">
         <v>13</v>
       </c>
       <c r="E1303" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1304" spans="1:5">
       <c r="A1304" t="s">
         <v>1394</v>
       </c>
       <c r="B1304" t="s">
         <v>1319</v>
       </c>
       <c r="C1304" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1304" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1305" spans="1:5">
       <c r="A1305" t="s">
         <v>1395</v>
       </c>
       <c r="B1305" t="s">
         <v>1319</v>
       </c>
       <c r="C1305" t="s">
         <v>13</v>
       </c>
       <c r="E1305" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1306" spans="1:5">
       <c r="A1306" t="s">
         <v>1396</v>
       </c>
       <c r="B1306" t="s">
         <v>1319</v>
@@ -24786,107 +24792,107 @@
         <v>65</v>
       </c>
     </row>
     <row r="1307" spans="1:5">
       <c r="A1307" t="s">
         <v>1397</v>
       </c>
       <c r="B1307" t="s">
         <v>1319</v>
       </c>
       <c r="C1307" t="s">
         <v>13</v>
       </c>
       <c r="E1307" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1308" spans="1:5">
       <c r="A1308" t="s">
         <v>1398</v>
       </c>
       <c r="B1308" t="s">
         <v>1319</v>
       </c>
       <c r="C1308" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1308" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1309" spans="1:5">
       <c r="A1309" t="s">
         <v>1399</v>
       </c>
       <c r="B1309" t="s">
         <v>1319</v>
       </c>
       <c r="C1309" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1309" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1310" spans="1:5">
       <c r="A1310" t="s">
         <v>1400</v>
       </c>
       <c r="B1310" t="s">
         <v>1319</v>
       </c>
       <c r="C1310" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1310" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1311" spans="1:5">
       <c r="A1311" t="s">
         <v>1401</v>
       </c>
       <c r="B1311" t="s">
         <v>1319</v>
       </c>
       <c r="C1311" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1311" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1312" spans="1:5">
       <c r="A1312" t="s">
         <v>1402</v>
       </c>
       <c r="B1312" t="s">
         <v>1319</v>
       </c>
       <c r="C1312" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1312" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1313" spans="1:5">
       <c r="A1313" t="s">
         <v>1403</v>
       </c>
       <c r="B1313" t="s">
         <v>1319</v>
       </c>
       <c r="C1313" t="s">
         <v>13</v>
       </c>
       <c r="E1313" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1314" spans="1:5">
       <c r="A1314" t="s">
         <v>1404</v>
       </c>
       <c r="B1314" t="s">
         <v>1319</v>
@@ -24982,51 +24988,51 @@
         <v>10</v>
       </c>
     </row>
     <row r="1321" spans="1:5">
       <c r="A1321" t="s">
         <v>1412</v>
       </c>
       <c r="B1321" t="s">
         <v>1409</v>
       </c>
       <c r="C1321" t="s">
         <v>13</v>
       </c>
       <c r="E1321" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1322" spans="1:5">
       <c r="A1322" t="s">
         <v>1413</v>
       </c>
       <c r="B1322" t="s">
         <v>1409</v>
       </c>
       <c r="C1322" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1322" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1323" spans="1:5">
       <c r="A1323" t="s">
         <v>1414</v>
       </c>
       <c r="B1323" t="s">
         <v>1409</v>
       </c>
       <c r="C1323" t="s">
         <v>13</v>
       </c>
       <c r="E1323" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1324" spans="1:5">
       <c r="A1324" t="s">
         <v>1415</v>
       </c>
       <c r="B1324" t="s">
         <v>1409</v>
@@ -25038,51 +25044,51 @@
         <v>10</v>
       </c>
     </row>
     <row r="1325" spans="1:5">
       <c r="A1325" t="s">
         <v>1416</v>
       </c>
       <c r="B1325" t="s">
         <v>1409</v>
       </c>
       <c r="C1325" t="s">
         <v>13</v>
       </c>
       <c r="E1325" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1326" spans="1:5">
       <c r="A1326" t="s">
         <v>1417</v>
       </c>
       <c r="B1326" t="s">
         <v>1409</v>
       </c>
       <c r="C1326" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1326" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1327" spans="1:5">
       <c r="A1327" t="s">
         <v>1418</v>
       </c>
       <c r="B1327" t="s">
         <v>1409</v>
       </c>
       <c r="C1327" t="s">
         <v>13</v>
       </c>
       <c r="E1327" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1328" spans="1:5">
       <c r="A1328" t="s">
         <v>1419</v>
       </c>
       <c r="B1328" t="s">
         <v>1409</v>
@@ -25290,149 +25296,149 @@
         <v>10</v>
       </c>
     </row>
     <row r="1343" spans="1:5">
       <c r="A1343" t="s">
         <v>1435</v>
       </c>
       <c r="B1343" t="s">
         <v>1436</v>
       </c>
       <c r="C1343" t="s">
         <v>13</v>
       </c>
       <c r="E1343" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1344" spans="1:5">
       <c r="A1344" t="s">
         <v>1437</v>
       </c>
       <c r="B1344" t="s">
         <v>1436</v>
       </c>
       <c r="C1344" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1344" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1345" spans="1:5">
       <c r="A1345" t="s">
         <v>1438</v>
       </c>
       <c r="B1345" t="s">
         <v>1436</v>
       </c>
       <c r="C1345" t="s">
         <v>13</v>
       </c>
       <c r="E1345" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1346" spans="1:5">
       <c r="A1346" t="s">
         <v>1439</v>
       </c>
       <c r="B1346" t="s">
         <v>1436</v>
       </c>
       <c r="C1346" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1346" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1347" spans="1:5">
       <c r="A1347" t="s">
         <v>1440</v>
       </c>
       <c r="B1347" t="s">
         <v>1436</v>
       </c>
       <c r="C1347" t="s">
         <v>13</v>
       </c>
       <c r="E1347" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1348" spans="1:5">
       <c r="A1348" t="s">
         <v>1441</v>
       </c>
       <c r="B1348" t="s">
         <v>1436</v>
       </c>
       <c r="C1348" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1348" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1349" spans="1:5">
       <c r="A1349" t="s">
         <v>1442</v>
       </c>
       <c r="B1349" t="s">
         <v>1436</v>
       </c>
       <c r="C1349" t="s">
         <v>13</v>
       </c>
       <c r="E1349" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1350" spans="1:5">
       <c r="A1350" t="s">
         <v>1443</v>
       </c>
       <c r="B1350" t="s">
         <v>1436</v>
       </c>
       <c r="C1350" t="s">
         <v>13</v>
       </c>
       <c r="E1350" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1351" spans="1:5">
       <c r="A1351" t="s">
         <v>1444</v>
       </c>
       <c r="B1351" t="s">
         <v>1436</v>
       </c>
       <c r="C1351" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1351" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1352" spans="1:5">
       <c r="A1352" t="s">
         <v>1445</v>
       </c>
       <c r="B1352" t="s">
         <v>1436</v>
       </c>
       <c r="C1352" t="s">
         <v>13</v>
       </c>
       <c r="E1352" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1353" spans="1:5">
       <c r="A1353" t="s">
         <v>1446</v>
       </c>
       <c r="B1353" t="s">
         <v>1436</v>
@@ -25528,51 +25534,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="1360" spans="1:5">
       <c r="A1360" t="s">
         <v>1453</v>
       </c>
       <c r="B1360" t="s">
         <v>1436</v>
       </c>
       <c r="C1360" t="s">
         <v>13</v>
       </c>
       <c r="E1360" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1361" spans="1:5">
       <c r="A1361" t="s">
         <v>1454</v>
       </c>
       <c r="B1361" t="s">
         <v>1436</v>
       </c>
       <c r="C1361" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1361" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1362" spans="1:5">
       <c r="A1362" t="s">
         <v>1455</v>
       </c>
       <c r="B1362" t="s">
         <v>1436</v>
       </c>
       <c r="C1362" t="s">
         <v>13</v>
       </c>
       <c r="E1362" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1363" spans="1:5">
       <c r="A1363" t="s">
         <v>1456</v>
       </c>
       <c r="B1363" t="s">
         <v>1436</v>
@@ -25654,51 +25660,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="1369" spans="1:5">
       <c r="A1369" t="s">
         <v>1462</v>
       </c>
       <c r="B1369" t="s">
         <v>1436</v>
       </c>
       <c r="C1369" t="s">
         <v>13</v>
       </c>
       <c r="E1369" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1370" spans="1:5">
       <c r="A1370" t="s">
         <v>1463</v>
       </c>
       <c r="B1370" t="s">
         <v>1436</v>
       </c>
       <c r="C1370" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1370" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1371" spans="1:5">
       <c r="A1371" t="s">
         <v>1464</v>
       </c>
       <c r="B1371" t="s">
         <v>1436</v>
       </c>
       <c r="C1371" t="s">
         <v>13</v>
       </c>
       <c r="E1371" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1372" spans="1:5">
       <c r="A1372" t="s">
         <v>1465</v>
       </c>
       <c r="B1372" t="s">
         <v>1436</v>
@@ -25990,79 +25996,79 @@
         <v>45</v>
       </c>
     </row>
     <row r="1393" spans="1:5">
       <c r="A1393" t="s">
         <v>1488</v>
       </c>
       <c r="B1393" t="s">
         <v>1476</v>
       </c>
       <c r="C1393" t="s">
         <v>13</v>
       </c>
       <c r="E1393" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1394" spans="1:5">
       <c r="A1394" t="s">
         <v>1489</v>
       </c>
       <c r="B1394" t="s">
         <v>1476</v>
       </c>
       <c r="C1394" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1394" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1395" spans="1:5">
       <c r="A1395" t="s">
         <v>1490</v>
       </c>
       <c r="B1395" t="s">
         <v>1476</v>
       </c>
       <c r="C1395" t="s">
         <v>13</v>
       </c>
       <c r="E1395" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1396" spans="1:5">
       <c r="A1396" t="s">
         <v>1491</v>
       </c>
       <c r="B1396" t="s">
         <v>1476</v>
       </c>
       <c r="C1396" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1396" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1397" spans="1:5">
       <c r="A1397" t="s">
         <v>1492</v>
       </c>
       <c r="B1397" t="s">
         <v>1476</v>
       </c>
       <c r="C1397" t="s">
         <v>13</v>
       </c>
       <c r="E1397" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1398" spans="1:5">
       <c r="A1398" t="s">
         <v>1493</v>
       </c>
       <c r="B1398" t="s">
         <v>1476</v>
@@ -26172,51 +26178,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="1406" spans="1:5">
       <c r="A1406" t="s">
         <v>1501</v>
       </c>
       <c r="B1406" t="s">
         <v>1476</v>
       </c>
       <c r="C1406" t="s">
         <v>13</v>
       </c>
       <c r="E1406" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1407" spans="1:5">
       <c r="A1407" t="s">
         <v>1502</v>
       </c>
       <c r="B1407" t="s">
         <v>1503</v>
       </c>
       <c r="C1407" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1407" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1408" spans="1:5">
       <c r="A1408" t="s">
         <v>1504</v>
       </c>
       <c r="B1408" t="s">
         <v>1503</v>
       </c>
       <c r="C1408" t="s">
         <v>13</v>
       </c>
       <c r="E1408" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1409" spans="1:5">
       <c r="A1409" t="s">
         <v>1505</v>
       </c>
       <c r="B1409" t="s">
         <v>1503</v>
@@ -26256,107 +26262,107 @@
         <v>10</v>
       </c>
     </row>
     <row r="1412" spans="1:5">
       <c r="A1412" t="s">
         <v>1508</v>
       </c>
       <c r="B1412" t="s">
         <v>1503</v>
       </c>
       <c r="C1412" t="s">
         <v>13</v>
       </c>
       <c r="E1412" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1413" spans="1:5">
       <c r="A1413" t="s">
         <v>1509</v>
       </c>
       <c r="B1413" t="s">
         <v>1503</v>
       </c>
       <c r="C1413" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1413" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1414" spans="1:5">
       <c r="A1414" t="s">
         <v>1510</v>
       </c>
       <c r="B1414" t="s">
         <v>1503</v>
       </c>
       <c r="C1414" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1414" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1415" spans="1:5">
       <c r="A1415" t="s">
         <v>1511</v>
       </c>
       <c r="B1415" t="s">
         <v>1503</v>
       </c>
       <c r="C1415" t="s">
         <v>13</v>
       </c>
       <c r="E1415" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1416" spans="1:5">
       <c r="A1416" t="s">
         <v>1512</v>
       </c>
       <c r="B1416" t="s">
         <v>1503</v>
       </c>
       <c r="C1416" t="s">
         <v>13</v>
       </c>
       <c r="E1416" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1417" spans="1:5">
       <c r="A1417" t="s">
         <v>1513</v>
       </c>
       <c r="B1417" t="s">
         <v>1503</v>
       </c>
       <c r="C1417" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1417" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1418" spans="1:5">
       <c r="A1418" t="s">
         <v>1514</v>
       </c>
       <c r="B1418" t="s">
         <v>1503</v>
       </c>
       <c r="C1418" t="s">
         <v>13</v>
       </c>
       <c r="E1418" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1419" spans="1:5">
       <c r="A1419" t="s">
         <v>1515</v>
       </c>
       <c r="B1419" t="s">
         <v>1503</v>
@@ -26368,51 +26374,51 @@
         <v>10</v>
       </c>
     </row>
     <row r="1420" spans="1:5">
       <c r="A1420" t="s">
         <v>1516</v>
       </c>
       <c r="B1420" t="s">
         <v>1503</v>
       </c>
       <c r="C1420" t="s">
         <v>9</v>
       </c>
       <c r="E1420" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1421" spans="1:5">
       <c r="A1421" t="s">
         <v>1517</v>
       </c>
       <c r="B1421" t="s">
         <v>1503</v>
       </c>
       <c r="C1421" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1421" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1422" spans="1:5">
       <c r="A1422" t="s">
         <v>1518</v>
       </c>
       <c r="B1422" t="s">
         <v>1503</v>
       </c>
       <c r="C1422" t="s">
         <v>13</v>
       </c>
       <c r="E1422" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1423" spans="1:5">
       <c r="A1423" t="s">
         <v>1519</v>
       </c>
       <c r="B1423" t="s">
         <v>1503</v>
@@ -26424,51 +26430,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="1424" spans="1:5">
       <c r="A1424" t="s">
         <v>1520</v>
       </c>
       <c r="B1424" t="s">
         <v>1503</v>
       </c>
       <c r="C1424" t="s">
         <v>13</v>
       </c>
       <c r="E1424" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1425" spans="1:5">
       <c r="A1425" t="s">
         <v>1521</v>
       </c>
       <c r="B1425" t="s">
         <v>1503</v>
       </c>
       <c r="C1425" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1425" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1426" spans="1:5">
       <c r="A1426" t="s">
         <v>1522</v>
       </c>
       <c r="B1426" t="s">
         <v>1503</v>
       </c>
       <c r="C1426" t="s">
         <v>13</v>
       </c>
       <c r="E1426" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1427" spans="1:5">
       <c r="A1427" t="s">
         <v>1523</v>
       </c>
       <c r="B1427" t="s">
         <v>1503</v>
@@ -26802,51 +26808,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="1451" spans="1:5">
       <c r="A1451" t="s">
         <v>1548</v>
       </c>
       <c r="B1451" t="s">
         <v>1531</v>
       </c>
       <c r="C1451" t="s">
         <v>13</v>
       </c>
       <c r="E1451" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1452" spans="1:5">
       <c r="A1452" t="s">
         <v>1549</v>
       </c>
       <c r="B1452" t="s">
         <v>1531</v>
       </c>
       <c r="C1452" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1452" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1453" spans="1:5">
       <c r="A1453" t="s">
         <v>1550</v>
       </c>
       <c r="B1453" t="s">
         <v>1531</v>
       </c>
       <c r="C1453" t="s">
         <v>13</v>
       </c>
       <c r="E1453" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1454" spans="1:5">
       <c r="A1454" t="s">
         <v>1551</v>
       </c>
       <c r="B1454" t="s">
         <v>1531</v>
@@ -26900,51 +26906,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="1458" spans="1:5">
       <c r="A1458" t="s">
         <v>1555</v>
       </c>
       <c r="B1458" t="s">
         <v>1531</v>
       </c>
       <c r="C1458" t="s">
         <v>13</v>
       </c>
       <c r="E1458" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1459" spans="1:5">
       <c r="A1459" t="s">
         <v>1556</v>
       </c>
       <c r="B1459" t="s">
         <v>1531</v>
       </c>
       <c r="C1459" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1459" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1460" spans="1:5">
       <c r="A1460" t="s">
         <v>1557</v>
       </c>
       <c r="B1460" t="s">
         <v>1531</v>
       </c>
       <c r="C1460" t="s">
         <v>13</v>
       </c>
       <c r="E1460" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1461" spans="1:5">
       <c r="A1461" t="s">
         <v>1558</v>
       </c>
       <c r="B1461" t="s">
         <v>1531</v>
@@ -26956,163 +26962,163 @@
         <v>45</v>
       </c>
     </row>
     <row r="1462" spans="1:5">
       <c r="A1462" t="s">
         <v>1559</v>
       </c>
       <c r="B1462" t="s">
         <v>1531</v>
       </c>
       <c r="C1462" t="s">
         <v>13</v>
       </c>
       <c r="E1462" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1463" spans="1:5">
       <c r="A1463" t="s">
         <v>1560</v>
       </c>
       <c r="B1463" t="s">
         <v>1531</v>
       </c>
       <c r="C1463" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1463" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1464" spans="1:5">
       <c r="A1464" t="s">
         <v>1561</v>
       </c>
       <c r="B1464" t="s">
         <v>1531</v>
       </c>
       <c r="C1464" t="s">
         <v>13</v>
       </c>
       <c r="E1464" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1465" spans="1:5">
       <c r="A1465" t="s">
         <v>1562</v>
       </c>
       <c r="B1465" t="s">
         <v>1531</v>
       </c>
       <c r="C1465" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1465" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1466" spans="1:5">
       <c r="A1466" t="s">
         <v>1563</v>
       </c>
       <c r="B1466" t="s">
         <v>1531</v>
       </c>
       <c r="C1466" t="s">
         <v>13</v>
       </c>
       <c r="E1466" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1467" spans="1:5">
       <c r="A1467" t="s">
         <v>1564</v>
       </c>
       <c r="B1467" t="s">
         <v>1531</v>
       </c>
       <c r="C1467" t="s">
         <v>13</v>
       </c>
       <c r="E1467" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1468" spans="1:5">
       <c r="A1468" t="s">
         <v>1565</v>
       </c>
       <c r="B1468" t="s">
         <v>1531</v>
       </c>
       <c r="C1468" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1468" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1469" spans="1:5">
       <c r="A1469" t="s">
         <v>1566</v>
       </c>
       <c r="B1469" t="s">
         <v>1531</v>
       </c>
       <c r="C1469" t="s">
         <v>13</v>
       </c>
       <c r="E1469" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1470" spans="1:5">
       <c r="A1470" t="s">
         <v>1567</v>
       </c>
       <c r="B1470" t="s">
         <v>1531</v>
       </c>
       <c r="C1470" t="s">
         <v>13</v>
       </c>
       <c r="E1470" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1471" spans="1:5">
       <c r="A1471" t="s">
         <v>1568</v>
       </c>
       <c r="B1471" t="s">
         <v>1531</v>
       </c>
       <c r="C1471" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1471" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1472" spans="1:5">
       <c r="A1472" t="s">
         <v>1569</v>
       </c>
       <c r="B1472" t="s">
         <v>1531</v>
       </c>
       <c r="C1472" t="s">
         <v>13</v>
       </c>
       <c r="E1472" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1473" spans="1:5">
       <c r="A1473" t="s">
         <v>1570</v>
       </c>
       <c r="B1473" t="s">
         <v>1531</v>
@@ -27250,93 +27256,93 @@
         <v>10</v>
       </c>
     </row>
     <row r="1483" spans="1:5">
       <c r="A1483" t="s">
         <v>1582</v>
       </c>
       <c r="B1483" t="s">
         <v>1581</v>
       </c>
       <c r="C1483" t="s">
         <v>13</v>
       </c>
       <c r="E1483" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1484" spans="1:5">
       <c r="A1484" t="s">
         <v>1583</v>
       </c>
       <c r="B1484" t="s">
         <v>1581</v>
       </c>
       <c r="C1484" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1484" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1485" spans="1:5">
       <c r="A1485" t="s">
         <v>1584</v>
       </c>
       <c r="B1485" t="s">
         <v>1581</v>
       </c>
       <c r="C1485" t="s">
         <v>13</v>
       </c>
       <c r="E1485" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1486" spans="1:5">
       <c r="A1486" t="s">
         <v>1585</v>
       </c>
       <c r="B1486" t="s">
         <v>1581</v>
       </c>
       <c r="C1486" t="s">
         <v>13</v>
       </c>
       <c r="E1486" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1487" spans="1:5">
       <c r="A1487" t="s">
         <v>1586</v>
       </c>
       <c r="B1487" t="s">
         <v>1581</v>
       </c>
       <c r="C1487" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1487" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1488" spans="1:5">
       <c r="A1488" t="s">
         <v>1587</v>
       </c>
       <c r="B1488" t="s">
         <v>1581</v>
       </c>
       <c r="C1488" t="s">
         <v>13</v>
       </c>
       <c r="E1488" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1489" spans="1:5">
       <c r="A1489" t="s">
         <v>1588</v>
       </c>
       <c r="B1489" t="s">
         <v>1581</v>
@@ -27474,135 +27480,135 @@
         <v>45</v>
       </c>
     </row>
     <row r="1499" spans="1:5">
       <c r="A1499" t="s">
         <v>1598</v>
       </c>
       <c r="B1499" t="s">
         <v>1581</v>
       </c>
       <c r="C1499" t="s">
         <v>13</v>
       </c>
       <c r="E1499" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1500" spans="1:5">
       <c r="A1500" t="s">
         <v>1599</v>
       </c>
       <c r="B1500" t="s">
         <v>1581</v>
       </c>
       <c r="C1500" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1500" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1501" spans="1:5">
       <c r="A1501" t="s">
         <v>1600</v>
       </c>
       <c r="B1501" t="s">
         <v>1581</v>
       </c>
       <c r="C1501" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1501" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1502" spans="1:5">
       <c r="A1502" t="s">
         <v>1601</v>
       </c>
       <c r="B1502" t="s">
         <v>1602</v>
       </c>
       <c r="C1502" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1502" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1503" spans="1:5">
       <c r="A1503" t="s">
         <v>1603</v>
       </c>
       <c r="B1503" t="s">
         <v>1602</v>
       </c>
       <c r="C1503" t="s">
         <v>13</v>
       </c>
       <c r="E1503" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1504" spans="1:5">
       <c r="A1504" t="s">
         <v>1604</v>
       </c>
       <c r="B1504" t="s">
         <v>1602</v>
       </c>
       <c r="C1504" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1504" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1505" spans="1:5">
       <c r="A1505" t="s">
         <v>1605</v>
       </c>
       <c r="B1505" t="s">
         <v>1602</v>
       </c>
       <c r="C1505" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1505" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1506" spans="1:5">
       <c r="A1506" t="s">
         <v>1606</v>
       </c>
       <c r="B1506" t="s">
         <v>1602</v>
       </c>
       <c r="C1506" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1506" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1507" spans="1:5">
       <c r="A1507" t="s">
         <v>1607</v>
       </c>
       <c r="B1507" t="s">
         <v>1602</v>
       </c>
       <c r="C1507" t="s">
         <v>13</v>
       </c>
       <c r="E1507" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1508" spans="1:5">
       <c r="A1508" t="s">
         <v>1608</v>
       </c>
       <c r="B1508" t="s">
         <v>1609</v>
@@ -27614,51 +27620,51 @@
         <v>10</v>
       </c>
     </row>
     <row r="1509" spans="1:5">
       <c r="A1509" t="s">
         <v>1610</v>
       </c>
       <c r="B1509" t="s">
         <v>1609</v>
       </c>
       <c r="C1509" t="s">
         <v>13</v>
       </c>
       <c r="E1509" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1510" spans="1:5">
       <c r="A1510" t="s">
         <v>1611</v>
       </c>
       <c r="B1510" t="s">
         <v>1609</v>
       </c>
       <c r="C1510" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1510" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1511" spans="1:5">
       <c r="A1511" t="s">
         <v>1612</v>
       </c>
       <c r="B1511" t="s">
         <v>1609</v>
       </c>
       <c r="C1511" t="s">
         <v>13</v>
       </c>
       <c r="E1511" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1512" spans="1:5">
       <c r="A1512" t="s">
         <v>1613</v>
       </c>
       <c r="B1512" t="s">
         <v>1609</v>
@@ -27670,121 +27676,121 @@
         <v>10</v>
       </c>
     </row>
     <row r="1513" spans="1:5">
       <c r="A1513" t="s">
         <v>1614</v>
       </c>
       <c r="B1513" t="s">
         <v>1609</v>
       </c>
       <c r="C1513" t="s">
         <v>13</v>
       </c>
       <c r="E1513" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1514" spans="1:5">
       <c r="A1514" t="s">
         <v>1615</v>
       </c>
       <c r="B1514" t="s">
         <v>1609</v>
       </c>
       <c r="C1514" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1514" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1515" spans="1:5">
       <c r="A1515" t="s">
         <v>1616</v>
       </c>
       <c r="B1515" t="s">
         <v>1609</v>
       </c>
       <c r="C1515" t="s">
         <v>13</v>
       </c>
       <c r="E1515" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1516" spans="1:5">
       <c r="A1516" t="s">
         <v>1617</v>
       </c>
       <c r="B1516" t="s">
         <v>1609</v>
       </c>
       <c r="C1516" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1516" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1517" spans="1:5">
       <c r="A1517" t="s">
         <v>1618</v>
       </c>
       <c r="B1517" t="s">
         <v>1609</v>
       </c>
       <c r="C1517" t="s">
         <v>13</v>
       </c>
       <c r="E1517" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1518" spans="1:5">
       <c r="A1518" t="s">
         <v>1619</v>
       </c>
       <c r="B1518" t="s">
         <v>1609</v>
       </c>
       <c r="C1518" t="s">
         <v>13</v>
       </c>
       <c r="E1518" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1519" spans="1:5">
       <c r="A1519" t="s">
         <v>1620</v>
       </c>
       <c r="B1519" t="s">
         <v>1609</v>
       </c>
       <c r="C1519" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1519" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1520" spans="1:5">
       <c r="A1520" t="s">
         <v>1621</v>
       </c>
       <c r="B1520" t="s">
         <v>1609</v>
       </c>
       <c r="C1520" t="s">
         <v>13</v>
       </c>
       <c r="E1520" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1521" spans="1:5">
       <c r="A1521" t="s">
         <v>1622</v>
       </c>
       <c r="B1521" t="s">
         <v>1609</v>
@@ -27866,51 +27872,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="1527" spans="1:5">
       <c r="A1527" t="s">
         <v>1628</v>
       </c>
       <c r="B1527" t="s">
         <v>1609</v>
       </c>
       <c r="C1527" t="s">
         <v>13</v>
       </c>
       <c r="E1527" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1528" spans="1:5">
       <c r="A1528" t="s">
         <v>1629</v>
       </c>
       <c r="B1528" t="s">
         <v>1609</v>
       </c>
       <c r="C1528" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1528" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1529" spans="1:5">
       <c r="A1529" t="s">
         <v>1630</v>
       </c>
       <c r="B1529" t="s">
         <v>1609</v>
       </c>
       <c r="C1529" t="s">
         <v>13</v>
       </c>
       <c r="E1529" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1530" spans="1:5">
       <c r="A1530" t="s">
         <v>1631</v>
       </c>
       <c r="B1530" t="s">
         <v>1609</v>
@@ -28076,51 +28082,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="1542" spans="1:5">
       <c r="A1542" t="s">
         <v>1643</v>
       </c>
       <c r="B1542" t="s">
         <v>1609</v>
       </c>
       <c r="C1542" t="s">
         <v>13</v>
       </c>
       <c r="E1542" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1543" spans="1:5">
       <c r="A1543" t="s">
         <v>1644</v>
       </c>
       <c r="B1543" t="s">
         <v>1609</v>
       </c>
       <c r="C1543" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1543" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1544" spans="1:5">
       <c r="A1544" t="s">
         <v>1645</v>
       </c>
       <c r="B1544" t="s">
         <v>1609</v>
       </c>
       <c r="C1544" t="s">
         <v>13</v>
       </c>
       <c r="E1544" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1545" spans="1:5">
       <c r="A1545" t="s">
         <v>1646</v>
       </c>
       <c r="B1545" t="s">
         <v>1609</v>
@@ -28230,65 +28236,65 @@
         <v>65</v>
       </c>
     </row>
     <row r="1553" spans="1:5">
       <c r="A1553" t="s">
         <v>1654</v>
       </c>
       <c r="B1553" t="s">
         <v>1655</v>
       </c>
       <c r="C1553" t="s">
         <v>13</v>
       </c>
       <c r="E1553" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1554" spans="1:5">
       <c r="A1554" t="s">
         <v>1656</v>
       </c>
       <c r="B1554" t="s">
         <v>1655</v>
       </c>
       <c r="C1554" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1554" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1555" spans="1:5">
       <c r="A1555" t="s">
         <v>1657</v>
       </c>
       <c r="B1555" t="s">
         <v>1655</v>
       </c>
       <c r="C1555" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1555" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1556" spans="1:5">
       <c r="A1556" t="s">
         <v>1658</v>
       </c>
       <c r="B1556" t="s">
         <v>1655</v>
       </c>
       <c r="C1556" t="s">
         <v>13</v>
       </c>
       <c r="E1556" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1557" spans="1:5">
       <c r="A1557" t="s">
         <v>1659</v>
       </c>
       <c r="B1557" t="s">
         <v>1655</v>
@@ -28580,93 +28586,93 @@
         <v>45</v>
       </c>
     </row>
     <row r="1578" spans="1:5">
       <c r="A1578" t="s">
         <v>1681</v>
       </c>
       <c r="B1578" t="s">
         <v>1666</v>
       </c>
       <c r="C1578" t="s">
         <v>13</v>
       </c>
       <c r="E1578" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1579" spans="1:5">
       <c r="A1579" t="s">
         <v>1682</v>
       </c>
       <c r="B1579" t="s">
         <v>1683</v>
       </c>
       <c r="C1579" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1579" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1580" spans="1:5">
       <c r="A1580" t="s">
         <v>1684</v>
       </c>
       <c r="B1580" t="s">
         <v>1683</v>
       </c>
       <c r="C1580" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1580" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1581" spans="1:5">
       <c r="A1581" t="s">
         <v>1685</v>
       </c>
       <c r="B1581" t="s">
         <v>1683</v>
       </c>
       <c r="C1581" t="s">
         <v>13</v>
       </c>
       <c r="E1581" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1582" spans="1:5">
       <c r="A1582" t="s">
         <v>1686</v>
       </c>
       <c r="B1582" t="s">
         <v>1687</v>
       </c>
       <c r="C1582" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1582" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1583" spans="1:5">
       <c r="A1583" t="s">
         <v>1688</v>
       </c>
       <c r="B1583" t="s">
         <v>1687</v>
       </c>
       <c r="C1583" t="s">
         <v>13</v>
       </c>
       <c r="E1583" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1584" spans="1:5">
       <c r="A1584" t="s">
         <v>1689</v>
       </c>
       <c r="B1584" t="s">
         <v>1687</v>
@@ -28692,51 +28698,51 @@
         <v>10</v>
       </c>
     </row>
     <row r="1586" spans="1:5">
       <c r="A1586" t="s">
         <v>1691</v>
       </c>
       <c r="B1586" t="s">
         <v>1687</v>
       </c>
       <c r="C1586" t="s">
         <v>13</v>
       </c>
       <c r="E1586" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1587" spans="1:5">
       <c r="A1587" t="s">
         <v>1692</v>
       </c>
       <c r="B1587" t="s">
         <v>1687</v>
       </c>
       <c r="C1587" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1587" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1588" spans="1:5">
       <c r="A1588" t="s">
         <v>1693</v>
       </c>
       <c r="B1588" t="s">
         <v>1687</v>
       </c>
       <c r="C1588" t="s">
         <v>13</v>
       </c>
       <c r="E1588" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1589" spans="1:5">
       <c r="A1589" t="s">
         <v>1694</v>
       </c>
       <c r="B1589" t="s">
         <v>1687</v>
@@ -28776,51 +28782,51 @@
         <v>10</v>
       </c>
     </row>
     <row r="1592" spans="1:5">
       <c r="A1592" t="s">
         <v>1697</v>
       </c>
       <c r="B1592" t="s">
         <v>1687</v>
       </c>
       <c r="C1592" t="s">
         <v>13</v>
       </c>
       <c r="E1592" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1593" spans="1:5">
       <c r="A1593" t="s">
         <v>1698</v>
       </c>
       <c r="B1593" t="s">
         <v>1687</v>
       </c>
       <c r="C1593" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1593" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1594" spans="1:5">
       <c r="A1594" t="s">
         <v>1699</v>
       </c>
       <c r="B1594" t="s">
         <v>1687</v>
       </c>
       <c r="C1594" t="s">
         <v>13</v>
       </c>
       <c r="E1594" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1595" spans="1:5">
       <c r="A1595" t="s">
         <v>1700</v>
       </c>
       <c r="B1595" t="s">
         <v>1687</v>
@@ -28832,51 +28838,51 @@
         <v>10</v>
       </c>
     </row>
     <row r="1596" spans="1:5">
       <c r="A1596" t="s">
         <v>1701</v>
       </c>
       <c r="B1596" t="s">
         <v>1687</v>
       </c>
       <c r="C1596" t="s">
         <v>13</v>
       </c>
       <c r="E1596" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1597" spans="1:5">
       <c r="A1597" t="s">
         <v>1702</v>
       </c>
       <c r="B1597" t="s">
         <v>1687</v>
       </c>
       <c r="C1597" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1597" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1598" spans="1:5">
       <c r="A1598" t="s">
         <v>1703</v>
       </c>
       <c r="B1598" t="s">
         <v>1687</v>
       </c>
       <c r="C1598" t="s">
         <v>13</v>
       </c>
       <c r="E1598" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1599" spans="1:5">
       <c r="A1599" t="s">
         <v>1704</v>
       </c>
       <c r="B1599" t="s">
         <v>1687</v>
@@ -28902,51 +28908,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="1601" spans="1:5">
       <c r="A1601" t="s">
         <v>1706</v>
       </c>
       <c r="B1601" t="s">
         <v>1687</v>
       </c>
       <c r="C1601" t="s">
         <v>13</v>
       </c>
       <c r="E1601" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1602" spans="1:5">
       <c r="A1602" t="s">
         <v>1707</v>
       </c>
       <c r="B1602" t="s">
         <v>1687</v>
       </c>
       <c r="C1602" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1602" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1603" spans="1:5">
       <c r="A1603" t="s">
         <v>1708</v>
       </c>
       <c r="B1603" t="s">
         <v>1687</v>
       </c>
       <c r="C1603" t="s">
         <v>13</v>
       </c>
       <c r="E1603" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1604" spans="1:5">
       <c r="A1604" t="s">
         <v>1709</v>
       </c>
       <c r="B1604" t="s">
         <v>1687</v>
@@ -29140,51 +29146,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="1618" spans="1:5">
       <c r="A1618" t="s">
         <v>1723</v>
       </c>
       <c r="B1618" t="s">
         <v>1687</v>
       </c>
       <c r="C1618" t="s">
         <v>13</v>
       </c>
       <c r="E1618" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1619" spans="1:5">
       <c r="A1619" t="s">
         <v>1724</v>
       </c>
       <c r="B1619" t="s">
         <v>1687</v>
       </c>
       <c r="C1619" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1619" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1620" spans="1:5">
       <c r="A1620" t="s">
         <v>1725</v>
       </c>
       <c r="B1620" t="s">
         <v>1687</v>
       </c>
       <c r="C1620" t="s">
         <v>13</v>
       </c>
       <c r="E1620" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1621" spans="1:5">
       <c r="A1621" t="s">
         <v>1726</v>
       </c>
       <c r="B1621" t="s">
         <v>1727</v>
@@ -29322,65 +29328,65 @@
         <v>45</v>
       </c>
     </row>
     <row r="1631" spans="1:5">
       <c r="A1631" t="s">
         <v>1737</v>
       </c>
       <c r="B1631" t="s">
         <v>1727</v>
       </c>
       <c r="C1631" t="s">
         <v>13</v>
       </c>
       <c r="E1631" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1632" spans="1:5">
       <c r="A1632" t="s">
         <v>1738</v>
       </c>
       <c r="B1632" t="s">
         <v>1727</v>
       </c>
       <c r="C1632" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1632" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1633" spans="1:5">
       <c r="A1633" t="s">
         <v>1739</v>
       </c>
       <c r="B1633" t="s">
         <v>1727</v>
       </c>
       <c r="C1633" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1633" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1634" spans="1:5">
       <c r="A1634" t="s">
         <v>1740</v>
       </c>
       <c r="B1634" t="s">
         <v>1741</v>
       </c>
       <c r="C1634" t="s">
         <v>13</v>
       </c>
       <c r="E1634" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1635" spans="1:5">
       <c r="A1635" t="s">
         <v>1742</v>
       </c>
       <c r="B1635" t="s">
         <v>1741</v>
@@ -30078,51 +30084,51 @@
         <v>10</v>
       </c>
     </row>
     <row r="1685" spans="1:5">
       <c r="A1685" t="s">
         <v>1796</v>
       </c>
       <c r="B1685" t="s">
         <v>1795</v>
       </c>
       <c r="C1685" t="s">
         <v>13</v>
       </c>
       <c r="E1685" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1686" spans="1:5">
       <c r="A1686" t="s">
         <v>1797</v>
       </c>
       <c r="B1686" t="s">
         <v>1795</v>
       </c>
       <c r="C1686" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1686" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1687" spans="1:5">
       <c r="A1687" t="s">
         <v>1798</v>
       </c>
       <c r="B1687" t="s">
         <v>1795</v>
       </c>
       <c r="C1687" t="s">
         <v>13</v>
       </c>
       <c r="E1687" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1688" spans="1:5">
       <c r="A1688" t="s">
         <v>1799</v>
       </c>
       <c r="B1688" t="s">
         <v>1795</v>
@@ -30218,51 +30224,51 @@
         <v>10</v>
       </c>
     </row>
     <row r="1695" spans="1:5">
       <c r="A1695" t="s">
         <v>1806</v>
       </c>
       <c r="B1695" t="s">
         <v>1795</v>
       </c>
       <c r="C1695" t="s">
         <v>13</v>
       </c>
       <c r="E1695" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1696" spans="1:5">
       <c r="A1696" t="s">
         <v>1807</v>
       </c>
       <c r="B1696" t="s">
         <v>1795</v>
       </c>
       <c r="C1696" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1696" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1697" spans="1:5">
       <c r="A1697" t="s">
         <v>1808</v>
       </c>
       <c r="B1697" t="s">
         <v>1795</v>
       </c>
       <c r="C1697" t="s">
         <v>13</v>
       </c>
       <c r="E1697" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1698" spans="1:5">
       <c r="A1698" t="s">
         <v>1809</v>
       </c>
       <c r="B1698" t="s">
         <v>1795</v>
@@ -30274,121 +30280,121 @@
         <v>45</v>
       </c>
     </row>
     <row r="1699" spans="1:5">
       <c r="A1699" t="s">
         <v>1810</v>
       </c>
       <c r="B1699" t="s">
         <v>1795</v>
       </c>
       <c r="C1699" t="s">
         <v>13</v>
       </c>
       <c r="E1699" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1700" spans="1:5">
       <c r="A1700" t="s">
         <v>1811</v>
       </c>
       <c r="B1700" t="s">
         <v>1795</v>
       </c>
       <c r="C1700" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1700" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1701" spans="1:5">
       <c r="A1701" t="s">
         <v>1812</v>
       </c>
       <c r="B1701" t="s">
         <v>1795</v>
       </c>
       <c r="C1701" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1701" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1702" spans="1:5">
       <c r="A1702" t="s">
         <v>1813</v>
       </c>
       <c r="B1702" t="s">
         <v>1795</v>
       </c>
       <c r="C1702" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1702" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1703" spans="1:5">
       <c r="A1703" t="s">
         <v>1814</v>
       </c>
       <c r="B1703" t="s">
         <v>1795</v>
       </c>
       <c r="C1703" t="s">
         <v>13</v>
       </c>
       <c r="E1703" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1704" spans="1:5">
       <c r="A1704" t="s">
         <v>1815</v>
       </c>
       <c r="B1704" t="s">
         <v>1795</v>
       </c>
       <c r="C1704" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1704" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1705" spans="1:5">
       <c r="A1705" t="s">
         <v>1816</v>
       </c>
       <c r="B1705" t="s">
         <v>1795</v>
       </c>
       <c r="C1705" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1705" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1706" spans="1:5">
       <c r="A1706" t="s">
         <v>1817</v>
       </c>
       <c r="B1706" t="s">
         <v>1795</v>
       </c>
       <c r="C1706" t="s">
         <v>13</v>
       </c>
       <c r="E1706" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1707" spans="1:5">
       <c r="A1707" t="s">
         <v>1818</v>
       </c>
       <c r="B1707" t="s">
         <v>1795</v>
@@ -30428,51 +30434,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="1710" spans="1:5">
       <c r="A1710" t="s">
         <v>1821</v>
       </c>
       <c r="B1710" t="s">
         <v>1795</v>
       </c>
       <c r="C1710" t="s">
         <v>13</v>
       </c>
       <c r="E1710" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1711" spans="1:5">
       <c r="A1711" t="s">
         <v>1822</v>
       </c>
       <c r="B1711" t="s">
         <v>1795</v>
       </c>
       <c r="C1711" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1711" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1712" spans="1:5">
       <c r="A1712" t="s">
         <v>1823</v>
       </c>
       <c r="B1712" t="s">
         <v>1795</v>
       </c>
       <c r="C1712" t="s">
         <v>13</v>
       </c>
       <c r="E1712" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1713" spans="1:5">
       <c r="A1713" t="s">
         <v>1824</v>
       </c>
       <c r="B1713" t="s">
         <v>1795</v>
@@ -30540,65 +30546,65 @@
         <v>45</v>
       </c>
     </row>
     <row r="1718" spans="1:5">
       <c r="A1718" t="s">
         <v>1829</v>
       </c>
       <c r="B1718" t="s">
         <v>1795</v>
       </c>
       <c r="C1718" t="s">
         <v>13</v>
       </c>
       <c r="E1718" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1719" spans="1:5">
       <c r="A1719" t="s">
         <v>1830</v>
       </c>
       <c r="B1719" t="s">
         <v>1795</v>
       </c>
       <c r="C1719" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1719" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1720" spans="1:5">
       <c r="A1720" t="s">
         <v>1831</v>
       </c>
       <c r="B1720" t="s">
         <v>1795</v>
       </c>
       <c r="C1720" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1720" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1721" spans="1:5">
       <c r="A1721" t="s">
         <v>1832</v>
       </c>
       <c r="B1721" t="s">
         <v>1795</v>
       </c>
       <c r="C1721" t="s">
         <v>13</v>
       </c>
       <c r="E1721" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="1722" spans="1:5">
       <c r="A1722" t="s">
         <v>1833</v>
       </c>
       <c r="B1722" t="s">
         <v>1795</v>
@@ -30848,65 +30854,65 @@
         <v>10</v>
       </c>
     </row>
     <row r="1740" spans="1:5">
       <c r="A1740" t="s">
         <v>1854</v>
       </c>
       <c r="B1740" t="s">
         <v>1850</v>
       </c>
       <c r="C1740" t="s">
         <v>13</v>
       </c>
       <c r="E1740" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1741" spans="1:5">
       <c r="A1741" t="s">
         <v>1855</v>
       </c>
       <c r="B1741" t="s">
         <v>1850</v>
       </c>
       <c r="C1741" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1741" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1742" spans="1:5">
       <c r="A1742" t="s">
         <v>1856</v>
       </c>
       <c r="B1742" t="s">
         <v>1850</v>
       </c>
       <c r="C1742" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1742" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1743" spans="1:5">
       <c r="A1743" t="s">
         <v>1857</v>
       </c>
       <c r="B1743" t="s">
         <v>1850</v>
       </c>
       <c r="C1743" t="s">
         <v>13</v>
       </c>
       <c r="E1743" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1744" spans="1:5">
       <c r="A1744" t="s">
         <v>1858</v>
       </c>
       <c r="B1744" t="s">
         <v>1850</v>
@@ -31282,163 +31288,163 @@
         <v>10</v>
       </c>
     </row>
     <row r="1771" spans="1:5">
       <c r="A1771" t="s">
         <v>1889</v>
       </c>
       <c r="B1771" t="s">
         <v>1883</v>
       </c>
       <c r="C1771" t="s">
         <v>13</v>
       </c>
       <c r="E1771" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1772" spans="1:5">
       <c r="A1772" t="s">
         <v>1890</v>
       </c>
       <c r="B1772" t="s">
         <v>1883</v>
       </c>
       <c r="C1772" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1772" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1773" spans="1:5">
       <c r="A1773" t="s">
         <v>1891</v>
       </c>
       <c r="B1773" t="s">
         <v>1883</v>
       </c>
       <c r="C1773" t="s">
         <v>13</v>
       </c>
       <c r="E1773" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1774" spans="1:5">
       <c r="A1774" t="s">
         <v>1892</v>
       </c>
       <c r="B1774" t="s">
         <v>1883</v>
       </c>
       <c r="C1774" t="s">
         <v>13</v>
       </c>
       <c r="E1774" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1775" spans="1:5">
       <c r="A1775" t="s">
         <v>1893</v>
       </c>
       <c r="B1775" t="s">
         <v>1883</v>
       </c>
       <c r="C1775" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1775" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1776" spans="1:5">
       <c r="A1776" t="s">
         <v>1894</v>
       </c>
       <c r="B1776" t="s">
         <v>1883</v>
       </c>
       <c r="C1776" t="s">
         <v>13</v>
       </c>
       <c r="E1776" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1777" spans="1:5">
       <c r="A1777" t="s">
         <v>1895</v>
       </c>
       <c r="B1777" t="s">
         <v>1883</v>
       </c>
       <c r="C1777" t="s">
         <v>13</v>
       </c>
       <c r="E1777" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1778" spans="1:5">
       <c r="A1778" t="s">
         <v>1896</v>
       </c>
       <c r="B1778" t="s">
         <v>1883</v>
       </c>
       <c r="C1778" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1778" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1779" spans="1:5">
       <c r="A1779" t="s">
         <v>1897</v>
       </c>
       <c r="B1779" t="s">
         <v>1883</v>
       </c>
       <c r="C1779" t="s">
         <v>13</v>
       </c>
       <c r="E1779" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1780" spans="1:5">
       <c r="A1780" t="s">
         <v>1898</v>
       </c>
       <c r="B1780" t="s">
         <v>1883</v>
       </c>
       <c r="C1780" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1780" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1781" spans="1:5">
       <c r="A1781" t="s">
         <v>1899</v>
       </c>
       <c r="B1781" t="s">
         <v>1883</v>
       </c>
       <c r="C1781" t="s">
         <v>13</v>
       </c>
       <c r="E1781" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="1782" spans="1:5">
       <c r="A1782" t="s">
         <v>1900</v>
       </c>
       <c r="B1782" t="s">
         <v>1901</v>
@@ -31534,93 +31540,93 @@
         <v>10</v>
       </c>
     </row>
     <row r="1789" spans="1:5">
       <c r="A1789" t="s">
         <v>1909</v>
       </c>
       <c r="B1789" t="s">
         <v>1907</v>
       </c>
       <c r="C1789" t="s">
         <v>13</v>
       </c>
       <c r="E1789" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1790" spans="1:5">
       <c r="A1790" t="s">
         <v>1910</v>
       </c>
       <c r="B1790" t="s">
         <v>1907</v>
       </c>
       <c r="C1790" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E1790" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1791" spans="1:5">
       <c r="A1791" t="s">
         <v>1911</v>
       </c>
       <c r="B1791" t="s">
         <v>1907</v>
       </c>
       <c r="C1791" t="s">
         <v>13</v>
       </c>
       <c r="E1791" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1792" spans="1:5">
       <c r="A1792" t="s">
         <v>1912</v>
       </c>
       <c r="B1792" t="s">
         <v>1907</v>
       </c>
       <c r="C1792" t="s">
         <v>13</v>
       </c>
       <c r="E1792" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1793" spans="1:5">
       <c r="A1793" t="s">
         <v>1913</v>
       </c>
       <c r="B1793" t="s">
         <v>1907</v>
       </c>
       <c r="C1793" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E1793" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1794" spans="1:5">
       <c r="A1794" t="s">
         <v>1914</v>
       </c>
       <c r="B1794" t="s">
         <v>1907</v>
       </c>
       <c r="C1794" t="s">
         <v>13</v>
       </c>
       <c r="E1794" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="1795" spans="1:5">
       <c r="A1795" t="s">
         <v>1915</v>
       </c>
       <c r="B1795" t="s">
         <v>1907</v>
@@ -32580,60 +32586,72 @@
       <c r="C1863" t="s">
         <v>13</v>
       </c>
       <c r="E1863" t="s">
         <v>1991</v>
       </c>
     </row>
     <row r="1864" spans="1:5">
       <c r="A1864" t="s">
         <v>2000</v>
       </c>
       <c r="B1864" t="s">
         <v>1987</v>
       </c>
       <c r="C1864" t="s">
         <v>13</v>
       </c>
       <c r="E1864" t="s">
         <v>2001</v>
       </c>
     </row>
     <row r="1865" spans="1:5">
       <c r="A1865" t="s">
         <v>2002</v>
       </c>
+      <c r="B1865" t="s">
+        <v>1987</v>
+      </c>
       <c r="C1865" t="s">
         <v>13</v>
+      </c>
+      <c r="E1865" t="s">
+        <v>2001</v>
       </c>
     </row>
     <row r="1866" spans="1:5">
       <c r="A1866" t="s">
         <v>2003</v>
       </c>
+      <c r="B1866" t="s">
+        <v>1987</v>
+      </c>
       <c r="C1866" t="s">
         <v>13</v>
+      </c>
+      <c r="E1866" t="s">
+        <v>2001</v>
       </c>
     </row>
     <row r="1867" spans="1:5">
       <c r="A1867" t="s">
         <v>2004</v>
       </c>
       <c r="C1867" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1868" spans="1:5">
       <c r="A1868" t="s">
         <v>2005</v>
       </c>
       <c r="C1868" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1869" spans="1:5">
       <c r="A1869" t="s">
         <v>2006</v>
       </c>
       <c r="C1869" t="s">
         <v>13</v>
       </c>
@@ -32877,50 +32895,66 @@
       <c r="C1899" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1900" spans="1:3">
       <c r="A1900" t="s">
         <v>2037</v>
       </c>
       <c r="C1900" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1901" spans="1:3">
       <c r="A1901" t="s">
         <v>2038</v>
       </c>
       <c r="C1901" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1902" spans="1:3">
       <c r="A1902" t="s">
         <v>2039</v>
       </c>
       <c r="C1902" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1903" spans="1:3">
+      <c r="A1903" t="s">
+        <v>2040</v>
+      </c>
+      <c r="C1903" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1904" spans="1:3">
+      <c r="A1904" t="s">
+        <v>2041</v>
+      </c>
+      <c r="C1904" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">