--- v0 (2025-11-04)
+++ v1 (2026-03-20)
@@ -10,536 +10,494 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="757" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="673" uniqueCount="148">
   <si>
     <t>产品料号</t>
   </si>
   <si>
     <t>阻值(Ω)</t>
   </si>
   <si>
     <t>阻值公差</t>
   </si>
   <si>
     <t>B值</t>
   </si>
   <si>
     <t>B值精度</t>
   </si>
   <si>
     <t>尺寸</t>
   </si>
   <si>
     <t>生产状态</t>
   </si>
   <si>
+    <t>CMKB105H4350HANT</t>
+  </si>
+  <si>
+    <t>1MΩ</t>
+  </si>
+  <si>
+    <t>±3.0</t>
+  </si>
+  <si>
+    <t>4350K</t>
+  </si>
+  <si>
+    <t>0805</t>
+  </si>
+  <si>
+    <t>CMKB105G4350HANT</t>
+  </si>
+  <si>
+    <t>±2.0</t>
+  </si>
+  <si>
     <t>CMKB105F4350HANT</t>
   </si>
   <si>
-    <t>1MΩ</t>
-[...1 lines deleted...]
-  <si>
     <t>±1.0</t>
   </si>
   <si>
-    <t>4350K</t>
-[...11 lines deleted...]
-    <t>±2.0</t>
+    <t>CMKB105K4350HANT</t>
+  </si>
+  <si>
+    <t>±10.0</t>
   </si>
   <si>
     <t>CMKB105J4350HANT</t>
   </si>
   <si>
     <t>±5.0</t>
   </si>
   <si>
-    <t>CMKB105H4350HANT</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">CMKA105G4300HANT  </t>
   </si>
   <si>
     <t>4300K</t>
   </si>
   <si>
     <t>0603</t>
   </si>
   <si>
+    <t xml:space="preserve">CMKA105J4300HANT  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CMKA105F4300HANT  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CMKA105K4300HANT  </t>
+  </si>
+  <si>
     <t xml:space="preserve">CMKA105H4300HANT  </t>
   </si>
   <si>
-    <t xml:space="preserve">CMKA105K4300HANT  </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">CMKA105F4300HANT  </t>
+    <t>CMKB684G4200HANT</t>
+  </si>
+  <si>
+    <t>680KΩ</t>
+  </si>
+  <si>
+    <t>4200K</t>
+  </si>
+  <si>
+    <t>CMKB684J4200HANT</t>
+  </si>
+  <si>
+    <t>CMKB684H4200HANT</t>
+  </si>
+  <si>
+    <t>CMKB684F4200HANT</t>
   </si>
   <si>
     <t>CMKB684K4200HANT</t>
   </si>
   <si>
-    <t>680KΩ</t>
-[...16 lines deleted...]
-  <si>
     <t>CMKB474J4200HANT</t>
   </si>
   <si>
     <t>470KΩ</t>
   </si>
   <si>
     <t>CMKB474G4200HANT</t>
   </si>
   <si>
     <t>CMKB474F4200HANT</t>
   </si>
   <si>
     <t>CMKB474H4200HANT</t>
   </si>
   <si>
     <t>CMKB474K4200HANT</t>
   </si>
   <si>
+    <t xml:space="preserve">CMKA474J4150HANT  </t>
+  </si>
+  <si>
+    <t>4150K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CMKA474K4150HANT  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CMKA474F4150HANT  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CMKA474H4150HANT  </t>
+  </si>
+  <si>
     <t xml:space="preserve">CMKA474G4150HANT  </t>
   </si>
   <si>
-    <t>4150K</t>
-[...11 lines deleted...]
-    <t xml:space="preserve">CMKA474F4150HANT  </t>
+    <t xml:space="preserve">CMKD474F4050HANT  </t>
+  </si>
+  <si>
+    <t>4050K</t>
+  </si>
+  <si>
+    <t>0402</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CMKD474G4050HANT  </t>
   </si>
   <si>
     <t xml:space="preserve">CMKD474J4050HANT  </t>
   </si>
   <si>
-    <t>4050K</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">CMKD474F4050HANT  </t>
+    <t xml:space="preserve">CMKD474K4050HANT  </t>
   </si>
   <si>
     <t xml:space="preserve">CMKD474H4050HANT  </t>
   </si>
   <si>
-    <t xml:space="preserve">CMKD474K4050HANT  </t>
+    <t xml:space="preserve">CMKA224J4050HANT  </t>
+  </si>
+  <si>
+    <t>220KΩ</t>
   </si>
   <si>
     <t xml:space="preserve">CMKA224G4050HANT  </t>
   </si>
   <si>
-    <t>220KΩ</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CMKA224H4050HANT  </t>
   </si>
   <si>
+    <t xml:space="preserve">CMKA224F4050HANT  </t>
+  </si>
+  <si>
     <t xml:space="preserve">CMKA224K4050HANT  </t>
   </si>
   <si>
-    <t xml:space="preserve">CMKA224J4050HANT  </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">CMKA224F4050HANT  </t>
+    <t xml:space="preserve">CMKD224H3950HANT  </t>
+  </si>
+  <si>
+    <t>3950K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CMKD224K3950HANT  </t>
   </si>
   <si>
     <t xml:space="preserve">CMKD224G3950HANT  </t>
   </si>
   <si>
-    <t>3950K</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">CMKD224H3950HANT  </t>
+    <t xml:space="preserve">CMKD224J3950HANT  </t>
   </si>
   <si>
     <t xml:space="preserve">CMKD224F3950HANT  </t>
   </si>
   <si>
-    <t xml:space="preserve">CMKD224J3950HANT  </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">CMKD224K3950HANT  </t>
+    <t xml:space="preserve">CMKA204J4050HANT  </t>
+  </si>
+  <si>
+    <t>200KΩ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CMKA204G4050HANT  </t>
   </si>
   <si>
     <t xml:space="preserve">CMKA204H4050HANT  </t>
   </si>
   <si>
-    <t>200KΩ</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CMKA204F4050HANT  </t>
   </si>
   <si>
-    <t xml:space="preserve">CMKA204G4050HANT  </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CMKA204K4050HANT  </t>
   </si>
   <si>
-    <t xml:space="preserve">CMKA204J4050HANT  </t>
-[...1 lines deleted...]
-  <si>
     <t>CMKB154G3950HANT</t>
   </si>
   <si>
     <t>150KΩ</t>
   </si>
   <si>
+    <t>CMKB154J3950HANT</t>
+  </si>
+  <si>
+    <t>CMKB154K3950HANT</t>
+  </si>
+  <si>
     <t>CMKB154H3950HANT</t>
   </si>
   <si>
-    <t>CMKB154J3950HANT</t>
-[...4 lines deleted...]
-  <si>
     <t>CMKB154F3950HANT</t>
   </si>
   <si>
+    <t xml:space="preserve">CMKA154H3950HANT  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CMKA154G3950HANT  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CMKA154J3950HANT  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CMKA154F3950HANT  </t>
+  </si>
+  <si>
     <t xml:space="preserve">CMKA154K3950HANT  </t>
   </si>
   <si>
-    <t xml:space="preserve">CMKA154J3950HANT  </t>
-[...8 lines deleted...]
-    <t xml:space="preserve">CMKA154F3950HANT  </t>
+    <t xml:space="preserve">CMKD154K4150HANT  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CMKD154G4150HANT  </t>
   </si>
   <si>
     <t xml:space="preserve">CMKD154H4150HANT  </t>
   </si>
   <si>
-    <t xml:space="preserve">CMKD154G4150HANT  </t>
+    <t xml:space="preserve">CMKD154J4150HANT  </t>
   </si>
   <si>
     <t xml:space="preserve">CMKD154F4150HANT  </t>
   </si>
   <si>
-    <t xml:space="preserve">CMKD154J4150HANT  </t>
-[...5 lines deleted...]
-    <t>CMKB104J3950HANT</t>
+    <t>CMKB104G3950HANT</t>
   </si>
   <si>
     <t>100KΩ</t>
   </si>
   <si>
-    <t>CMKB104K3950HANT</t>
-[...8 lines deleted...]
-    <t>CMKB104F3950HANT</t>
+    <t xml:space="preserve">CMKA104G3950HANT  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CMKA104H3950HANT  </t>
   </si>
   <si>
     <t xml:space="preserve">CMKA104K3950HANT  </t>
   </si>
   <si>
-    <t xml:space="preserve">CMKA104G3950HANT  </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CMKA104J3950HANT  </t>
   </si>
   <si>
-    <t xml:space="preserve">CMKA104H3950HANT  </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CMKA104F3950HANT  </t>
   </si>
   <si>
     <t xml:space="preserve">CMKD104G3500HANT  </t>
   </si>
   <si>
     <t>3500K</t>
   </si>
   <si>
+    <t xml:space="preserve">CMKD104K3500HANT  </t>
+  </si>
+  <si>
     <t xml:space="preserve">CMKD104F3500HANT  </t>
   </si>
   <si>
-    <t xml:space="preserve">CMKD104K3500HANT  </t>
+    <t xml:space="preserve">CMKD104H3500HANT  </t>
   </si>
   <si>
     <t xml:space="preserve">CMKD104J3500HANT  </t>
   </si>
   <si>
-    <t xml:space="preserve">CMKD104H3500HANT  </t>
-[...2 lines deleted...]
-    <t>CMKB473J3950HANT</t>
+    <t>CMKB473G3950HANT</t>
   </si>
   <si>
     <t>47KΩ</t>
   </si>
   <si>
+    <t>CMKB473K3950HANT</t>
+  </si>
+  <si>
     <t>CMKB473H3950HANT</t>
   </si>
   <si>
-    <t>CMKB473K3950HANT</t>
-[...5 lines deleted...]
-    <t>CMKB473F3950HANT</t>
+    <t xml:space="preserve">CMKA473K3950HANT  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CMKA473G3950HANT  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CMKA473F3950HANT  </t>
   </si>
   <si>
     <t xml:space="preserve">CMKA473J3950HANT  </t>
   </si>
   <si>
     <t xml:space="preserve">CMKA473H3950HANT  </t>
   </si>
   <si>
-    <t xml:space="preserve">CMKA473F3950HANT  </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">CMKD473K3950HANT  </t>
   </si>
   <si>
+    <t xml:space="preserve">CMKD473J3950HANT  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CMKD473F3950HANT  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CMKD473H3950HANT  </t>
+  </si>
+  <si>
     <t xml:space="preserve">CMKD473G3950HANT  </t>
   </si>
   <si>
-    <t xml:space="preserve">CMKD473F3950HANT  </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">CMKD473J3950HANT  </t>
+    <t>CMKB223G3950HANT</t>
+  </si>
+  <si>
+    <t>22KΩ</t>
+  </si>
+  <si>
+    <t>CMKB223H3950HANT</t>
   </si>
   <si>
     <t>CMKB223K3950HANT</t>
   </si>
   <si>
-    <t>22KΩ</t>
-[...7 lines deleted...]
-  <si>
     <t>CMKB223F3950HANT</t>
   </si>
   <si>
-    <t>CMKB223G3950HANT</t>
-[...1 lines deleted...]
-  <si>
     <t>CMKB103K3950HANT</t>
   </si>
   <si>
     <t>10KΩ</t>
   </si>
   <si>
+    <t>CMKB103K3600HANT</t>
+  </si>
+  <si>
+    <t>3600K</t>
+  </si>
+  <si>
+    <t>CMKB103H3600HANT</t>
+  </si>
+  <si>
     <t>CMKB103G3600HANT</t>
   </si>
   <si>
-    <t>3600K</t>
-[...25 lines deleted...]
-  <si>
     <t>CMKA103J3500HANT</t>
   </si>
   <si>
     <t>CMKA103H3500HANT</t>
   </si>
   <si>
     <t>CMKA103G3500HANT</t>
   </si>
   <si>
     <t>CMKA103K3500HANT</t>
   </si>
   <si>
-    <t>CMKA103F3500HANT</t>
+    <t xml:space="preserve">CMKD103H3380HANT  </t>
+  </si>
+  <si>
+    <t>3380K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CMKD103J3380HANT  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CMKD103G3380HANT  </t>
   </si>
   <si>
     <t xml:space="preserve">CMKD103K3380HANT  </t>
   </si>
   <si>
-    <t>3380K</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">CMKD103F3380HANT  </t>
   </si>
   <si>
+    <t xml:space="preserve">CMKB502G3950HANT  </t>
+  </si>
+  <si>
+    <t>5KΩ</t>
+  </si>
+  <si>
     <t xml:space="preserve">CMKB502J3950HANT  </t>
   </si>
   <si>
-    <t>5KΩ</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">CMKB502G3950HANT  </t>
+    <t xml:space="preserve">CMKB502F3950HANT  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CMKB502K3950HANT  </t>
   </si>
   <si>
     <t xml:space="preserve">CMKB502H3950HANT  </t>
   </si>
   <si>
-    <t xml:space="preserve">CMKB502F3950HANT  </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">CMKB502K3950HANT  </t>
+    <t xml:space="preserve">CMKA472K3450HANT  </t>
+  </si>
+  <si>
+    <t>4.7KΩ</t>
+  </si>
+  <si>
+    <t>3450K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CMKA472J3450HANT  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CMKA472G3450HANT  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CMKA472H3450HANT  </t>
   </si>
   <si>
     <t xml:space="preserve">CMKA472F3450HANT  </t>
-  </si>
-[...16 lines deleted...]
-    <t xml:space="preserve">CMKA472K3450HANT  </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -831,2576 +789,2296 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G126"/>
+  <dimension ref="A1:G112"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
         <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F8" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>24</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D9" t="s">
         <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F9" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>25</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D10" t="s">
         <v>21</v>
       </c>
       <c r="E10" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
         <v>9</v>
       </c>
       <c r="D11" t="s">
         <v>21</v>
       </c>
       <c r="E11" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F11" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>29</v>
       </c>
       <c r="E12" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F12" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>28</v>
       </c>
       <c r="C13" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D13" t="s">
         <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F13" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D14" t="s">
         <v>29</v>
       </c>
       <c r="E14" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F14" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>28</v>
       </c>
       <c r="C15" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D15" t="s">
         <v>29</v>
       </c>
       <c r="E15" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F15" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>33</v>
       </c>
       <c r="B16" t="s">
         <v>28</v>
       </c>
       <c r="C16" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D16" t="s">
         <v>29</v>
       </c>
       <c r="E16" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F16" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>34</v>
       </c>
       <c r="B17" t="s">
         <v>35</v>
       </c>
       <c r="C17" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D17" t="s">
         <v>29</v>
       </c>
       <c r="E17" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F17" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>36</v>
       </c>
       <c r="B18" t="s">
         <v>35</v>
       </c>
       <c r="C18" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>29</v>
       </c>
       <c r="E18" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F18" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>37</v>
       </c>
       <c r="B19" t="s">
         <v>35</v>
       </c>
       <c r="C19" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D19" t="s">
         <v>29</v>
       </c>
       <c r="E19" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F19" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
         <v>38</v>
       </c>
       <c r="B20" t="s">
         <v>35</v>
       </c>
       <c r="C20" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D20" t="s">
         <v>29</v>
       </c>
       <c r="E20" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F20" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
         <v>39</v>
       </c>
       <c r="B21" t="s">
         <v>35</v>
       </c>
       <c r="C21" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D21" t="s">
         <v>29</v>
       </c>
       <c r="E21" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F21" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>40</v>
       </c>
       <c r="B22" t="s">
         <v>35</v>
       </c>
       <c r="C22" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D22" t="s">
         <v>41</v>
       </c>
       <c r="E22" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F22" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>42</v>
       </c>
       <c r="B23" t="s">
         <v>35</v>
       </c>
       <c r="C23" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D23" t="s">
         <v>41</v>
       </c>
       <c r="E23" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F23" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
         <v>43</v>
       </c>
       <c r="B24" t="s">
         <v>35</v>
       </c>
       <c r="C24" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D24" t="s">
         <v>41</v>
       </c>
       <c r="E24" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F24" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
         <v>44</v>
       </c>
       <c r="B25" t="s">
         <v>35</v>
       </c>
       <c r="C25" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D25" t="s">
         <v>41</v>
       </c>
       <c r="E25" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F25" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>45</v>
       </c>
       <c r="B26" t="s">
         <v>35</v>
       </c>
       <c r="C26" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>41</v>
       </c>
       <c r="E26" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F26" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
         <v>46</v>
       </c>
       <c r="B27" t="s">
         <v>35</v>
       </c>
       <c r="C27" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D27" t="s">
         <v>47</v>
       </c>
       <c r="E27" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F27" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
         <v>49</v>
       </c>
       <c r="B28" t="s">
         <v>35</v>
       </c>
       <c r="C28" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>47</v>
       </c>
       <c r="E28" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F28" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
         <v>50</v>
       </c>
       <c r="B29" t="s">
         <v>35</v>
       </c>
       <c r="C29" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="D29" t="s">
         <v>47</v>
       </c>
       <c r="E29" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F29" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>51</v>
       </c>
       <c r="B30" t="s">
         <v>35</v>
       </c>
       <c r="C30" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D30" t="s">
         <v>47</v>
       </c>
       <c r="E30" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F30" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
         <v>52</v>
       </c>
       <c r="B31" t="s">
         <v>35</v>
       </c>
       <c r="C31" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D31" t="s">
         <v>47</v>
       </c>
       <c r="E31" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F31" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>53</v>
       </c>
       <c r="B32" t="s">
         <v>54</v>
       </c>
       <c r="C32" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D32" t="s">
         <v>47</v>
       </c>
       <c r="E32" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F32" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
         <v>55</v>
       </c>
       <c r="B33" t="s">
         <v>54</v>
       </c>
       <c r="C33" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>47</v>
       </c>
       <c r="E33" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F33" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>56</v>
       </c>
       <c r="B34" t="s">
         <v>54</v>
       </c>
       <c r="C34" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D34" t="s">
         <v>47</v>
       </c>
       <c r="E34" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F34" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
         <v>57</v>
       </c>
       <c r="B35" t="s">
         <v>54</v>
       </c>
       <c r="C35" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D35" t="s">
         <v>47</v>
       </c>
       <c r="E35" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F35" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
         <v>58</v>
       </c>
       <c r="B36" t="s">
         <v>54</v>
       </c>
       <c r="C36" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D36" t="s">
         <v>47</v>
       </c>
       <c r="E36" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F36" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
         <v>59</v>
       </c>
       <c r="B37" t="s">
         <v>54</v>
       </c>
       <c r="C37" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D37" t="s">
         <v>60</v>
       </c>
       <c r="E37" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F37" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
         <v>61</v>
       </c>
       <c r="B38" t="s">
         <v>54</v>
       </c>
       <c r="C38" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D38" t="s">
         <v>60</v>
       </c>
       <c r="E38" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F38" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
         <v>62</v>
       </c>
       <c r="B39" t="s">
         <v>54</v>
       </c>
       <c r="C39" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>60</v>
       </c>
       <c r="E39" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F39" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
         <v>63</v>
       </c>
       <c r="B40" t="s">
         <v>54</v>
       </c>
       <c r="C40" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D40" t="s">
         <v>60</v>
       </c>
       <c r="E40" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F40" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
         <v>64</v>
       </c>
       <c r="B41" t="s">
         <v>54</v>
       </c>
       <c r="C41" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D41" t="s">
         <v>60</v>
       </c>
       <c r="E41" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F41" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
         <v>65</v>
       </c>
       <c r="B42" t="s">
         <v>66</v>
       </c>
       <c r="C42" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D42" t="s">
         <v>47</v>
       </c>
       <c r="E42" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F42" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
         <v>67</v>
       </c>
       <c r="B43" t="s">
         <v>66</v>
       </c>
       <c r="C43" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D43" t="s">
         <v>47</v>
       </c>
       <c r="E43" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F43" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
         <v>68</v>
       </c>
       <c r="B44" t="s">
         <v>66</v>
       </c>
       <c r="C44" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D44" t="s">
         <v>47</v>
       </c>
       <c r="E44" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F44" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
         <v>69</v>
       </c>
       <c r="B45" t="s">
         <v>66</v>
       </c>
       <c r="C45" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D45" t="s">
         <v>47</v>
       </c>
       <c r="E45" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F45" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
         <v>70</v>
       </c>
       <c r="B46" t="s">
         <v>66</v>
       </c>
       <c r="C46" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D46" t="s">
         <v>47</v>
       </c>
       <c r="E46" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F46" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
         <v>71</v>
       </c>
       <c r="B47" t="s">
         <v>72</v>
       </c>
       <c r="C47" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D47" t="s">
         <v>60</v>
       </c>
       <c r="E47" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F47" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
         <v>73</v>
       </c>
       <c r="B48" t="s">
         <v>72</v>
       </c>
       <c r="C48" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D48" t="s">
         <v>60</v>
       </c>
       <c r="E48" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F48" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
         <v>74</v>
       </c>
       <c r="B49" t="s">
         <v>72</v>
       </c>
       <c r="C49" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D49" t="s">
         <v>60</v>
       </c>
       <c r="E49" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F49" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
         <v>75</v>
       </c>
       <c r="B50" t="s">
         <v>72</v>
       </c>
       <c r="C50" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D50" t="s">
         <v>60</v>
       </c>
       <c r="E50" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F50" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
         <v>76</v>
       </c>
       <c r="B51" t="s">
         <v>72</v>
       </c>
       <c r="C51" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D51" t="s">
         <v>60</v>
       </c>
       <c r="E51" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F51" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
         <v>77</v>
       </c>
       <c r="B52" t="s">
         <v>72</v>
       </c>
       <c r="C52" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D52" t="s">
         <v>60</v>
       </c>
       <c r="E52" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F52" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
         <v>78</v>
       </c>
       <c r="B53" t="s">
         <v>72</v>
       </c>
       <c r="C53" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D53" t="s">
         <v>60</v>
       </c>
       <c r="E53" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F53" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
         <v>79</v>
       </c>
       <c r="B54" t="s">
         <v>72</v>
       </c>
       <c r="C54" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D54" t="s">
         <v>60</v>
       </c>
       <c r="E54" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F54" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
         <v>80</v>
       </c>
       <c r="B55" t="s">
         <v>72</v>
       </c>
       <c r="C55" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D55" t="s">
         <v>60</v>
       </c>
       <c r="E55" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
         <v>81</v>
       </c>
       <c r="B56" t="s">
         <v>72</v>
       </c>
       <c r="C56" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D56" t="s">
         <v>60</v>
       </c>
       <c r="E56" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F56" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
         <v>82</v>
       </c>
       <c r="B57" t="s">
         <v>72</v>
       </c>
       <c r="C57" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D57" t="s">
         <v>41</v>
       </c>
       <c r="E57" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F57" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
         <v>83</v>
       </c>
       <c r="B58" t="s">
         <v>72</v>
       </c>
       <c r="C58" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D58" t="s">
         <v>41</v>
       </c>
       <c r="E58" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F58" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
         <v>84</v>
       </c>
       <c r="B59" t="s">
         <v>72</v>
       </c>
       <c r="C59" t="s">
         <v>9</v>
       </c>
       <c r="D59" t="s">
         <v>41</v>
       </c>
       <c r="E59" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F59" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
         <v>85</v>
       </c>
       <c r="B60" t="s">
         <v>72</v>
       </c>
       <c r="C60" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D60" t="s">
         <v>41</v>
       </c>
       <c r="E60" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F60" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
         <v>86</v>
       </c>
       <c r="B61" t="s">
         <v>72</v>
       </c>
       <c r="C61" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D61" t="s">
         <v>41</v>
       </c>
       <c r="E61" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F61" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
         <v>87</v>
       </c>
       <c r="B62" t="s">
         <v>88</v>
       </c>
       <c r="C62" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D62" t="s">
         <v>60</v>
       </c>
       <c r="E62" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F62" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
         <v>89</v>
       </c>
       <c r="B63" t="s">
         <v>88</v>
       </c>
       <c r="C63" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="D63" t="s">
         <v>60</v>
       </c>
       <c r="E63" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F63" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
         <v>90</v>
       </c>
       <c r="B64" t="s">
         <v>88</v>
       </c>
       <c r="C64" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D64" t="s">
         <v>60</v>
       </c>
       <c r="E64" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F64" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
         <v>91</v>
       </c>
       <c r="B65" t="s">
         <v>88</v>
       </c>
       <c r="C65" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D65" t="s">
         <v>60</v>
       </c>
       <c r="E65" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F65" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
         <v>92</v>
       </c>
       <c r="B66" t="s">
         <v>88</v>
       </c>
       <c r="C66" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="D66" t="s">
         <v>60</v>
       </c>
       <c r="E66" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F66" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
         <v>93</v>
       </c>
       <c r="B67" t="s">
         <v>88</v>
       </c>
       <c r="C67" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D67" t="s">
         <v>60</v>
       </c>
       <c r="E67" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F67" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
         <v>94</v>
       </c>
       <c r="B68" t="s">
         <v>88</v>
       </c>
       <c r="C68" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D68" t="s">
-        <v>60</v>
+        <v>95</v>
       </c>
       <c r="E68" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F68" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B69" t="s">
         <v>88</v>
       </c>
       <c r="C69" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D69" t="s">
-        <v>60</v>
+        <v>95</v>
       </c>
       <c r="E69" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F69" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B70" t="s">
         <v>88</v>
       </c>
       <c r="C70" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D70" t="s">
-        <v>60</v>
+        <v>95</v>
       </c>
       <c r="E70" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F70" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B71" t="s">
         <v>88</v>
       </c>
       <c r="C71" t="s">
         <v>9</v>
       </c>
       <c r="D71" t="s">
-        <v>60</v>
+        <v>95</v>
       </c>
       <c r="E71" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F71" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B72" t="s">
         <v>88</v>
       </c>
       <c r="C72" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D72" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="E72" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F72" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
         <v>100</v>
       </c>
       <c r="B73" t="s">
-        <v>88</v>
+        <v>101</v>
       </c>
       <c r="C73" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D73" t="s">
-        <v>99</v>
+        <v>60</v>
       </c>
       <c r="E73" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F73" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
+        <v>102</v>
+      </c>
+      <c r="B74" t="s">
         <v>101</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D74" t="s">
-        <v>99</v>
+        <v>60</v>
       </c>
       <c r="E74" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F74" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B75" t="s">
-        <v>88</v>
+        <v>101</v>
       </c>
       <c r="C75" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D75" t="s">
-        <v>99</v>
+        <v>60</v>
       </c>
       <c r="E75" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F75" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B76" t="s">
-        <v>88</v>
+        <v>101</v>
       </c>
       <c r="C76" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D76" t="s">
-        <v>99</v>
+        <v>60</v>
       </c>
       <c r="E76" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F76" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B77" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="C77" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D77" t="s">
         <v>60</v>
       </c>
       <c r="E77" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F77" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
         <v>106</v>
       </c>
       <c r="B78" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="C78" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D78" t="s">
         <v>60</v>
       </c>
       <c r="E78" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F78" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
         <v>107</v>
       </c>
       <c r="B79" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="C79" t="s">
         <v>19</v>
       </c>
       <c r="D79" t="s">
         <v>60</v>
       </c>
       <c r="E79" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F79" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
         <v>108</v>
       </c>
       <c r="B80" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="C80" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D80" t="s">
         <v>60</v>
       </c>
       <c r="E80" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F80" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
         <v>109</v>
       </c>
       <c r="B81" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="C81" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D81" t="s">
         <v>60</v>
       </c>
       <c r="E81" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F81" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
         <v>110</v>
       </c>
       <c r="B82" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="C82" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D82" t="s">
         <v>60</v>
       </c>
       <c r="E82" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F82" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
         <v>111</v>
       </c>
       <c r="B83" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="C83" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D83" t="s">
         <v>60</v>
       </c>
       <c r="E83" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F83" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
         <v>112</v>
       </c>
       <c r="B84" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="C84" t="s">
         <v>9</v>
       </c>
       <c r="D84" t="s">
         <v>60</v>
       </c>
       <c r="E84" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F84" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
         <v>113</v>
       </c>
       <c r="B85" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="C85" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="D85" t="s">
         <v>60</v>
       </c>
       <c r="E85" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F85" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
         <v>114</v>
       </c>
       <c r="B86" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="C86" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D86" t="s">
         <v>60</v>
       </c>
       <c r="E86" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F86" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
+        <v>116</v>
+      </c>
+      <c r="B87" t="s">
         <v>115</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D87" t="s">
         <v>60</v>
       </c>
       <c r="E87" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F87" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B88" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="C88" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D88" t="s">
         <v>60</v>
       </c>
       <c r="E88" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F88" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B89" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="C89" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D89" t="s">
         <v>60</v>
       </c>
       <c r="E89" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F89" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B90" t="s">
-        <v>105</v>
+        <v>120</v>
       </c>
       <c r="C90" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D90" t="s">
         <v>60</v>
       </c>
       <c r="E90" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F90" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B91" t="s">
-        <v>105</v>
+        <v>120</v>
       </c>
       <c r="C91" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D91" t="s">
-        <v>60</v>
+        <v>122</v>
       </c>
       <c r="E91" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F91" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
+        <v>123</v>
+      </c>
+      <c r="B92" t="s">
         <v>120</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D92" t="s">
-        <v>60</v>
+        <v>122</v>
       </c>
       <c r="E92" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F92" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
+        <v>124</v>
+      </c>
+      <c r="B93" t="s">
+        <v>120</v>
+      </c>
+      <c r="C93" t="s">
+        <v>13</v>
+      </c>
+      <c r="D93" t="s">
         <v>122</v>
       </c>
-      <c r="B93" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E93" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F93" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B94" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C94" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D94" t="s">
-        <v>60</v>
+        <v>95</v>
       </c>
       <c r="E94" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F94" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B95" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C95" t="s">
         <v>9</v>
       </c>
       <c r="D95" t="s">
-        <v>60</v>
+        <v>95</v>
       </c>
       <c r="E95" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F95" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B96" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C96" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D96" t="s">
-        <v>60</v>
+        <v>95</v>
       </c>
       <c r="E96" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F96" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B97" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="C97" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D97" t="s">
-        <v>60</v>
+        <v>95</v>
       </c>
       <c r="E97" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F97" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B98" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="C98" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D98" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E98" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F98" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
+        <v>131</v>
+      </c>
+      <c r="B99" t="s">
+        <v>120</v>
+      </c>
+      <c r="C99" t="s">
+        <v>19</v>
+      </c>
+      <c r="D99" t="s">
         <v>130</v>
       </c>
-      <c r="B99" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E99" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F99" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B100" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="C100" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D100" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E100" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F100" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B101" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="C101" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D101" t="s">
-        <v>60</v>
+        <v>130</v>
       </c>
       <c r="E101" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F101" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B102" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="C102" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D102" t="s">
-        <v>60</v>
+        <v>130</v>
       </c>
       <c r="E102" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F102" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B103" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="C103" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D103" t="s">
         <v>60</v>
       </c>
       <c r="E103" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F103" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B104" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="C104" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="D104" t="s">
-        <v>129</v>
+        <v>60</v>
       </c>
       <c r="E104" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F104" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
+        <v>138</v>
+      </c>
+      <c r="B105" t="s">
         <v>136</v>
       </c>
-      <c r="B105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D105" t="s">
-        <v>129</v>
+        <v>60</v>
       </c>
       <c r="E105" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F105" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B106" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="C106" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D106" t="s">
-        <v>129</v>
+        <v>60</v>
       </c>
       <c r="E106" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F106" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B107" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="C107" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D107" t="s">
-        <v>99</v>
+        <v>60</v>
       </c>
       <c r="E107" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F107" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B108" t="s">
-        <v>127</v>
+        <v>142</v>
       </c>
       <c r="C108" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D108" t="s">
-        <v>99</v>
+        <v>143</v>
       </c>
       <c r="E108" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F108" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="B109" t="s">
-        <v>127</v>
+        <v>142</v>
       </c>
       <c r="C109" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D109" t="s">
-        <v>99</v>
+        <v>143</v>
       </c>
       <c r="E109" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F109" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="B110" t="s">
-        <v>127</v>
+        <v>142</v>
       </c>
       <c r="C110" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="D110" t="s">
-        <v>99</v>
+        <v>143</v>
       </c>
       <c r="E110" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F110" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
+        <v>146</v>
+      </c>
+      <c r="B111" t="s">
         <v>142</v>
       </c>
-      <c r="B111" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C111" t="s">
         <v>9</v>
       </c>
       <c r="D111" t="s">
-        <v>99</v>
+        <v>143</v>
       </c>
       <c r="E111" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F111" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
+        <v>147</v>
+      </c>
+      <c r="B112" t="s">
+        <v>142</v>
+      </c>
+      <c r="C112" t="s">
+        <v>15</v>
+      </c>
+      <c r="D112" t="s">
         <v>143</v>
       </c>
-      <c r="B112" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E112" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F112" t="s">
-        <v>48</v>
-[...278 lines deleted...]
-      <c r="F126" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">