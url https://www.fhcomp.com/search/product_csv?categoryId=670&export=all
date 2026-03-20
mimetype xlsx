--- v0 (2025-10-11)
+++ v1 (2026-03-20)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="457" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="487" uniqueCount="136">
   <si>
     <t>型号</t>
   </si>
   <si>
     <t>阻值(Ω)</t>
   </si>
   <si>
     <t>尺寸(inch)</t>
   </si>
   <si>
     <t>额定功率</t>
   </si>
   <si>
     <t>温度系数值(ppm/℃)</t>
   </si>
   <si>
     <t>阻值精度</t>
   </si>
   <si>
     <t>生产状态</t>
   </si>
   <si>
     <t>AVJ12K1005FT</t>
   </si>
   <si>
@@ -69,62 +69,62 @@
   <si>
     <t>±100</t>
   </si>
   <si>
     <t>±1%</t>
   </si>
   <si>
     <t>AVG10K1005FT</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>1/2W</t>
   </si>
   <si>
     <t>AVR06K1005FT</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>1/3W</t>
   </si>
   <si>
+    <t>AVF06W1005FT</t>
+  </si>
+  <si>
+    <t>1/4W</t>
+  </si>
+  <si>
+    <t>±200</t>
+  </si>
+  <si>
     <t>AVR06W1005FT</t>
   </si>
   <si>
-    <t>±200</t>
-[...7 lines deleted...]
-  <si>
     <t>AVJ12K9104FT</t>
   </si>
   <si>
     <t>9.1MΩ</t>
   </si>
   <si>
     <t>AVG10K9104FT</t>
   </si>
   <si>
     <t>AVJ12K8204FT</t>
   </si>
   <si>
     <t>8.2MΩ</t>
   </si>
   <si>
     <t>AVG10K8204FT</t>
   </si>
   <si>
     <t>AVF06W6814FT</t>
   </si>
   <si>
     <t>6.81MΩ</t>
   </si>
   <si>
     <t>AVR06W6814FT</t>
@@ -237,50 +237,56 @@
   <si>
     <t>AVR06K2004FT</t>
   </si>
   <si>
     <t>AVR06K2004DT</t>
   </si>
   <si>
     <t>AVR06K1914FT</t>
   </si>
   <si>
     <t>1.91MΩ</t>
   </si>
   <si>
     <t>AVJ12K1804FT</t>
   </si>
   <si>
     <t>1.8MΩ</t>
   </si>
   <si>
     <t>AVR06K1804FT</t>
   </si>
   <si>
     <t>AVJ12K1804DT</t>
   </si>
   <si>
+    <t>AVJ12K1504FT</t>
+  </si>
+  <si>
+    <t>1.5MΩ</t>
+  </si>
+  <si>
     <t>AVJ12K1004FT</t>
   </si>
   <si>
     <t>1MΩ</t>
   </si>
   <si>
     <t>AVG10K1004FT</t>
   </si>
   <si>
     <t>AVR06K1004FT</t>
   </si>
   <si>
     <t>AVF06K1004FT</t>
   </si>
   <si>
     <t>AVR06K1004DT</t>
   </si>
   <si>
     <t>AVG10K9103FT</t>
   </si>
   <si>
     <t>910KΩ</t>
   </si>
   <si>
     <t>AVR06K754JT</t>
@@ -297,114 +303,129 @@
   <si>
     <t>AVR06K7503FT</t>
   </si>
   <si>
     <t>AVR06K6803FT</t>
   </si>
   <si>
     <t>680KΩ</t>
   </si>
   <si>
     <t>AVR06K6803DT</t>
   </si>
   <si>
     <t>AVR06K6653DT</t>
   </si>
   <si>
     <t>665KΩ</t>
   </si>
   <si>
     <t>AVR06K6043FT</t>
   </si>
   <si>
     <t>604KΩ</t>
   </si>
   <si>
+    <t>AVR06K5103FT</t>
+  </si>
+  <si>
+    <t>510KΩ</t>
+  </si>
+  <si>
     <t>AVF06K5103FT</t>
   </si>
   <si>
-    <t>510KΩ</t>
-[...4 lines deleted...]
-  <si>
     <t>AVR06K5103DT</t>
   </si>
   <si>
     <t>AVR06K4753FT</t>
   </si>
   <si>
     <t>475KΩ</t>
   </si>
   <si>
     <t>AVR06K4703FT</t>
   </si>
   <si>
     <t>470KΩ</t>
   </si>
   <si>
+    <t>AVR06H4703DT</t>
+  </si>
+  <si>
+    <t>±50</t>
+  </si>
+  <si>
+    <t>AVR06K4703DT</t>
+  </si>
+  <si>
     <t>AVJ12K4303FT</t>
   </si>
   <si>
     <t>430KΩ</t>
   </si>
   <si>
     <t>AVG10K4303FT</t>
   </si>
   <si>
     <t>AVR06K4303FT</t>
   </si>
   <si>
     <t>AVJ12K3903FT</t>
   </si>
   <si>
     <t>390KΩ</t>
   </si>
   <si>
     <t>AVR06K3303FT</t>
   </si>
   <si>
     <t>330KΩ</t>
   </si>
   <si>
     <t>AVR06K3003FT</t>
   </si>
   <si>
     <t>300KΩ</t>
   </si>
   <si>
     <t>AVR06K2703FT</t>
   </si>
   <si>
     <t>270KΩ</t>
   </si>
   <si>
     <t>AVR06K2203FT</t>
   </si>
   <si>
     <t>220KΩ</t>
+  </si>
+  <si>
+    <t>AVR06K2203DT</t>
+  </si>
+  <si>
+    <t>AVR06H2203DT</t>
   </si>
   <si>
     <t>AVR06K1803DT</t>
   </si>
   <si>
     <t>180KΩ</t>
   </si>
   <si>
     <t>AVJ12K1003FT</t>
   </si>
   <si>
     <t>100KΩ</t>
   </si>
   <si>
     <t>AVG10K1003FT</t>
   </si>
   <si>
     <t>AVR06K1003FT</t>
   </si>
   <si>
     <t>AVF06K1003FT</t>
   </si>
   <si>
     <t>AVR06K1003DT</t>
   </si>
@@ -732,51 +753,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G76"/>
+  <dimension ref="A1:G81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -832,74 +853,74 @@
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
         <v>11</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>23</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>9</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
     </row>
@@ -952,74 +973,74 @@
       </c>
       <c r="C10" t="s">
         <v>14</v>
       </c>
       <c r="D10" t="s">
         <v>15</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>29</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" t="s">
         <v>17</v>
       </c>
       <c r="D11" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>31</v>
       </c>
       <c r="B12" t="s">
         <v>30</v>
       </c>
       <c r="C12" t="s">
         <v>17</v>
       </c>
       <c r="D12" t="s">
         <v>18</v>
       </c>
       <c r="E12" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>33</v>
       </c>
       <c r="C13" t="s">
         <v>9</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
     </row>
@@ -1372,74 +1393,74 @@
       </c>
       <c r="C31" t="s">
         <v>17</v>
       </c>
       <c r="D31" t="s">
         <v>18</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>61</v>
       </c>
       <c r="B32" t="s">
         <v>62</v>
       </c>
       <c r="C32" t="s">
         <v>17</v>
       </c>
       <c r="D32" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
         <v>63</v>
       </c>
       <c r="B33" t="s">
         <v>62</v>
       </c>
       <c r="C33" t="s">
         <v>17</v>
       </c>
       <c r="D33" t="s">
         <v>18</v>
       </c>
       <c r="E33" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>64</v>
       </c>
       <c r="B34" t="s">
         <v>65</v>
       </c>
       <c r="C34" t="s">
         <v>9</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
     </row>
@@ -1586,722 +1607,822 @@
     <row r="42" spans="1:6">
       <c r="A42" t="s">
         <v>75</v>
       </c>
       <c r="B42" t="s">
         <v>76</v>
       </c>
       <c r="C42" t="s">
         <v>9</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
         <v>77</v>
       </c>
       <c r="B43" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C43" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D43" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
+        <v>79</v>
+      </c>
+      <c r="B44" t="s">
         <v>78</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D44" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B45" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C45" t="s">
         <v>17</v>
       </c>
       <c r="D45" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B46" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C46" t="s">
         <v>17</v>
       </c>
       <c r="D46" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B47" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="C47" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D47" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
         <v>83</v>
       </c>
       <c r="B48" t="s">
         <v>84</v>
       </c>
       <c r="C48" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D48" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" t="s">
-        <v>40</v>
+        <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
         <v>85</v>
       </c>
       <c r="B49" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C49" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D49" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
+        <v>87</v>
+      </c>
+      <c r="B50" t="s">
         <v>86</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D50" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B51" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C51" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D51" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B52" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="C52" t="s">
         <v>17</v>
       </c>
       <c r="D52" t="s">
         <v>18</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
         <v>90</v>
       </c>
       <c r="B53" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C53" t="s">
         <v>17</v>
       </c>
       <c r="D53" t="s">
         <v>18</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
+        <v>92</v>
+      </c>
+      <c r="B54" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="C54" t="s">
         <v>17</v>
       </c>
       <c r="D54" t="s">
         <v>18</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
         <v>93</v>
       </c>
       <c r="B55" t="s">
         <v>94</v>
       </c>
       <c r="C55" t="s">
         <v>17</v>
       </c>
       <c r="D55" t="s">
         <v>18</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
         <v>95</v>
       </c>
       <c r="B56" t="s">
         <v>96</v>
       </c>
       <c r="C56" t="s">
         <v>17</v>
       </c>
       <c r="D56" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
         <v>97</v>
       </c>
       <c r="B57" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C57" t="s">
         <v>17</v>
       </c>
       <c r="D57" t="s">
         <v>18</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
+        <v>99</v>
+      </c>
+      <c r="B58" t="s">
         <v>98</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" t="s">
         <v>17</v>
       </c>
       <c r="D58" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B59" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C59" t="s">
         <v>17</v>
       </c>
       <c r="D59" t="s">
         <v>18</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
         <v>101</v>
       </c>
       <c r="B60" t="s">
         <v>102</v>
       </c>
       <c r="C60" t="s">
         <v>17</v>
       </c>
       <c r="D60" t="s">
         <v>18</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
         <v>103</v>
       </c>
       <c r="B61" t="s">
         <v>104</v>
       </c>
       <c r="C61" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D61" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
         <v>105</v>
       </c>
       <c r="B62" t="s">
         <v>104</v>
       </c>
       <c r="C62" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D62" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E62" t="s">
-        <v>11</v>
+        <v>106</v>
       </c>
       <c r="F62" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B63" t="s">
         <v>104</v>
       </c>
       <c r="C63" t="s">
         <v>17</v>
       </c>
       <c r="D63" t="s">
         <v>18</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B64" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C64" t="s">
         <v>9</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
+        <v>110</v>
+      </c>
+      <c r="B65" t="s">
         <v>109</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D65" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E65" t="s">
         <v>11</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
         <v>111</v>
       </c>
       <c r="B66" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="C66" t="s">
         <v>17</v>
       </c>
       <c r="D66" t="s">
         <v>18</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
+        <v>112</v>
+      </c>
+      <c r="B67" t="s">
         <v>113</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="D67" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
+        <v>114</v>
+      </c>
+      <c r="B68" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="C68" t="s">
         <v>17</v>
       </c>
       <c r="D68" t="s">
         <v>18</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
+        <v>116</v>
+      </c>
+      <c r="B69" t="s">
         <v>117</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" t="s">
         <v>17</v>
       </c>
       <c r="D69" t="s">
         <v>18</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
+        <v>118</v>
+      </c>
+      <c r="B70" t="s">
         <v>119</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D70" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
+        <v>120</v>
+      </c>
+      <c r="B71" t="s">
         <v>121</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D71" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
         <v>122</v>
       </c>
       <c r="B72" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C72" t="s">
         <v>17</v>
       </c>
       <c r="D72" t="s">
         <v>18</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
         <v>123</v>
       </c>
       <c r="B73" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C73" t="s">
         <v>17</v>
       </c>
       <c r="D73" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E73" t="s">
-        <v>11</v>
+        <v>106</v>
       </c>
       <c r="F73" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
         <v>124</v>
       </c>
       <c r="B74" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="C74" t="s">
         <v>17</v>
       </c>
       <c r="D74" t="s">
         <v>18</v>
       </c>
       <c r="E74" t="s">
         <v>11</v>
       </c>
       <c r="F74" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B75" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C75" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="D75" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="E75" t="s">
         <v>11</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
+        <v>128</v>
+      </c>
+      <c r="B76" t="s">
         <v>127</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D76" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6">
+      <c r="A77" t="s">
+        <v>129</v>
+      </c>
+      <c r="B77" t="s">
+        <v>127</v>
+      </c>
+      <c r="C77" t="s">
+        <v>17</v>
+      </c>
+      <c r="D77" t="s">
+        <v>18</v>
+      </c>
+      <c r="E77" t="s">
+        <v>11</v>
+      </c>
+      <c r="F77" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6">
+      <c r="A78" t="s">
+        <v>130</v>
+      </c>
+      <c r="B78" t="s">
+        <v>127</v>
+      </c>
+      <c r="C78" t="s">
+        <v>17</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>11</v>
+      </c>
+      <c r="F78" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6">
+      <c r="A79" t="s">
+        <v>131</v>
+      </c>
+      <c r="B79" t="s">
+        <v>127</v>
+      </c>
+      <c r="C79" t="s">
+        <v>17</v>
+      </c>
+      <c r="D79" t="s">
+        <v>18</v>
+      </c>
+      <c r="E79" t="s">
+        <v>11</v>
+      </c>
+      <c r="F79" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6">
+      <c r="A80" t="s">
+        <v>132</v>
+      </c>
+      <c r="B80" t="s">
+        <v>133</v>
+      </c>
+      <c r="C80" t="s">
+        <v>17</v>
+      </c>
+      <c r="D80" t="s">
+        <v>18</v>
+      </c>
+      <c r="E80" t="s">
+        <v>11</v>
+      </c>
+      <c r="F80" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6">
+      <c r="A81" t="s">
+        <v>134</v>
+      </c>
+      <c r="B81" t="s">
+        <v>135</v>
+      </c>
+      <c r="C81" t="s">
+        <v>17</v>
+      </c>
+      <c r="D81" t="s">
+        <v>18</v>
+      </c>
+      <c r="E81" t="s">
+        <v>11</v>
+      </c>
+      <c r="F81" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">