--- v0 (2025-12-18)
+++ v1 (2026-02-02)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1237" uniqueCount="299">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1243" uniqueCount="300">
   <si>
     <t>型号</t>
   </si>
   <si>
     <t>阻值(Ω)</t>
   </si>
   <si>
     <t>额定功率</t>
   </si>
   <si>
     <t>温度系数值(ppm/℃)</t>
   </si>
   <si>
     <t>阻值精度</t>
   </si>
   <si>
     <t>尺寸(inch)</t>
   </si>
   <si>
     <t>生产状态</t>
   </si>
   <si>
     <t>RS-06M1127FT</t>
   </si>
   <si>
@@ -111,56 +111,56 @@
   <si>
     <t>RS-05T517KT</t>
   </si>
   <si>
     <t>510MΩ</t>
   </si>
   <si>
     <t>RS-03T517KT</t>
   </si>
   <si>
     <t>1/10W</t>
   </si>
   <si>
     <t>0603</t>
   </si>
   <si>
     <t>RS-06T507JT</t>
   </si>
   <si>
     <t>500MΩ</t>
   </si>
   <si>
     <t>RS-06M507JT</t>
   </si>
   <si>
+    <t>RS-05M507JT</t>
+  </si>
+  <si>
     <t>RS-05T507JT</t>
   </si>
   <si>
-    <t>RS-05M507JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RS-06T477JT</t>
   </si>
   <si>
     <t>470MΩ</t>
   </si>
   <si>
     <t>RS-05M477JT</t>
   </si>
   <si>
     <t>RS-03T477JT</t>
   </si>
   <si>
     <t>RS-06T437JT</t>
   </si>
   <si>
     <t>430MΩ</t>
   </si>
   <si>
     <t>RS-05T397JT</t>
   </si>
   <si>
     <t>390MΩ</t>
   </si>
   <si>
     <t>RS-06T337JT</t>
@@ -654,107 +654,107 @@
   <si>
     <t>RS-05M246JT</t>
   </si>
   <si>
     <t>RS-05M2405FT</t>
   </si>
   <si>
     <t>RS-10M226JT</t>
   </si>
   <si>
     <t>22MΩ</t>
   </si>
   <si>
     <t>RS-1210M226JT</t>
   </si>
   <si>
     <t>RS-06M226JT</t>
   </si>
   <si>
     <t>RS-05M226JT</t>
   </si>
   <si>
     <t>RS-03M226JT</t>
   </si>
   <si>
+    <t>RC-02U226JT</t>
+  </si>
+  <si>
     <t>RC-02M226JT</t>
   </si>
   <si>
-    <t>RC-02U226JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RC-01M226JT</t>
   </si>
   <si>
     <t>RS-06M2205FT</t>
   </si>
   <si>
     <t>RS-05M2205FT</t>
   </si>
   <si>
     <t>RS-10M206JT</t>
   </si>
   <si>
     <t>20MΩ</t>
   </si>
   <si>
     <t>RS-1210M206JT</t>
   </si>
   <si>
     <t>RS-06M206JT</t>
   </si>
   <si>
     <t>RS-05M206JT</t>
   </si>
   <si>
     <t>RS-03M206JT</t>
   </si>
   <si>
     <t>RC-02M206JT</t>
   </si>
   <si>
     <t>RC-02U206JT</t>
   </si>
   <si>
     <t>RS-1210M2005FT</t>
   </si>
   <si>
     <t>RS-06M2005FT</t>
   </si>
   <si>
     <t>RS-05M2005FT</t>
   </si>
   <si>
     <t>RS-03M2005FT</t>
   </si>
   <si>
+    <t>RC-02M2005FT</t>
+  </si>
+  <si>
     <t>RC-02U2005FT</t>
   </si>
   <si>
-    <t>RC-02M2005FT</t>
-[...1 lines deleted...]
-  <si>
     <t>RS-06M206DT</t>
   </si>
   <si>
     <t>RS-03M1825FT</t>
   </si>
   <si>
     <t>18.2MΩ</t>
   </si>
   <si>
     <t>RS-06M186JT</t>
   </si>
   <si>
     <t>18MΩ</t>
   </si>
   <si>
     <t>RS-05M186JT</t>
   </si>
   <si>
     <t>RS-03M186JT</t>
   </si>
   <si>
     <t>RC-02M186JT</t>
   </si>
   <si>
     <t>RS-06M1805FT</t>
@@ -789,56 +789,56 @@
   <si>
     <t>RS-03M166JT</t>
   </si>
   <si>
     <t>RS-05M1605FT</t>
   </si>
   <si>
     <t>RS-05L1605FT</t>
   </si>
   <si>
     <t>RS-1210M156JT</t>
   </si>
   <si>
     <t>15MΩ</t>
   </si>
   <si>
     <t>RS-06M156JT</t>
   </si>
   <si>
     <t>RS-05M156JT</t>
   </si>
   <si>
     <t>RS-03M156JT</t>
   </si>
   <si>
+    <t>RC-02M156JT</t>
+  </si>
+  <si>
     <t>RS-02W156JT</t>
   </si>
   <si>
-    <t>RC-02M156JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RC-01U156JT</t>
   </si>
   <si>
     <t>RS-06M1505FT</t>
   </si>
   <si>
     <t>RS-05M1505FT</t>
   </si>
   <si>
     <t>RS-03M1505FT</t>
   </si>
   <si>
     <t>RS-05L1475FT</t>
   </si>
   <si>
     <t>14.7MΩ</t>
   </si>
   <si>
     <t>RS-03M1475FT</t>
   </si>
   <si>
     <t>RS-05M1405FT</t>
   </si>
   <si>
     <t>14MΩ</t>
@@ -846,81 +846,84 @@
   <si>
     <t>RS-06M136JT</t>
   </si>
   <si>
     <t>13MΩ</t>
   </si>
   <si>
     <t>RS-05M136JT</t>
   </si>
   <si>
     <t>RS-03M136JT</t>
   </si>
   <si>
     <t>RC-02M136JT</t>
   </si>
   <si>
     <t>RS-05M1305FT</t>
   </si>
   <si>
     <t>RS-06M1275FT</t>
   </si>
   <si>
     <t>12.7MΩ</t>
   </si>
   <si>
+    <t>RS-10M126JT</t>
+  </si>
+  <si>
+    <t>12MΩ</t>
+  </si>
+  <si>
     <t>RS-06M126JT</t>
   </si>
   <si>
-    <t>12MΩ</t>
-[...1 lines deleted...]
-  <si>
     <t>RS-05M126JT</t>
   </si>
   <si>
     <t>RS-03M126JT</t>
   </si>
   <si>
     <t>RC-02M126JT</t>
   </si>
   <si>
     <t>RS-05M1205FT</t>
   </si>
   <si>
     <t>RS-06M1155FT</t>
   </si>
   <si>
     <t>11.5MΩ</t>
   </si>
   <si>
+    <t>RS-06L1105JT</t>
+  </si>
+  <si>
+    <t>11MΩ</t>
+  </si>
+  <si>
     <t>RS-06L116JT</t>
-  </si>
-[...4 lines deleted...]
-    <t>RS-06L1105JT</t>
   </si>
   <si>
     <t>RS-06M116JT</t>
   </si>
   <si>
     <t>RS-05M116JT</t>
   </si>
   <si>
     <t>RS-03M116JT</t>
   </si>
   <si>
     <t>RS-06M1105FT</t>
   </si>
   <si>
     <t>RS-06L1105FT</t>
   </si>
   <si>
     <t>RS-05M1105FT</t>
   </si>
   <si>
     <t>RS-03M1105FT</t>
   </si>
   <si>
     <t>RS-1210M1025FT</t>
   </si>
@@ -1242,51 +1245,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G206"/>
+  <dimension ref="A1:G207"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1442,71 +1445,71 @@
       </c>
       <c r="C9" t="s">
         <v>9</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>16</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>33</v>
       </c>
       <c r="B10" t="s">
         <v>31</v>
       </c>
       <c r="C10" t="s">
         <v>19</v>
       </c>
       <c r="D10" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>16</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>34</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" t="s">
         <v>19</v>
       </c>
       <c r="D11" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E11" t="s">
         <v>16</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>35</v>
       </c>
       <c r="B12" t="s">
         <v>36</v>
       </c>
       <c r="C12" t="s">
         <v>9</v>
       </c>
       <c r="D12" t="s">
         <v>15</v>
       </c>
       <c r="E12" t="s">
         <v>16</v>
       </c>
       <c r="F12" t="s">
@@ -3982,71 +3985,71 @@
       </c>
       <c r="C136" t="s">
         <v>28</v>
       </c>
       <c r="D136" t="s">
         <v>10</v>
       </c>
       <c r="E136" t="s">
         <v>16</v>
       </c>
       <c r="F136" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
         <v>214</v>
       </c>
       <c r="B137" t="s">
         <v>209</v>
       </c>
       <c r="C137" t="s">
         <v>94</v>
       </c>
       <c r="D137" t="s">
-        <v>10</v>
+        <v>117</v>
       </c>
       <c r="E137" t="s">
         <v>16</v>
       </c>
       <c r="F137" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
         <v>215</v>
       </c>
       <c r="B138" t="s">
         <v>209</v>
       </c>
       <c r="C138" t="s">
         <v>94</v>
       </c>
       <c r="D138" t="s">
-        <v>117</v>
+        <v>10</v>
       </c>
       <c r="E138" t="s">
         <v>16</v>
       </c>
       <c r="F138" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
         <v>216</v>
       </c>
       <c r="B139" t="s">
         <v>209</v>
       </c>
       <c r="C139" t="s">
         <v>103</v>
       </c>
       <c r="D139" t="s">
         <v>10</v>
       </c>
       <c r="E139" t="s">
         <v>16</v>
       </c>
       <c r="F139" t="s">
@@ -4302,71 +4305,71 @@
       </c>
       <c r="C152" t="s">
         <v>28</v>
       </c>
       <c r="D152" t="s">
         <v>10</v>
       </c>
       <c r="E152" t="s">
         <v>11</v>
       </c>
       <c r="F152" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
         <v>231</v>
       </c>
       <c r="B153" t="s">
         <v>220</v>
       </c>
       <c r="C153" t="s">
         <v>94</v>
       </c>
       <c r="D153" t="s">
-        <v>117</v>
+        <v>10</v>
       </c>
       <c r="E153" t="s">
         <v>11</v>
       </c>
       <c r="F153" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
         <v>232</v>
       </c>
       <c r="B154" t="s">
         <v>220</v>
       </c>
       <c r="C154" t="s">
         <v>94</v>
       </c>
       <c r="D154" t="s">
-        <v>10</v>
+        <v>117</v>
       </c>
       <c r="E154" t="s">
         <v>11</v>
       </c>
       <c r="F154" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
         <v>233</v>
       </c>
       <c r="B155" t="s">
         <v>220</v>
       </c>
       <c r="C155" t="s">
         <v>9</v>
       </c>
       <c r="D155" t="s">
         <v>10</v>
       </c>
       <c r="E155" t="s">
         <v>118</v>
       </c>
       <c r="F155" t="s">
@@ -4739,74 +4742,74 @@
       </c>
       <c r="B174" t="s">
         <v>255</v>
       </c>
       <c r="C174" t="s">
         <v>28</v>
       </c>
       <c r="D174" t="s">
         <v>10</v>
       </c>
       <c r="E174" t="s">
         <v>16</v>
       </c>
       <c r="F174" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
         <v>259</v>
       </c>
       <c r="B175" t="s">
         <v>255</v>
       </c>
       <c r="C175" t="s">
-        <v>28</v>
+        <v>94</v>
       </c>
       <c r="D175" t="s">
-        <v>95</v>
+        <v>10</v>
       </c>
       <c r="E175" t="s">
         <v>16</v>
       </c>
       <c r="F175" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
         <v>260</v>
       </c>
       <c r="B176" t="s">
         <v>255</v>
       </c>
       <c r="C176" t="s">
-        <v>94</v>
+        <v>28</v>
       </c>
       <c r="D176" t="s">
-        <v>10</v>
+        <v>95</v>
       </c>
       <c r="E176" t="s">
         <v>16</v>
       </c>
       <c r="F176" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
         <v>261</v>
       </c>
       <c r="B177" t="s">
         <v>255</v>
       </c>
       <c r="C177" t="s">
         <v>103</v>
       </c>
       <c r="D177" t="s">
         <v>117</v>
       </c>
       <c r="E177" t="s">
         <v>16</v>
       </c>
       <c r="F177" t="s">
@@ -5039,379 +5042,399 @@
       </c>
       <c r="B189" t="s">
         <v>277</v>
       </c>
       <c r="C189" t="s">
         <v>9</v>
       </c>
       <c r="D189" t="s">
         <v>10</v>
       </c>
       <c r="E189" t="s">
         <v>11</v>
       </c>
       <c r="F189" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
         <v>278</v>
       </c>
       <c r="B190" t="s">
         <v>279</v>
       </c>
       <c r="C190" t="s">
-        <v>9</v>
+        <v>76</v>
       </c>
       <c r="D190" t="s">
         <v>10</v>
       </c>
       <c r="E190" t="s">
         <v>16</v>
       </c>
       <c r="F190" t="s">
-        <v>12</v>
+        <v>77</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
         <v>280</v>
       </c>
       <c r="B191" t="s">
         <v>279</v>
       </c>
       <c r="C191" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D191" t="s">
         <v>10</v>
       </c>
       <c r="E191" t="s">
         <v>16</v>
       </c>
       <c r="F191" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
         <v>281</v>
       </c>
       <c r="B192" t="s">
         <v>279</v>
       </c>
       <c r="C192" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="D192" t="s">
         <v>10</v>
       </c>
       <c r="E192" t="s">
         <v>16</v>
       </c>
       <c r="F192" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
         <v>282</v>
       </c>
       <c r="B193" t="s">
         <v>279</v>
       </c>
       <c r="C193" t="s">
-        <v>94</v>
+        <v>28</v>
       </c>
       <c r="D193" t="s">
         <v>10</v>
       </c>
       <c r="E193" t="s">
         <v>16</v>
       </c>
       <c r="F193" t="s">
-        <v>96</v>
+        <v>29</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
         <v>283</v>
       </c>
       <c r="B194" t="s">
         <v>279</v>
       </c>
       <c r="C194" t="s">
-        <v>19</v>
+        <v>94</v>
       </c>
       <c r="D194" t="s">
         <v>10</v>
       </c>
       <c r="E194" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F194" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
         <v>284</v>
       </c>
       <c r="B195" t="s">
-        <v>285</v>
+        <v>279</v>
       </c>
       <c r="C195" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="D195" t="s">
         <v>10</v>
       </c>
       <c r="E195" t="s">
         <v>11</v>
       </c>
       <c r="F195" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
+        <v>285</v>
+      </c>
+      <c r="B196" t="s">
         <v>286</v>
       </c>
-      <c r="B196" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C196" t="s">
         <v>9</v>
       </c>
       <c r="D196" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="E196" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="F196" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
+        <v>287</v>
+      </c>
+      <c r="B197" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="C197" t="s">
         <v>9</v>
       </c>
       <c r="D197" t="s">
         <v>73</v>
       </c>
       <c r="E197" t="s">
         <v>16</v>
       </c>
       <c r="F197" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
         <v>289</v>
       </c>
       <c r="B198" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C198" t="s">
         <v>9</v>
       </c>
       <c r="D198" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
       <c r="E198" t="s">
         <v>16</v>
       </c>
       <c r="F198" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
         <v>290</v>
       </c>
       <c r="B199" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C199" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D199" t="s">
         <v>10</v>
       </c>
       <c r="E199" t="s">
         <v>16</v>
       </c>
       <c r="F199" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
         <v>291</v>
       </c>
       <c r="B200" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C200" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="D200" t="s">
         <v>10</v>
       </c>
       <c r="E200" t="s">
         <v>16</v>
       </c>
       <c r="F200" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
         <v>292</v>
       </c>
       <c r="B201" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C201" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D201" t="s">
         <v>10</v>
       </c>
       <c r="E201" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F201" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
         <v>293</v>
       </c>
       <c r="B202" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C202" t="s">
         <v>9</v>
       </c>
       <c r="D202" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="E202" t="s">
         <v>11</v>
       </c>
       <c r="F202" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
         <v>294</v>
       </c>
       <c r="B203" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C203" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D203" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
       <c r="E203" t="s">
         <v>11</v>
       </c>
       <c r="F203" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
         <v>295</v>
       </c>
       <c r="B204" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C204" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="D204" t="s">
         <v>10</v>
       </c>
       <c r="E204" t="s">
         <v>11</v>
       </c>
       <c r="F204" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
         <v>296</v>
       </c>
       <c r="B205" t="s">
-        <v>297</v>
+        <v>288</v>
       </c>
       <c r="C205" t="s">
-        <v>84</v>
+        <v>28</v>
       </c>
       <c r="D205" t="s">
         <v>10</v>
       </c>
       <c r="E205" t="s">
         <v>11</v>
       </c>
       <c r="F205" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
+        <v>297</v>
+      </c>
+      <c r="B206" t="s">
         <v>298</v>
       </c>
-      <c r="B206" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C206" t="s">
-        <v>19</v>
+        <v>84</v>
       </c>
       <c r="D206" t="s">
         <v>10</v>
       </c>
       <c r="E206" t="s">
         <v>11</v>
       </c>
       <c r="F206" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="207" spans="1:6">
+      <c r="A207" t="s">
+        <v>299</v>
+      </c>
+      <c r="B207" t="s">
+        <v>298</v>
+      </c>
+      <c r="C207" t="s">
+        <v>19</v>
+      </c>
+      <c r="D207" t="s">
+        <v>10</v>
+      </c>
+      <c r="E207" t="s">
+        <v>11</v>
+      </c>
+      <c r="F207" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">