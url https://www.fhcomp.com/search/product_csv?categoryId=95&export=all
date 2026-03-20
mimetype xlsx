--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1243" uniqueCount="300">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1249" uniqueCount="301">
   <si>
     <t>型号</t>
   </si>
   <si>
     <t>阻值(Ω)</t>
   </si>
   <si>
     <t>额定功率</t>
   </si>
   <si>
     <t>温度系数值(ppm/℃)</t>
   </si>
   <si>
     <t>阻值精度</t>
   </si>
   <si>
     <t>尺寸(inch)</t>
   </si>
   <si>
     <t>生产状态</t>
   </si>
   <si>
     <t>RS-06M1127FT</t>
   </si>
   <si>
@@ -102,65 +102,65 @@
   <si>
     <t>RS-05T687KT</t>
   </si>
   <si>
     <t>680MΩ</t>
   </si>
   <si>
     <t>±10%</t>
   </si>
   <si>
     <t>RS-05T517KT</t>
   </si>
   <si>
     <t>510MΩ</t>
   </si>
   <si>
     <t>RS-03T517KT</t>
   </si>
   <si>
     <t>1/10W</t>
   </si>
   <si>
     <t>0603</t>
   </si>
   <si>
+    <t>RS-06M507JT</t>
+  </si>
+  <si>
+    <t>500MΩ</t>
+  </si>
+  <si>
     <t>RS-06T507JT</t>
   </si>
   <si>
-    <t>500MΩ</t>
-[...2 lines deleted...]
-    <t>RS-06M507JT</t>
+    <t>RS-05T507JT</t>
   </si>
   <si>
     <t>RS-05M507JT</t>
   </si>
   <si>
-    <t>RS-05T507JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RS-06T477JT</t>
   </si>
   <si>
     <t>470MΩ</t>
   </si>
   <si>
     <t>RS-05M477JT</t>
   </si>
   <si>
     <t>RS-03T477JT</t>
   </si>
   <si>
     <t>RS-06T437JT</t>
   </si>
   <si>
     <t>430MΩ</t>
   </si>
   <si>
     <t>RS-05T397JT</t>
   </si>
   <si>
     <t>390MΩ</t>
   </si>
   <si>
     <t>RS-06T337JT</t>
@@ -687,74 +687,74 @@
   <si>
     <t>RS-06M2205FT</t>
   </si>
   <si>
     <t>RS-05M2205FT</t>
   </si>
   <si>
     <t>RS-10M206JT</t>
   </si>
   <si>
     <t>20MΩ</t>
   </si>
   <si>
     <t>RS-1210M206JT</t>
   </si>
   <si>
     <t>RS-06M206JT</t>
   </si>
   <si>
     <t>RS-05M206JT</t>
   </si>
   <si>
     <t>RS-03M206JT</t>
   </si>
   <si>
+    <t>RC-02U206JT</t>
+  </si>
+  <si>
     <t>RC-02M206JT</t>
   </si>
   <si>
-    <t>RC-02U206JT</t>
-[...1 lines deleted...]
-  <si>
     <t>RS-1210M2005FT</t>
   </si>
   <si>
     <t>RS-06M2005FT</t>
   </si>
   <si>
     <t>RS-05M2005FT</t>
   </si>
   <si>
     <t>RS-03M2005FT</t>
   </si>
   <si>
+    <t>RC-02U2005FT</t>
+  </si>
+  <si>
     <t>RC-02M2005FT</t>
   </si>
   <si>
-    <t>RC-02U2005FT</t>
-[...1 lines deleted...]
-  <si>
     <t>RS-06M206DT</t>
   </si>
   <si>
     <t>RS-03M1825FT</t>
   </si>
   <si>
     <t>18.2MΩ</t>
   </si>
   <si>
     <t>RS-06M186JT</t>
   </si>
   <si>
     <t>18MΩ</t>
   </si>
   <si>
     <t>RS-05M186JT</t>
   </si>
   <si>
     <t>RS-03M186JT</t>
   </si>
   <si>
     <t>RC-02M186JT</t>
   </si>
   <si>
     <t>RS-06M1805FT</t>
@@ -837,50 +837,53 @@
   <si>
     <t>RS-03M1475FT</t>
   </si>
   <si>
     <t>RS-05M1405FT</t>
   </si>
   <si>
     <t>14MΩ</t>
   </si>
   <si>
     <t>RS-06M136JT</t>
   </si>
   <si>
     <t>13MΩ</t>
   </si>
   <si>
     <t>RS-05M136JT</t>
   </si>
   <si>
     <t>RS-03M136JT</t>
   </si>
   <si>
     <t>RC-02M136JT</t>
   </si>
   <si>
+    <t>RS-06M1305FT</t>
+  </si>
+  <si>
     <t>RS-05M1305FT</t>
   </si>
   <si>
     <t>RS-06M1275FT</t>
   </si>
   <si>
     <t>12.7MΩ</t>
   </si>
   <si>
     <t>RS-10M126JT</t>
   </si>
   <si>
     <t>12MΩ</t>
   </si>
   <si>
     <t>RS-06M126JT</t>
   </si>
   <si>
     <t>RS-05M126JT</t>
   </si>
   <si>
     <t>RS-03M126JT</t>
   </si>
   <si>
     <t>RC-02M126JT</t>
@@ -891,54 +894,54 @@
   <si>
     <t>RS-06M1155FT</t>
   </si>
   <si>
     <t>11.5MΩ</t>
   </si>
   <si>
     <t>RS-06L1105JT</t>
   </si>
   <si>
     <t>11MΩ</t>
   </si>
   <si>
     <t>RS-06L116JT</t>
   </si>
   <si>
     <t>RS-06M116JT</t>
   </si>
   <si>
     <t>RS-05M116JT</t>
   </si>
   <si>
     <t>RS-03M116JT</t>
   </si>
   <si>
+    <t>RS-06L1105FT</t>
+  </si>
+  <si>
     <t>RS-06M1105FT</t>
-  </si>
-[...1 lines deleted...]
-    <t>RS-06L1105FT</t>
   </si>
   <si>
     <t>RS-05M1105FT</t>
   </si>
   <si>
     <t>RS-03M1105FT</t>
   </si>
   <si>
     <t>RS-1210M1025FT</t>
   </si>
   <si>
     <t>10.2MΩ</t>
   </si>
   <si>
     <t>RS-05M1025FT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -1245,51 +1248,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G207"/>
+  <dimension ref="A1:G208"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1405,111 +1408,111 @@
       </c>
       <c r="C7" t="s">
         <v>28</v>
       </c>
       <c r="D7" t="s">
         <v>15</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>30</v>
       </c>
       <c r="B8" t="s">
         <v>31</v>
       </c>
       <c r="C8" t="s">
         <v>9</v>
       </c>
       <c r="D8" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>16</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>32</v>
       </c>
       <c r="B9" t="s">
         <v>31</v>
       </c>
       <c r="C9" t="s">
         <v>9</v>
       </c>
       <c r="D9" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E9" t="s">
         <v>16</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>33</v>
       </c>
       <c r="B10" t="s">
         <v>31</v>
       </c>
       <c r="C10" t="s">
         <v>19</v>
       </c>
       <c r="D10" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E10" t="s">
         <v>16</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>34</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" t="s">
         <v>19</v>
       </c>
       <c r="D11" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>16</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>35</v>
       </c>
       <c r="B12" t="s">
         <v>36</v>
       </c>
       <c r="C12" t="s">
         <v>9</v>
       </c>
       <c r="D12" t="s">
         <v>15</v>
       </c>
       <c r="E12" t="s">
         <v>16</v>
       </c>
       <c r="F12" t="s">
@@ -4185,71 +4188,71 @@
       </c>
       <c r="C146" t="s">
         <v>28</v>
       </c>
       <c r="D146" t="s">
         <v>10</v>
       </c>
       <c r="E146" t="s">
         <v>16</v>
       </c>
       <c r="F146" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
         <v>225</v>
       </c>
       <c r="B147" t="s">
         <v>220</v>
       </c>
       <c r="C147" t="s">
         <v>94</v>
       </c>
       <c r="D147" t="s">
-        <v>10</v>
+        <v>117</v>
       </c>
       <c r="E147" t="s">
         <v>16</v>
       </c>
       <c r="F147" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
         <v>226</v>
       </c>
       <c r="B148" t="s">
         <v>220</v>
       </c>
       <c r="C148" t="s">
         <v>94</v>
       </c>
       <c r="D148" t="s">
-        <v>117</v>
+        <v>10</v>
       </c>
       <c r="E148" t="s">
         <v>16</v>
       </c>
       <c r="F148" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
         <v>227</v>
       </c>
       <c r="B149" t="s">
         <v>220</v>
       </c>
       <c r="C149" t="s">
         <v>84</v>
       </c>
       <c r="D149" t="s">
         <v>10</v>
       </c>
       <c r="E149" t="s">
         <v>11</v>
       </c>
       <c r="F149" t="s">
@@ -4305,71 +4308,71 @@
       </c>
       <c r="C152" t="s">
         <v>28</v>
       </c>
       <c r="D152" t="s">
         <v>10</v>
       </c>
       <c r="E152" t="s">
         <v>11</v>
       </c>
       <c r="F152" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
         <v>231</v>
       </c>
       <c r="B153" t="s">
         <v>220</v>
       </c>
       <c r="C153" t="s">
         <v>94</v>
       </c>
       <c r="D153" t="s">
-        <v>10</v>
+        <v>117</v>
       </c>
       <c r="E153" t="s">
         <v>11</v>
       </c>
       <c r="F153" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
         <v>232</v>
       </c>
       <c r="B154" t="s">
         <v>220</v>
       </c>
       <c r="C154" t="s">
         <v>94</v>
       </c>
       <c r="D154" t="s">
-        <v>117</v>
+        <v>10</v>
       </c>
       <c r="E154" t="s">
         <v>11</v>
       </c>
       <c r="F154" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
         <v>233</v>
       </c>
       <c r="B155" t="s">
         <v>220</v>
       </c>
       <c r="C155" t="s">
         <v>9</v>
       </c>
       <c r="D155" t="s">
         <v>10</v>
       </c>
       <c r="E155" t="s">
         <v>118</v>
       </c>
       <c r="F155" t="s">
@@ -5002,439 +5005,459 @@
       </c>
       <c r="B187" t="s">
         <v>271</v>
       </c>
       <c r="C187" t="s">
         <v>94</v>
       </c>
       <c r="D187" t="s">
         <v>10</v>
       </c>
       <c r="E187" t="s">
         <v>16</v>
       </c>
       <c r="F187" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
         <v>275</v>
       </c>
       <c r="B188" t="s">
         <v>271</v>
       </c>
       <c r="C188" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D188" t="s">
         <v>10</v>
       </c>
       <c r="E188" t="s">
         <v>11</v>
       </c>
       <c r="F188" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
         <v>276</v>
       </c>
       <c r="B189" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="C189" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="D189" t="s">
         <v>10</v>
       </c>
       <c r="E189" t="s">
         <v>11</v>
       </c>
       <c r="F189" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
+        <v>277</v>
+      </c>
+      <c r="B190" t="s">
         <v>278</v>
       </c>
-      <c r="B190" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C190" t="s">
-        <v>76</v>
+        <v>9</v>
       </c>
       <c r="D190" t="s">
         <v>10</v>
       </c>
       <c r="E190" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="F190" t="s">
-        <v>77</v>
+        <v>12</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
+        <v>279</v>
+      </c>
+      <c r="B191" t="s">
         <v>280</v>
       </c>
-      <c r="B191" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C191" t="s">
-        <v>9</v>
+        <v>76</v>
       </c>
       <c r="D191" t="s">
         <v>10</v>
       </c>
       <c r="E191" t="s">
         <v>16</v>
       </c>
       <c r="F191" t="s">
-        <v>12</v>
+        <v>77</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
         <v>281</v>
       </c>
       <c r="B192" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C192" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D192" t="s">
         <v>10</v>
       </c>
       <c r="E192" t="s">
         <v>16</v>
       </c>
       <c r="F192" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
         <v>282</v>
       </c>
       <c r="B193" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C193" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="D193" t="s">
         <v>10</v>
       </c>
       <c r="E193" t="s">
         <v>16</v>
       </c>
       <c r="F193" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
         <v>283</v>
       </c>
       <c r="B194" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C194" t="s">
-        <v>94</v>
+        <v>28</v>
       </c>
       <c r="D194" t="s">
         <v>10</v>
       </c>
       <c r="E194" t="s">
         <v>16</v>
       </c>
       <c r="F194" t="s">
-        <v>96</v>
+        <v>29</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
         <v>284</v>
       </c>
       <c r="B195" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C195" t="s">
-        <v>19</v>
+        <v>94</v>
       </c>
       <c r="D195" t="s">
         <v>10</v>
       </c>
       <c r="E195" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F195" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
         <v>285</v>
       </c>
       <c r="B196" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="C196" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="D196" t="s">
         <v>10</v>
       </c>
       <c r="E196" t="s">
         <v>11</v>
       </c>
       <c r="F196" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
+        <v>286</v>
+      </c>
+      <c r="B197" t="s">
         <v>287</v>
       </c>
-      <c r="B197" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C197" t="s">
         <v>9</v>
       </c>
       <c r="D197" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="E197" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="F197" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
+        <v>288</v>
+      </c>
+      <c r="B198" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="C198" t="s">
         <v>9</v>
       </c>
       <c r="D198" t="s">
         <v>73</v>
       </c>
       <c r="E198" t="s">
         <v>16</v>
       </c>
       <c r="F198" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
         <v>290</v>
       </c>
       <c r="B199" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C199" t="s">
         <v>9</v>
       </c>
       <c r="D199" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
       <c r="E199" t="s">
         <v>16</v>
       </c>
       <c r="F199" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
         <v>291</v>
       </c>
       <c r="B200" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C200" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D200" t="s">
         <v>10</v>
       </c>
       <c r="E200" t="s">
         <v>16</v>
       </c>
       <c r="F200" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
         <v>292</v>
       </c>
       <c r="B201" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C201" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="D201" t="s">
         <v>10</v>
       </c>
       <c r="E201" t="s">
         <v>16</v>
       </c>
       <c r="F201" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
         <v>293</v>
       </c>
       <c r="B202" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C202" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D202" t="s">
         <v>10</v>
       </c>
       <c r="E202" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F202" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
         <v>294</v>
       </c>
       <c r="B203" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C203" t="s">
         <v>9</v>
       </c>
       <c r="D203" t="s">
         <v>73</v>
       </c>
       <c r="E203" t="s">
         <v>11</v>
       </c>
       <c r="F203" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
         <v>295</v>
       </c>
       <c r="B204" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C204" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D204" t="s">
         <v>10</v>
       </c>
       <c r="E204" t="s">
         <v>11</v>
       </c>
       <c r="F204" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
         <v>296</v>
       </c>
       <c r="B205" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C205" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="D205" t="s">
         <v>10</v>
       </c>
       <c r="E205" t="s">
         <v>11</v>
       </c>
       <c r="F205" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
         <v>297</v>
       </c>
       <c r="B206" t="s">
-        <v>298</v>
+        <v>289</v>
       </c>
       <c r="C206" t="s">
-        <v>84</v>
+        <v>28</v>
       </c>
       <c r="D206" t="s">
         <v>10</v>
       </c>
       <c r="E206" t="s">
         <v>11</v>
       </c>
       <c r="F206" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
+        <v>298</v>
+      </c>
+      <c r="B207" t="s">
         <v>299</v>
       </c>
-      <c r="B207" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C207" t="s">
-        <v>19</v>
+        <v>84</v>
       </c>
       <c r="D207" t="s">
         <v>10</v>
       </c>
       <c r="E207" t="s">
         <v>11</v>
       </c>
       <c r="F207" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="208" spans="1:6">
+      <c r="A208" t="s">
+        <v>300</v>
+      </c>
+      <c r="B208" t="s">
+        <v>299</v>
+      </c>
+      <c r="C208" t="s">
+        <v>19</v>
+      </c>
+      <c r="D208" t="s">
+        <v>10</v>
+      </c>
+      <c r="E208" t="s">
+        <v>11</v>
+      </c>
+      <c r="F208" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">